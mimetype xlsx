--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -10,89 +10,203 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="52">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>19:20</t>
+  </si>
+  <si>
+    <t>9ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>19:00</t>
+  </si>
+  <si>
+    <t>5ª Ordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>11:40</t>
+  </si>
+  <si>
+    <t>11:50</t>
+  </si>
+  <si>
+    <t>8ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>11:30</t>
+  </si>
+  <si>
+    <t>7ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>4ª Ordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>19:25</t>
+  </si>
+  <si>
+    <t>3ª Ordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>11:35</t>
+  </si>
+  <si>
+    <t>6ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>5ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>4ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>3ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>19:35</t>
+  </si>
+  <si>
+    <t>2ª Ordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
     <t>280</t>
   </si>
   <si>
     <t>2026-02-02</t>
   </si>
   <si>
-    <t>19:00</t>
+    <t>19:26</t>
   </si>
   <si>
     <t>1ª Ordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
   </si>
   <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>11:36</t>
+  </si>
+  <si>
+    <t>2ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
+  </si>
+  <si>
     <t>283</t>
-  </si>
-[...7 lines deleted...]
-    <t>11:35</t>
   </si>
   <si>
     <t>1ª Extraordinária da 2ª Sessão Legislativa da 16ª Legislatura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -387,119 +501,350 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F3"/>
+  <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>2</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
-      <c r="D2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" t="s">
         <v>11</v>
       </c>
-      <c r="D3" t="s">
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" t="s">
         <v>10</v>
       </c>
-      <c r="E3" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="D6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
+      </c>
+      <c r="E9" t="s">
+        <v>29</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="s">
+        <v>47</v>
+      </c>
+      <c r="C14" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>