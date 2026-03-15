--- v0 (2026-01-23)
+++ v1 (2026-03-15)
@@ -10,261 +10,2211 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1432" uniqueCount="665">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>11681</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Luiz Carlos Gil</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11681/plc_01-2026_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_n___-_-_lc_----2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 34, de 09 de junho de 2022, que dispõe sobre o uso e ocupação do solo no Município de Ivaiporã, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11718</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11718/plc_02-2026_-_altera_a_lc_35-2022_inclusao_centro_dia_para_pessoas_idosas__-_-_lc_74-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 35, de 09 de junho de 2022, que dispõe sobre o Plano Diretor do Município de Ivaiporã, e dá outras providências.</t>
+  </si>
+  <si>
     <t>11665</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>Luiz Carlos Gil</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11665/ple_01-2026_-_autoriza_o_executivo_municipal_a_realizar_desapropriacao_amigavel_ou_judicial_-_parque_linear_-_-_l_--------2026.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11665/ple_01-2026_-_autoriza_o_executivo_municipal_a_realizar_desapropriacao_amigavel_ou_judicial_-_parque_linear_-_-_l_--------2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial das frações ideais e dos imóveis que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>11668</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11668/ple_02-2026_-_altera_a_lei_3.663-2022_-_desapropriacoes_-av._amazonas_-_-_l_--------2026.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11668/ple_02-2026_-_altera_a_lei_3.663-2022_-_desapropriacoes_-av._amazonas_-_-_l_--------2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 3.663, de 15 de março de 2022, que autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial de imóveis para o prolongamento da Avenida Amazonas, neste Município e dá outras providências.</t>
   </si>
   <si>
+    <t>11674</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11674/pl_03-2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Abre um crédito adicional especial e dá outras providências. Valor R$ 6.680.188,13. _x000D_
+Os recursos acima, serão utilizados para a aquisição de equipamentos, veículos, realização de obras e demais investimentos, sendo de suma importância a sua aprovação e adequação o mais breve possível, para que as secretarias possam dar andamento nas demais fases que se fizerem necessárias para a execução destes.</t>
+  </si>
+  <si>
+    <t>11675</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11675/ple_04-2026_-_abre_credito_adicional_especial___r_10.634.48185_-_-_l___-2026.pdf</t>
+  </si>
+  <si>
+    <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11676</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11676/ple_05-2026_-_autoriza_a_doacao_de_imoveis_a_afiva_-_-_l_-------2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a doação de imóveis à ASSOCIAÇÃO ATLÉTICA DOS FUNCIONÁRIOS MUNICIPAIS DE IVAIPORÃ – AFIVA, inclui dispositivos na Lei Municipal 1.360/2006, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11684</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11684/ple_06-2026_-_institui_o_programa_sandbox_-_-_l_-------2026.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta e institui o funcionamento de ambientes experimentais de inovação científica, tecnológica e empreendedora, sob o formato de Bancos de Testes Regulatórios e Tecnológicos, o “Programa Sandbox Ivaiporã”, no âmbito do Município de Ivaiporã.</t>
+  </si>
+  <si>
+    <t>11708</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11708/ple_07-2026_-_introduz_alteracoes_na_l_3.635-2021_-_incentivos_a_inovacao_-_incubadora_tecnologica__-_-_l_______-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Municipal nº 3.635/2021, para incluir contribuição das empresas incubadas como receita do Fundo Municipal de Ciência, Tecnologia e Inovação, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11719</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11719/projeto_08-2026_-_credito_adicional_especial_-_excesso_e_superavit.pdf</t>
+  </si>
+  <si>
+    <t>Abre um Crédito Adicional Especial e dá outras providências. Para execução do Programa Estradas da Integração – “Estrada Boa” no valor de R$ 3.607.065,07</t>
+  </si>
+  <si>
+    <t>11720</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11720/projeto_09-2026_-_credito_adicional_especial_-_excesso_e_superavit.pdf</t>
+  </si>
+  <si>
+    <t>Abre um Crédito Adicional Especial e dá outras providências.   Os valores são provenientes de saldos de recursos federais _x000D_
+via Fundo Nacional de Assistência Social, recursos Estaduais via Fundo da Infância, Fundo da Mulher, _x000D_
+Fundo da Pessoa com Deficiência e de emendas parlamentares.  Valor R$ 560.910,76</t>
+  </si>
+  <si>
+    <t>11722</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11722/ple_10-2026_-introduz_alteracoes_na_l_1.268-2005_-_art._186__estatuto_-_comissao_de_servidores_-_-_l________-2025.pdf</t>
+  </si>
+  <si>
+    <t>Introduz alterações na Lei 1.268/2005, que dispõe sobre o Estatuto dos Servidores Públicos de Ivaiporã e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11721</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11721/ple_11-2026_-introduz_alteracoes_na_l_1.269-2005_-_art._18_e_24_comissao_de_servidores_-_-_l________-2026.pdf</t>
+  </si>
+  <si>
+    <t>Introduz alterações na Lei 1.269/2005 que institui o Plano de Cargos e Salários na Administração Pública Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11723</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11723/ple_12-2026_-introduz_alteracoes_na_l_1.268-2005_-_art._15_estatuto_-_comissao_de_servidores_-_-_l________-2025.pdf</t>
+  </si>
+  <si>
+    <t>11724</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11724/ple_13-2026_-_institui_o_plano_de_mobilidade_urbana_de_ivaipora_-_-_l____-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano de Mobilidade Urbana de Ivaiporã/PR</t>
+  </si>
+  <si>
+    <t>11725</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11725/ple_14-2026_-introduz_alteracoes_na_l_2.553-2014_-_eleicao_suplementar_cons._tutelares_-_-_l________-2025.pdf</t>
+  </si>
+  <si>
+    <t>Introduz alterações na Lei Municipal n° 2.553/2014, que dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11731</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11731/ple_15-2026_-_ratifica_3a_alteracao_do_protocolo_de_intencoes_do_cis-_-_l_--------2026.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica a 3ª alteração na consolidação do Protocolo de Intenções do Consórcio Público Intermunicipal de Saúde da 22ª Regional de Ivaiporã – CIS, nos termos da Lei Federal n° 11.107/2005 e do Decreto Federal n° 6.017/2007 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11805</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11805/ple_16-2026_-_abre_um_credito_adicional_especial___r_2.265.24040_-_-_l____-2026.pdf</t>
+  </si>
+  <si>
+    <t>Abre um Crédito Adicional Especial e dá outras providências. _x000D_
+R$ 2.265.240,40 (Dois Milhões, Duzentos e Sessenta e Cinco Mil, Duzentos e Quarenta Reais e Quarenta Centavos) _x000D_
+Sendo a primeira para abertura de dotação de recursos recebidos por meio de Emenda Federal do Deputado Ricardo Barros, destinado a ampliação do Posto de Saúde Carlos Henrique Hawthorne e a segunda para implantação do sistema de Climatização do AME (Ambulatório Médico de Especialidades), advinda de recursos da Secretaria de Estado de Saúde.</t>
+  </si>
+  <si>
+    <t>11814</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11814/ple_17-2026_-concede_abono_salarial_a_servidores_salario_minimo_-_-_l________-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a conceder abono salarial a servidores efetivos, comissionados e PSS do Município de Ivaiporã/PR, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11871</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11871/ple_18-2026_-_abre_credito_adicional_especial_r_1.670.31611_-_-_l_-----2026.pdf</t>
+  </si>
+  <si>
+    <t>Abre um Crédito Adicional Especial e dá outras providências.  (Promoção de aquisição de bens, serviços e equipamentos destinados à melhoria das instalações de sinalização urbana em ruas e avenidas deste município. )</t>
+  </si>
+  <si>
+    <t>11872</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11872/ple_19-2026_-_abre_credito_adcional_especial___r_65.58580_-_-_l_____-2026.pdf</t>
+  </si>
+  <si>
+    <t>Abre um Crédito Adicional Especial e dá outras providências. Os valores serão destinados ao atendimento da ETI (Escola em Tempo Integral Bento Viana).</t>
+  </si>
+  <si>
+    <t>11873</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11873/ple_20-2026_-_concede_isencao_de_issqn_empreendimento_habitacional_de_interesse_social_-_lebi_construtora_-_-_l_--------2026.pdf</t>
+  </si>
+  <si>
+    <t>Concede isenção de ISSQN incidente sobre obra vinculada a empreendimento habitacional de interesse social, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11904</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11904/ple_21-2026_-_abre_credito_adicional_especial___r_891.94956_-_-_l____-2026.pdf</t>
+  </si>
+  <si>
+    <t>11903</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11903/ple_22-2026_-_abre_credito_adicional_especial___r_24.00000_-_-_l____-2026.pdf</t>
+  </si>
+  <si>
+    <t>11906</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11906/ple_23-2026_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_ambiental_20h__-_-_l_--------2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a ampliação de vagas do quadro de pessoal efetivo do Município de Ivaiporã/PR, em conformidade com a Lei Municipal 1.269, de 16/05/2005, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11905</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11905/ple_24-2026_-_revoga_a_lei_municipal_n_4.129-2025_desapropriacao_canil__-_-_l_--------2026.pdf</t>
+  </si>
+  <si>
+    <t>Revoga a Lei Municipal nº 4.129, de 16 de julho de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11908</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11908/ple_25-2026_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_4.053-2025_-_pss_mot._veiculos_pesados_e_vigia__-_-_l_-------2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a ampliação de vagas do Processo Seletivo Simplificado – PSS, autorizado pela Lei Municipal 4.053, de 29/11/2024, para atender à necessidade temporária de interesse público de diversas Secretarias da Administração Municipal, nos termos do inciso IX do artigo 37 da Constituição Federal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11912</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11912/ple_26-2026_-_abre_credito_adicional_especial___r_185.15930_-_-_l_----2026.pdf</t>
+  </si>
+  <si>
+    <t>11909</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11909/ple_27-2026_-_contratacao_emergencial_saude_-_pss__-_-_l_-------2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a contratação de pessoal por tempo determinado, para a prestação de serviços na Secretaria Municipal de Saúde, de forma a suprir a necessidade temporária de excepcional interesse público e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11911</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11911/ple_28-2026_-_autoriza_a_permuta_de_imoveis__-_municipio_x_aparecida_helena_godoi_-_-_l_-------2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a permuta de imóveis que especifica, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11929</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11929/ple_29-2026_-_autoriza_o_executivo_a_reajustar_os_salarios_e_vencimentos_dos_servidores_municipais_-_-_l_--------2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a conceder revisão geral anual dos salários e vencimentos dos servidores municipais e dá outras providências.</t>
+  </si>
+  <si>
     <t>11673</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Mensagem Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11673/camara_-_mensagem_aditiva_ao_ple_01-2025_-_parque_linear__-_-_of._28-2026.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11673/camara_-_mensagem_aditiva_ao_ple_01-2025_-_parque_linear__-_-_of._28-2026.docx</t>
   </si>
   <si>
     <t>Mensagem Aditiva ao Projeto de Lei nº 01/2026.</t>
   </si>
   <si>
+    <t>11786</t>
+  </si>
+  <si>
+    <t>PLL</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo</t>
+  </si>
+  <si>
+    <t>Ilsinho da Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11786/projeto_de_lei_antonio_alarcon.pdf</t>
+  </si>
+  <si>
+    <t>Denomina o nome de “Antonio Alarcon (Sarrafo)”, a estrada do córrego Imbaúba, com início na Rodovia Celso Fumio Makita e término na Rua Eleodoro Ébano Pereira, no Município de Ivaiporã, Estado do Paraná.</t>
+  </si>
+  <si>
+    <t>11788</t>
+  </si>
+  <si>
+    <t>Fio Bertotti</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11788/projeto_de_lei_-_membros_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>“Institui o dia da Concientização da Agenesia de Membros``</t>
+  </si>
+  <si>
+    <t>11883</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11883/projeto_de_lei_-_rua_sebastiao_alves_de_morais.pdf</t>
+  </si>
+  <si>
+    <t>Denomina o nome de “SEBASTIÃO ALVES DE MORAIS”, a Rua Projetada “D”, no Loteamento Chico Rey no Município de Ivaiporã, Estado do Paraná.</t>
+  </si>
+  <si>
+    <t>11907</t>
+  </si>
+  <si>
+    <t>Alex Fonseca</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11907/pll_nc2ba_04-2026_flor_de_lotus_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública Municipal a “Flor de Lótus -_x000D_
+Associação de Mulheres Oncológicas” e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11910</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11910/projeto_de_lei_no_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei nº 4.098, de 23 de abril de 2025, que dispõe sobre a concessão de Vale-Alimentação aos servidores da Câmara Municipal de Ivaiporã, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11942</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11942/pll_no_06_concede_reajuste_aos_servidores_do_poder_legislativo.docx</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual aos servidores do Poder Legislativo, e dá outras providências.</t>
+  </si>
+  <si>
     <t>11671</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11671/projeto_de_resolucao_no_01-2026-_programacao_financeira_2026.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11671/projeto_de_resolucao_no_01-26.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>11672</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11672/projeto_resolucao_002-2026-_concessao_de_diaria.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11672/projeto_resolucao_002-2026-_concessao_de_diaria.docx</t>
   </si>
   <si>
     <t>Ficam os Senhores, Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes da Lei nº 2.114 acima mencionado a partir do dia 02 de fevereiro de 2026 à 31 de dezembro de 2026.</t>
   </si>
   <si>
+    <t>11686</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11686/indicacao_-_wifi_capela_mortuaria_jacutinga.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja providenciada a instalação de rede Wi-Fi na Capela Mortuária do Distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11687</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11687/indicacao_-_wifi_capela_mortuaria_alto_pora.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja providenciada a instalação de rede Wi-Fi na Capela Mortuária do Distrito de Alto Porã.</t>
+  </si>
+  <si>
+    <t>11688</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11688/indicacao_-_wifi_capela_mortuaria_jardim_nova_pora.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja providenciada a instalação de rede Wi-Fi na Capela Mortuária do bairro Jardim Nova Porã.</t>
+  </si>
+  <si>
+    <t>11689</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11689/indicacao_-_pedra_irregular_santa_barbara_ate_agua_da_limeira.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pedra irregular do distrito de Santa Bárbara até a localidade da Água da Limeira.</t>
+  </si>
+  <si>
+    <t>11690</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11690/indicacao_01_-_pedra_irregular_perobao_ate_ponte_do_formosinho.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pedra irregular ou CBUQ da entrada da estrada do Perobão até a localidade da Água da Limeira.</t>
+  </si>
+  <si>
+    <t>11692</t>
+  </si>
+  <si>
+    <t>Ailton Stipp</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11692/indicacao_n_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
+Competente, se possível for fazer ampliação da cobertura da Capela mortuária Osvaldo_x000D_
+Leite Neto, para que conforte melhor os usuários nos dias chuvosos, a capela fica_x000D_
+localizada no Jardim Nova Porã na Rua Ascanio Mendonça.</t>
+  </si>
+  <si>
+    <t>11693</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11693/indicacao_n_2_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
+Competente, analise o conserto de uma boca de lobo (bueiro) localizado na Rua_x000D_
+Vereador João Costa Jardim Nova Porã, pois o mesmo está sem tampa de proteção_x000D_
+oferecendo riscos de acidentes próximo APAC.</t>
+  </si>
+  <si>
+    <t>11694</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11694/indicacao_n_3_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
+Competente, providencie a implantação de um redutor de velocidade (quebra mola) na_x000D_
+Rua Ascanio Mendonça em frente a Capela Osvaldo Leite Neto situada no Jardim Nova_x000D_
+Porã.</t>
+  </si>
+  <si>
+    <t>11695</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11695/indicacao_n_4_assinado.pdf</t>
+  </si>
+  <si>
+    <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
+Competente, providencie a revitalização da praça Ozório Alves De Andrade situada no_x000D_
+Jardim Nova Porã, pois a mesma foi alvo de vandalismo e foram quebrados os bancos_x000D_
+de acento eo alambrado que cerca o parquinho</t>
+  </si>
+  <si>
+    <t>11696</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11696/indicacao_n_5_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
+Competente, reimplante mudas de arvore em toda a extensão na ciclovia, situada na Rua_x000D_
+Mangueira, entre o Jardim Guanabara II e o Jardim Nova Porã.</t>
+  </si>
+  <si>
+    <t>11697</t>
+  </si>
+  <si>
+    <t>Levi Shuindt</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11697/indicacao_escada_canteiro_avenida_ladislau.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de implantação de duas escadas no canteiro central, que separa a Avenida Ladislau Gil Fernandes, e Avenida Itália, em frente ao Fórum, conforme demonstrado na imagem apresentada. A presente indicação tem como objetivo facilitar o acesso dos pedestres, especialmente daqueles que precisam atravessar a via, proporcionando mais acessibilidade, segurança e praticidade.</t>
+  </si>
+  <si>
+    <t>11698</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11698/indicacao_1_assinado_28.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie um local para implantação do projeto `` Meu Campinho`` no Distrito do Alto Porã.</t>
+  </si>
+  <si>
+    <t>11699</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11699/indicacao_3_assinado_18.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a colocação de pedra irregular na estrada que liga a PR 466, a comunidade do Rio da Bulha, estrada do Garrafão.</t>
+  </si>
+  <si>
+    <t>11700</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11700/indicacao_5_assinado_4.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie uma rotatória no cruzamento das ruas Placídio Miranda e Rua José Pereira Jorge, no Jardim Casa Grande III.</t>
+  </si>
+  <si>
+    <t>11701</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11701/indicacao_2_assinado_25.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, a possibilidade de implantação de um sistema de monitoramento através de câmeras de segurança, na área central de nossa cidade, coibindo assim furtos e vandalismo com patrimônio público.</t>
+  </si>
+  <si>
+    <t>11702</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11702/indicacao_4_assinado_11.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie uma cobertura sobre os Quiosques do lago Jardim Botânico, dando mais comodidade aos frequentadores do local.</t>
+  </si>
+  <si>
+    <t>11703</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11703/indicacao_163_divulgar_escalas_medicas_das_ubs_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de realizar a divulgação digital semanal da escala de médicos_x000D_
+disponíveis nas Unidades Básicas de Saúde (UBS) do município.</t>
+  </si>
+  <si>
+    <t>11704</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11704/indicacao_165_calendario_publico_de_manutencao_de_ruas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de divulgar um calendário público de manutenção de ruas,_x000D_
+comtemplando serviços de tapa-buracos, recape asfáltico e demais melhorias viárias no_x000D_
+município.</t>
+  </si>
+  <si>
+    <t>11705</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11705/indicacao_164_hortas_comunitarias_nas_escolas_municipais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de realizar a implantação de hortas escolares nas unidades da_x000D_
+rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>11709</t>
+  </si>
+  <si>
+    <t>Careca</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11709/indicacao_nc2b001_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, seja realizado um espaço de atendimento do executivo e administração pública no distrito de Jacutinga, onde os moradores possam estar mais próximos da administração. Uma Mini Prefeitura.</t>
+  </si>
+  <si>
+    <t>11710</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11710/indicacao_nc2b002_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analisar a instalação de um espaço recreativo (play ground) para as_x000D_
+crianças, no distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11711</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11711/indicacao_nc2b003_assinado_2.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie um centro de lazer para melhor idade no distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11712</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11712/indicacao_nc2b004_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie pontos de ônibus no Jardim Residencial (Pombal) no_x000D_
+Jacutinga, na Agua do Jacutinga, no Severiano e no Pindauva a pedido da população, para dar proteção nos dias de chuva e de sol.</t>
+  </si>
+  <si>
+    <t>11713</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11713/indicacao_nc2b006_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de ser feito a pintura e a sinalização de transito da Rodovia Nicolau Koltun.</t>
+  </si>
+  <si>
+    <t>11714</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11714/indicacao_166_red._veloc._rua_osvaldo_cruz_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de colocar um redutor de velocidade na Av. Osvaldo Cruz,_x000D_
+próximo ao número725 sentido ao Sesc (subindo), pois carros e caminhões trafegam em_x000D_
+alta velocidade nesse local.</t>
+  </si>
+  <si>
+    <t>11715</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11715/indicacao_167_red._vel._cartorio_d._odiles_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+analise a necessidade de colocar um redutor de velocidade na Rua Rio Grande do Sul_x000D_
+esquina com Rua Mato Grosso, devido aos veículos que sobem para o centro da cidade,_x000D_
+passarem em auto velocidade, gerando riscos para as crianças que saem da Colégio_x000D_
+Objetivo.</t>
+  </si>
+  <si>
+    <t>11728</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11728/indicacao_nc2b008_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, seja construído um CEMEI no antigo local do hospital municipal na vila Santa Maria.</t>
+  </si>
+  <si>
+    <t>11729</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11729/indicacao_168_placas_com_nomes_das_ruas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de planejar, organizar e executar a instalação de placas_x000D_
+indicativas com os nomes das ruas em todos os bairros da cidade.</t>
+  </si>
+  <si>
+    <t>11730</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11730/indicacao_nc2b005_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de que seja instalada câmeras de segurança no distrito Jacutinga e na Rodovia Nicolau Koltun.</t>
+  </si>
+  <si>
+    <t>11806</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11806/indicacao_169_pesquisa_servidores_sobre_v.a_ou_cesta_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de realizar uma pesquisa junto aos servidores públicos_x000D_
+municipais, com o objetivo de identificar a preferência entre o recebimento do benefício_x000D_
+em forma de cartão alimentação ou cesta básica.</t>
+  </si>
+  <si>
+    <t>11807</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Rodrigo Cordeiro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11807/parque_maria_alice_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, solicitamos a possibilidade de que seja realizada a manutenção e revitalização do Parquinho Maria Alice Ando Albertin.</t>
+  </si>
+  <si>
+    <t>11808</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11808/indicacao-_rua_xavante_redutor_de_velocidade_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de instalação de redutor de velocidade (quebra-molas), na Rua Xavante, Jardim Itaipu, em frente ao nº 34, a pedido da comunidade, em razão do intenso fluxo de veículos na via, o que tem gerado preocupação quanto à segurança de pedestres e moradores.</t>
+  </si>
+  <si>
+    <t>11809</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11809/indicacao_nc2b009_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade da implantação de um redutor de velocidade próximo ao número 140, na rua das Flores, esquina com a rua Bahia, na Vila Santa Maria, este cruzamento está localizado próximo a Escola Municipal Maria Diva onde há um grande fluxo de crianças, visando manter a segurança dos mesmos.</t>
+  </si>
+  <si>
+    <t>11810</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11810/indicacao_2_assinado_26.pdf</t>
+  </si>
+  <si>
+    <t>, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria de Competente, providencie calçada de passeio na Rua Marginal, no Jardim Belo Horizonte.</t>
+  </si>
+  <si>
+    <t>11811</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11811/indicacao_nc2b011_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie ampliação da capela mortuária Pe. Osvaldo Campos de Almeida, localizada no distrito de Jacutinga, sendo necessário toldos na frente e lateral da capela e a construção de mais um cômodo para aconchegar as pessoas.</t>
+  </si>
+  <si>
+    <t>11812</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11812/indicacao_171_cadastro_de_terreno_abandonados_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de criar um cadastro Municipal de terrenos abandonados ou_x000D_
+em estado de abandono, com a devida identificação dos proprietários para fins de_x000D_
+notificação e adoção de medidas de limpezas e manutenção.</t>
+  </si>
+  <si>
+    <t>11813</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11813/indicacao_nc2b010_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de melhorias estruturais nas instalações da UBS do distrito de Jacutinga, tais como toldos para os pacientes terem um lugar mais amplo e seguro enquanto esperam para serem atendidos.</t>
+  </si>
+  <si>
+    <t>11815</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11815/mobilidade-1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, que, em razão do recapeamento asfáltico, sejam avaliados e reparados os desníveis (degraus) formados antes das rampas de acesso, que dificultam o uso por pessoas com deficiência, cadeirantes e usuários com carrinhos de bebê, a fim de garantir acessibilidade e segurança.</t>
+  </si>
+  <si>
+    <t>11816</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11816/indicacao_172_pontos_de_apoio_com_bebedouros_e_banheiros_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de implantar pontos de apoio com bebedouros de água_x000D_
+potável e banheiros nas praças esportivas e locais com pistas de caminhadas do_x000D_
+município.</t>
+  </si>
+  <si>
+    <t>11817</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11817/asfalto-_jardim_itapa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, a continuidade do asfalto ou, implantação de pavimentação com pedras irregulares no final da Rua Castro Alves, no Jardim Itapoã.</t>
+  </si>
+  <si>
+    <t>11820</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11820/indicacao_n7_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
+meio do Departamento Competente, solicitamos a possibilidade, da contratação de um _x000D_
+profissional como oftalmologista para fazer avaliação nas crianças que estudam nas _x000D_
+Escolas da rede municipal.</t>
+  </si>
+  <si>
+    <t>11821</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11821/indicacap_n_8_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL por meio _x000D_
+do Departamento Competente, analise a construção de uma faixa elevada em frente a _x000D_
+Escola Municipal Bento Viana localizada no Jardim Nova Porã</t>
+  </si>
+  <si>
+    <t>11822</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11822/indicacao_12_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
+Competente, providencie a implantação de um playground, e uns bancos, na ATI _x000D_
+academia da terceira idade para melhoria dos moradores localizada na AV; Maranhão, _x000D_
+esquina com a Rua Ipanema situada no Jardim Guanabara I.</t>
+  </si>
+  <si>
+    <t>11823</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11823/indicacao_6_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
+meio do Departamento Competente, solicitamos a possibilidade, de revitalização da _x000D_
+Praça Tenente Ayres e a implantação de bancos e um playground, para as crianças da _x000D_
+aquela localidade, localizada na AV Castelo Branco de frente a mercearia do Miranda.</t>
+  </si>
+  <si>
+    <t>11825</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11825/indicacao_reparos_nos_bueiros_na_av_maranhao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie reparos dos bueiros localizados na Avenida Maranhão, esquina com a Rua Francisco Jacob Goerdert, os quais se encontram danificados, os bueiros apresentam avarias que comprometem o escoamento adequado da água da chuva.</t>
+  </si>
+  <si>
+    <t>11826</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11826/indicacao_n_13_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente para que possa passar massa asfáltica em cima das _x000D_
+pedras irregulares nas Ruas, Hortência, Jasmínea, Rua das Flores da Rosa, situada na Vila Operaria antigo Reservado.</t>
+  </si>
+  <si>
+    <t>11874</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11874/indicacao_2_assinado_27.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria de Competente, providencie a colocação de uma faixa elevada no cruzamento da Rua Prof. Diva Proença com a Avenida Paraná, próximo ao prédio da  ACISI, área central da cidade e grande fluxo de pessoas.</t>
+  </si>
+  <si>
+    <t>11875</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11875/indicacao_nc2b013_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie a construção de uma academia da terceira idade (ATI) na comunidade do Severiano para que possam atender a população que necessita de atividade física e não possui meios de deslocamento diário para o uso dos equipamentos presentes em Jacutinga.</t>
+  </si>
+  <si>
+    <t>11876</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11876/indicacao_nc2b012_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie a manutenção da academia da terceira idade (ATI) no distrito de Jacutinga, que se localiza ao lado da Paroquia Nossa Senhora de Lourdes, em razão de que os equipamentos se encontram avariados, o que prejudica o seu uso pela população, pois muitos estão inutilizáveis.</t>
+  </si>
+  <si>
+    <t>11877</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11877/indicacao_nc2b014_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, que analise a implantação de um ônibus exclusivo para os moradores de Jacutinga no período da manhã e da tarde, visando o grande número de pessoas que trabalham em Ivaiporã e que precisam do transporte, e o ônibus que atualmente faz a linha Vila Rural e Jacutinga transporta uma grande quantidade de pessoas que muitas vezes precisam seguir por todo o trajeto em pé.</t>
+  </si>
+  <si>
+    <t>11878</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11878/indicacao_nc2b015_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, que providencie uma horta comunitária para os distritos de Jacutinga, Santa Barbara e Alto Porã.</t>
+  </si>
+  <si>
+    <t>11879</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11879/indicacao_n_14_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
+meio do Departamento Competente, solicitamos a implantação de um redutor de _x000D_
+velocidade (quebra-molas) na AV Maranhão próximo ao número 879 situado no Jardim _x000D_
+Guanabara I.</t>
+  </si>
+  <si>
+    <t>11880</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11880/indicacao_n_16_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
+Competente, providencie a  revitalização da ponte de madeira que fica localizada no _x000D_
+Jardim Luiz XV próximo da  Made Porta  que dá acesso à Rua Ipiranga, pois o lugar é _x000D_
+muito utilizado por várias pessoas que passam por ali diariamente pois o caminho se _x000D_
+torna mais perto para o centro da cidade no momento está quebrada oferecendo grandes _x000D_
+riscos aos que utilizam ela</t>
+  </si>
+  <si>
+    <t>11881</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Ailton Stipp, Fio Bertotti, Ilsinho da Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11881/indicacao_54-2026_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a construção de uma (quadra) cancha de malha no Jardim Alto Da Glória.</t>
+  </si>
+  <si>
+    <t>11882</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11882/bosque_da_saude_campinho_de_futebol_2assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise a possibilidade de implantação de uma quadra esportiva ou um campinho de futebol, na localidade do Bosque da Saúde, a pedido da comunidade, pois não existe nenhum espaço adequado para a prática esportiva</t>
+  </si>
+  <si>
+    <t>11884</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11884/indicacao_01_-_ati_campo_sintetico_jacutinga_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a instalação de uma ATI – Área de Treinamento para Idosos junto a quadra sintética do Distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11885</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Fio Bertotti, Levi Shuindt</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11885/indicacao_57-2026_29_assinado_2_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria competente, a possibilidade de um local para implantação do projeto ``Meu Campinho`` no Jardim Bela Casa, próximo ao Hospital Regional.</t>
+  </si>
+  <si>
+    <t>11886</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Fio Bertotti, Careca, Ilsinho da Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11886/indicacao_58-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria competente, a possibilidade de implantação de um projeto semelhante ao Centro da Juventude, no Distrito de Jacutinga, tendo em vista a quantidade de moradores.</t>
+  </si>
+  <si>
+    <t>11887</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11887/indicacao_5_assinado_5.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria competente, providencie a abertura da rua Marechal Floriano próximo a Madeporta, até à Avenida Paraíba, melhorando o acesso ao centro da cidade, para quem vem do Jardim Luiz XV e Jardim Casa Grande.</t>
+  </si>
+  <si>
+    <t>11888</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11888/indicacao_1_assinado_29.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria Competente, colocação de pedra irregular ou patrolamento e cascalhamento, nos lugares mais críticos da estrada na agua do Jacutinga, que liga a Rodovia Nikolau Koltum, até estrada do Cruzeirinho.</t>
+  </si>
+  <si>
+    <t>11889</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11889/indicacao_173_bicicletarios_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de instalações de bicicletários em praças, parques, espaços_x000D_
+públicos de lazer e prédios públicos do município._x000D_
+A bicicleta é um meio de transporte econômico, saudável e_x000D_
+sustentável utilizado por trabalhadores, estudantes e praticantes de atividades físicas,_x000D_
+no entanto, a ausência de locais adequados para estacionar bicicletas com segurança_x000D_
+acaba desestimulando seu uso.</t>
+  </si>
+  <si>
+    <t>11890</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11890/indicacao_175_rua_fernanda_mazuroc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de instalar um ponto de ônibus coberto na Rua Fernanda_x000D_
+Mazuroc, nas proximidades do número 605, Jardim Bela Vista._x000D_
+A presente indicação tem como objetivo atender as_x000D_
+necessidades dos moradores da região, que utilizam o transporte público e atualmente_x000D_
+não contam com um local adequado para aguardar o ônibus.</t>
+  </si>
+  <si>
+    <t>11891</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11891/indicacao_170_redutor_veloc._rua_luciano_marcelo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+analise a necessidade de implantação de um redutor de velocidade na Rua Luciano_x000D_
+Marcelo Oliveira (antiga Rua Cristo Redentor), no Jardim Guanabara II, próximo ao_x000D_
+número 207._x000D_
+A solicitação foi enviada por moradores da região, que relatam a necessidade urgente de_x000D_
+controlar a velocidade dos veículos que transitam pela via, trazendo riscos para pedestres_x000D_
+e moradores.</t>
+  </si>
+  <si>
+    <t>11892</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11892/indicacao_176_cacambas_de_coletas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de realizar a instalação de caçambas de coleta de entulhos e_x000D_
+resíduos em pontos estratégicos do município, especialmente em locais com descarte_x000D_
+irregular de lixo._x000D_
+A indicação tem como objetivo combater o descarte irregular_x000D_
+de lixo em diversos pontos do município.</t>
+  </si>
+  <si>
+    <t>11893</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>Ilsinho da Saúde, Careca</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11893/indicacao_65-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie uma reforma e melhorias no Campo de Futebol do Distrito de Jacutinga, tais como, recuperação e manutenção no gramado, substituição dos alambrados, melhorias e modernização na iluminação</t>
+  </si>
+  <si>
+    <t>11894</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>Ilsinho da Saúde, Fio Bertotti</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11894/indicacao_66-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação do projeto “MEU CAMPINHO” na localidade do Sabugueiro.</t>
+  </si>
+  <si>
+    <t>11895</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11895/indicacao_174_limpeza_rua_lea_valviverde_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de realização de roçada, limpeza e retirada de entulhos na Rua_x000D_
+Léa Valviverde Pirolo, esquina com Rua Nilo Peçanha, no Jardim Belo Horizonte._x000D_
+A presente solicitação se faz necessária devido ao mato alto_x000D_
+e acúmulo de vegetação nas margens da via, conforme demonstram a imagens anexas._x000D_
+A situação tem preocupado moradores, pois o mato alto está_x000D_
+comprometendo a segurança e a visibilidade dos condutores e pedestres que transitam_x000D_
+pelo local.</t>
+  </si>
+  <si>
+    <t>11896</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11896/indicacao_01_-_pedra_irregular_ruas_internas_vila_rural.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pavimentação poliédrica (pedra irregular) nas ruas internas da Vila Rural, sendo um total de, aproximadamente, 1.500 metros de pavimentação.</t>
+  </si>
+  <si>
+    <t>11897</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11897/indicacao-corrimaos_area_central_2_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a instalação de corrimãos nas escadas do canteiro central da Avenida Brasil, para facilitar o acesso ao pedestre que transita diariamente pelas escadas, e fornecer maior mobilidade aos idosos, e pessoas com deficiências físicas.</t>
+  </si>
+  <si>
+    <t>11898</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11898/indicacao_01_-_reforma_quadra_santa_barbara.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie uma reforma e melhorias na Quadra Esportiva do Distrito de Santa Bárbara, tais como, reforma do piso, pintura geral da quadra, troca das traves, substituição dos alambrados, melhorias e modernização na iluminação.</t>
+  </si>
+  <si>
+    <t>11899</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>Ailton Stipp, Alex Fonseca, Careca, Fio Bertotti, Ilsinho da Saúde, Levi Shuindt, Rodrigo Cordeiro, Sérgio Pindaúva</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11899/cerol_assinado-v.careca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR a intensificação da fiscalização e a adoção de medidas educativas com o objetivo de coibir o uso de linhas com cerol, linha chilena e materiais cortantes utilizados em pipas.</t>
+  </si>
+  <si>
+    <t>11914</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11914/indicacao_177_programa_zeis_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de determinar aos setores competentes, a realização de estudos_x000D_
+e a implantação de área classificadas como Zonas Especiais de Interesse Social (ZEIS),_x000D_
+bem como a abertura de Chamamento Público para seleção de propostas voltadas à_x000D_
+construção de habitações de interesse social</t>
+  </si>
+  <si>
+    <t>11915</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11915/indicacao_178_tecnico_para_time_volei_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de contratar ou designar um técnico responsável para a equipe_x000D_
+de voleibol de quadra do município._x000D_
+A presente indicação visa garantir o adequado_x000D_
+desenvolvimento das atividades esportivas do voleibol em nosso município, considerando_x000D_
+que atualmente a equipe encontra-se sem técnico responsável._x000D_
+O time adulto de vôlei de quadra de Ivaiporã conta com mais_x000D_
+de 15 atletas ativos, enquanto as categorias de base reúnem mais de 20 atletas,_x000D_
+demonstrando o grande interesse e potencial da modalidade do município.</t>
+  </si>
+  <si>
+    <t>11916</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11916/indicacao_179_medicos_pediatras_no_municipio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de contratar um Médico Pediatra para atuar na rede municipal_x000D_
+de saúde, prestando atendimento às crianças, tanto em casos de baixa quanto de alta_x000D_
+complexidade._x000D_
+Essa indicação tem como objetivo fortalecer o atendimento à_x000D_
+saúde infantil no município, garantindo assistência médica especializada e de qualidade_x000D_
+as crianças.</t>
+  </si>
+  <si>
+    <t>11917</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11917/indicacao_nc2b016_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de que seja realizada a construção de um lago no distrito Jacutinga.</t>
+  </si>
+  <si>
+    <t>11918</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11918/indicacao_nc2b017_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise o pedido de portal nas chegadas dos distritos de Jacutinga, Santa Barbara e Alto Porã.</t>
+  </si>
+  <si>
+    <t>11919</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11919/indicacao_nc2b018_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade da implantação de um redutor de velocidade próximo ao número 345, na rua Marechal Deodoro da Fonseca, no bairro Jardim Luis XV, visando manter a segurança dos moradores, visto que segundo relatos destes há um grande fluxo de carros em alta velocidade gerando acidentes.</t>
+  </si>
+  <si>
+    <t>11920</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>Levi Shuindt, Rodrigo Cordeiro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11920/indicacao_no_79-2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizado melhorias no CMEI Bom Jesus, localizada na Rua Alvorada, nº 130, na Vila Monte Castelo, em questão a reforma na sala dos professores que no momento encontra-se improvisada,  de modo a oferecer um espaço digno para planejamento dos educadores, e também a possibilidade de concretar o espaço de terra que fica na frente e aos fundos do CMEI (ao lado do playground),  e cobrir com grama sintética, a pedido dos colaboradores e pais dos alunos,  que relatam a necessidade de melhorias,  assegurando maior segurança ás crianças durante ás atividades externas, evitando acidentes e proporcionando um ambiente mais agradável para as brincadeiras</t>
+  </si>
+  <si>
+    <t>11921</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11921/indicacao_1_assinado_30.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria Competente, providencie calçadas de passeio ao lado da ponte no final da rua Clara Storoski e também a colocação de um redutor de velocidade, carros desenvolvem velocidade alta no local.</t>
+  </si>
+  <si>
+    <t>11922</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11922/indicacao_2_assinado_28.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria de Competente, providencie roçada e limpeza na rotatória da Rua Universitária, no Jardim Universitário, e também a possibilidade de colocação de uma ATI.</t>
+  </si>
+  <si>
+    <t>11923</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11923/indicacao_3_assinado_20.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria competente, providencie manutenção na boca de lobo ( Bueiro), na rua Ivaiporã, esquina com a rua São Miguel, no Distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11924</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11924/indicacao_4_assinado_13.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio da Secretaria competente, providencie calçadas de passeio na Rua Apucarana, em frente ao prédio do Corpo de Bombeiros.</t>
+  </si>
+  <si>
+    <t>11925</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11925/indicacao_180_faixa_elevada_capela_nova_pora_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de implantar uma faixa elevada (travessia elevada) em frente à_x000D_
+Capela Mortuária do Jardim Nova Porã._x000D_
+A presente indicação tem como objetivo garantir maior_x000D_
+segurança aos pedestres que frequentam a Capela Mortuária do Jardim Nova Porã.</t>
+  </si>
+  <si>
+    <t>11926</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11926/indicacao_nc2b020_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade da construção de uma faixa elevada na Rodovia Nicolau Koltun, no bairro Jardim Imperial (Pombal), visando manter a segurança dos moradores que cruzam a rodovia para ter acesso a pista de caminhada, pois há um grande fluxo de automóveis e motocicletas gerando risco aos pedestres.</t>
+  </si>
+  <si>
+    <t>11927</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11927/indicacao_n_18_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
+Competente, providencie um espaço de lazer completo no Jardim Paraná com _x000D_
+playground moderno juntamente com uma ATI (academia da terceira idade) uma quadra _x000D_
+poli esportiva para lazer e pratica esportiva e convívio social, beneficiando diretamente _x000D_
+os moradores daquela região</t>
+  </si>
+  <si>
+    <t>11928</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11928/indicacao_n_11_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
+meio do Departamento Competente. Providencie a reforma do campo de futebol da Vila _x000D_
+Santa Maria e a, instalação de um alambrado em volta do campo, localizado na Rua _x000D_
+Brasil</t>
+  </si>
+  <si>
+    <t>11930</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11930/indicacao_5_assinado_6.pdf</t>
+  </si>
+  <si>
+    <t>a possibilidade de ceder um espaço para construção de uma quadra de Tênis, e também um incentivo da prefeitura para que mais jovens possam aprender o esporte, que está em grande desenvolvimento no País.</t>
+  </si>
+  <si>
+    <t>11931</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11931/indicacao_nc2b019_assinado_2.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade da implantação de redutores de velocidade na rua Sebastião Faga, no bairro Vila Colônia da Prefeitura, visando manter a segurança dos moradores que por ali se deslocam, pois segundo relatos destes, há um grande fluxo de carros em alta velocidade gerando muitos acidentes e risco aos pedestres.</t>
+  </si>
+  <si>
+    <t>11943</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11943/indicacao_01_-_extensao_de_rede_eletrica_trifasica_da_copel_no_trecho_do_tres_ranchinho_ate_o_estreito.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a extensão da rede elétrica trifásica da COPEL, no trecho do Três Ranchinho até o Estreito.</t>
+  </si>
+  <si>
+    <t>11944</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11944/indicacao_01_-_rede_de_esgoto_na_vila_santa_maria.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, interceda junto à Companhia de Saneamento do Paraná – SANEPAR, com o objetivo de implantar rede coletora de esgoto na Vila Santa Maria, principalmente na Rua São Paulo, tendo em vista a impossibilidade de construção de fossas no local.</t>
+  </si>
+  <si>
+    <t>11787</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11787/requeirmento_-_emerson_-_samu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, Moção de Aplausos a Equipe do Serviço de Atendimento Móvel de Urgência – SAMU, a técnica de enfermagem Bárbara, médico Márcio e o condutor Cristiano,  pelo brilhante e exemplar atendimento prestado no salvamento de um bebê recém-nascido em situação de parada respiratória.</t>
+  </si>
+  <si>
     <t>11659</t>
   </si>
   <si>
     <t>INFP</t>
   </si>
   <si>
     <t>Pregão - Informativo da Prefeitura de Ivaiporã</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11659/pe_155-2025_contratacao_de_empresa_especializada_para_a_elaboracao_de_estudo_de_impacto_de_vizinhanca_evi..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11659/pe_155-2025_contratacao_de_empresa_especializada_para_a_elaboracao_de_estudo_de_impacto_de_vizinhanca_evi..pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A ELABORAÇÃO DE ESTUDO DE IMPACTO DE VIZINHANÇA (EVI).</t>
   </si>
   <si>
     <t>11660</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11660/pe_158-2025_-_pra_pedreira.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11660/pe_158-2025_-_pra_pedreira.pdf</t>
   </si>
   <si>
     <t>Informativo do Pregão 158-2025 - CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DOS SERVIÇOS _x000D_
 TÉCNICOS DE AUTORIZAÇÃO AMBIENTAL (INSTRUÇÃO NORMATIVA IAT Nº 33/2025), PLANO _x000D_
 DE ENCERRAMENTO E RECUPERAÇÃO AMBIENTAL DA ÁREA DE DISPOSIÇÃO FINAL DE _x000D_
 RESÍDUOS SÓLIDOS (INSTRUÇÃO NORMATIVA IAT Nº 33/2025), DO RELATÓRIO DE _x000D_
 AVALIAÇÃO PRELIMINAR (ABNT Nº 15.515-1) E INVESTIGAÇÃO CONFIRMATÓRIA (ABNT Nº _x000D_
 15.515-2) E RELATÓRIO DE ETAPAS SUBSEQUENTES DO GERENCIAMENTO DE ÁREAS _x000D_
 CONTAMINADAS (CEMA 129/2023) NO ANTIGO DEPOSITO DE ENTULHOS E GALHADAS DO _x000D_
 MUNICÍPIO DE IVAIPORÃ - PR, LOCALIZADA NA RODOVIA MUNICIPAL NICOLAU KOLTUN, _x000D_
 CONFORME EXIGÊNCIA DO INSTITUTO ÁGUA E TERRA - IAT.</t>
   </si>
   <si>
     <t>11661</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11661/pe_154-2025_aquisicao_de_uniformes_para_os_alunos_do_ballet_municipal_da_secretaria_municipal_de_cultura..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11661/pe_154-2025_aquisicao_de_uniformes_para_os_alunos_do_ballet_municipal_da_secretaria_municipal_de_cultura..pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UNIFORMES PARA OS ALUNOS DO BALLET MUNICIPAL DA SECRETARIA MUNICIPAL DE CULTURA.</t>
   </si>
   <si>
     <t>11662</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11662/pe_156-2025_-_veiculos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11662/pe_156-2025_-_veiculos.pdf</t>
   </si>
   <si>
     <t>Informativo do Pregão 156-2025 - AQUISIÇÃO DE 30 (TRINTA) VEÍCULOS, NOVOS, ZERO QUILÔMETRO, ANO 2026, _x000D_
 DESTINADOS ÀS SECRETARIAS MUNICIPAIS DA PREFEITURA DE IVAIPORÃ.</t>
   </si>
   <si>
     <t>11663</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11663/pe_157-2025_-_torno.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11663/pe_157-2025_-_torno.pdf</t>
   </si>
   <si>
     <t>Informativo do Pregão 157-2025 - CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS _x000D_
 DE TORNO EM GERAL DA FROTA MUNICIPAL.</t>
   </si>
   <si>
     <t>11666</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11666/pe_01-2026_contratacao_de_empresas_para_a_limpeza_de_caixa_dagua.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11666/pe_01-2026_contratacao_de_empresas_para_a_limpeza_de_caixa_dagua.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESAS PARA A LIMPEZA DE CAIXA D’AGUA, DESINSETIZAÇÃO PARA AS DIVERSAS SECRETARIAS DO MUNICÍPIO DE IVAIPORÃ.</t>
   </si>
   <si>
     <t>11667</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11667/pe_02-2026_contratacao_de_leiloeiro.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11667/pe_02-2026_contratacao_de_leiloeiro.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE LEILOEIRO OFICIAL, REGULARMENTE CADASTRADO NA JUNTA COMERCIAL DO PARANÁ, PARA REALIZAÇÃO DE LEILÕES PÚBLICOS PRESENCIAIS E ELETRÔNICOS DE BENS PÁTRIMONIAIS INSERVIVES DO MUNICIPIO DE IVAIPORÃ.</t>
   </si>
   <si>
+    <t>11677</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11677/pe_03-2026_-_academia_saude.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do PE 03/2026 - AQUISIÇÃO DE EQUIPAMENTOS DE ACADEMIA PARA ATENDIMENTO DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>11678</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11678/pe_04-2026_-_caminhoes_coletor_lixo.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do PE 04/2025 - Caminhão Coletor Compactador de Lixo</t>
+  </si>
+  <si>
+    <t>11679</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11679/pe_05-2026_-_moveis_e_equip..pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 05/2025 - AQUISIÇÃO DE MÓVEIS E ELETRODOMÉSTICOS PARA ESCOLAS E CMEI'S DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
+  </si>
+  <si>
+    <t>11682</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11682/pe_06-2026_-_projetores_estadio.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 06/2025 - AQUISIÇÃO DE PROJETORES DE ALTO FLUXO PARA ÁREA EXTERNA DE _x000D_
+POTÊNCIA MÁXIMA DE 900W E FLUXO LUMINOSO MÍNIMO DE 121.500 LUMENS _x000D_
+TEMPERATURA DE COR 5000K, PARA USO NO ESTÁDIO DE FUTEBOL MANOEL FERNANDES _x000D_
+SILVA.</t>
+  </si>
+  <si>
+    <t>11683</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11683/pe_07-2026_-_matl_odontologico.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 07/2025 - AQUISIÇÃO DE MATERIAIS E PRODUTOS ODONTOLÓGICOS EM ATENDIMENTO AS _x000D_
+NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>11685</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11685/pe_08-2026_-_pickups.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 08/2026 - AQUISIÇÃO DE 10 (DEZ) VEÍCULOS 0 (ZERO) KM TIPO PICAPE PARA AS DIVERSAS _x000D_
+SECRETARIAS DA PREFEITURA MUNICIPAL DE IVAIPORÃ.</t>
+  </si>
+  <si>
+    <t>11691</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11691/pe_09-2026_-_servidor_rack.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 09/2025 - AQUISIÇÃO DE SERVIDOR PARA ARMAZENAMENTO DE ARQUIVOS PARA O PAÇO _x000D_
+MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>11706</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11706/pe_10-2026_-_medicamentos.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 10/2026 - AQUISIÇÃO DE MEDICAMENTOS EM ATENDIMENTO A SECRETARIA MUNICIPAL DE _x000D_
+SAÚDE.</t>
+  </si>
+  <si>
+    <t>11707</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11707/pe_11-2026_-_equip._e_ferramentas_patio.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 11/2025 - AQUISIÇÃO DE EQUIPAMENTOS E FERRAMENTAS PARA A OFICINA DO PATIO DE _x000D_
+MÁQUINAS E ALMOXARIFADO DE PEÇAS SECRETARIA MUNICIPAL DE VIAÇÃO.</t>
+  </si>
+  <si>
+    <t>11716</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11716/pe_12-2026_-_semaforos.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 12/2026 - CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO E _x000D_
+INSTALAÇÃO DE SEMÁFORO.</t>
+  </si>
+  <si>
+    <t>11717</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11717/pe_13-2026_-_reforma_em_geral.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 13/2026 - CONTRATAÇÃO DE EMPRESA(S) ESPECIALIZADA PARA, SOB DEMANDA, _x000D_
+PRESTAR SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA, ADEQUAÇÕES DE _x000D_
+LAYOUT, INSTALAÇÕES ELÉTRICAS, HIDROSSANITÁRIOS, CONSTRUÇÃO CIVIL, PINTURA, _x000D_
+DIVISÓRIAS EM GESSO ACARTONADO OU MDF, IMPERMEABILIZAÇÃO, ESQUADRIAS E _x000D_
+ESTRUTURAS METÁLICAS, VIDRAÇARIA E ESPELHOS, SOLDAGEM, LOCAÇÃO DE ANDAIME, _x000D_
+CALHAS E RUFOS, MARMORARIA, GRANITO E BANCADAS, PODA DE ÁRVORE EM ALTURA, _x000D_
+TOPÓGRAFO, EQUIPAMENTOS, MATERIAIS E MÃO DE OBRA, NA FORMA ESTABELECIDA _x000D_
+EM PLANILHAS DE SERVIÇOS E INSUMOS DIVERSOS, DESCRITOS NA TABELA DO SISTEMA _x000D_
+NACIONAL DE PESQUISA DE CUSTOS E ÍNDICES DA CONSTRUÇÃO CIVIL – SINAPI, _x000D_
+DESTINADOS A MANUTENÇÃO DE PRÉDIOS, LOCAIS PÚBLICOS, E CONSERVAÇÃO DE _x000D_
+PRAÇAS E JARDINS, DO MUNICÍPIO DE IVAIPORÃ/PR.</t>
+  </si>
+  <si>
+    <t>11726</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11726/14-2026_hortifrutigranjeiros.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE HORTIFRUTIGRANJEIROS PARA ATENDER OS PROJETOS SOCIAIS DE SECRETARIA MUNICIPAL DE ASSISTÊMCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>11727</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11727/15-2026_cestas_basicas_cras.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE CESTA BÁSICA PARA ATENDER PESSOAS EM VULNERABILIDADE SOCIAL, PARA ATENDER OS USUÁRIOS DO CRAS.</t>
+  </si>
+  <si>
+    <t>11848</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11848/pe_16-2026_aquisicao_de_um_rompedor.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 01 (UM) ROMPEDOR COM LINHA HIDRÁULICA PARA ESCAVADEIRA EM ATENDIMENTO A SECRETARIA DE VIAÇÃO.</t>
+  </si>
+  <si>
+    <t>11849</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11849/pe_17-2026_produtos_de_padaria.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PRODUTOS DE PADARIA PARA ATENDIMENTO DAS SECRETARIAS DO MINICÍPIO DE IVAIPORÃ.</t>
+  </si>
+  <si>
+    <t>11850</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11850/pe_18-2026_aquisicao_de_chocolates.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE CHOCOLATES E BOMBONS PARA PÁSCOA EM ATENDIMENTO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E SEUS PROJETOS SOCIAIS.</t>
+  </si>
+  <si>
+    <t>11866</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11866/pe_19-2026_contratacao_de_empresa_especializada_na_execucao_de_servicos_de_pinturas_lixamentos_emassamento_em_atedimento_a_secretaria_municipal_de_obras..pdf</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA EXECUÇÃO DE SERVIÇOS DE PINTURAS, LIXAMENTOS, EMASSAMENTO EM ATEDIMENTO A SECRETARIA MUNICIPAL DE OBRAS.</t>
+  </si>
+  <si>
+    <t>11867</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11867/pe_20-2026_contratacao_de_empresa_especializada_para_a_prestacao_de_reforma_de_calcadas_atraves_de_operacoes_de_demolicao_construcao_com_concreto_e_piso_tatil_alem_de_rampa_de_acesso.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE REFORMA DE CALÇADAS ATRAVÉS DE OPERAÇÕES DE DEMOLIÇÃO, CONSTRUÇÃO COM CONCRETO E PISO TÁTIL, ALÉM DE RAMPA DE ACESSO EM DIVERSAS RUAS.</t>
+  </si>
+  <si>
+    <t>11868</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11868/pe_23-2026_gesso.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO E INSTALAÇÃO DE GESSO EM ATENDIMENTO A SECRETARIA MUNICIPAL DE OBRAS.</t>
+  </si>
+  <si>
+    <t>11869</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11869/pe_21-2026_ar_condicionado_veicular.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE PEÇAS ORIGINAIS, DE PRIMEIRA LINHA, BEM COMO NA PRESTAÇÃO DE SERVIÇOS DE AR CONDICIONADO VEICULAR, COM MAIOR PERCENTUAL DE DESCONTO NO SISTEMA AUDATEX/CILIA OU SIMILAR.</t>
+  </si>
+  <si>
+    <t>11870</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11870/pe_22-2026_loteamento_industrial.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA ELABORAÇÃO DO PROGRAMA DE GESTÃO DO PATRIMÔNIO ARQUEOLÓGICO E RELATÓRIOS DO LOTEAMENTO INDUSTRIAL NO MUNICÍPIO DE IVAIPORÃ-PR.</t>
+  </si>
+  <si>
+    <t>11900</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11900/pe_24-2026_-_mudas_hortalicas.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 24/2026 - AQUISIÇÃO DE MUDAS DE HORTALIÇAS PARA ATENDER OS PROJETOS E _x000D_
+DISTRIBUIÇÃO DA HORTA COMUNITÁRIA NA SECRETARIA MUNICIPAL DE AGRICULTURA, _x000D_
+ABASTECIMENTO E AGRONEGÓCIO.</t>
+  </si>
+  <si>
+    <t>11901</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11901/pe_25-2026_-_ressolagem.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 25/2026 - CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE RESSOLAGEM, VULCANIZAÇÃO E REFORÇO E PNEUS DE CAMINHÕES, MÁQUINAS E ÔNIBUS PERTENCENTES À FROTA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>11932</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11932/pe_26-2026_-_mantas.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 26/2026 - AQUISIÇÃO MANTAS EM ATENDIMENTO AS FAMILIAS EM SITUAÇÃO DE _x000D_
+VULNERABILIDADE ATENDENDO AS NECESSIDADES DA SECRETARIA MUNICIPAL DE _x000D_
+ASSISTÊNCIA SOCIAL.</t>
+  </si>
+  <si>
+    <t>11933</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11933/pe_27-2026_-_enxovais_e_fotos.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 27/2026 - AQUISIÇÃO DE ENXOVAIS PARA BEBÊ E CONTRATAÇÃO DE SERVIÇOS PARA _x000D_
+FOTO E FILMAGEM PARA O PROJETO COLO DE MÃE DE ACORDO COM AS NECESSIDADES _x000D_
+DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>11935</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11935/pe_28-2026_caminhoes_de_iluminacao_publica.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇAÕ DE SERVIÇO ESPECIALIZADOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA, REVISÕES PERIODICAS, BEM COMO A REFORMA DE CARROCERIA E MANUTENÇÃO DAS CESTAS AÉREAS DOS CAMINHÕES PERTENCENTES Á FROTA MUNICIPAL UTILIZADOS NOS SERVIÇOS DE ILUMINAÇÃO PUBLICA.</t>
+  </si>
+  <si>
+    <t>11937</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11937/pe_29-2026_tubos_de_concretos.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE TUBOS DE CONCRETOS, BLOCO DE CONCRETO, MEIO TUBO DE CONCRETO, PALANQUE DE CONCRETO ARMADO E PAVER EM ATENDIMENTO A SECRETARIA MUNICIPAL DE OBRAS.</t>
+  </si>
+  <si>
+    <t>11938</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11938/pe_30-2026_painel_de_led.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE EQUIPAMENTOS E ESTRUTURAS PARA APINEL DE LED E SANITÁRIOS QUÍMICOS EM ATENDIMENTO A SECRETARIA MUNICIPAL DA CULTURA.</t>
+  </si>
+  <si>
+    <t>11939</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11939/pe_31-2026_cbuq.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO E APLICAÇÃO DE CONCRETO BETUMINOSO USINADO A QUENTE (CBUQ) PARA EXECUÇÃO DAS AÇÕES DE MANUTENÇÃO, CONSERVAÇÃO DE ESTRADAS MUNICIPAIS CONSISTENTES DE PAVIMENTAÇÃO ASFÁLTICA.</t>
+  </si>
+  <si>
+    <t>11940</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11940/pe_32-2026_-_ensaios_tecnologicos.pdf</t>
+  </si>
+  <si>
+    <t>Informativo do Pregão 32/2026 - CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA ELABORAÇÃO DE ENSAIOS _x000D_
+TECNOLÓGICOS TODOS COM EMISSÃO DE ART EM ATENDIMENTO A SECRETARIA _x000D_
+MUNICIPAL DE OBRAS.</t>
+  </si>
+  <si>
+    <t>11941</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11941/pe_33-2026_serralheria.pdf</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE SERRALHERIA EM ATEDIMENTO A SECRETARIA MUNICIPAL DE OBRAS.</t>
+  </si>
+  <si>
     <t>11664</t>
   </si>
   <si>
     <t>INFC</t>
   </si>
   <si>
     <t>Concorrência Informativo da Prefeitura de Ivaiporã</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11664/concorrencia_eletronica_no_32-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11664/concorrencia_eletronica_no_32-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 32/2025</t>
+  </si>
+  <si>
+    <t>11680</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11680/concorrencia_eletronica_no_01-2026_-_pavimentacao_poliedrica_estrada_do_paineirinha.pdf</t>
+  </si>
+  <si>
+    <t>INFORMATIVO - CONCORRÊNCIA 01/2026</t>
+  </si>
+  <si>
+    <t>11845</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11845/concorrencia_eletronica_no_02-2026_-_pavim._asf._vias_urbanas_-_sam_78.pdf</t>
+  </si>
+  <si>
+    <t>INFORMATIVO - CONCORRÊNCIA 02/2026_x000D_
+A Prefeitura Municipal de Ivaiporã, Estado do Paraná, torna público, para conhecimento dos interessados, que no dia 04 de MARÇO de 2026, às 09h00min, na PLATAFORMA: COMPRAS.GOV.BR, haverá abertura de licitação na modalidade de CONCORRÊNCIA ELETRÔNICA 9.0002/2026, modo de disputa ABERTO, critério de julgamento MENOR PREÇO, objetivando PAVIMENTAÇÃO ASFÁLTICA DE VIAS URBANA EM CBUQ, 42.092,43 M², INCLUINDO SERVIÇOS PRELIMINARES, TERRAPLENAGEM, BASE E SUB-BASE, REVESTIMENTO, MEIO-FIO COM SARJETA, SERVIÇOS DE URBANIZAÇÃO, SINALIZAÇÃO DE TRÂNSITO, DRENAGEM, ENSAIOS TECNOLÓGICOS E PLACA DE OBRA – SAM 78/PARANACIDADE</t>
+  </si>
+  <si>
+    <t>11846</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11846/concorrencia_eletronica_no_03-2026_-_pavim._asf._est._rural_-_sam_80.pdf</t>
+  </si>
+  <si>
+    <t>INFORMATIVO - CONCORRÊNCIA 03/2026_x000D_
+A Prefeitura Municipal de Ivaiporã, Estado do Paraná, torna público, para conhecimento dos interessados, que no dia 05 de MARÇO de 2026, às 09h00min, na PLATAFORMA: COMPRAS.GOV.BR, haverá abertura de licitação na modalidade de CONCORRÊNCIA ELETRÔNICA 9.0003/2026, modo de disputa ABERTO, critério de julgamento MENOR PREÇO, objetivando PAVIMENTAÇÃO DE ESTRADA RURAL EM CONCRETO BETUMINOSO USINADO A QUENTE (CBUQ), ÁREA DE 41.598,00 M², COMPREENDENDO: SERVIÇOS PRELIMINARES; DRENAGEM; REVESTIMENTO; SINALIZAÇÃO DE TRÂNSITO; E ENSAIOS DE CONTROLE TECNOLÓGICO – SAM 80/PARANACIDADE</t>
+  </si>
+  <si>
+    <t>11865</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11865/concorrencia_eletronica_no_04-2026_-_construcao_da_casa_da_mulher_paranaense_-_sam_75.pdf</t>
+  </si>
+  <si>
+    <t>INFORMATIVO - CONCORRÊNCIA 04/2026</t>
+  </si>
+  <si>
+    <t>11902</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11902/concorrencia_eletronica_no_05-2026_-_sistema_de_climatizacao_-_ame.pdf</t>
+  </si>
+  <si>
+    <t>INFORMATIVO - CONCORRÊNCIA 05/2026</t>
+  </si>
+  <si>
+    <t>11934</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11934/concorrencia_eletronica_no_06-2026_-_concessao_onerosa_quiosques_na_praca_do_cafe.pdf</t>
+  </si>
+  <si>
+    <t>INFORMATIVO - CONCORRÊNCIA 06/2026</t>
+  </si>
+  <si>
+    <t>11847</t>
+  </si>
+  <si>
+    <t>CP</t>
+  </si>
+  <si>
+    <t>Chamamento Público Informativos da PM de Ivaiporã.</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11847/informativo_-_chamamento_publico_no_01-2026_-_concessao_auxilio_bolsa_tecnico.pdf</t>
+  </si>
+  <si>
+    <t>INFORMATIVO - CHAMAMENTO PÚBLICO 01/2026_x000D_
+_x000D_
+A Prefeitura Municipal de Ivaiporã, Estado do Paraná, torna público, para conhecimento dos interessados, que ficam abertas as inscrições referentes ao CHAMAMENTO PÚBLICO Nº 01/2026 para CONCESSÃO DO AUXÍLIO BOLSA TÉCNICO A PROFISSIONAIS REGISTRADOS NO CONSELHO REGIONAL DE EDUCAÇÃO FÍSICA (CREF), NAS MODALIDADES OFERTADAS PELA SECRETARIA MUNICIPAL DE ESPORTES E LAZER, CONFORME LEI MUNICIPAL Nº 3.887/2023 E SUAS ALTERAÇÕES. O protocolo do envelope de documentação referente às inscrições, deverá ser realizado até às 17h00min do dia 05 de MARÇO de 2026, no Setor de Protocolo da Prefeitura Municipal de Ivaiporã.</t>
+  </si>
+  <si>
+    <t>11936</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11936/informativo_-_chamamento_publico_no_02-2026_-_festival_de_dancas_de_ivaipora_2a_edicao.pdf</t>
+  </si>
+  <si>
+    <t>INFORMATIVO - CHAMAMENTO Nº 02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -568,69 +2518,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11665/ple_01-2026_-_autoriza_o_executivo_municipal_a_realizar_desapropriacao_amigavel_ou_judicial_-_parque_linear_-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11668/ple_02-2026_-_altera_a_lei_3.663-2022_-_desapropriacoes_-av._amazonas_-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11673/camara_-_mensagem_aditiva_ao_ple_01-2025_-_parque_linear__-_-_of._28-2026.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11671/projeto_de_resolucao_no_01-2026-_programacao_financeira_2026.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11672/projeto_resolucao_002-2026-_concessao_de_diaria.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11659/pe_155-2025_contratacao_de_empresa_especializada_para_a_elaboracao_de_estudo_de_impacto_de_vizinhanca_evi..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11660/pe_158-2025_-_pra_pedreira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11661/pe_154-2025_aquisicao_de_uniformes_para_os_alunos_do_ballet_municipal_da_secretaria_municipal_de_cultura..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11662/pe_156-2025_-_veiculos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11663/pe_157-2025_-_torno.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11666/pe_01-2026_contratacao_de_empresas_para_a_limpeza_de_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11667/pe_02-2026_contratacao_de_leiloeiro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11664/concorrencia_eletronica_no_32-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11681/plc_01-2026_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_n___-_-_lc_----2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11718/plc_02-2026_-_altera_a_lc_35-2022_inclusao_centro_dia_para_pessoas_idosas__-_-_lc_74-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11665/ple_01-2026_-_autoriza_o_executivo_municipal_a_realizar_desapropriacao_amigavel_ou_judicial_-_parque_linear_-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11668/ple_02-2026_-_altera_a_lei_3.663-2022_-_desapropriacoes_-av._amazonas_-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11674/pl_03-2026_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11675/ple_04-2026_-_abre_credito_adicional_especial___r_10.634.48185_-_-_l___-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11676/ple_05-2026_-_autoriza_a_doacao_de_imoveis_a_afiva_-_-_l_-------2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11684/ple_06-2026_-_institui_o_programa_sandbox_-_-_l_-------2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11708/ple_07-2026_-_introduz_alteracoes_na_l_3.635-2021_-_incentivos_a_inovacao_-_incubadora_tecnologica__-_-_l_______-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11719/projeto_08-2026_-_credito_adicional_especial_-_excesso_e_superavit.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11720/projeto_09-2026_-_credito_adicional_especial_-_excesso_e_superavit.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11722/ple_10-2026_-introduz_alteracoes_na_l_1.268-2005_-_art._186__estatuto_-_comissao_de_servidores_-_-_l________-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11721/ple_11-2026_-introduz_alteracoes_na_l_1.269-2005_-_art._18_e_24_comissao_de_servidores_-_-_l________-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11723/ple_12-2026_-introduz_alteracoes_na_l_1.268-2005_-_art._15_estatuto_-_comissao_de_servidores_-_-_l________-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11724/ple_13-2026_-_institui_o_plano_de_mobilidade_urbana_de_ivaipora_-_-_l____-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11725/ple_14-2026_-introduz_alteracoes_na_l_2.553-2014_-_eleicao_suplementar_cons._tutelares_-_-_l________-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11731/ple_15-2026_-_ratifica_3a_alteracao_do_protocolo_de_intencoes_do_cis-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11805/ple_16-2026_-_abre_um_credito_adicional_especial___r_2.265.24040_-_-_l____-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11814/ple_17-2026_-concede_abono_salarial_a_servidores_salario_minimo_-_-_l________-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11871/ple_18-2026_-_abre_credito_adicional_especial_r_1.670.31611_-_-_l_-----2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11872/ple_19-2026_-_abre_credito_adcional_especial___r_65.58580_-_-_l_____-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11873/ple_20-2026_-_concede_isencao_de_issqn_empreendimento_habitacional_de_interesse_social_-_lebi_construtora_-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11904/ple_21-2026_-_abre_credito_adicional_especial___r_891.94956_-_-_l____-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11903/ple_22-2026_-_abre_credito_adicional_especial___r_24.00000_-_-_l____-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11906/ple_23-2026_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_ambiental_20h__-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11905/ple_24-2026_-_revoga_a_lei_municipal_n_4.129-2025_desapropriacao_canil__-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11908/ple_25-2026_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_4.053-2025_-_pss_mot._veiculos_pesados_e_vigia__-_-_l_-------2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11912/ple_26-2026_-_abre_credito_adicional_especial___r_185.15930_-_-_l_----2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11909/ple_27-2026_-_contratacao_emergencial_saude_-_pss__-_-_l_-------2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11911/ple_28-2026_-_autoriza_a_permuta_de_imoveis__-_municipio_x_aparecida_helena_godoi_-_-_l_-------2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11929/ple_29-2026_-_autoriza_o_executivo_a_reajustar_os_salarios_e_vencimentos_dos_servidores_municipais_-_-_l_--------2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11673/camara_-_mensagem_aditiva_ao_ple_01-2025_-_parque_linear__-_-_of._28-2026.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11786/projeto_de_lei_antonio_alarcon.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11788/projeto_de_lei_-_membros_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11883/projeto_de_lei_-_rua_sebastiao_alves_de_morais.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11907/pll_nc2ba_04-2026_flor_de_lotus_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11910/projeto_de_lei_no_05-2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11942/pll_no_06_concede_reajuste_aos_servidores_do_poder_legislativo.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11671/projeto_de_resolucao_no_01-26.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11672/projeto_resolucao_002-2026-_concessao_de_diaria.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11686/indicacao_-_wifi_capela_mortuaria_jacutinga.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11687/indicacao_-_wifi_capela_mortuaria_alto_pora.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11688/indicacao_-_wifi_capela_mortuaria_jardim_nova_pora.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11689/indicacao_-_pedra_irregular_santa_barbara_ate_agua_da_limeira.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11690/indicacao_01_-_pedra_irregular_perobao_ate_ponte_do_formosinho.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11692/indicacao_n_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11693/indicacao_n_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11694/indicacao_n_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11695/indicacao_n_4_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11696/indicacao_n_5_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11697/indicacao_escada_canteiro_avenida_ladislau.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11698/indicacao_1_assinado_28.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11699/indicacao_3_assinado_18.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11700/indicacao_5_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11701/indicacao_2_assinado_25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11702/indicacao_4_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11703/indicacao_163_divulgar_escalas_medicas_das_ubs_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11704/indicacao_165_calendario_publico_de_manutencao_de_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11705/indicacao_164_hortas_comunitarias_nas_escolas_municipais_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11709/indicacao_nc2b001_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11710/indicacao_nc2b002_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11711/indicacao_nc2b003_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11712/indicacao_nc2b004_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11713/indicacao_nc2b006_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11714/indicacao_166_red._veloc._rua_osvaldo_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11715/indicacao_167_red._vel._cartorio_d._odiles_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11728/indicacao_nc2b008_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11729/indicacao_168_placas_com_nomes_das_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11730/indicacao_nc2b005_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11806/indicacao_169_pesquisa_servidores_sobre_v.a_ou_cesta_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11807/parque_maria_alice_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11808/indicacao-_rua_xavante_redutor_de_velocidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11809/indicacao_nc2b009_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11810/indicacao_2_assinado_26.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11811/indicacao_nc2b011_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11812/indicacao_171_cadastro_de_terreno_abandonados_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11813/indicacao_nc2b010_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11815/mobilidade-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11816/indicacao_172_pontos_de_apoio_com_bebedouros_e_banheiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11817/asfalto-_jardim_itapa_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11820/indicacao_n7_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11821/indicacap_n_8_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11822/indicacao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11823/indicacao_6_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11825/indicacao_reparos_nos_bueiros_na_av_maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11826/indicacao_n_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11874/indicacao_2_assinado_27.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11875/indicacao_nc2b013_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11876/indicacao_nc2b012_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11877/indicacao_nc2b014_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11878/indicacao_nc2b015_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11879/indicacao_n_14_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11880/indicacao_n_16_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11881/indicacao_54-2026_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11882/bosque_da_saude_campinho_de_futebol_2assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11884/indicacao_01_-_ati_campo_sintetico_jacutinga_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11885/indicacao_57-2026_29_assinado_2_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11886/indicacao_58-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11887/indicacao_5_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11888/indicacao_1_assinado_29.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11889/indicacao_173_bicicletarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11890/indicacao_175_rua_fernanda_mazuroc_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11891/indicacao_170_redutor_veloc._rua_luciano_marcelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11892/indicacao_176_cacambas_de_coletas_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11893/indicacao_65-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11894/indicacao_66-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11895/indicacao_174_limpeza_rua_lea_valviverde_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11896/indicacao_01_-_pedra_irregular_ruas_internas_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11897/indicacao-corrimaos_area_central_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11898/indicacao_01_-_reforma_quadra_santa_barbara.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11899/cerol_assinado-v.careca_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11914/indicacao_177_programa_zeis_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11915/indicacao_178_tecnico_para_time_volei_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11916/indicacao_179_medicos_pediatras_no_municipio_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11917/indicacao_nc2b016_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11918/indicacao_nc2b017_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11919/indicacao_nc2b018_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11920/indicacao_no_79-2026.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11921/indicacao_1_assinado_30.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11922/indicacao_2_assinado_28.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11923/indicacao_3_assinado_20.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11924/indicacao_4_assinado_13.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11925/indicacao_180_faixa_elevada_capela_nova_pora_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11926/indicacao_nc2b020_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11927/indicacao_n_18_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11928/indicacao_n_11_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11930/indicacao_5_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11931/indicacao_nc2b019_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11943/indicacao_01_-_extensao_de_rede_eletrica_trifasica_da_copel_no_trecho_do_tres_ranchinho_ate_o_estreito.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11944/indicacao_01_-_rede_de_esgoto_na_vila_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11787/requeirmento_-_emerson_-_samu_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11659/pe_155-2025_contratacao_de_empresa_especializada_para_a_elaboracao_de_estudo_de_impacto_de_vizinhanca_evi..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11660/pe_158-2025_-_pra_pedreira.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11661/pe_154-2025_aquisicao_de_uniformes_para_os_alunos_do_ballet_municipal_da_secretaria_municipal_de_cultura..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11662/pe_156-2025_-_veiculos.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11663/pe_157-2025_-_torno.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11666/pe_01-2026_contratacao_de_empresas_para_a_limpeza_de_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11667/pe_02-2026_contratacao_de_leiloeiro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11677/pe_03-2026_-_academia_saude.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11678/pe_04-2026_-_caminhoes_coletor_lixo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11679/pe_05-2026_-_moveis_e_equip..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11682/pe_06-2026_-_projetores_estadio.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11683/pe_07-2026_-_matl_odontologico.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11685/pe_08-2026_-_pickups.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11691/pe_09-2026_-_servidor_rack.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11706/pe_10-2026_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11707/pe_11-2026_-_equip._e_ferramentas_patio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11716/pe_12-2026_-_semaforos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11717/pe_13-2026_-_reforma_em_geral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11726/14-2026_hortifrutigranjeiros.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11727/15-2026_cestas_basicas_cras.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11848/pe_16-2026_aquisicao_de_um_rompedor.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11849/pe_17-2026_produtos_de_padaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11850/pe_18-2026_aquisicao_de_chocolates.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11866/pe_19-2026_contratacao_de_empresa_especializada_na_execucao_de_servicos_de_pinturas_lixamentos_emassamento_em_atedimento_a_secretaria_municipal_de_obras..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11867/pe_20-2026_contratacao_de_empresa_especializada_para_a_prestacao_de_reforma_de_calcadas_atraves_de_operacoes_de_demolicao_construcao_com_concreto_e_piso_tatil_alem_de_rampa_de_acesso.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11868/pe_23-2026_gesso.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11869/pe_21-2026_ar_condicionado_veicular.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11870/pe_22-2026_loteamento_industrial.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11900/pe_24-2026_-_mudas_hortalicas.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11901/pe_25-2026_-_ressolagem.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11932/pe_26-2026_-_mantas.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11933/pe_27-2026_-_enxovais_e_fotos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11935/pe_28-2026_caminhoes_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11937/pe_29-2026_tubos_de_concretos.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11938/pe_30-2026_painel_de_led.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11939/pe_31-2026_cbuq.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11940/pe_32-2026_-_ensaios_tecnologicos.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11941/pe_33-2026_serralheria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11664/concorrencia_eletronica_no_32-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11680/concorrencia_eletronica_no_01-2026_-_pavimentacao_poliedrica_estrada_do_paineirinha.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11845/concorrencia_eletronica_no_02-2026_-_pavim._asf._vias_urbanas_-_sam_78.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11846/concorrencia_eletronica_no_03-2026_-_pavim._asf._est._rural_-_sam_80.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11865/concorrencia_eletronica_no_04-2026_-_construcao_da_casa_da_mulher_paranaense_-_sam_75.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11902/concorrencia_eletronica_no_05-2026_-_sistema_de_climatizacao_-_ame.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11934/concorrencia_eletronica_no_06-2026_-_concessao_onerosa_quiosques_na_praca_do_cafe.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11847/informativo_-_chamamento_publico_no_01-2026_-_concessao_auxilio_bolsa_tecnico.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2026/11936/informativo_-_chamamento_publico_no_02-2026_-_festival_de_dancas_de_ivaipora_2a_edicao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="45.85546875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="213.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="48.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="100.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -701,317 +2650,4772 @@
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...19 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...5 lines deleted...]
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
         <v>39</v>
-      </c>
-[...19 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>47</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>51</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="H14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H15" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H16" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H17" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" t="s">
+        <v>22</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H19" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" t="s">
+        <v>22</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" t="s">
+        <v>22</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" t="s">
+        <v>22</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H22" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" t="s">
+        <v>22</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" t="s">
+        <v>21</v>
+      </c>
+      <c r="E24" t="s">
+        <v>22</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H24" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" t="s">
+        <v>21</v>
+      </c>
+      <c r="E25" t="s">
+        <v>22</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>106</v>
+      </c>
+      <c r="D26" t="s">
+        <v>21</v>
+      </c>
+      <c r="E26" t="s">
+        <v>22</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H26" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>110</v>
+      </c>
+      <c r="D27" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" t="s">
+        <v>22</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H27" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>113</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>114</v>
+      </c>
+      <c r="D28" t="s">
+        <v>21</v>
+      </c>
+      <c r="E28" t="s">
+        <v>22</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>117</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>118</v>
+      </c>
+      <c r="D29" t="s">
+        <v>21</v>
+      </c>
+      <c r="E29" t="s">
+        <v>22</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H29" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>120</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>121</v>
+      </c>
+      <c r="D30" t="s">
+        <v>21</v>
+      </c>
+      <c r="E30" t="s">
+        <v>22</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H30" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>125</v>
+      </c>
+      <c r="D31" t="s">
+        <v>21</v>
+      </c>
+      <c r="E31" t="s">
+        <v>22</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H31" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>129</v>
+      </c>
+      <c r="D32" t="s">
+        <v>21</v>
+      </c>
+      <c r="E32" t="s">
+        <v>22</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H32" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>132</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>10</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="D33" t="s">
+        <v>133</v>
+      </c>
+      <c r="E33" t="s">
+        <v>134</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H33" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>137</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="s">
+        <v>138</v>
+      </c>
+      <c r="E34" t="s">
+        <v>139</v>
+      </c>
+      <c r="F34" t="s">
+        <v>140</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H34" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" t="s">
+        <v>138</v>
+      </c>
+      <c r="E35" t="s">
+        <v>139</v>
+      </c>
+      <c r="F35" t="s">
+        <v>144</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H35" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>29</v>
+      </c>
+      <c r="D36" t="s">
+        <v>138</v>
+      </c>
+      <c r="E36" t="s">
+        <v>139</v>
+      </c>
+      <c r="F36" t="s">
+        <v>140</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H36" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>150</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>33</v>
+      </c>
+      <c r="D37" t="s">
+        <v>138</v>
+      </c>
+      <c r="E37" t="s">
+        <v>139</v>
+      </c>
+      <c r="F37" t="s">
+        <v>151</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H37" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>154</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>37</v>
+      </c>
+      <c r="D38" t="s">
+        <v>138</v>
+      </c>
+      <c r="E38" t="s">
+        <v>139</v>
+      </c>
+      <c r="F38" t="s">
+        <v>140</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H38" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>41</v>
+      </c>
+      <c r="D39" t="s">
+        <v>138</v>
+      </c>
+      <c r="E39" t="s">
+        <v>139</v>
+      </c>
+      <c r="F39" t="s">
+        <v>140</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H39" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>160</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>161</v>
+      </c>
+      <c r="E40" t="s">
+        <v>162</v>
+      </c>
+      <c r="F40" t="s">
+        <v>163</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H40" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>166</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" t="s">
+        <v>161</v>
+      </c>
+      <c r="E41" t="s">
+        <v>162</v>
+      </c>
+      <c r="F41" t="s">
+        <v>163</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H41" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>170</v>
+      </c>
+      <c r="E42" t="s">
+        <v>171</v>
+      </c>
+      <c r="F42" t="s">
+        <v>140</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H42" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>174</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" t="s">
+        <v>170</v>
+      </c>
+      <c r="E43" t="s">
+        <v>171</v>
+      </c>
+      <c r="F43" t="s">
+        <v>140</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H43" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>177</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>29</v>
+      </c>
+      <c r="D44" t="s">
+        <v>170</v>
+      </c>
+      <c r="E44" t="s">
+        <v>171</v>
+      </c>
+      <c r="F44" t="s">
+        <v>140</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H44" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>180</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>33</v>
+      </c>
+      <c r="D45" t="s">
+        <v>170</v>
+      </c>
+      <c r="E45" t="s">
+        <v>171</v>
+      </c>
+      <c r="F45" t="s">
+        <v>140</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H45" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>183</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>37</v>
+      </c>
+      <c r="D46" t="s">
+        <v>170</v>
+      </c>
+      <c r="E46" t="s">
+        <v>171</v>
+      </c>
+      <c r="F46" t="s">
+        <v>140</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H46" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>186</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>41</v>
+      </c>
+      <c r="D47" t="s">
+        <v>170</v>
+      </c>
+      <c r="E47" t="s">
+        <v>171</v>
+      </c>
+      <c r="F47" t="s">
+        <v>187</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H47" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>190</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>45</v>
+      </c>
+      <c r="D48" t="s">
+        <v>170</v>
+      </c>
+      <c r="E48" t="s">
+        <v>171</v>
+      </c>
+      <c r="F48" t="s">
+        <v>187</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H48" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>49</v>
+      </c>
+      <c r="D49" t="s">
+        <v>170</v>
+      </c>
+      <c r="E49" t="s">
+        <v>171</v>
+      </c>
+      <c r="F49" t="s">
+        <v>187</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H49" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>196</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>53</v>
+      </c>
+      <c r="D50" t="s">
+        <v>170</v>
+      </c>
+      <c r="E50" t="s">
+        <v>171</v>
+      </c>
+      <c r="F50" t="s">
+        <v>187</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H50" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>199</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>57</v>
+      </c>
+      <c r="D51" t="s">
+        <v>170</v>
+      </c>
+      <c r="E51" t="s">
+        <v>171</v>
+      </c>
+      <c r="F51" t="s">
+        <v>187</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H51" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>202</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>61</v>
+      </c>
+      <c r="D52" t="s">
+        <v>170</v>
+      </c>
+      <c r="E52" t="s">
+        <v>171</v>
+      </c>
+      <c r="F52" t="s">
+        <v>203</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H52" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>206</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
         <v>65</v>
       </c>
-      <c r="H14" t="s">
-        <v>66</v>
+      <c r="D53" t="s">
+        <v>170</v>
+      </c>
+      <c r="E53" t="s">
+        <v>171</v>
+      </c>
+      <c r="F53" t="s">
+        <v>144</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H53" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>209</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>68</v>
+      </c>
+      <c r="D54" t="s">
+        <v>170</v>
+      </c>
+      <c r="E54" t="s">
+        <v>171</v>
+      </c>
+      <c r="F54" t="s">
+        <v>144</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H54" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>212</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>72</v>
+      </c>
+      <c r="D55" t="s">
+        <v>170</v>
+      </c>
+      <c r="E55" t="s">
+        <v>171</v>
+      </c>
+      <c r="F55" t="s">
+        <v>144</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H55" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>215</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>76</v>
+      </c>
+      <c r="D56" t="s">
+        <v>170</v>
+      </c>
+      <c r="E56" t="s">
+        <v>171</v>
+      </c>
+      <c r="F56" t="s">
+        <v>144</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H56" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>218</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>80</v>
+      </c>
+      <c r="D57" t="s">
+        <v>170</v>
+      </c>
+      <c r="E57" t="s">
+        <v>171</v>
+      </c>
+      <c r="F57" t="s">
+        <v>144</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H57" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>221</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>84</v>
+      </c>
+      <c r="D58" t="s">
+        <v>170</v>
+      </c>
+      <c r="E58" t="s">
+        <v>171</v>
+      </c>
+      <c r="F58" t="s">
+        <v>151</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H58" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>224</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>88</v>
+      </c>
+      <c r="D59" t="s">
+        <v>170</v>
+      </c>
+      <c r="E59" t="s">
+        <v>171</v>
+      </c>
+      <c r="F59" t="s">
+        <v>151</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H59" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>227</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>92</v>
+      </c>
+      <c r="D60" t="s">
+        <v>170</v>
+      </c>
+      <c r="E60" t="s">
+        <v>171</v>
+      </c>
+      <c r="F60" t="s">
+        <v>151</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H60" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>230</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>96</v>
+      </c>
+      <c r="D61" t="s">
+        <v>170</v>
+      </c>
+      <c r="E61" t="s">
+        <v>171</v>
+      </c>
+      <c r="F61" t="s">
+        <v>231</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H61" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>234</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>100</v>
+      </c>
+      <c r="D62" t="s">
+        <v>170</v>
+      </c>
+      <c r="E62" t="s">
+        <v>171</v>
+      </c>
+      <c r="F62" t="s">
+        <v>231</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H62" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>237</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>103</v>
+      </c>
+      <c r="D63" t="s">
+        <v>170</v>
+      </c>
+      <c r="E63" t="s">
+        <v>171</v>
+      </c>
+      <c r="F63" t="s">
+        <v>231</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H63" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>240</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>106</v>
+      </c>
+      <c r="D64" t="s">
+        <v>170</v>
+      </c>
+      <c r="E64" t="s">
+        <v>171</v>
+      </c>
+      <c r="F64" t="s">
+        <v>231</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H64" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>243</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>110</v>
+      </c>
+      <c r="D65" t="s">
+        <v>170</v>
+      </c>
+      <c r="E65" t="s">
+        <v>171</v>
+      </c>
+      <c r="F65" t="s">
+        <v>231</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H65" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>246</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>114</v>
+      </c>
+      <c r="D66" t="s">
+        <v>170</v>
+      </c>
+      <c r="E66" t="s">
+        <v>171</v>
+      </c>
+      <c r="F66" t="s">
+        <v>151</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H66" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>249</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>118</v>
+      </c>
+      <c r="D67" t="s">
+        <v>170</v>
+      </c>
+      <c r="E67" t="s">
+        <v>171</v>
+      </c>
+      <c r="F67" t="s">
+        <v>151</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H67" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>252</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>121</v>
+      </c>
+      <c r="D68" t="s">
+        <v>170</v>
+      </c>
+      <c r="E68" t="s">
+        <v>171</v>
+      </c>
+      <c r="F68" t="s">
+        <v>231</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H68" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>255</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>125</v>
+      </c>
+      <c r="D69" t="s">
+        <v>170</v>
+      </c>
+      <c r="E69" t="s">
+        <v>171</v>
+      </c>
+      <c r="F69" t="s">
+        <v>151</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H69" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>258</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>129</v>
+      </c>
+      <c r="D70" t="s">
+        <v>170</v>
+      </c>
+      <c r="E70" t="s">
+        <v>171</v>
+      </c>
+      <c r="F70" t="s">
+        <v>231</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H70" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>261</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>262</v>
+      </c>
+      <c r="D71" t="s">
+        <v>170</v>
+      </c>
+      <c r="E71" t="s">
+        <v>171</v>
+      </c>
+      <c r="F71" t="s">
+        <v>151</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H71" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>265</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>266</v>
+      </c>
+      <c r="D72" t="s">
+        <v>170</v>
+      </c>
+      <c r="E72" t="s">
+        <v>171</v>
+      </c>
+      <c r="F72" t="s">
+        <v>267</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H72" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>270</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>271</v>
+      </c>
+      <c r="D73" t="s">
+        <v>170</v>
+      </c>
+      <c r="E73" t="s">
+        <v>171</v>
+      </c>
+      <c r="F73" t="s">
+        <v>203</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H73" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>274</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>275</v>
+      </c>
+      <c r="D74" t="s">
+        <v>170</v>
+      </c>
+      <c r="E74" t="s">
+        <v>171</v>
+      </c>
+      <c r="F74" t="s">
+        <v>231</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H74" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>278</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>279</v>
+      </c>
+      <c r="D75" t="s">
+        <v>170</v>
+      </c>
+      <c r="E75" t="s">
+        <v>171</v>
+      </c>
+      <c r="F75" t="s">
+        <v>144</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H75" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>282</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>283</v>
+      </c>
+      <c r="D76" t="s">
+        <v>170</v>
+      </c>
+      <c r="E76" t="s">
+        <v>171</v>
+      </c>
+      <c r="F76" t="s">
+        <v>231</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H76" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>286</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>287</v>
+      </c>
+      <c r="D77" t="s">
+        <v>170</v>
+      </c>
+      <c r="E77" t="s">
+        <v>171</v>
+      </c>
+      <c r="F77" t="s">
+        <v>151</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H77" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>290</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>291</v>
+      </c>
+      <c r="D78" t="s">
+        <v>170</v>
+      </c>
+      <c r="E78" t="s">
+        <v>171</v>
+      </c>
+      <c r="F78" t="s">
+        <v>231</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H78" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>294</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>295</v>
+      </c>
+      <c r="D79" t="s">
+        <v>170</v>
+      </c>
+      <c r="E79" t="s">
+        <v>171</v>
+      </c>
+      <c r="F79" t="s">
+        <v>267</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H79" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>298</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>299</v>
+      </c>
+      <c r="D80" t="s">
+        <v>170</v>
+      </c>
+      <c r="E80" t="s">
+        <v>171</v>
+      </c>
+      <c r="F80" t="s">
+        <v>151</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H80" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>302</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>303</v>
+      </c>
+      <c r="D81" t="s">
+        <v>170</v>
+      </c>
+      <c r="E81" t="s">
+        <v>171</v>
+      </c>
+      <c r="F81" t="s">
+        <v>267</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H81" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>306</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>307</v>
+      </c>
+      <c r="D82" t="s">
+        <v>170</v>
+      </c>
+      <c r="E82" t="s">
+        <v>171</v>
+      </c>
+      <c r="F82" t="s">
+        <v>187</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H82" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>310</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>311</v>
+      </c>
+      <c r="D83" t="s">
+        <v>170</v>
+      </c>
+      <c r="E83" t="s">
+        <v>171</v>
+      </c>
+      <c r="F83" t="s">
+        <v>187</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H83" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>314</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>315</v>
+      </c>
+      <c r="D84" t="s">
+        <v>170</v>
+      </c>
+      <c r="E84" t="s">
+        <v>171</v>
+      </c>
+      <c r="F84" t="s">
+        <v>187</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H84" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>318</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>319</v>
+      </c>
+      <c r="D85" t="s">
+        <v>170</v>
+      </c>
+      <c r="E85" t="s">
+        <v>171</v>
+      </c>
+      <c r="F85" t="s">
+        <v>187</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H85" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>322</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>323</v>
+      </c>
+      <c r="D86" t="s">
+        <v>170</v>
+      </c>
+      <c r="E86" t="s">
+        <v>171</v>
+      </c>
+      <c r="F86" t="s">
+        <v>203</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H86" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>326</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>327</v>
+      </c>
+      <c r="D87" t="s">
+        <v>170</v>
+      </c>
+      <c r="E87" t="s">
+        <v>171</v>
+      </c>
+      <c r="F87" t="s">
+        <v>187</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H87" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>330</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>331</v>
+      </c>
+      <c r="D88" t="s">
+        <v>170</v>
+      </c>
+      <c r="E88" t="s">
+        <v>171</v>
+      </c>
+      <c r="F88" t="s">
+        <v>144</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H88" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>334</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>335</v>
+      </c>
+      <c r="D89" t="s">
+        <v>170</v>
+      </c>
+      <c r="E89" t="s">
+        <v>171</v>
+      </c>
+      <c r="F89" t="s">
+        <v>231</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H89" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>338</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>339</v>
+      </c>
+      <c r="D90" t="s">
+        <v>170</v>
+      </c>
+      <c r="E90" t="s">
+        <v>171</v>
+      </c>
+      <c r="F90" t="s">
+        <v>231</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H90" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>342</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>343</v>
+      </c>
+      <c r="D91" t="s">
+        <v>170</v>
+      </c>
+      <c r="E91" t="s">
+        <v>171</v>
+      </c>
+      <c r="F91" t="s">
+        <v>231</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H91" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>346</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>347</v>
+      </c>
+      <c r="D92" t="s">
+        <v>170</v>
+      </c>
+      <c r="E92" t="s">
+        <v>171</v>
+      </c>
+      <c r="F92" t="s">
+        <v>231</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H92" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>350</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>351</v>
+      </c>
+      <c r="D93" t="s">
+        <v>170</v>
+      </c>
+      <c r="E93" t="s">
+        <v>171</v>
+      </c>
+      <c r="F93" t="s">
+        <v>187</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H93" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>354</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>355</v>
+      </c>
+      <c r="D94" t="s">
+        <v>170</v>
+      </c>
+      <c r="E94" t="s">
+        <v>171</v>
+      </c>
+      <c r="F94" t="s">
+        <v>187</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H94" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>358</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>359</v>
+      </c>
+      <c r="D95" t="s">
+        <v>170</v>
+      </c>
+      <c r="E95" t="s">
+        <v>171</v>
+      </c>
+      <c r="F95" t="s">
+        <v>360</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H95" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>363</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>364</v>
+      </c>
+      <c r="D96" t="s">
+        <v>170</v>
+      </c>
+      <c r="E96" t="s">
+        <v>171</v>
+      </c>
+      <c r="F96" t="s">
+        <v>203</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H96" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>367</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>368</v>
+      </c>
+      <c r="D97" t="s">
+        <v>170</v>
+      </c>
+      <c r="E97" t="s">
+        <v>171</v>
+      </c>
+      <c r="F97" t="s">
+        <v>140</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H97" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>371</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>372</v>
+      </c>
+      <c r="D98" t="s">
+        <v>170</v>
+      </c>
+      <c r="E98" t="s">
+        <v>171</v>
+      </c>
+      <c r="F98" t="s">
+        <v>373</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H98" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>376</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>377</v>
+      </c>
+      <c r="D99" t="s">
+        <v>170</v>
+      </c>
+      <c r="E99" t="s">
+        <v>171</v>
+      </c>
+      <c r="F99" t="s">
+        <v>378</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H99" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>381</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>382</v>
+      </c>
+      <c r="D100" t="s">
+        <v>170</v>
+      </c>
+      <c r="E100" t="s">
+        <v>171</v>
+      </c>
+      <c r="F100" t="s">
+        <v>144</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H100" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>385</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>386</v>
+      </c>
+      <c r="D101" t="s">
+        <v>170</v>
+      </c>
+      <c r="E101" t="s">
+        <v>171</v>
+      </c>
+      <c r="F101" t="s">
+        <v>144</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H101" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>389</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>390</v>
+      </c>
+      <c r="D102" t="s">
+        <v>170</v>
+      </c>
+      <c r="E102" t="s">
+        <v>171</v>
+      </c>
+      <c r="F102" t="s">
+        <v>151</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H102" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>393</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>394</v>
+      </c>
+      <c r="D103" t="s">
+        <v>170</v>
+      </c>
+      <c r="E103" t="s">
+        <v>171</v>
+      </c>
+      <c r="F103" t="s">
+        <v>151</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H103" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>397</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>398</v>
+      </c>
+      <c r="D104" t="s">
+        <v>170</v>
+      </c>
+      <c r="E104" t="s">
+        <v>171</v>
+      </c>
+      <c r="F104" t="s">
+        <v>151</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H104" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>401</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>402</v>
+      </c>
+      <c r="D105" t="s">
+        <v>170</v>
+      </c>
+      <c r="E105" t="s">
+        <v>171</v>
+      </c>
+      <c r="F105" t="s">
+        <v>151</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H105" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>405</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>406</v>
+      </c>
+      <c r="D106" t="s">
+        <v>170</v>
+      </c>
+      <c r="E106" t="s">
+        <v>171</v>
+      </c>
+      <c r="F106" t="s">
+        <v>407</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="H106" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>410</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>411</v>
+      </c>
+      <c r="D107" t="s">
+        <v>170</v>
+      </c>
+      <c r="E107" t="s">
+        <v>171</v>
+      </c>
+      <c r="F107" t="s">
+        <v>412</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H107" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>415</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>416</v>
+      </c>
+      <c r="D108" t="s">
+        <v>170</v>
+      </c>
+      <c r="E108" t="s">
+        <v>171</v>
+      </c>
+      <c r="F108" t="s">
+        <v>151</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H108" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>419</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>420</v>
+      </c>
+      <c r="D109" t="s">
+        <v>170</v>
+      </c>
+      <c r="E109" t="s">
+        <v>171</v>
+      </c>
+      <c r="F109" t="s">
+        <v>140</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H109" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>423</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>424</v>
+      </c>
+      <c r="D110" t="s">
+        <v>170</v>
+      </c>
+      <c r="E110" t="s">
+        <v>171</v>
+      </c>
+      <c r="F110" t="s">
+        <v>203</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H110" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>427</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>428</v>
+      </c>
+      <c r="D111" t="s">
+        <v>170</v>
+      </c>
+      <c r="E111" t="s">
+        <v>171</v>
+      </c>
+      <c r="F111" t="s">
+        <v>140</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H111" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>431</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>432</v>
+      </c>
+      <c r="D112" t="s">
+        <v>170</v>
+      </c>
+      <c r="E112" t="s">
+        <v>171</v>
+      </c>
+      <c r="F112" t="s">
+        <v>433</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H112" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>436</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>437</v>
+      </c>
+      <c r="D113" t="s">
+        <v>170</v>
+      </c>
+      <c r="E113" t="s">
+        <v>171</v>
+      </c>
+      <c r="F113" t="s">
+        <v>151</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H113" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>440</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>441</v>
+      </c>
+      <c r="D114" t="s">
+        <v>170</v>
+      </c>
+      <c r="E114" t="s">
+        <v>171</v>
+      </c>
+      <c r="F114" t="s">
+        <v>151</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H114" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>444</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>445</v>
+      </c>
+      <c r="D115" t="s">
+        <v>170</v>
+      </c>
+      <c r="E115" t="s">
+        <v>171</v>
+      </c>
+      <c r="F115" t="s">
+        <v>151</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H115" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>448</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>449</v>
+      </c>
+      <c r="D116" t="s">
+        <v>170</v>
+      </c>
+      <c r="E116" t="s">
+        <v>171</v>
+      </c>
+      <c r="F116" t="s">
+        <v>231</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H116" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>452</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>453</v>
+      </c>
+      <c r="D117" t="s">
+        <v>170</v>
+      </c>
+      <c r="E117" t="s">
+        <v>171</v>
+      </c>
+      <c r="F117" t="s">
+        <v>231</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H117" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>456</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>457</v>
+      </c>
+      <c r="D118" t="s">
+        <v>170</v>
+      </c>
+      <c r="E118" t="s">
+        <v>171</v>
+      </c>
+      <c r="F118" t="s">
+        <v>231</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H118" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>460</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>461</v>
+      </c>
+      <c r="D119" t="s">
+        <v>170</v>
+      </c>
+      <c r="E119" t="s">
+        <v>171</v>
+      </c>
+      <c r="F119" t="s">
+        <v>462</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H119" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>465</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>466</v>
+      </c>
+      <c r="D120" t="s">
+        <v>170</v>
+      </c>
+      <c r="E120" t="s">
+        <v>171</v>
+      </c>
+      <c r="F120" t="s">
+        <v>144</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H120" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>469</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>470</v>
+      </c>
+      <c r="D121" t="s">
+        <v>170</v>
+      </c>
+      <c r="E121" t="s">
+        <v>171</v>
+      </c>
+      <c r="F121" t="s">
+        <v>144</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H121" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>473</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>474</v>
+      </c>
+      <c r="D122" t="s">
+        <v>170</v>
+      </c>
+      <c r="E122" t="s">
+        <v>171</v>
+      </c>
+      <c r="F122" t="s">
+        <v>144</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H122" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>477</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>478</v>
+      </c>
+      <c r="D123" t="s">
+        <v>170</v>
+      </c>
+      <c r="E123" t="s">
+        <v>171</v>
+      </c>
+      <c r="F123" t="s">
+        <v>144</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H123" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>481</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>482</v>
+      </c>
+      <c r="D124" t="s">
+        <v>170</v>
+      </c>
+      <c r="E124" t="s">
+        <v>171</v>
+      </c>
+      <c r="F124" t="s">
+        <v>151</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="H124" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>485</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>486</v>
+      </c>
+      <c r="D125" t="s">
+        <v>170</v>
+      </c>
+      <c r="E125" t="s">
+        <v>171</v>
+      </c>
+      <c r="F125" t="s">
+        <v>231</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H125" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>489</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>490</v>
+      </c>
+      <c r="D126" t="s">
+        <v>170</v>
+      </c>
+      <c r="E126" t="s">
+        <v>171</v>
+      </c>
+      <c r="F126" t="s">
+        <v>187</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H126" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>493</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>494</v>
+      </c>
+      <c r="D127" t="s">
+        <v>170</v>
+      </c>
+      <c r="E127" t="s">
+        <v>171</v>
+      </c>
+      <c r="F127" t="s">
+        <v>187</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H127" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>497</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>498</v>
+      </c>
+      <c r="D128" t="s">
+        <v>170</v>
+      </c>
+      <c r="E128" t="s">
+        <v>171</v>
+      </c>
+      <c r="F128" t="s">
+        <v>144</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H128" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>501</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>502</v>
+      </c>
+      <c r="D129" t="s">
+        <v>170</v>
+      </c>
+      <c r="E129" t="s">
+        <v>171</v>
+      </c>
+      <c r="F129" t="s">
+        <v>231</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H129" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>505</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>506</v>
+      </c>
+      <c r="D130" t="s">
+        <v>170</v>
+      </c>
+      <c r="E130" t="s">
+        <v>171</v>
+      </c>
+      <c r="F130" t="s">
+        <v>140</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H130" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>509</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>510</v>
+      </c>
+      <c r="D131" t="s">
+        <v>170</v>
+      </c>
+      <c r="E131" t="s">
+        <v>171</v>
+      </c>
+      <c r="F131" t="s">
+        <v>140</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H131" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>513</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>10</v>
+      </c>
+      <c r="D132" t="s">
+        <v>514</v>
+      </c>
+      <c r="E132" t="s">
+        <v>515</v>
+      </c>
+      <c r="F132" t="s">
+        <v>144</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H132" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>518</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>10</v>
+      </c>
+      <c r="D133" t="s">
+        <v>519</v>
+      </c>
+      <c r="E133" t="s">
+        <v>520</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H133" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>523</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>17</v>
+      </c>
+      <c r="D134" t="s">
+        <v>519</v>
+      </c>
+      <c r="E134" t="s">
+        <v>520</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H134" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>526</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>29</v>
+      </c>
+      <c r="D135" t="s">
+        <v>519</v>
+      </c>
+      <c r="E135" t="s">
+        <v>520</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H135" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>529</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>33</v>
+      </c>
+      <c r="D136" t="s">
+        <v>519</v>
+      </c>
+      <c r="E136" t="s">
+        <v>520</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H136" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>532</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>37</v>
+      </c>
+      <c r="D137" t="s">
+        <v>519</v>
+      </c>
+      <c r="E137" t="s">
+        <v>520</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H137" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>535</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>41</v>
+      </c>
+      <c r="D138" t="s">
+        <v>519</v>
+      </c>
+      <c r="E138" t="s">
+        <v>520</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H138" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>538</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>45</v>
+      </c>
+      <c r="D139" t="s">
+        <v>519</v>
+      </c>
+      <c r="E139" t="s">
+        <v>520</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H139" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>541</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>49</v>
+      </c>
+      <c r="D140" t="s">
+        <v>519</v>
+      </c>
+      <c r="E140" t="s">
+        <v>520</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H140" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>544</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>53</v>
+      </c>
+      <c r="D141" t="s">
+        <v>519</v>
+      </c>
+      <c r="E141" t="s">
+        <v>520</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H141" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>547</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>57</v>
+      </c>
+      <c r="D142" t="s">
+        <v>519</v>
+      </c>
+      <c r="E142" t="s">
+        <v>520</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H142" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>550</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>61</v>
+      </c>
+      <c r="D143" t="s">
+        <v>519</v>
+      </c>
+      <c r="E143" t="s">
+        <v>520</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H143" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>553</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>65</v>
+      </c>
+      <c r="D144" t="s">
+        <v>519</v>
+      </c>
+      <c r="E144" t="s">
+        <v>520</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="H144" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>556</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>68</v>
+      </c>
+      <c r="D145" t="s">
+        <v>519</v>
+      </c>
+      <c r="E145" t="s">
+        <v>520</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H145" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>559</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>72</v>
+      </c>
+      <c r="D146" t="s">
+        <v>519</v>
+      </c>
+      <c r="E146" t="s">
+        <v>520</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H146" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>562</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>76</v>
+      </c>
+      <c r="D147" t="s">
+        <v>519</v>
+      </c>
+      <c r="E147" t="s">
+        <v>520</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H147" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>565</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>80</v>
+      </c>
+      <c r="D148" t="s">
+        <v>519</v>
+      </c>
+      <c r="E148" t="s">
+        <v>520</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H148" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>568</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>84</v>
+      </c>
+      <c r="D149" t="s">
+        <v>519</v>
+      </c>
+      <c r="E149" t="s">
+        <v>520</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H149" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>571</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>88</v>
+      </c>
+      <c r="D150" t="s">
+        <v>519</v>
+      </c>
+      <c r="E150" t="s">
+        <v>520</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H150" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>574</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>92</v>
+      </c>
+      <c r="D151" t="s">
+        <v>519</v>
+      </c>
+      <c r="E151" t="s">
+        <v>520</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H151" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>577</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>96</v>
+      </c>
+      <c r="D152" t="s">
+        <v>519</v>
+      </c>
+      <c r="E152" t="s">
+        <v>520</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H152" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>580</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>100</v>
+      </c>
+      <c r="D153" t="s">
+        <v>519</v>
+      </c>
+      <c r="E153" t="s">
+        <v>520</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H153" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>583</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>103</v>
+      </c>
+      <c r="D154" t="s">
+        <v>519</v>
+      </c>
+      <c r="E154" t="s">
+        <v>520</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H154" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>586</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>106</v>
+      </c>
+      <c r="D155" t="s">
+        <v>519</v>
+      </c>
+      <c r="E155" t="s">
+        <v>520</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H155" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>589</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>110</v>
+      </c>
+      <c r="D156" t="s">
+        <v>519</v>
+      </c>
+      <c r="E156" t="s">
+        <v>520</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H156" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>592</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>114</v>
+      </c>
+      <c r="D157" t="s">
+        <v>519</v>
+      </c>
+      <c r="E157" t="s">
+        <v>520</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H157" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>595</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>118</v>
+      </c>
+      <c r="D158" t="s">
+        <v>519</v>
+      </c>
+      <c r="E158" t="s">
+        <v>520</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H158" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>598</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>121</v>
+      </c>
+      <c r="D159" t="s">
+        <v>519</v>
+      </c>
+      <c r="E159" t="s">
+        <v>520</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H159" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>601</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>125</v>
+      </c>
+      <c r="D160" t="s">
+        <v>519</v>
+      </c>
+      <c r="E160" t="s">
+        <v>520</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H160" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>604</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>129</v>
+      </c>
+      <c r="D161" t="s">
+        <v>519</v>
+      </c>
+      <c r="E161" t="s">
+        <v>520</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H161" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>607</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>262</v>
+      </c>
+      <c r="D162" t="s">
+        <v>519</v>
+      </c>
+      <c r="E162" t="s">
+        <v>520</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H162" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>610</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>266</v>
+      </c>
+      <c r="D163" t="s">
+        <v>519</v>
+      </c>
+      <c r="E163" t="s">
+        <v>520</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H163" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>613</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>271</v>
+      </c>
+      <c r="D164" t="s">
+        <v>519</v>
+      </c>
+      <c r="E164" t="s">
+        <v>520</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H164" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>616</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>275</v>
+      </c>
+      <c r="D165" t="s">
+        <v>519</v>
+      </c>
+      <c r="E165" t="s">
+        <v>520</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H165" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>619</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>279</v>
+      </c>
+      <c r="D166" t="s">
+        <v>519</v>
+      </c>
+      <c r="E166" t="s">
+        <v>520</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H166" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>622</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>283</v>
+      </c>
+      <c r="D167" t="s">
+        <v>519</v>
+      </c>
+      <c r="E167" t="s">
+        <v>520</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H167" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>625</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>287</v>
+      </c>
+      <c r="D168" t="s">
+        <v>519</v>
+      </c>
+      <c r="E168" t="s">
+        <v>520</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H168" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>628</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>291</v>
+      </c>
+      <c r="D169" t="s">
+        <v>519</v>
+      </c>
+      <c r="E169" t="s">
+        <v>520</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H169" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>631</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>295</v>
+      </c>
+      <c r="D170" t="s">
+        <v>519</v>
+      </c>
+      <c r="E170" t="s">
+        <v>520</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H170" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>634</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>10</v>
+      </c>
+      <c r="D171" t="s">
+        <v>635</v>
+      </c>
+      <c r="E171" t="s">
+        <v>636</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H171" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>639</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>17</v>
+      </c>
+      <c r="D172" t="s">
+        <v>635</v>
+      </c>
+      <c r="E172" t="s">
+        <v>636</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H172" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>642</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>29</v>
+      </c>
+      <c r="D173" t="s">
+        <v>635</v>
+      </c>
+      <c r="E173" t="s">
+        <v>636</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H173" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>645</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>33</v>
+      </c>
+      <c r="D174" t="s">
+        <v>635</v>
+      </c>
+      <c r="E174" t="s">
+        <v>636</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H174" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>648</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>37</v>
+      </c>
+      <c r="D175" t="s">
+        <v>635</v>
+      </c>
+      <c r="E175" t="s">
+        <v>636</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H175" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>651</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>41</v>
+      </c>
+      <c r="D176" t="s">
+        <v>635</v>
+      </c>
+      <c r="E176" t="s">
+        <v>636</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H176" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>654</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>45</v>
+      </c>
+      <c r="D177" t="s">
+        <v>635</v>
+      </c>
+      <c r="E177" t="s">
+        <v>636</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H177" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>657</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>10</v>
+      </c>
+      <c r="D178" t="s">
+        <v>658</v>
+      </c>
+      <c r="E178" t="s">
+        <v>659</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H178" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>662</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>17</v>
+      </c>
+      <c r="D179" t="s">
+        <v>658</v>
+      </c>
+      <c r="E179" t="s">
+        <v>659</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H179" t="s">
+        <v>664</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>