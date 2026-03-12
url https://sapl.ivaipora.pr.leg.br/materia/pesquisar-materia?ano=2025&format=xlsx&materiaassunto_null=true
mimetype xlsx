--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -10,10143 +10,10377 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6887" uniqueCount="3176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7063" uniqueCount="3251">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10198</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Luiz Carlos Gil</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10198/pem_1_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10198/pem_1_2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 12 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>10559</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10559/plc_01-2025_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022__-_-_lc____-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10559/plc_01-2025_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022__-_-_lc____-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 34, de 09 de junho de 2022, que dispõe sobre o uso e ocupação do solo no Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>10621</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Gertrudes Bernardy</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10621/plc_02-2025_-_altera_arts._197_e_198_da_lc_43-2022_-_limpeza_de_terrenos__-_-_lc____-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10621/plc_02-2025_-_altera_arts._197_e_198_da_lc_43-2022_-_limpeza_de_terrenos__-_-_lc____-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 43, de 09 de junho de 2022, que institui o Código Ambiental do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>10950</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10950/plc_03-2025_-_altera_a_lc_07-2016_-_taxas_parque_de_exposicoes_-_-_lc____2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10950/plc_03-2025_-_altera_a_lc_07-2016_-_taxas_parque_de_exposicoes_-_-_lc____2025.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos na Lei Complementar nº 07, de 16 de dezembro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>10960</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10960/plc_04-2025_-_altera_a_lc_17-2017_-_cobranca_de_iss_-_-_lc____2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10960/plc_04-2025_-_altera_a_lc_17-2017_-_cobranca_de_iss_-_-_lc____2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Complementar n° 17, de 15 de março de 2017, que estabelece e regulamenta critérios de cobrança do Imposto Sobre Serviços de Qualquer Natureza – ISSQN, nos termos da Lei Complementar nº 1.890/2010 e demais legislações que regem o Sistema Tributário Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>11179</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11179/plc_05-2025_-_alterao_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_lebi___-_-_lc____-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11179/plc_05-2025_-_alterao_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_lebi___-_-_lc____-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 34, de 09 de junho de 2022, que dispõe sobre o uso e ocupação do solo no Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>11250</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11250/plc_06-2025_-_altera_a_lc_35-2022_inclusao_casa_da_mulher_paranaense__-_-_lc_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11250/plc_06-2025_-_altera_a_lc_35-2022_inclusao_casa_da_mulher_paranaense__-_-_lc_______-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 35, de 09 de junho de 2022, que dispõe sobre o Plano Diretor do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>11302</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11302/plc_07-2025_-_altera_a_lc_07-2014_-_taxas_cemiterio_-_-_lc_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11302/plc_07-2025_-_altera_a_lc_07-2014_-_taxas_cemiterio_-_-_lc_______-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos na tabela contida no anexo V, da Lei Complementar nº 07, de 16 de dezembro de 2016, referente a tabela de cobrança das taxas de cemitério e dá outras providências.</t>
   </si>
   <si>
     <t>11303</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11303/plc_08-2025_-_altera_a_lc_1.890-2010_cod._tributario_e_lc_41-2022_cod._de_posturas_liberacao_de_licenca_e_funcionamento_-_baixo_risco___-_-_lc_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11303/plc_08-2025_-_altera_a_lc_1.890-2010_cod._tributario_e_lc_41-2022_cod._de_posturas_liberacao_de_licenca_e_funcionamento_-_baixo_risco___-_-_lc_______-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 1.890/20210 – Código Tributário Municipal e a Lei Complementar nº 41/2022 – Código de Posturas, e dá outras providências.</t>
   </si>
   <si>
     <t>11305</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11305/plc_09-2025_-_institui_a_sala_de_negociacao_de_tributos__-_-_lc____-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11305/plc_09-2025_-_institui_a_sala_de_negociacao_de_tributos__-_-_lc____-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a solução de controvérsias, extinção de débitos tributários e não tributários mediante transação e autocomposição de conflitos no âmbito do Município de Ivaiporã e revoga disposições em contrário.</t>
   </si>
   <si>
     <t>11383</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11383/plc_10-2025_-_altera_a_lc_42-2022_codigo_de_obras_-_chamines_-_-_lc____-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11383/plc_10-2025_-_altera_a_lc_42-2022_codigo_de_obras_-_chamines_-_-_lc____-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 42, de 09 de junho de 2022, que dispõe sobre o Código de Obras do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>11462</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11462/plc_11-2025_-_regulamenta_as_datas_para_vencimento_de_alvaras_e_licencas_municipais_para_o_exercicio_de_2026__-_-_lc_---2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11462/plc_11-2025_-_regulamenta_as_datas_para_vencimento_de_alvaras_e_licencas_municipais_para_o_exercicio_de_2026__-_-_lc_---2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta as datas para vencimento de alvarás e licenças municipais para o exercício de 2026, concede descontos, e dá outras providências.</t>
   </si>
   <si>
+    <t>11597</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11597/plc_12-2025_-_dispoe_sobre_a_instituicao_e_regulamentacao_da_unidade_fiscal_do_municipio_de_ivaipora__ufi__-_-_lc_---2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição e regulamentação da Unidade Fiscal do Município de Ivaiporã – UFI em observância ao Código Tributário Municipal, Lei nº 1.890/2010 e legislação correlata, estabelece indexador e dá outras providências.</t>
+  </si>
+  <si>
     <t>10201</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10201/ple_01-2024_-_altera_a_l._3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l________-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10201/ple_01-2024_-_altera_a_l._3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l________-2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.866/2023, que autoriza o Executivo Municipal a proceder a alienação de bens imóveis que especifica, mediante processo licitatório na modalidade leilão, e dá outras providências, prevendo a possibilidade de se conceder descontos na venda do imóvel em caso de leilão deserto ou fracassado, e proceder a venda direta no caso de leilão público deserto ou fracassado por 2 (duas) vezes consecutivas.</t>
   </si>
   <si>
     <t>10199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10199/ple_02-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_municipio_x_jonas__de_almeida_souza_-_-_l____-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10199/ple_02-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_municipio_x_jonas__de_almeida_souza_-_-_l____-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permuta de imóveis com torna, e dá outras providências.</t>
   </si>
   <si>
     <t>10202</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10202/projeto__03-_especial_-_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10202/projeto__03-_especial_-_excesso.pdf</t>
   </si>
   <si>
     <t>Abre um crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>10348</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10348/ple_04-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_veterinario_e_aux._na_ed._infantil__-_-_l______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10348/ple_04-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_veterinario_e_aux._na_ed._infantil__-_-_l______-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação de vagas do quadro de pessoal efetivo do Município de Ivaiporã/PR, em conformidade com a Lei Municipal 1.269, de 16/05/2005, e dá outras providências.</t>
   </si>
   <si>
     <t>10351</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10351/ple_12-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_4.053-2025_-_pss_mot._veiculos_pesados_e_servicos_gerais_m.a__-_-_l______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10351/ple_12-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_4.053-2025_-_pss_mot._veiculos_pesados_e_servicos_gerais_m.a__-_-_l______-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação de vagas do Processo Seletivo Simplificado – PSS, autorizado pela Lei Municipal 4.053, de 29/11/2024, para atender à necessidade temporária de interesse público de diversas Secretarias da Administração Municipal, nos termos do inciso IX do artigo 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>10362</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10362/ple_13-2025_-_autoria_o_executivo_a_proceder_a_alineacao_de_imoveis_de_sua_propriedade_loteamento_chico_rey_-_-_l______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10362/ple_13-2025_-_autoria_o_executivo_a_proceder_a_alineacao_de_imoveis_de_sua_propriedade_loteamento_chico_rey_-_-_l______-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a alienação de imóvel de sua propriedade, para fins de construção de unidades habitacionais no âmbito do Programa Minha Casa Minha Vida, gerido pela Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>10363</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10363/ple_14-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imoveis_-_ampliacao_do_jardim_botanico_boscardim_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10363/ple_14-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imoveis_-_ampliacao_do_jardim_botanico_boscardim_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial dos imóveis que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>10461</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10461/projeto_20_-_credito_adicional_especial_-_anulacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10461/projeto_20_-_credito_adicional_especial_-_anulacao.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 35.000,00 - para atender a necessidade de adequação orçamentária da Secretaria Municipal de Cultura, sendo que tais recursos referem-se a Lei Aldir Blanc e que necessitam de aplicação de acordo com os desígnios legais e pagamento dos contemplados do Festival de Dança realizado pela referida secretaria).</t>
   </si>
   <si>
     <t>10460</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10460/ple_21-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_da_reserva_florestal_do_jardim_botanico_-_temocleia-_-_l_____-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10460/ple_21-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_da_reserva_florestal_do_jardim_botanico_-_temocleia-_-_l_____-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial do imóvel que específica, e dá outras providências. (Para ampliação da reserva florestal do Jardim Botânico no Município de Ivaiporã).</t>
   </si>
   <si>
     <t>10472</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10472/projeto_22_-_credito_adicional_especial_-_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10472/projeto_22_-_credito_adicional_especial_-_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 560.000,00 – para atender à solicitação da Secretaria Municipal de Saúde, o qual trata de recursos para pagamentos de exames laboratoriais a serem recebidos por meio da inexigibilidade nº 72/2022).</t>
   </si>
   <si>
     <t>10523</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10523/ple_25-2025__-_introduz_alteracoes_na_l_4.019-2024_-_arquivo_e_digitalizacao_de_documentos__-_-_l_______-2025.pdf_-_ok.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10523/ple_25-2025__-_introduz_alteracoes_na_l_4.019-2024_-_arquivo_e_digitalizacao_de_documentos__-_-_l_______-2025.pdf_-_ok.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 4.019, de 09 de julho de 2024, a qual dispõe sobre a digitalização e arquivamento de documentos em mídia ótica ou eletrônica, e dá outras providências.</t>
   </si>
   <si>
     <t>10528</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10528/ple_26-2025__-_institui_a_comemoracao_anual_do_dia_do_servidor_publico_municipal__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10528/ple_26-2025__-_institui_a_comemoracao_anual_do_dia_do_servidor_publico_municipal__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Institui a comemoração anual do Dia do Servidor Público Municipal no Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>10545</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10545/ple_27-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imoveis_-_ampliacao_do_estacionamento_do_parque_de_exposicoes_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10545/ple_27-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imoveis_-_ampliacao_do_estacionamento_do_parque_de_exposicoes_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>10585</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10585/ple_28-2025_-_autoriza_a_participar_do_consorcio_intermunicipal_de_educacao_e_ensino_do_parana_-_ciedepar_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10585/ple_28-2025_-_autoriza_a_participar_do_consorcio_intermunicipal_de_educacao_e_ensino_do_parana_-_ciedepar_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Ivaiporã/PR a participar do Consórcio Intermunicipal de Educação e Ensino do Paraná.</t>
   </si>
   <si>
     <t>10586</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10586/projeto_de_lei_do_executivo__no_29-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10586/projeto_de_lei_do_executivo__no_29-2025.pdf</t>
   </si>
   <si>
     <t>10587</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10587/ple_30-2025__-_introduz_alteracoes_na_l_3.957-2023_-_isencao_de_impostos_far__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10587/ple_30-2025__-_introduz_alteracoes_na_l_3.957-2023_-_isencao_de_impostos_far__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 3.957, de 19 de dezembro de 2023, a qual autoriza o Poder Executivo Municipal de Ivaiporã/PR, doar imóvel de sua propriedade ao Fundo de Arrendamento Residencial (FAR), e dá outras providências.</t>
   </si>
   <si>
     <t>10589</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10589/ple_31-2025__-_dispoe_sobre_o_reconhecimento_de_notariedade_do_distrito_de_jacutinga_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10589/ple_31-2025__-_dispoe_sobre_o_reconhecimento_de_notariedade_do_distrito_de_jacutinga_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de notoriedade do Distrito de Jacutinga, município de Ivaiporã/PR, pela sua tradição e excelência na produção de café.</t>
   </si>
   <si>
     <t>10590</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10590/ple_32-2025__-_introduz_alteracoes_na_l_2.872-2016_-_chefe_de_servicos_administrativos_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10590/ple_32-2025__-_introduz_alteracoes_na_l_2.872-2016_-_chefe_de_servicos_administrativos_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 2.872, de 13 de outubro de 2016, a qual dispõe sobre a Estrutura Administrativa da Prefeitura do Município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>10622</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10622/ple_33-2024_-_altera_a_l._3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10622/ple_33-2024_-_altera_a_l._3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>10677</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10677/ple_35-2025_-_autoriza_o_executivo_a_reajustar_os_salarios_e_vencimentos_dos_servidores_municipais_-_-_l______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10677/ple_35-2025_-_autoriza_o_executivo_a_reajustar_os_salarios_e_vencimentos_dos_servidores_municipais_-_-_l______-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder revisão geral anual dos salários e vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>10678</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10678/ple_36-2025__-_introduz_alteracoes_na_l_1.196-2002_-_cip_-_cosip_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10678/ple_36-2025__-_introduz_alteracoes_na_l_1.196-2002_-_cip_-_cosip_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 1.196, de 28 de dezembro de 2002, que institui no município de Ivaiporã, a Contribuição para Custeio do Serviço de Iluminação Pública – CIP, prevista no artigo 149-A da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>10679</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10679/ple_37-2025__-_dispoe_sobre_a_cobranca_de_ingressos_em_espacos_publicos__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10679/ple_37-2025__-_dispoe_sobre_a_cobranca_de_ingressos_em_espacos_publicos__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cobrança de ingressos em espaços públicos e dá outras providências.</t>
   </si>
   <si>
     <t>10683</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10683/ple_38-2025__-_prorroga_o_plano_municipal_de_educacao__-_l_2.649-2015_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10683/ple_38-2025__-_prorroga_o_plano_municipal_de_educacao__-_l_2.649-2015_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Prorroga o Plano Municipal de Educação, regulamentado pela Lei nº 2.649, 24 de junho, de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>10685</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10685/ple_39-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_municipio_x_espolio_claudio_anici_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10685/ple_39-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_municipio_x_espolio_claudio_anici_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>10714</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10714/ple_41-2025_-_dispoe_sobre_o_uso_de_drones_nas_acoes_de_combate_a_dengue_e_monitoramento_de_terrenos__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10714/ple_41-2025_-_dispoe_sobre_o_uso_de_drones_nas_acoes_de_combate_a_dengue_e_monitoramento_de_terrenos__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de “Drones” nas ações de Combate à Dengue e monitoramento de terrenos no Município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>10742</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10742/projeto_42_-_credito_adicional_especial_-_superavit_e_cancelamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10742/projeto_42_-_credito_adicional_especial_-_superavit_e_cancelamento.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 234.477,15 - para atender à solicitação das Secretarias Municipais de Assistência Social e Educação. Os recursos ligados a Assistência Social tem finalidade de promover o atendimento intersetorial à Pessoa com Deficiência, as ações serão executadas dentro de projetos ligados a serviços na área de assistência social, esporte, saúde, conselho municipal, rede de proteção e APAE. Já os recursos da Educação deverão ser utilizados para o pagamento de vencimentos dos servidores da Escola de Tempo Integral).</t>
   </si>
   <si>
     <t>10741</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10741/projeto_43_-_credito_adicional_especial_-_anulacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10741/projeto_43_-_credito_adicional_especial_-_anulacao.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 7.828,02 - para atender a necessidade de adequação orçamentária da Secretaria Municipal de Meio Ambiente e Serviços Urbanos, o qual tem por objeto a devolução de rendimentos de aplicação de recursos recebidos por meio da Defesa Civil Estadual).</t>
   </si>
   <si>
     <t>10745</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10745/ple_44-2025_-_institui_o_programa_de_recuperacao_fiscal_de_ivaipora__refis_ivaipora_2025__-_-_l______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10745/ple_44-2025_-_institui_o_programa_de_recuperacao_fiscal_de_ivaipora__refis_ivaipora_2025__-_-_l______-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal de Ivaiporã – REFIS IVAIPORÃ 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>10746</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10746/pl_45-2025-..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10746/pl_45-2025-..pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 36.749,66 - para atender à solicitação da Secretaria Municipal de Saúde, o qual trata de recursos para pagamentos de exames laboratoriais, no intuito de atender a demanda atualmente existente).</t>
   </si>
   <si>
     <t>10767</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10767/pl_47-2025_assinad.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10767/pl_47-2025_assinad.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.  Valor R$. 37.587,69 (Trinta e sete mil, quinhentos e oitenta e sete reais e sessenta e nove centavos), destinados a atender dotações de fontes específicas não constantes do Orçamento Programa em execução Saúde.</t>
   </si>
   <si>
     <t>10837</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10837/ple_49-_2025__-_institui_o_conselho_municipal_de_desenvolvimento_sustentavel_de_ivaipora_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10837/ple_49-_2025__-_institui_o_conselho_municipal_de_desenvolvimento_sustentavel_de_ivaipora_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Desenvolvimento Rural Sustentável do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>10831</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10831/ple_50-2025__-_institui_o_departamento_de_politicas_publicas_para_mulheres__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10831/ple_50-2025__-_institui_o_departamento_de_politicas_publicas_para_mulheres__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Departamento de Políticas Públicas para Mulheres no âmbito do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>10835</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10835/ple_51-2025__-_ratifica_a_alteracao_na_consolidacao_do_protocolo_de_intencoes_do_consorcio_publico_intermunicipal_de_saude_da_22a_regional_de_saude_de_ivaipora__cis_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10835/ple_51-2025__-_ratifica_a_alteracao_na_consolidacao_do_protocolo_de_intencoes_do_consorcio_publico_intermunicipal_de_saude_da_22a_regional_de_saude_de_ivaipora__cis_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica a alteração na Consolidação do Protocolo de Intenções do Consórcio Público Intermunicipal de Saúde da 22ª Regional de Saúde de Ivaiporã – CIS, nos termos da Lei Federal nº 11.107/2005 e do Decreto Federal nº 6.017/2007 e dá outras providências.</t>
   </si>
   <si>
     <t>10836</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10836/ple_52-2025__-_altera_a_lei_3.717-2022_-_concessao_de_diarias_licenca_ou_ferias__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10836/ple_52-2025__-_altera_a_lei_3.717-2022_-_concessao_de_diarias_licenca_ou_ferias__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3.717/2022, que que dispõe sobre a concessão de diárias aos servidores públicos do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>10838</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10838/ple_53-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_interprete_de_libras_e_tec._enfermagem__-_-_l______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10838/ple_53-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_interprete_de_libras_e_tec._enfermagem__-_-_l______-2025.pdf</t>
   </si>
   <si>
     <t>11004</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11004/ple_55_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11004/ple_55_2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal nº 4.063/2024, que autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial da fração ideal do imóvel que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>11084</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11084/ple_57-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_canil_municipal__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11084/ple_57-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_canil_municipal__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial da fração ideal do imóvel que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>11096</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11096/ple_58-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_40h__-_-_l_________-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11096/ple_58-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_40h__-_-_l_________-2025.pdf</t>
   </si>
   <si>
     <t>11097</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11097/ple_59-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_do_aterro_sanitario__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11097/ple_59-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_do_aterro_sanitario__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial das frações ideais dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>11116</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11116/ple_61-2025_-autoriza_o_executivo_a_realizar_leilao_de_veiculos_e_sucatas_inserviveis_-_-_l_-----2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11116/ple_61-2025_-autoriza_o_executivo_a_realizar_leilao_de_veiculos_e_sucatas_inserviveis_-_-_l_-----2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover LEILÃO PÚBLICO para alienar veículos e sucatas inservíveis de propriedade da Prefeitura Municipal de Ivaiporã/PR, e dá outras providências</t>
   </si>
   <si>
     <t>11117</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11117/ple_62-2025_-introduz_alteracoes_na_l_3.920-2023_-_leilao_de_imoveis_diversos__-_-_l_------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11117/ple_62-2025_-introduz_alteracoes_na_l_3.920-2023_-_leilao_de_imoveis_diversos__-_-_l_------2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.920/2023, que autoriza o Executivo Municipal a proceder a alienação de bens imóveis que especifica, mediante processo licitatório na modalidade leilão, e dá outras providências.</t>
   </si>
   <si>
     <t>11119</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11119/projeto_63-2025_ppa-..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11119/projeto_63-2025_ppa-..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>11120</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11120/projeto_64-2025_ldo-..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11120/projeto_64-2025_ldo-..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>11118</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11118/ple_65-2025_-desafeta_do_dominio_publico_os_lotes_que_especifica_residencial_porto_belo_-_-_l________-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11118/ple_65-2025_-desafeta_do_dominio_publico_os_lotes_que_especifica_residencial_porto_belo_-_-_l________-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de bens públicos de uso especial localizados no Residencial Porto Belo, e dá outras providências.</t>
   </si>
   <si>
     <t>11121</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11121/projeto_66_-_credito_adicional_especial.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11121/projeto_66_-_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras Providências.</t>
   </si>
   <si>
     <t>11141</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11141/ple_67-2025_-_dispoe_sobre_a_demarcacao_de_area_de_zeis_-_cohapar__alto_pora_-_-_l_-------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11141/ple_67-2025_-_dispoe_sobre_a_demarcacao_de_area_de_zeis_-_cohapar__alto_pora_-_-_l_-------2025.pdf</t>
   </si>
   <si>
     <t>Desafeta área das coordenadas de área de ZONA RESIDENCIAL – ZR-3 (Zona Residencial 3), constantes no Anexo III da Lei Complementar n° 34/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>11159</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11159/projeto_68_-_credito_adicional_especial_-_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11159/projeto_68_-_credito_adicional_especial_-_excesso.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. Para aquisição de máquinas e caminhões para o atendimento das necessidades de manutenção das estradas rurais.  (R$ 4.036.463,50)</t>
   </si>
   <si>
     <t>11160</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11160/ple_69-2025_-_altera_a_lei_4.104-2025_-_ampliacao_do_estacionamento_do_parque_de_exposicoes_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11160/ple_69-2025_-_altera_a_lei_4.104-2025_-_ampliacao_do_estacionamento_do_parque_de_exposicoes_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 4.104/2025, que autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial dos imóveis que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>11162</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11162/ple_70-2025_-_desapropriacao_-_prolongamento_da_rua_uberlandia-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11162/ple_70-2025_-_desapropriacao_-_prolongamento_da_rua_uberlandia-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>11169</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11169/projeto_71_-_credito_adicional_especial_-_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11169/projeto_71_-_credito_adicional_especial_-_excesso.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. Abertura de dotação de recursos recebidos por meio da deliberação nº 13/2025 CEDCA/FIA/PR, o qual tem a finalidade de incentivo voltado a Garantia dos Direitos das Crianças e Adolescentes.</t>
   </si>
   <si>
     <t>11200</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11200/projeto_72_-_credito_adicional_especial_-_anulacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11200/projeto_72_-_credito_adicional_especial_-_anulacao.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>11193</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11193/ple_73-2025_-_dispoe_sobre_a_desafetacao_de_imoveis_-_servidao_sanepar__-_-_l_-------2025-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11193/ple_73-2025_-_dispoe_sobre_a_desafetacao_de_imoveis_-_servidao_sanepar__-_-_l_-------2025-1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de áreas públicas no Município de Ivaiporã, para fins de registro de escrituras de servidão administrativa em favor da Companhia de Saneamento do Paraná – SANEPAR, e dá outras providências.</t>
   </si>
   <si>
     <t>11201</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11201/projeto_74_-_credito_adicional_especial_-_anulacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11201/projeto_74_-_credito_adicional_especial_-_anulacao.pdf</t>
   </si>
   <si>
     <t>11204</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11204/projeto_75_-_credito_adicional_especial_-_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11204/projeto_75_-_credito_adicional_especial_-_excesso.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. Trata-se de Crédito Adicional Especial para atender as solicitações das Secretarias Municipais de Indústria e Comércio e a de Esporte e Lazer, para abertura de dotação de recursos recebidos por meio da Emenda Impositiva do Deputado Federal Sérgio Souza para o parque de exposições e do Deputado Federal Paulo Litro para construção de um ginásio de esportes.</t>
   </si>
   <si>
     <t>11226</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11226/ple_76-2025_-_autoriza_a_doacao_definitiva_do_imovel_que_espedifica_a_empres_edson_t._boscardim_madeiras_-_-_l_-------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11226/ple_76-2025_-_autoriza_a_doacao_definitiva_do_imovel_que_espedifica_a_empres_edson_t._boscardim_madeiras_-_-_l_-------2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação definitiva do imóvel que especifica à empresa EDSON T. BOSCARDIM MADEIRAS, e dá outras providências.</t>
   </si>
   <si>
     <t>11227</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11227/ple_77-_2025__-_introduz_alteracoes_na_l_3.856-2023_-_sim-poa__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11227/ple_77-_2025__-_introduz_alteracoes_na_l_3.856-2023_-_sim-poa__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao artigo 17 da Lei Municipal nº 3.856/2023, que reestrutura o funcionamento do Serviço de Inspeção Sanitária e Industrial de Produtos de Origem Animal no Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>11235</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11235/projeto_78-_credito_adicional_especial_-_superavit_e_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11235/projeto_78-_credito_adicional_especial_-_superavit_e_excesso.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.  _x000D_
 Trata-se de Crédito Adicional Especial para atender à solicitação das Secretarias Municipais de Obras e Meio Ambiente. Trata-se de recursos recebidos da Itaipu Binacional, denominado como programa Itaipú Mais que Energia, no qual serão realizados investimentos ligados a infraestrutura e meio ambiente.</t>
   </si>
   <si>
     <t>11253</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11253/ple_79-2025__-_cria_a_quadra_93-b_lote_01_-_regularizacao_polo__-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11253/ple_79-2025__-_cria_a_quadra_93-b_lote_01_-_regularizacao_polo__-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Cria a Quadra 93-B, Lote 01, no perímetro urbano do Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>11260</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11260/ple_80-2025_-_dispoe_sobre_a_concessao_de_auxilio-funeral_aos_servidores_publicos_municipais_e_da_outras_providencias_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11260/ple_80-2025_-_dispoe_sobre_a_concessao_de_auxilio-funeral_aos_servidores_publicos_municipais_e_da_outras_providencias_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do benefício de Auxílio-Funeral aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>11262</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11262/ple_81-2025_-_desapropriacao_-_area_de_app_-_azambuja_-_lago_jardim_botanico_-_-_l_________-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11262/ple_81-2025_-_desapropriacao_-_area_de_app_-_azambuja_-_lago_jardim_botanico_-_-_l_________-2025.pdf</t>
   </si>
   <si>
     <t>11269</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11269/ple_82-2025__-_introduz_alteracoes_na_l_2.872-2016_-_criacao_secretaria_de_tecnologia_e_cooperacao_internacional_-_-_l_-------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11269/ple_82-2025__-_introduz_alteracoes_na_l_2.872-2016_-_criacao_secretaria_de_tecnologia_e_cooperacao_internacional_-_-_l_-------2025.pdf</t>
   </si>
   <si>
     <t>11274</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11274/projeto_83_-_credito_adicional_especial_-_excesso_e_cancelamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11274/projeto_83_-_credito_adicional_especial_-_excesso_e_cancelamento.pdf</t>
   </si>
   <si>
     <t>11273</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11273/ple_84-2025_-_regulamenta_a_prestacao_de_servico_de_transporte_remunerado_privado_individual_de_passageiros_por_aplicativo_-_-_l_________-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11273/ple_84-2025_-_regulamenta_a_prestacao_de_servico_de_transporte_remunerado_privado_individual_de_passageiros_por_aplicativo_-_-_l_________-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da prestação de serviço de Transporte Remunerado Privado Individual de Passageiros por Aplicativos no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>11282</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11282/projeto_85_-_credito_adicional_especial_-_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11282/projeto_85_-_credito_adicional_especial_-_excesso.pdf</t>
   </si>
   <si>
     <t>11283</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11283/projeto_86_-_credito_adicional_especial_-_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11283/projeto_86_-_credito_adicional_especial_-_excesso.pdf</t>
   </si>
   <si>
     <t>11278</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11278/ple_87-2025_-desafeta_do_dominio_publico_o_imovel_que_especifica_-_lote_01_-_jardim_brasil_-_jacutinga_-_-_l______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11278/ple_87-2025_-desafeta_do_dominio_publico_o_imovel_que_especifica_-_lote_01_-_jardim_brasil_-_jacutinga_-_-_l______-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de bem público de uso especial localizado no Jardim Brasil no Distrito de Jacutinga, neste Município e dá outras providências.</t>
   </si>
   <si>
     <t>11284</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11284/ple_88-2025_-_revoga_dispositivos_na_lei_2.993-2017_-_cesta_basica_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11284/ple_88-2025_-_revoga_dispositivos_na_lei_2.993-2017_-_cesta_basica_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Revoga os §§ 2º, 3º e 4º do art. 1º da Lei Municipal nº 2.993, de 22 de maio de 2017, que autoriza o Executivo Municipal a conceder cesta básica aos servidores da Prefeitura do Município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>11285</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11285/ple_89-2025_-_introduz_alteracoes_na_l_1.800-2010_-_associacao_da_agricultura_familiar_de_jacutinga__-_-_l_________-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11285/ple_89-2025_-_introduz_alteracoes_na_l_1.800-2010_-_associacao_da_agricultura_familiar_de_jacutinga__-_-_l_________-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao artigo 1° da Lei Municipal nº 1800/2010, que declara de utilidade pública a ASSOCIAÇÃO DA AGRICULTURA FAMILIAR DE JACUTINGA, nesta cidade de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>11286</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11286/ple_90-2025_-_revoga_a_lei_2.697-2015_-_doacao_de_imovel_ao_conselho_da_comunidade__-_-_l_________-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11286/ple_90-2025_-_revoga_a_lei_2.697-2015_-_doacao_de_imovel_ao_conselho_da_comunidade__-_-_l_________-2025.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2.697, de 23 de outubro de 2015, que autorizou a doação de imóvel ao Conselho da Comunidade da Comarca de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>11287</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11287/ple_91-2025_-_autoriza_a_permuta_de_imoveis__-_municipio_x_edson_boscardim_e_outros_-_-_l_--------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11287/ple_91-2025_-_autoriza_a_permuta_de_imoveis__-_municipio_x_edson_boscardim_e_outros_-_-_l_--------2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>11289</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11289/ple_92-2025__-_altera_a_lei_4.063-2024_-desapropriacao_para_ampliacao_da_escola_ivaipora_-_-_l_---------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11289/ple_92-2025__-_altera_a_lei_4.063-2024_-desapropriacao_para_ampliacao_da_escola_ivaipora_-_-_l_---------2025.pdf</t>
   </si>
   <si>
     <t>11308</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11308/projeto_93_-_credito_adicional_especial_-_anulacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11308/projeto_93_-_credito_adicional_especial_-_anulacao.pdf</t>
   </si>
   <si>
     <t>11307</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11307/ple_94-2025__-_institui_o_conselho_municipal_de_saneamento_basico_e_ambiental__-_-_l_---------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11307/ple_94-2025__-_institui_o_conselho_municipal_de_saneamento_basico_e_ambiental__-_-_l_---------2025.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Saneamento Básico e Ambiental do Município de Ivaiporã, estabelece suas diretrizes, composição, competências e funcionamento, e dá outras providências.</t>
   </si>
   <si>
     <t>11309</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11309/ple_95-2025_-_desapropriacao_praca_vila_santa_maria__aparecida_helena_godoy_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11309/ple_95-2025_-_desapropriacao_praca_vila_santa_maria__aparecida_helena_godoy_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial do imóvel que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>11310</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11310/ple_96-2025_-_autoriza_a_pesca_nas_dependencias_dos_lagos_municipais_durante_dias_da_semana_santa_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11310/ple_96-2025_-_autoriza_a_pesca_nas_dependencias_dos_lagos_municipais_durante_dias_da_semana_santa_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a pesca nas dependências dos lagos municipais de Ivaiporã/PR durante a quarta, quinta e sexta-feira Santa e o sábado de Aleluia e dá outras providências.</t>
   </si>
   <si>
     <t>11318</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11318/ple_98-2025_-_dispoe_sobre_a_instituicao_do_festival_paralimpico_do_vale_do_ivai_-_-_l_______-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11318/ple_98-2025_-_dispoe_sobre_a_instituicao_do_festival_paralimpico_do_vale_do_ivai_-_-_l_______-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Festival Paralímpico do Vale do Ivaí no Município de Ivaiporã/PR, integrando-o ao calendário oficial de eventos esportivos e culturais, estabelece apoio financeiro para sua realização anual e dá outras providências.</t>
   </si>
   <si>
     <t>11324</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11324/ple_99-2025__-_introduz_alteracoes_na_l_2.872-2016_-_vincula_o_sine_a_sec._de_industria_e_comercio_-_-_l_-------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11324/ple_99-2025__-_introduz_alteracoes_na_l_2.872-2016_-_vincula_o_sine_a_sec._de_industria_e_comercio_-_-_l_-------2025.pdf</t>
   </si>
   <si>
     <t>11349</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11349/pl_loa_2026-..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11349/pl_loa_2026-..pdf</t>
   </si>
   <si>
     <t>Estima Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>11401</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11401/projeto_101_-_credito_adicional_especial_-_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11401/projeto_101_-_credito_adicional_especial_-_excesso.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Trata-se de Crédito Adicional Especial para atender as solicitações da Secretaria Municipal de Saúde, para abertura de dotação de recursos recebidos por meio da portaria 8.110/2025 para o pagamento dos médicos que atuam nas Unidades Básicas de Saúde e pagamento de consultas e exames do Consórcio Intermunicipal de Saúde, da emenda parlamentar do Deputado Estadual Sérgio Souza, para pagamentos dos médicos que atendem na Unidade de Pronto Atendimento, da portaria 35/2025 que será usada em repasse junto ao Consórcio Intermunicipal de Saúde e recurso da portaria 5.836/2024 que será utilizado para compra de suplementos alimentares dos pacientes que necessitam de dieta especial.) R$ 909.090,90.</t>
   </si>
   <si>
     <t>11386</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11386/ple_103-2025_-autoriza_o_executivo_a_realizar_leilao_de_veiculos_e_sucatas_inserviveis_-_-_l_-----------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11386/ple_103-2025_-autoriza_o_executivo_a_realizar_leilao_de_veiculos_e_sucatas_inserviveis_-_-_l_-----------2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover LEILÃO PÚBLICO para alienar veículos e sucatas inservíveis de propriedade da Prefeitura Municipal de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>11405</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11405/projeto_104_-_credito_adicional_especial_-_excesso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11405/projeto_104_-_credito_adicional_especial_-_excesso.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Trata-se de Crédito Adicional Especial para atender as solicitações da Secretaria Municipal de Assistência Social, para abertura de dotação de recursos recebidos por meio da deliberação 55/2024 CEAS/PR, via fundo estadual). R$ 14.000,00</t>
   </si>
   <si>
     <t>11406</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11406/ple_105-2025_-_desapropriacao_-_area_a_ser_incorporada_-_parque_ecologico_guanabara_-_-_l_------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11406/ple_105-2025_-_desapropriacao_-_area_a_ser_incorporada_-_parque_ecologico_guanabara_-_-_l_------2025.pdf</t>
   </si>
   <si>
     <t>11416</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11416/ple_106-2025_-_ratifica_o_protocolo_de_intencoes_do_consorcio_intergestores_parana_saude-_cips-_-_l_-----2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11416/ple_106-2025_-_ratifica_o_protocolo_de_intencoes_do_consorcio_intergestores_parana_saude-_cips-_-_l_-----2025.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal n°. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>11417</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11417/ple_107-2025_-_desapropriacao_-_3_terrenos_-_patio_meio_ambiente__-_-_l_------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11417/ple_107-2025_-_desapropriacao_-_3_terrenos_-_patio_meio_ambiente__-_-_l_------2025.pdf</t>
   </si>
   <si>
     <t>11447</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11447/ple_108-2025_-_introduz_alteracoes_na_lei_3.635_incentivo_a_inovacao_e_tecnologia_-_-_l_-----------2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11447/ple_108-2025_-_introduz_alteracoes_na_lei_3.635_incentivo_a_inovacao_e_tecnologia_-_-_l_-----------2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.635/2021, que dispõe sobre a concessão de incentivos à inovação e à pesquisa científica e tecnológica no ambiente produtivo, social e ambiental e dá outras providências no âmbito do Município de Ivaiporã/PR, conforme o disposto nas Leis Federais nº 10.973/2004 e alterações, e 13.243/2016, no que couber e dá outras providências.</t>
   </si>
   <si>
+    <t>11578</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11578/ple_110-2025_-.pdf</t>
+  </si>
+  <si>
+    <t>11560</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11560/ple_111-2025_-_contratacao_emergencial_saude_-_pss__-_-_l_-----2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a contratação de pessoal por tempo determinado, para a prestação de serviços na Secretaria Municipal de Saúde, de forma a suprir a necessidade temporária de excepcional interesse público e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11596</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11596/ple_112-2025_-.pdf</t>
+  </si>
+  <si>
+    <t>Abre um Crédito Adicional Especial e dá outras providências. Trata-se de Crédito Adicional Especial para atender à solicitação das Secretarias Municipais de Saúde e Esportes, as quais estão reprogramando recursos para serem aplicados ainda no corrente exercício.</t>
+  </si>
+  <si>
+    <t>11593</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11593/ple_113-2025_-_revoga_a_lei_4.170-2025_-_desapropriacao_area_da_vila_santa_maria_mat._50.017__-_-_l_------2025.pdf</t>
+  </si>
+  <si>
+    <t>Revoga a Lei Municipal nº 4.170, de 05 de novembro de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11595</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11595/ple_114-2025_-_abre_credito_adicional_especial___r_1.532.66667_-_-_l____-2025.pdf</t>
+  </si>
+  <si>
+    <t>11658</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11658/projeto_de_lei_115-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal de Ivaiporã/PR, doar imóveis de sua propriedade ao Fundo de Arrendamento Residencial (FAR), e dá outras providências.</t>
+  </si>
+  <si>
     <t>10747</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Mensagem Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10747/mensagem_aditiva_do_ple_37_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10747/mensagem_aditiva_do_ple_37_2025.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do art. 2º do Projeto de Lei nº 37/2025.</t>
   </si>
   <si>
     <t>11166</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11166/mensagemaditiva_no02-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11166/mensagemaditiva_no02-2025.pdf</t>
   </si>
   <si>
     <t>Alteração da redação do Projeto de Lei Complementar nº 02/2025, que altera a Lei Complementar nº 43, de 09 de junho de 2022, que institui o Código Ambiental do Município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>11142</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11142/mensagem_aditiva.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11142/mensagem_aditiva.pdf</t>
   </si>
   <si>
     <t>11094</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11094/mensagemaditiva_no04-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11094/mensagemaditiva_no04-2025.pdf</t>
   </si>
   <si>
     <t>11209</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11209/mensagem_aditiva_05.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11209/mensagem_aditiva_05.pdf</t>
   </si>
   <si>
     <t>Alteração da redação do Projeto de Lei Complementar nâ 02/2025, que altera a Lei Complementar nº 43, de 09 de junho de 2022, que instirui o Código Ambiental do Município de Ivaiporã e dá outras providencias.</t>
   </si>
   <si>
     <t>11211</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11211/mensagem_aditiva_n_6_ao_plc_02-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11211/mensagem_aditiva_n_6_ao_plc_02-2025.pdf</t>
   </si>
   <si>
     <t>Alteração da redação do Projeto de Lei Complementar nº 02/2025, que altera a Lei Complementar nº 43, de 09 de junho de 2022, que institui o Código Ambiental do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>11493</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11493/oficio_no_969-_mensagem_aditiva.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11493/oficio_no_969-_mensagem_aditiva.pdf</t>
   </si>
   <si>
     <t>Mensagem Aditiva ao Projeto de Lei Complementar nº 07/2025.</t>
   </si>
   <si>
     <t>10195</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Ilsinho da Saúde, Ailton Stipp, Alex Fonseca, Careca, Fio Bertotti, Levi Shuindt, Nando Dorta, Rodrigo Cordeiro, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10195/pll_1_2025_n.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10195/pll_1_2025_n.pdf</t>
   </si>
   <si>
     <t>Concede reajuste, a título de revisão geral anual aos vencimentos dos servidores do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>10200</t>
   </si>
   <si>
     <t>Ilsinho da Saúde, Ailton Stipp, Careca, Rodrigo Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10200/pll_2_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10200/pll_2_2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei nº 2.515, de 18 de setembro de 2014, a qual dispõe sobre a organização do quadro de pessoal efetivo e comissionado, atribuições e vencimentos dos servidores públicos da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>10274</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10274/projeto_de_lei_do_legislativo_no_3-_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10274/projeto_de_lei_do_legislativo_no_3-_2025.pdf</t>
   </si>
   <si>
     <t>10275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10275/projeto_de_lei_do_legislativo_no_4_-_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10275/projeto_de_lei_do_legislativo_no_4_-_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Legislativo Municipal de Ivaiporã/PR a celebrar CONVÊNIO PARA A CONCESSÃO DE EMPRÉSTIMOS E/OU FINANCIAMENTOS COM PAGAMENTO MEDIANTE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO COM O BANCO DO BRASIL S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>10346</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10346/pll_5_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10346/pll_5_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Vale-Alimentação aos servidores da Câmara Municipal de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>10410</t>
   </si>
   <si>
     <t>Ilsinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10410/pll_no_06-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10410/pll_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei nº 3.766, de 27 de setembro de 2022, que dispõe sobre a criação do Conselho Municipal de Esporte e Lazer, institui a Conferência Municipal de Esporte e Lazer e cria o Fundo Municipal de Esporte e Lazer do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>10525</t>
   </si>
   <si>
     <t>Ailton Stipp, Alex Fonseca, Careca, Fio Bertotti, Ilsinho da Saúde, Levi Shuindt, Nando Dorta, Rodrigo Cordeiro, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10525/pll_no_07-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10525/pll_no_07-2025.pdf</t>
   </si>
   <si>
     <t>10564</t>
   </si>
   <si>
     <t>Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10564/projeto_de_lei__certidao_negativa_28229.docx_tres_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10564/projeto_de_lei__certidao_negativa_28229.docx_tres_assinado_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de apresentação de certidão negativa de antecedentes criminais dos profissionais que atendem crianças no Município de Ivaiporã e dá outras providencias.</t>
   </si>
   <si>
     <t>10588</t>
   </si>
   <si>
     <t>Levi Shuindt</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10588/1_projeto_de_lei_biblia.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10588/1_projeto_de_lei_biblia.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia da Bíblia” no Calendário Oficial do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>10591</t>
   </si>
   <si>
     <t>Alex Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10591/projeto_de_lei_-_sandbox_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10591/projeto_de_lei_-_sandbox_assinado.pdf</t>
   </si>
   <si>
     <t>Regulamenta e institui o funcionamento de ambientes experimentais de inovação científica, tecnológica e empreendedora, sob o formato de Bancos de Testes Regulatórios e Tecnológicos, o “Programa Sandbox – Ivaiporã”, no âmbito do Município de _x000D_
 Ivaiporã.</t>
   </si>
   <si>
     <t>10624</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10624/projeto_de_lei_-_kit_lanche_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10624/projeto_de_lei_-_kit_lanche_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Kit Lanche", voltado aos pacientes da Rede Básica de Saúde do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>10653</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10653/projeto_dia_da_oracao.docx_2_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10653/projeto_dia_da_oracao.docx_2_assinado_1.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal de Oração, Adoração e Celebração à Deus” no Calendário Oficial do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>10735</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10735/projeto_de_lei_-_formacao_de_curso_para_vereadores_2_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10735/projeto_de_lei_-_formacao_de_curso_para_vereadores_2_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o curso de Formação para Vereadores no início de cada legislatura no âmbito da Câmara Municipal de Ivaiporã, e dá outras providências</t>
   </si>
   <si>
     <t>10743</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10743/modelo_padrao_projeto_de_lei_do_legislativo_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10743/modelo_padrao_projeto_de_lei_do_legislativo_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de protetor auricular ou inibidor de ruídos para crianças com Transtorno do Espectro Autista – TEA no âmbito do município de Ivaiporã- Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>11063</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11063/pll_16-2025_-_introduz_alteracoes_na_lei_2.515-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11063/pll_16-2025_-_introduz_alteracoes_na_lei_2.515-2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei nº 2.515, de 05 de novembro de 2014, a qual dispõe sobre a organização do quadro de pessoal efetivo e comissionado, atribuições e vencimentos dos servidores públicos da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>11103</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11103/pll_17_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11103/pll_17_2025.pdf</t>
   </si>
   <si>
     <t>Fica instituído o nome de Geralda da Silva Gil, a rua que ligará a Rua Lorena aos fundos do Lago Jardim Botânico, neste Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>11215</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Ilsinho da Saúde, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11215/pl_18_-_estrada_rural_assinado_-_copia.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11215/pl_18_-_estrada_rural_assinado_-_copia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de estradas rurais do Município de Ivaiporã, Estado do Paraná, conferindo as seguintes designações: Rodovia Municipal Lázaro Bueno à estrada rural do Contraforte nº 9, Gleba Pindauva, Secção “C”, 4ª Parte; Estrada Vereador Pedro Goedert ao trecho que liga a Rodovia Municipal Lázaro Bueno ao Bairro Pindauva dos Goedert e Estrada Osmundo Christen à estrada que liga o Bairro Pindauva dos Goedert à Rodovia PR-466, em frente ao Distrito do Alto Porã, no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>11228</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Careca</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11228/pll_nc2ba_19-2025_careca_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11228/pll_nc2ba_19-2025_careca_assinado.pdf</t>
   </si>
   <si>
     <t>Súmula: Institui o Programa Municipal de Atendimento Domiciliar Prioritário para Pessoas Idosas, Acamadas ou Inválidas no Município de Ivaiporã – PR, e dá outras providências.</t>
   </si>
   <si>
     <t>11229</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11229/pll_nc2ba_20-2025_careca_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11229/pll_nc2ba_20-2025_careca_assinado.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Institui o Programa “Remédio em Casa” no Município de Ivaiporã – PR e dá outras providências.</t>
   </si>
   <si>
     <t>11239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11239/projeto_de_lei_-_denominacao_de_rua.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11239/projeto_de_lei_-_denominacao_de_rua.pdf</t>
   </si>
   <si>
     <t>Denomina o nome de “Joana Verenka Koltum”, a Rua 03, no Residencial Bariloche no Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>11288</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11288/pll_no_22-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11288/pll_no_22-2025.pdf</t>
   </si>
   <si>
     <t>Denomina o nome de “JAIME SACCO”, o Ginásio de Esportes, no Loteamento Mirante do Ivaí no Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>11306</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11306/projeto_empreendedor_ivaiporaense_assinado_233.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11306/projeto_empreendedor_ivaiporaense_assinado_233.pdf</t>
   </si>
   <si>
     <t>Institui o dia do “Empreendedor Ivaiporaense”_x000D_
 no Município de Ivaiporã</t>
   </si>
   <si>
     <t>11317</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11317/projeto_saude_da_mulher_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11317/projeto_saude_da_mulher_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa “SAÚDE DA MULHER” no_x000D_
 município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>11336</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11336/projeto_de_lei_no_25.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11336/projeto_de_lei_no_25.pdf</t>
   </si>
   <si>
     <t>Denomina o nome de “Dr. Pedro Koltun Neto”, a Unidade Básica de Saúde - UBS, do Distrito de Jacutinga no Município de Ivaiporã, Estado do Paraná, por iniciativa do Vereador Ilson Donizete Gagliano.</t>
   </si>
   <si>
     <t>11337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11337/pll_nc2ba_26-2025_alex_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11337/pll_nc2ba_26-2025_alex_assinado_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa “SEGUNDA_x000D_
 CHANCE” voltado a capacitação profissional e reintegração social de_x000D_
 ex-detentos e dependentes químicos no mercado de trabalho no município_x000D_
 de Ivaiporã e dá outras providências</t>
   </si>
   <si>
     <t>11420</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11420/projeto_de_lei_conseg_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11420/projeto_de_lei_conseg_assinado.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o CONSEG_x000D_
 – Conselho Comunitário de Segurança de Ivaiporã, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>11437</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11437/projeto_de_lei_-_valdeci_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11437/projeto_de_lei_-_valdeci_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município De Ivaiporã – PR, a Cavalgada Ecológica Municipal.</t>
   </si>
   <si>
     <t>11440</t>
   </si>
   <si>
     <t>Rodrigo Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11440/documentos_-_futsal_merged_28529_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11440/documentos_-_futsal_merged_28529_assinado1.pdf</t>
   </si>
   <si>
     <t>Súmula: Fica declarada de Utilidade Pública Municipal a “Associação Ivaiporã futsal” e dá outras providências.</t>
   </si>
   <si>
+    <t>11602</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11602/projeto_rotary_integracao.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Declara como Utilidade Pública Municipal o ROTARY CLUB IVAIPORÃ INTEGRAÇÃO, e dá outras providências.</t>
+  </si>
+  <si>
     <t>10524</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto da Lei</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10524/l_4.082-2025_-_dispoe_sobre_a_concessao_de_vale-alimentacao_aos_servidores_da_camara__-__pll_05-2025_-_veto_parcial.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10524/l_4.082-2025_-_dispoe_sobre_a_concessao_de_vale-alimentacao_aos_servidores_da_camara__-__pll_05-2025_-_veto_parcial.pdf</t>
   </si>
   <si>
     <t>Veto Integral da Lei nº 4.082, ao Projeto de Lei do Legislativo nº 05/2025. Dispõe sobre a concessão de Vale Alimentação aos servidores da Camara Municipal de Ivaiporã, e da outras providencias.</t>
   </si>
   <si>
     <t>10909</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10909/lei_4117_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10909/lei_4117_2025.pdf</t>
   </si>
   <si>
     <t>Veto integral da Lei nº 4.117/2025 - Dispõe sobre a obrigatoriedade de apresentação de certidão negativa de antecedentes criminais dos profissionais que atendem crianças no Município de Ivaiporã e dá outras providencias.</t>
   </si>
   <si>
     <t>10234</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10234/pdl_no_01-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10234/pdl_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2023.</t>
   </si>
   <si>
     <t>10480</t>
   </si>
   <si>
     <t>Fio Bertotti, Ilsinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10480/projeto_de_decreto_03.2025_colegio_bento_mossurunga_assinado_assinado_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10480/projeto_de_decreto_03.2025_colegio_bento_mossurunga_assinado_assinado_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Consagração Pública Municipal ao COLÉGIO ESTADUAL BENTO MOSSURUNGA.</t>
   </si>
   <si>
     <t>10527</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10527/projeto_de_decreto_04-2025_-_licenca_prefeito.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10527/projeto_de_decreto_04-2025_-_licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de licença sem remuneração ao Prefeito Municipal, Sr. Luiz Carlos Gil e dá outras providências.</t>
   </si>
   <si>
     <t>10611</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10611/decreto_legislativo_5_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10611/decreto_legislativo_5_2025.pdf</t>
   </si>
   <si>
     <t>Referenda a doação de móveis ao Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>10690</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10690/titulo_de_servidora_publica_padrao_28denise_kusminski29_28assinar29_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10690/titulo_de_servidora_publica_padrao_28denise_kusminski29_28assinar29_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Servidora Pública Padrão de Ivaiporã, Estado do Paraná, a Senhora Denise Kusminski da Silva.</t>
   </si>
   <si>
     <t>10727</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10727/projeto_decreto_legislativo_7_2025_lixeira_seletiva.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10727/projeto_decreto_legislativo_7_2025_lixeira_seletiva.docx</t>
   </si>
   <si>
     <t>10827</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10827/laticinicios_kollac.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10827/laticinicios_kollac.pdf</t>
   </si>
   <si>
     <t>Concede Título de Consagração Pública Municipal ao “LATICÍNICIOS KOLLAC”.</t>
   </si>
   <si>
     <t>11099</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11099/pdl_10_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11099/pdl_10_2025.pdf</t>
   </si>
   <si>
     <t>Declara inservíveis os bens públicos permanentes que especifica, e a sua desafetação e desvinculação do patrimônio da Câmara de Vereadores de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>11180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11180/pdl_11-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11180/pdl_11-2025.pdf</t>
   </si>
   <si>
     <t>11216</t>
   </si>
   <si>
     <t>Ailton Stipp, Careca, Fio Bertotti, Ilsinho da Saúde, Levi Shuindt, Nando Dorta, Rodrigo Cordeiro, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11216/pdl_nba_12-2025_29_assinado_assinado_assinado_assinado_2_assinado_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11216/pdl_nba_12-2025_29_assinado_assinado_assinado_assinado_2_assinado_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Senhor LUIZ CARLOS GIL e dá outras providências.</t>
   </si>
   <si>
     <t>11249</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11249/pdl_no_13-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11249/pdl_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de licença ao Prefeito Municipal, Sr. Luiz Carlos Gil e dá outras providências.</t>
   </si>
   <si>
     <t>11439</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11439/projeto_de_decreto_legislativo_-_cidadao_honorario_padre_celio.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11439/projeto_de_decreto_legislativo_-_cidadao_honorario_padre_celio.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Padre Célio Marcos Tarozo e dá outras providências.</t>
   </si>
   <si>
+    <t>11561</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11561/projeto_de_decreto_legislativo_-_titulo_de_merito_comunitario.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Mérito Comunitário de Ivaiporã, Estado do Paraná ao Ronielison Barbosa Ferreira (Roni) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11618</t>
+  </si>
+  <si>
+    <t>CFO - Comissão de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11618/projeto_de_decreto_legislativo_no_16-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Prestações de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2024.</t>
+  </si>
+  <si>
     <t>10196</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10196/pr_1_2025_n.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10196/pr_1_2025_n.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>10197</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10197/pr_2_2025_n.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10197/pr_2_2025_n.pdf</t>
   </si>
   <si>
     <t>Ficam os senhores Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes da Lei nº 2.114/2012, a partir do dia 1 de fevereiro de 2025 à 31 de dezembro de 2025.</t>
   </si>
   <si>
     <t>10682</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10682/projeto_de_resolucao_3_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10682/projeto_de_resolucao_3_2025.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial no valor de R$ 85.500,00 (oitenta e cinco mil e quinhentos reais), destinados a atender dotações não constantes no orçamento programa da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>11181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11181/projeto_de_resolucao_suplementacao..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11181/projeto_de_resolucao_suplementacao..pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar no valor de R$ 110.000,00 (cento e dez mil reais), destinados a atender dotações constantes no orçamento programa da Câmara Municipal de Ivaiporã/PR.</t>
   </si>
   <si>
+    <t>11598</t>
+  </si>
+  <si>
+    <t>EA</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11598/associacao_futsal_merged_28129_assinado_.a.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Adiciona anexos ao Projeto de Lei do Legislativo nº 29/2025 do Poder Legislativo, para fins de adequação da norma legislativa.</t>
+  </si>
+  <si>
     <t>11245</t>
   </si>
   <si>
     <t>EAG</t>
   </si>
   <si>
     <t>Emenda Aglutinativa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11245/ppa_-_emenda_nc2ba_01-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11245/ppa_-_emenda_nc2ba_01-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Altera e Acrescenta dispositivos do Projeto de Lei nº 63/2025 do Poder Executivo, para fins de adequação da norma legislativa.</t>
   </si>
   <si>
     <t>11246</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11246/ldo_nc2ba_02-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11246/ldo_nc2ba_02-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Acrescenta e Altera dispositivos do Projeto de Lei nº 64/2025 do Poder Executivo, para fins de adequação da norma legislativa.</t>
   </si>
   <si>
+    <t>11605</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11605/pea_no_03-2025.pdf</t>
+  </si>
+  <si>
+    <t>Modifica e Adiciona dispositivos ao Projeto de Lei nº 100/2025 do Poder Executivo, para fins de inclusão das Emendas Impositivas Individuais e Coletivas.</t>
+  </si>
+  <si>
+    <t>11562</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11562/pem_01-2025_ao_pl_nc2ba_28-2025__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: Modifica o Projeto de Lei nº 28/2025 do Poder Legislativo, para fins de adequação da norma legislativa.</t>
+  </si>
+  <si>
     <t>10841</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10841/proposta_de_emenda_substitutiva_sandbox_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10841/proposta_de_emenda_substitutiva_sandbox_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Sandbox – Ivaiporã”, voltado à criação de ambientes experimentais de inovação científica, tecnológica e empreendedora, e dá outras providências.</t>
   </si>
   <si>
     <t>10842</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10842/proposta_de_emenda_substitutiva_kit_lanche_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10842/proposta_de_emenda_substitutiva_kit_lanche_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Kit Lanche” voltado ao atendimento de pacientes da Rede Pública de Saúde do Município de Ivaiporã em deslocamento para tratamento fora do domicílio, e dá outras providências.</t>
   </si>
   <si>
     <t>10204</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10204/indicacao_nc2b001_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10204/indicacao_nc2b001_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a manutenção na boca de lobo (bueiro) na Rua _x000D_
 Ivaiporã esquina com São Miguel, no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10205</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao_nc2b002_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao_nc2b002_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a manutenção na boca de lobo (bueiro) na Rua _x000D_
 Cambé, no Distrito de Jacutinga</t>
   </si>
   <si>
     <t>10206</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10206/indicacao_nc2b004_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10206/indicacao_nc2b004_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise o pedido de portal nas chegadas dos distritos de _x000D_
 Jacutinga, Santa Barbara e Alto Porã.</t>
   </si>
   <si>
     <t>10207</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10207/indicacao_nc2b0005_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10207/indicacao_nc2b0005_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analisar e providenciar a iluminação na rodovia Nicolau Koltun que liga Ivaiporã ao distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10208</t>
   </si>
   <si>
     <t>Ailton Stipp</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10208/indicacao1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10208/indicacao1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, providencie a instalação de placas de transito nas ruas Leblon, Mies, Andaraí, Paquetá, Jacaré Paguá, Andirá, São Cristóvão e Rua Gavea, situadas no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>10209</t>
   </si>
   <si>
     <t>Ailton Stipp, Levi Shuindt</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10209/indicacao_6_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10209/indicacao_6_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL por meio do Departamento Competente, analise a construção de uma faixa elevada em frente a_x000D_
 Escola Municipal Bento Viana localizada no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10210</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10210/indicacao_3_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10210/indicacao_3_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, para que possa passar massa asfáltica em cima das pedras regulares nas ruas Hortência, Jasmínea, rua das Flores da Rosa situadas na Vila Operaria antigo reservado.</t>
   </si>
   <si>
     <t>10211</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10211/indicacao_5_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10211/indicacao_5_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a construção de calçadas no canteiro da Avenida Souza Naves, próximo ao Colégio Barão do Cerro Azul, e também a reforma da mesma até a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>10212</t>
   </si>
   <si>
     <t>Fio Bertotti, Rodrigo Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10212/indicacao_9_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10212/indicacao_9_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, a possibilidade de fazer uma cobertura sobre os Quiosques do Lago Jardim Botânico, dando mais comodidade aos frequentadores do local.</t>
   </si>
   <si>
     <t>10213</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10213/indicacao_4_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10213/indicacao_4_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie uma rotatória no cruzamento das ruas Placídio Miranda e Rua José Pereira Jorge, no Jardim Casa Grande III.</t>
   </si>
   <si>
     <t>10214</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10214/indicacao_2_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10214/indicacao_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a colocação de pedra irregular na estrada do Alto Lageado, que liga a PR 466, a comunidade do Rio da Bulha.</t>
   </si>
   <si>
     <t>10215</t>
   </si>
   <si>
     <t>Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10215/indicacao_01_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10215/indicacao_01_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação de placas indicando o nome das ruas: Marechal Floriano, Ivo Merico, Nilo Peçanha, Cesarina Maria Teixeira, Manoel da Nóbrega ,Padre Anchieta ,Ivaí, no Bairro Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10216</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10216/indicacao_02_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10216/indicacao_02_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação de pedras irregulares na Viela  que tem entre as ruas do Bairro Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10217</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10217/indicacao_03_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10217/indicacao_03_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a continuidade da  cerca de proteção ao redor do lago Jardim Botânico.</t>
   </si>
   <si>
     <t>10218</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10218/indicacao_06_-_patrolamento_e_rolamento_linha_seca_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10218/indicacao_06_-_patrolamento_e_rolamento_linha_seca_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o patrolamento e rolamento na localidade da estrada “Ponto Alto / Prachum”, a qual pertence a Região da Linha Seca e encontra-se necessitando destas melhorias.</t>
   </si>
   <si>
     <t>10219</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10219/indicacao_04_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10219/indicacao_04_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a construção de banheiros masculino e feminino ao lado do Parque e do Campo sintético no Lago Jardim Botânico.</t>
   </si>
   <si>
     <t>10220</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10220/indicacao_01_-_patrolamento_e_rolamento_sta_barbara_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10220/indicacao_01_-_patrolamento_e_rolamento_sta_barbara_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito que, por meio do Departamento Competente, providencie o patrolamento e o rolamento nas localidades das estradas do “Vanderlei Fuggi”, “Deus Conosco”, “Santa Bárbara / Rio Azul”, “Santa Bárbara / Dona Livina” e estrada Santa Terezinha até a pedra irregular do Cruzeirinho, as quais pertencem ao distrito de Santa Bárbara e encontram-se necessitando destas melhorias.</t>
   </si>
   <si>
     <t>10221</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10221/indicacao_05_-_patrolamento_e_rolamento_alto_pora_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10221/indicacao_05_-_patrolamento_e_rolamento_alto_pora_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o patrolamento e rolamento na localidade da estrada “Dr. Orlando / Pindaúva”, a qual pertence ao Distrito do Alto Porã e encontra-se necessitando destas melhorias.</t>
   </si>
   <si>
     <t>10222</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10222/indicacao_03_-_patrolamento_e_rolamento_jacutinga_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10222/indicacao_03_-_patrolamento_e_rolamento_jacutinga_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o patrolamento e rolamento nas localidades das estradas “Perobão / Formosinho”, “Gabirobeira”, “Três Ranchinhos / Fazenda dois Valdir”, “Serrinha”, “Paineirinha e “Água do Jacutinga”, as quais pertencem ao distrito do Jacutinga e encontram-se necessitando destas melhorias.</t>
   </si>
   <si>
     <t>10223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10223/indicacao_02_-_patrolamento_e_rolamento_regiao_do_bulha_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10223/indicacao_02_-_patrolamento_e_rolamento_regiao_do_bulha_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o patrolamento e rolamento na localidade da estrada da “Água do Canário”, a qual pertence a Região do Bulha e encontra-se necessitando destas melhorias.</t>
   </si>
   <si>
     <t>10224</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10224/parque_santa_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10224/parque_santa_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de construir um parque em um terreno de propriedade da Prefeitura na Vila Santa Maria, às margens do Rio Pindaúvinha, mais precisamente no conhecido campo da vila santa Maria.</t>
   </si>
   <si>
     <t>10225</t>
   </si>
   <si>
     <t>Fio Bertotti, Careca, Ilsinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10225/indicacao_22_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10225/indicacao_22_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie um local para implantação do projeto ``Meu campinho`` no distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>10226</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10226/casas_populares_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10226/casas_populares_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie pinturas e faixas de pedestres na Av. Aramis Athaide (no parque da Espirito Santo), casas populares.</t>
   </si>
   <si>
     <t>10227</t>
   </si>
   <si>
     <t>Rodrigo Cordeiro, Fio Bertotti, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10227/indicacao_24_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10227/indicacao_24_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de fazer faixa de pedestre elevada na rua Sertanópolis, entrada do colégio panamericano</t>
   </si>
   <si>
     <t>10228</t>
   </si>
   <si>
     <t>Rodrigo Cordeiro, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10228/indicacao_25_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10228/indicacao_25_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de fazer a revitalização da mina de água do lago do residencial da Vila de Furnas</t>
   </si>
   <si>
     <t>10229</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10229/redutor_de_velocida_julio_guerra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10229/redutor_de_velocida_julio_guerra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a implantação de um redutor de velocidades na rua Julio Guerra, nas proximidades do número 1035.</t>
   </si>
   <si>
     <t>10230</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10230/ponto_de_onibus_porto_belo_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10230/ponto_de_onibus_porto_belo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a construção de um ponto de Ônibus na Rua Iranei Rodrigues de Oliveira em cruzamento com Rua José Bonifácio em frente a Unidade Básica de Saúde Santo Antônio N. 80, no Residencial Porto Belo</t>
   </si>
   <si>
     <t>10231</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10231/indicacao_2_placa_de_sinalizacao_barao_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10231/indicacao_2_placa_de_sinalizacao_barao_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, para que implante uma placa de sinalização (sentido único ou proibido_x000D_
 conversão a esquerda) na Avenida Souza Naves, chegando na rotatória do Colégio Estadual Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>10232</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10232/indicacao_3_bar_preta_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10232/indicacao_3_bar_preta_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Secretaria_x000D_
 Competente, realize uma abertura ao lado do quebra mola, situado em frente ao Bar da_x000D_
 Preta, na rua Durvalino de Jesus, no Jardim Guanabara, para que haja escoamento da_x000D_
 água nos dias de chuvas.</t>
   </si>
   <si>
     <t>10233</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10233/indicacao_1_ventiladores_cap_maneco_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10233/indicacao_1_ventiladores_cap_maneco_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, para que coloque ventiladores ou climatizadores na Capela Mortuária do_x000D_
 Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10237</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10237/indicacao_01_-_pedra_irregular_santa_barbara_ate_agua_da_limeira_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10237/indicacao_01_-_pedra_irregular_santa_barbara_ate_agua_da_limeira_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pedra irregular do distrito de Santa Bárbara até a localidade da Água da Limeira.</t>
   </si>
   <si>
     <t>10238</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10238/indicacao_01_-_pedra_irregular_perobao_ate_a_ponte_do_formosinho_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10238/indicacao_01_-_pedra_irregular_perobao_ate_a_ponte_do_formosinho_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pedra irregular da estrada do Perobão até a localidade da Ponte do Formosinho.</t>
   </si>
   <si>
     <t>10239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10239/indicacao_nc2b007_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10239/indicacao_nc2b007_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizado um espaço de atendimento do executivo e administração pública no distrito de Jacutinga, onde os moradores possam estar mais próximos da administração. Uma Mini Prefeitura.</t>
   </si>
   <si>
     <t>10240</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10240/indicacao_nc2b006_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10240/indicacao_nc2b006_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analisar a instalação de um espaço recreativo (play ground) para as crianças, no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10241/indicacao_nc2b009_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10241/indicacao_nc2b009_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie um centro de lazer para melhor idade no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10242/hospital_municipal_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10242/hospital_municipal_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie a limpeza do antigo Hospital Municipal.</t>
   </si>
   <si>
     <t>10243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10243/jardim_betel_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10243/jardim_betel_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie recape asfáltico na continuação_x000D_
 da rua Ministro Aramis Athaide, Rua Carlos Gomes , Rua Hélio Bittencourt no Jardim Betel.</t>
   </si>
   <si>
     <t>10244</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10244/rua_londrina_28jacutina29_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10244/rua_londrina_28jacutina29_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie recape asfáltico na Rua Londrina (distrito de Jacutinga) a pedido dos moradores.</t>
   </si>
   <si>
     <t>10245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10245/indicacao_6_placa_de_sinalizacao_sorveteria_pinguim_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10245/indicacao_6_placa_de_sinalizacao_sorveteria_pinguim_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de placas de sinalização (onde existe uma placa caída ), quebra mola para diminuir o excesso de velocidade, e limpeza na boca de lobo, no endereço Rua Laudelino Goncalves N 165 B, no Jardim Casagrande III, próximo a Sorveteria Pinguim.</t>
   </si>
   <si>
     <t>10246</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Alex Fonseca, Levi Shuindt</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10246/indicacao_40.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10246/indicacao_40.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a necessidade de colocar mais 4 quebras molas na Av. Maranhão nos dois sentidos: 1) próximo ao Chocolates Bar; 2) na baixada perto do número 1475; 3) perto da Vila Operária, e 4) na quadra de baixo do Colégio Mater.</t>
   </si>
   <si>
     <t>10253</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10253/indicacao_7_quebra_mola_av._osvaldo_cruz_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10253/indicacao_7_quebra_mola_av._osvaldo_cruz_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de colocar um quebra mola na Av. Osvaldo Cruz, próximo ao número 725, sentido ao Sesc (subindo), pois carros e caminhões trafegam em alta velocidade nesse local.</t>
   </si>
   <si>
     <t>10254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10254/indicacao_05_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10254/indicacao_05_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do_x000D_
 Departamento Competente, providencie manutenção na pintura, parte hidráulica e_x000D_
 fechaduras de portas e janelas na Capela Mortuária no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10255</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10255/indicacao06_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10255/indicacao06_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie manutenção em um declive na Rua Corumbataí,_x000D_
 ao lado da casa número 62, no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10256/indicacao_07_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10256/indicacao_07_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie uma Lombada em frente a loja Novidade Tem de Tudo número 3109 na Rua Maranhão.</t>
   </si>
   <si>
     <t>10257</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10257/indicacao_08_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10257/indicacao_08_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do_x000D_
 Departamento Competente, providencie a limpeza de dois bueiros na rua Santa Catarina_x000D_
 próximo a Relojoaria Rubi e Escritório do Dante número 75.</t>
   </si>
   <si>
     <t>10258</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10258/indicacao_8_ubs_vila_rural_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10258/indicacao_8_ubs_vila_rural_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade em fazer a ampliação da UBS da Vila Rural, para melhorias de atendimento.</t>
   </si>
   <si>
     <t>10259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10259/indicacao_9_salao_comunitario_vr_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10259/indicacao_9_salao_comunitario_vr_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade em , ampliar o Salão Comunitário da Vila Rural.</t>
   </si>
   <si>
     <t>10260</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10260/indicacao_1_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10260/indicacao_1_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, a possibilidade de implantação de um sistema de monitoramento através de câmeras de segurança, na área central de nossa cidade, coibindo assim furtos e vandalismo com patrimônio público.</t>
   </si>
   <si>
     <t>10261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10261/indicacao_2_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10261/indicacao_2_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a substituição da ponte de madeira por uma de concreto sobre o rio pindauvinha, próximo a igreja da comunidade do Pindauvinha.</t>
   </si>
   <si>
     <t>10262</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10262/indicacao_3_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10262/indicacao_3_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie um local para implantação do projeto "Meu campinho" no Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>10263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10263/indicacao_4_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10263/indicacao_4_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie colocação de pedra irregular na estrada que liga o Jardim Iporã, até a estrada do Santa Barbara, atrás da vila Residencial de Furnas.</t>
   </si>
   <si>
     <t>10264</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10264/indicacao_5_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10264/indicacao_5_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a continuação das pedras irregulares no final da rua Bulha, na Vila Monte Castelo, até a comunidade dos Bairro dos Cunha.</t>
   </si>
   <si>
     <t>10265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10265/praca_yvens_gueguem_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10265/praca_yvens_gueguem_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie uma faixa elevada, na praça Yvens Gueguem, sendo enfrente a Churrascaria Zílio e a praça da Igreja Bom Jesus.</t>
   </si>
   <si>
     <t>10266</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10266/indicacao_rua_anhanguera_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10266/indicacao_rua_anhanguera_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a implantação de um redutor de velocidades (quebra-molas) na Rua Anhanguera, em frente ao nº 515 (proximidade da creche Nossa Senhora Aparecida), no Jardim Belo Horizonte, devido ao alto fluxo de transito e circulação de pedestres.</t>
   </si>
   <si>
     <t>10267</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10267/indicacao-_rua_joanino_bevilaqua_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10267/indicacao-_rua_joanino_bevilaqua_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a implantação de um redutor de velocidades (quebra-molas) na Rua Joanino Bevilaqua, em frente ao nº 95, no Jardim Nova Porã</t>
   </si>
   <si>
     <t>10268</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10268/indicacao_01_-_pedra_irregular_ruas_internas_vila_rural_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10268/indicacao_01_-_pedra_irregular_ruas_internas_vila_rural_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pavimentação poliédrica (pedra irregular) nas ruas internas da Vila Rural, sendo um total de, aproximadamente, 1.500 metros de pavimentação.</t>
   </si>
   <si>
     <t>10269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10269/indicacao_rua_kalore-marialva_e_assai_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10269/indicacao_rua_kalore-marialva_e_assai_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a pavimentação de pedras irregulares na Rua Kaloré, e realize o complemento de alguns trechos nas Ruas Marialva e Assaí, no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10270/indicacao_58.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10270/indicacao_58.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pavimentação poliédrica (pedra irregular) na rua principal da Comunidade do Sabugueiro, bem como, no Pátio da Igreja.</t>
   </si>
   <si>
     <t>10271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10271/indicacao_01_-_redutor_de_velocidade_elevado_escola_ivaipora_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10271/indicacao_01_-_redutor_de_velocidade_elevado_escola_ivaipora_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de um redutor de velocidade elevado na Rua Rio Grande do Norte, em frente ao portão de saída dos alunos da Escola Municipal Ivaiporã.</t>
   </si>
   <si>
     <t>10272</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10272/indicacao_nc2b010_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10272/indicacao_nc2b010_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja construído um CEMEI no antigo local do hospital municipal na vila Santa Maria.</t>
   </si>
   <si>
     <t>10273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10273/indicacao_rua_olavo_bilac-jardim_nova_mensagem_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10273/indicacao_rua_olavo_bilac-jardim_nova_mensagem_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie recape asfáltico nas Ruas Cambé, Ivaiporã e Olavo Bilac (Jacutinga), Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10282/bancos_5ej_hospital_e_maternidade_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10282/bancos_5ej_hospital_e_maternidade_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, _x000D_
 que por meio do Departamento Competente, análise a viabilidade de realizar a inclusão _x000D_
 de mais bancos de praças em frente ao Hospital e Maternidade. Av. Brasil, 1725-Centro</t>
   </si>
   <si>
     <t>10283</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10283/iluminacao2c_lago_de_furnas_assinado_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10283/iluminacao2c_lago_de_furnas_assinado_3.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, _x000D_
 que por meio do Departamento Competente, solicitamos a revisão e manutenção dos _x000D_
 refletores da Praça e Lago de Furnas, incluindo a substituição das lâmpadas queimadas, _x000D_
 rua, Maria da Fé, Lago De Furnas e Parquinho Lago de Furnas</t>
   </si>
   <si>
     <t>10284</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10284/indicacao2c_estacionamento_em_frente_renascer_e_apae._assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10284/indicacao2c_estacionamento_em_frente_renascer_e_apae._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, _x000D_
 que por meio do Departamento Competente, solicitamos a possibilidade de transformar _x000D_
 mais vagas de estacionamentos ao lado da praça em frente à APAE e do Projeto _x000D_
 Renascer. Av. Souza Naves</t>
   </si>
   <si>
     <t>10285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10285/indicacao_para_manutencao_e_reforma_do_parquimho_maria_alice_ano_albertin._assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10285/indicacao_para_manutencao_e_reforma_do_parquimho_maria_alice_ano_albertin._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, _x000D_
 que por meio do Departamento Competente, solicitamos a possibilidade de Que seja _x000D_
 realizada a manutenção e revitalização do Parquinho Maria Alice Ando Albertin.</t>
   </si>
   <si>
     <t>10286</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10286/placa_de_sinalicao2c_nre_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10286/placa_de_sinalicao2c_nre_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, _x000D_
 que por meio do Departamento Competente, solicitar a substituição da placa de trânsito _x000D_
 (sinalização de Preferencial) localizado na Av. Minas Gerais, 295 esquina com Av. _x000D_
 Brasil, Centro.</t>
   </si>
   <si>
     <t>10287</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10287/indicacao_onibus_escolar_residencial_porto_belo_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10287/indicacao_onibus_escolar_residencial_porto_belo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a viabilidade de incluir o trajeto do ônibus escolar pelo bairro Porto Belo, passando em frente a Unidade Básica de Saúde Santo Antônio, Rua Castro Alves, 80 – Residencial Porto Belo.</t>
   </si>
   <si>
     <t>10305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10305/indicacao_assinada_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10305/indicacao_assinada_4.pdf</t>
   </si>
   <si>
     <t>a, INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, analise a Instalação de três redutores de velocidades na Rua Luciano Marcelo Oliveira, próximo as Ruas Leblon, Andaraí, e Rua São Cristóvão, Situadas no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>10306</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10306/indicacao_assinada_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10306/indicacao_assinada_5.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, providencie a implantação de pedras irregulares, ou asfalto na Rua POÇOS DE CALDA entre os números 65 ao 85 próximo a o centro.</t>
   </si>
   <si>
     <t>10307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10307/indicacao_assinada_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10307/indicacao_assinada_6.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, analise a implantação de pedras irregulares, na Rua Santa Catarina localizada na Vila Santa Maria pois a mesma é uma rua muito usada por moradores liga a igreja local.</t>
   </si>
   <si>
     <t>10308</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10308/indicacao_7_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10308/indicacao_7_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, reimplante mudas de arvore, em toda a extensão na ciclovia, situada na Rua Mangueira, entre o Jardim Guanabara II e o Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10309</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10309/indicacao_72_2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10309/indicacao_72_2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação do projeto “MEU CAMPINHO” na localidade do Sabugueiro.</t>
   </si>
   <si>
     <t>10311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10311/indicacao_1_assinado_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10311/indicacao_1_assinado_3.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de um ponto de ônibus coberto na comunidade da agua do jacutinga, na rodovia Nicolau Koltun.</t>
   </si>
   <si>
     <t>10312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10312/indicacao_2_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10312/indicacao_2_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a abertura da rua Marechal Floriano próximo a Madeporta, até a Avenida Paraíba, melhorando o acesso ao centro da cidade, para quem vem da Vila João XXIII e Jardim Casa Grande.</t>
   </si>
   <si>
     <t>10313</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10313/indicacao_3_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10313/indicacao_3_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a substituição da ponte de madeira por uma de concreto, e a continuação da pedra irregular na rua Suburbana, passando pelo (Canil Toca de Assis), até a rua Tupiniquins, no Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>10314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10314/indicacao_4_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10314/indicacao_4_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, a possibilidade da Farmácia do Posto de Saúde fazer plantão nos finais de semana para atender casos urgentes da UPA.</t>
   </si>
   <si>
     <t>10315</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10315/indicacao_nc2b012_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10315/indicacao_nc2b012_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação da pavimentação poliédrica (pedra irregular) nas ruas Guaiambe e rua Progresso no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10316</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10316/indicacao_nc2b011_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10316/indicacao_nc2b011_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação da pavimentação poliédrica (pedra irregular) nas estradas que ligam a comunidade do Severiano até a Serrinha, e também na estrada São Pedro (ref. estrada Adir Sala) ligando a Rodovia Nicolau Koltun até a divisa com o município de Jardim Alegre.</t>
   </si>
   <si>
     <t>10317</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10317/indicacao_nc2b013_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10317/indicacao_nc2b013_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie melhorias e a ampliação da capela mortuária Pe. Osvaldo Campos de Almeida, localizada no distrito de Jacutinga, sendo necessário toldos na frente e lateral da capela e a construção de mais um cômodo para aconchegar as pessoas.</t>
   </si>
   <si>
     <t>10318</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10318/indicacao-corrimaos_area_central_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10318/indicacao-corrimaos_area_central_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a instalação de corrimãos nas escadas do canteiro central da Avenida Brasil, para facilitar o acesso ao pedestre que transita diariamente pelas escadas, e fornecer maior mobilidade aos idosos, e pessoas com deficiências físicas.</t>
   </si>
   <si>
     <t>10319</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10319/indicacao_81_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10319/indicacao_81_2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie recape asfáltico, e manutenção no bueiro (boca de lobo), na Rua Clevelândia, no Jardim Monte Castelo, entrada principal, esquina com a Avenida Maranhão.</t>
   </si>
   <si>
     <t>10320</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10320/indicacao_rua_cristina_luders_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10320/indicacao_rua_cristina_luders_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie recape asfáltico na Rua Cristina Luders, Vila São José, rua sem saída.</t>
   </si>
   <si>
     <t>10321</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10321/indicacao_rua_universitaria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10321/indicacao_rua_universitaria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie recape asfáltico na Rua Universitária, entre a Rua Mário Preto, no Jardim Universitário.</t>
   </si>
   <si>
     <t>10322</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10322/indicacao_84_2025_le_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10322/indicacao_84_2025_le_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie recape asfáltico na Rua Guaretá, no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10323</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10323/indicacao_nc2b014_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10323/indicacao_nc2b014_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação da pavimentação poliédrica (pedra irregular) nas ruas Nova Esperança e rua Maringá no distrito de Santa Barbara.</t>
   </si>
   <si>
     <t>10324</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10324/indicacao_11_iluminacao_comun._pindauva_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10324/indicacao_11_iluminacao_comun._pindauva_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de colocar iluminação na entrada do Pindaúva, onde se encontra um comércio e também uma igreja, e sendo uma rodovia é eminente o risco aos munícipes que ali frequentam.</t>
   </si>
   <si>
     <t>10325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10325/indicacao_12_podas_cemiterio_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10325/indicacao_12_podas_cemiterio_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de efetuar as podas das árvores no Cemitério Municipal, pois as mesmas podem cair em cima dos túmulos causando danos materiais.</t>
   </si>
   <si>
     <t>10326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10326/indicacao_13_barracoes_pq_ind._ii_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10326/indicacao_13_barracoes_pq_ind._ii_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar mais barracões no Parque Industrial II, para que mais empresários tragam suas empresas e sendo assim aumentem as oportunidades de empregos.</t>
   </si>
   <si>
     <t>10327</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10327/indicacao_01_-_contratacao_de_farmaceutico_saude_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10327/indicacao_01_-_contratacao_de_farmaceutico_saude_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Municipal de Saúde, faça a contratação de profissional Farmacêutico para que possa atender as farmácias das Unidades Básicas de Saúde do Distrito de Jacutinga, Santa Bárbara e Alto Porã paralelamente, revezando um dia em cada UBS._x000D_
 Evitando assim que, as pessoas/pacientes se desloquem até o Posto Central para buscar medicamentos, como insulina, por exemplo.</t>
   </si>
   <si>
     <t>10328</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10328/indicacao_09_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10328/indicacao_09_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie Faixas de Pedestres entre as Avenidas Tranquedo Neves e Paraiba em frente os números 110 – 95 – 65 .</t>
   </si>
   <si>
     <t>10329</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10329/indicacao_10_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10329/indicacao_10_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie Pedras Irregulares na estrada que liga do Pedro Gagliano até a Vila Rural encontrando a estrada que liga o Cruzeirinho.</t>
   </si>
   <si>
     <t>10330</t>
   </si>
   <si>
     <t>Careca, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10330/indicacao_11_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10330/indicacao_11_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie que seja feita a mão única na rua Sertanópolis entre o colégio Panamericano e o salão da igreja Santíssima Mãe de Deus, pois devido ao fluxo muito grande de veículos em horários de termino de aulas.</t>
   </si>
   <si>
     <t>10331</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10331/indicacao_12_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10331/indicacao_12_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie Faixas de Pedestres entre as ruas Jose Canteri e rua Santa Catarina (ref. Escritório do Dante e Relojoaria Rubi).</t>
   </si>
   <si>
     <t>10332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10332/indicacao_14_calcada_ajambuja_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10332/indicacao_14_calcada_ajambuja_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de efetuar o término das calçadas na Av. Aparício Bitencourt (ao lado da loja de Materiais de Construção Ajambuja ), pois está causando transtornos para pedestre que utilizam a mesma, (mamães com carrinhos de bebês).</t>
   </si>
   <si>
     <t>10333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10333/castracao_dos_animais_de_rua_assinado_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10333/castracao_dos_animais_de_rua_assinado_5.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a_x000D_
 possibilidade de realizar um mutirão de captura e castração de animais de rua em nosso_x000D_
 município. O crescimento descontrolado desses animais tem gerado preocupações, tanto do_x000D_
 ponto de vista da saúde pública, devido à transmissão de doenças, quanto do bem-estar animal,_x000D_
 pois muitos desses animais sofrem com fome, doenças e maus-tratos.</t>
   </si>
   <si>
     <t>10334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10334/ind._limpeza_de_mato_2c_rua_placido_miranda__28_proximo_ponte_rio_pindaucinha_29_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10334/ind._limpeza_de_mato_2c_rua_placido_miranda__28_proximo_ponte_rio_pindaucinha_29_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal,_x000D_
 que por meio do Departamento Competente, análise a viabilidade de solicitar a limpeza_x000D_
 da vegetação da rua Plácido Miranda, próximo a ponte do Rio Pindauvinha.</t>
   </si>
   <si>
     <t>10335</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10335/ind._quebra_mola_28_aabb29_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10335/ind._quebra_mola_28_aabb29_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal,_x000D_
 que por meio do Departamento Competente, análise a viabilidade de incluir a_x000D_
 implantação de três redutores de velocidade, sendo um na rua Tamandaré (jd Aeroporto)_x000D_
 outro na rua Lea Valviverde Pirolo (jd Belo Horizonte) e outro na rua tesoureiro (jardim_x000D_
 Nova Porã).</t>
   </si>
   <si>
     <t>10336</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10336/rua_bem_te_vi_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10336/rua_bem_te_vi_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
 Competente, analise a possibilidade de realizar a pavimentação asfáltica na rua Bem ti vi, no_x000D_
 Jardim Nova Porã</t>
   </si>
   <si>
     <t>10337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10337/indicacao_99_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10337/indicacao_99_2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil que por meio do Departamento Competente, que analise implantação do Projeto ”Meu campinho” no terreno da prefeitura nas proximidades do rio no Jardim Itaipu.</t>
   </si>
   <si>
     <t>10338</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10338/limpeza_de_terrenos_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10338/limpeza_de_terrenos_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento competente fiscalize, e exija dos proprietários do Jardins Bella Casa, Universitário e América, a limpeza dos lotes, em alguns lotes o mato tem tomado conta, e essa situação favorece a proliferação de animais peçonhentos e também do mosquito da dengue.</t>
   </si>
   <si>
     <t>10341</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10341/indicacao_16_recape_da_marginal_lateral_sup._parana_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10341/indicacao_16_recape_da_marginal_lateral_sup._parana_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de recapear a via Marginal lateral a Av. Ladislao Gil Fernandes (frente ao Supermercado Paraná e Escola de Inglês) e analisar a viabilidade de se estender a marginal até o trevo.</t>
   </si>
   <si>
     <t>10342</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10342/indicacao_nc2b015_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10342/indicacao_nc2b015_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie uma grade de proteção no parquinho da praça da igreja Nossa Senhora de Guadalupe, que fica localizada na rua Carlos Gomes n°30 no bairro Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10345</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10345/indicacao_5_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10345/indicacao_5_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a sinalização viária e demarcação no cruzamento da avenida Maranhão com rua Apinagés, decida de furnas.</t>
   </si>
   <si>
     <t>10349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10349/indicacao_17_red._vel._cartorio_d._odiles_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10349/indicacao_17_red._vel._cartorio_d._odiles_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de colocar um redutor de velocidade na Rua Rio Grande do Sul esquina com Rua Mato Grosso, devido aos veículos que sobem para o centro da cidade, passarem em auto velocidade, gerando riscos para as crianças que saem da Colégio Objetivo.</t>
   </si>
   <si>
     <t>10350</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10350/indicacao_01_-_pavimentacao_cbuq_gerson_rios_alecrim_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10350/indicacao_01_-_pavimentacao_cbuq_gerson_rios_alecrim_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a pavimentação em CBUQ de 24.300 M² no trecho Gerson Rios – Alecrim.</t>
   </si>
   <si>
     <t>10352</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10352/indicacao_1_assinado_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10352/indicacao_1_assinado_4.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie o asfalto na Marginal do parque Industrial até o Campus do IFPR.</t>
   </si>
   <si>
     <t>10353</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10353/indicacao_2_assinado_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10353/indicacao_2_assinado_3.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a colocação de pedra irregular na estrada que liga até Cemitério do Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10354</t>
   </si>
   <si>
     <t>Fio Bertotti, Levi Shuindt</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10354/indicacao_3_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10354/indicacao_3_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a construção de uma UBS, no Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>10355</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Fio Bertotti, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10355/indicacao_4_assinado_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10355/indicacao_4_assinado_3.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a colocação de pedra irregular na estrada que liga a comunidade do pindauvinha, até o distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10356</t>
   </si>
   <si>
-    <t>110</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10356/indicacao_8_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10356/indicacao_8_assinado_1.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por_x000D_
 meio do Departamento Competente. Providencie a reforma do campo de futebol da_x000D_
 VILA SANTA MARIA e a, instalação de um alambrado em volta do campo, localizado_x000D_
 na RUA Brasil.</t>
   </si>
   <si>
     <t>10357</t>
   </si>
   <si>
-    <t>111</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10357/indicacao_nc2b016_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10357/indicacao_nc2b016_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie ponto de ônibus no Jardim Residencial (Pombal) na chegada do distrito de Jacutinga, e também um ponto no Severiano e Pindauva, para melhor acesso a população.</t>
   </si>
   <si>
     <t>10358</t>
   </si>
   <si>
-    <t>112</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10358/indicacao_nc2b017_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10358/indicacao_nc2b017_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie uma lombada na av. Maranhão esquina com a rua Andirá próximo ao número 3950. E também providencie faixas de estacionamento na rua Ceara n°3795 (ref. deposito Rigueto) e rua Travessa Senador Arthur dos Santos próximo ao n°34 (ref. Paroquia Espirito Santo).</t>
   </si>
   <si>
     <t>10359</t>
   </si>
   <si>
-    <t>113</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10359/modelo_indicacao_10_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10359/modelo_indicacao_10_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por_x000D_
 meio do Departamento Competente, possa analisar se possível for instalação de um_x000D_
 redutor de velocidade [quebra mola ],na Rua Mangueira nas proximidades do número_x000D_
 460 situada no Jardim GuanabaraII, pois os motoristas andam acima da velocidade_x000D_
 permitida no local por medida de segurança para a população e moradores do local.</t>
   </si>
   <si>
     <t>10360</t>
   </si>
   <si>
-    <t>114</t>
-[...1 lines deleted...]
-  <si>
     <t>Ailton Stipp, Levi Shuindt, Rodrigo Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10360/indicacao114_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10360/indicacao114_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por_x000D_
 meio do Departamento Competente, a execução de pedra irregular na Rua Luiz Fabo_x000D_
 entre Rua Pires até Rua Jose Maximiliano Prado no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10361</t>
   </si>
   <si>
-    <t>115</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10361/indicacao_9_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10361/indicacao_9_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por_x000D_
 meio do Departamento Competente, que providencie massa asfáltica, encima das pedras_x000D_
 irregulares na Rua FAGA situada no JARDIN SANTO ANTONIO antiga COLONIA_x000D_
 DA PREFEITURA.</t>
   </si>
   <si>
     <t>10365</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10365/indicacao_18_tampa_boca_de_lobo_r._aparicio_b._assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10365/indicacao_18_tampa_boca_de_lobo_r._aparicio_b._assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de efetuar a troca das tampas das bocas de lobos na Av. Aparício Bitencourt frente ao N 1005,Jardim Ouro Preto, pois as mesmas estão quebradas e podem causar danos maiores.</t>
   </si>
   <si>
     <t>10389</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10389/indicacao_20_limpeza_ruas_beira_rio_sta_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10389/indicacao_20_limpeza_ruas_beira_rio_sta_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de efetuar a limpeza na continuação da Rua Brasil, com Rua Romário Martins, Vila Santa Maria.</t>
   </si>
   <si>
     <t>10390</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10390/indicacao_21_limpeza_rua_marechal_floriano_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10390/indicacao_21_limpeza_rua_marechal_floriano_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de efetuar a limpeza na Rua Marechal Floriano Peixoto, Jardim Luiz XV</t>
   </si>
   <si>
     <t>10391</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10391/avenida_maranhao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10391/avenida_maranhao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie com urgência um quebra mola na avenida maranhão em frente ao número 2960, os carros estão passando em alta velocidade onde pode causar acidente (a pedido dos moradores)</t>
   </si>
   <si>
     <t>10392</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10392/indicacao_01_-_pedra_irregular_do_alto_pora_ate_o_plachum_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10392/indicacao_01_-_pedra_irregular_do_alto_pora_ate_o_plachum_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pavimentação poliédrica (pedra irregular) no trecho que liga o Distrito do Alto Porã, passando pelo Ponto Alto e indo até o Plachum.</t>
   </si>
   <si>
     <t>10393</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10393/modelo_indicacao18_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10393/modelo_indicacao18_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, para que venha providenciar a implantação de _x000D_
 pedras irregulares na Rua Beira Rio localizada no Jardim Luiz XV próximo ao antigo _x000D_
 barracão da Madeporta, e a limpeza da mesma pois está tomada pelo mato</t>
   </si>
   <si>
     <t>10394</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Levi Shuindt, Rodrigo Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10394/rolo_compactador_luis_fabo_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10394/rolo_compactador_luis_fabo_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a viabilidade de passar o rolo compactador para melhorar as condições de trafegabilidade do cascalho sobre a rua Luis Fabo, chegando no conjunto João de barro.</t>
   </si>
   <si>
     <t>10395</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Levi Shuindt, Nando Dorta, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10395/indicacao_rua_umuarana_pindauvinha_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10395/indicacao_rua_umuarana_pindauvinha_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a manutenção da estrada, e limpeza das caixas d´água, que liga a Rua Umuarama até a ponte da captação de água da Sanepar, estrada conhecida como Caixa d´água, importante via rural que liga ao Pindauvinha</t>
   </si>
   <si>
     <t>10396</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10396/indicacao_rua_valentim_talarico_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10396/indicacao_rua_valentim_talarico_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a instalação de placas de sinalização nos cruzamentos da Rua Valentim Talarico, com as ruas Jose Bonifácio, Dom Pedro II, e Duque de Caxias, no Jardim Imperial.</t>
   </si>
   <si>
     <t>10397</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10397/indicacao_rua_para_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10397/indicacao_rua_para_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a implantação de um redutor de velocidades na Rua Pará, em frente ao nº 995, devido ao alto fluxo de veículos que transitam no local, próximo ao lar Santo Antonio</t>
   </si>
   <si>
     <t>10398</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10398/indicacao126_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10398/indicacao126_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a troca da Grama instalação de Alambrado Vestiários e arquibancadas no Campo de futebol no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10399</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10399/indicacao_nc2b018_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10399/indicacao_nc2b018_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie uma horta comunitária para os distritos de Jacutinga, Santa Barbara e Alto Porã.</t>
   </si>
   <si>
     <t>10400</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10400/indicacao_para_manutencao_e_reforma_do_parquimho_jadim_botanico-1_assinado02.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10400/indicacao_para_manutencao_e_reforma_do_parquimho_jadim_botanico-1_assinado02.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, solicitamos a possibilidade de que seja realizada a manutenção e colagem das placas EVA de borrachas antiderrapante e bem como proteção de queda infantil, do parquinho Jardim Botânico (lago).</t>
   </si>
   <si>
     <t>10401</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10401/modelo_indicacao13_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10401/modelo_indicacao13_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, que retome a construção do campo de futebol suíço _x000D_
 ao lado do Cmei Odete Brasil no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10402</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10402/modelo_indicacao15_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10402/modelo_indicacao15_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, implantação de pedras irregular no final da Rua _x000D_
 Realeza com Rua Bulha no Jardim Alvorada</t>
   </si>
   <si>
     <t>10403</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10403/indicacao_15_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10403/indicacao_15_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie  uma lombada em frente a Lancheria e Pizzaria na Avenida Brasil no número 1460.</t>
   </si>
   <si>
     <t>10404</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10404/redutor_de_velocidade_luis_fabo__283_29_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10404/redutor_de_velocidade_luis_fabo__283_29_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a implantação de dois redutores de velocidades, sendo um na rua Luis Fabo (colônia da prefeitura) e outro na Avenida Itália.</t>
   </si>
   <si>
     <t>10405</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10405/pavimentacao_rua_colibri_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10405/pavimentacao_rua_colibri_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a viabilidade de realizar a pavimentação asfáltica no final da rua Colibri, no conjunto João de Barro. Ficou um pedaço em torno de 50.00 sem fazer pavimentação no bairro.</t>
   </si>
   <si>
     <t>10406</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10406/indicacao_01_-_aquisicao_de_drone_de_pulverizacao_e_monitoramento_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10406/indicacao_01_-_aquisicao_de_drone_de_pulverizacao_e_monitoramento_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a aquisição de Drone de Pulverização e Monitoramento para ser usado em combate ao mosquito da dengue e limpeza dos terrenos baldios.</t>
   </si>
   <si>
     <t>10407</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10407/indicacao_22_botas_e_capas_de_chuvas_serv._da_coleta_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10407/indicacao_22_botas_e_capas_de_chuvas_serv._da_coleta_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de efetuar a compra de botas de cano mais alto, e capas de chuvas mais resistentes para os servidores da coleta de lixo, para uso nos dias de chuvas intensas.</t>
   </si>
   <si>
     <t>10408</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10408/indicacao_nc2b019_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10408/indicacao_nc2b019_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie uma academia ATI (academia terceira idade) na rua Francisco Jacob Goedert próximo ao n°95, para promover socialização e qualidade de vida aos moradores.</t>
   </si>
   <si>
     <t>10409</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10409/repasse_servidores_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10409/repasse_servidores_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que analise a possibilidade de aumentar o valor do repasse da Cesta Básica aos Servidores da Prefeitura.</t>
   </si>
   <si>
     <t>10428</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10428/indicacao_01_-_redutor_de_velocidade_elevado_rua_bulha_vila_sao_jose_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10428/indicacao_01_-_redutor_de_velocidade_elevado_rua_bulha_vila_sao_jose_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de um redutor de velocidade na Rua Bulha - Vila São José, na altura do número residencial 07.</t>
   </si>
   <si>
     <t>10429</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10429/indicacao_1_assinado_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10429/indicacao_1_assinado_5.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie calçada de passeio na Rua Marginal, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10430</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10430/indicacao_01_-_redutor_de_velocidade_elevado_rua_sao_matheus_monte_castelo_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10430/indicacao_01_-_redutor_de_velocidade_elevado_rua_sao_matheus_monte_castelo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de um redutor de velocidade na Rua São Matheus - Vila Monte Castelo, na altura do número residencial 85.</t>
   </si>
   <si>
     <t>10431</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10431/indicacao_2_assinado_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10431/indicacao_2_assinado_4.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie substituição da ponte de madeira por uma de concreto sobre o rio na comunidade do Cruzeirinho, no Ouro verde, próximo ao sitio dos Irmãos Peterson e Emerson, estrada com grande tráfego de maquinários agrícolas pesado.</t>
   </si>
   <si>
     <t>10432</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Fio Bertotti, Careca</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10432/indicacao_142.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10432/indicacao_142.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a construção de uma Praça com Playground no bairro do Jardim Iporã.</t>
   </si>
   <si>
     <t>10433</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10433/indicacao_4_assinado_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10433/indicacao_4_assinado_4.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a colocação de um ponto de ônibus coberto na Rodovia Celso Fumio Makita, próximo a Disfranco.</t>
   </si>
   <si>
     <t>10434</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10434/indicacao_01_-_pedra_irregular_cemiterio_alto_pora2c_ponto_alto_ate_prachum_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10434/indicacao_01_-_pedra_irregular_cemiterio_alto_pora2c_ponto_alto_ate_prachum_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pavimentação poliédrica (pedra irregular) que liga os trechos do Cemitério do Alto Porã, passando pelo Ponto Alto e finalizando no Prachum.</t>
   </si>
   <si>
     <t>10435</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10435/indicacao_assinada_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10435/indicacao_assinada_19.pdf</t>
   </si>
   <si>
     <t>ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, se possível for a manutenção dos bueiros [boca de _x000D_
 lobo]como colocação de grades e tampas nas seguintes Ruas Barão de Antonina e na _x000D_
 Rua Onofre Daru dos Santos Jardim Luiz XV, próximo ao antigo baração da madeporta.</t>
   </si>
   <si>
     <t>10436</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10436/indicacao_20_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10436/indicacao_20_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, a colocação de massa asfáltica sobre as pedras irregulares   nas seguintes Ruas do Jardim Luiz XV próximo a Madeporta, Rua Travessa Vicente de Machado Rua Barrão de Antonina, Rua Marechal Floriano Peixoto, Rua Onofre Daru dos Santos.</t>
   </si>
   <si>
     <t>10437</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10437/indicacao_01_-_cbuq_do_alto_pora_ate_cemiterio_do_alto_pora_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10437/indicacao_01_-_cbuq_do_alto_pora_ate_cemiterio_do_alto_pora_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a pavimentação em CBUQ do Distrito do Alto Porã até o Cemitério do Alto Porã.</t>
   </si>
   <si>
     <t>10438</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10438/indicacao_23_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10438/indicacao_23_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por  meio do Departamento Competente, se possível for a implantação de uma [ A T I ] _x000D_
 academia da terceira idade e um parque infantil, na antiga associação de moradores do  conjunto Joao de Barro localizado na Rua Luiz Fabo esquina com a Rua Ascanio Mendonca, no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10439</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10439/indicacao_149.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10439/indicacao_149.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, realizar a colocação de massa massa asfáltica por cima das pedras irregulares das Ruas Copacabana, Rua Santa Mariana , Rua Ipanema , Rua Madureira situadas no Jardim  Guanabara I.</t>
   </si>
   <si>
     <t>10440</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10440/indicacao_nc2b020_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10440/indicacao_nc2b020_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a viabilidade de uma arquibancada ecológica no campo de futebol suíço, no distrito de Jacutinga e uma torneira com água.</t>
   </si>
   <si>
     <t>10441</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Careca, Fio Bertotti, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10441/indicacao_151.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10441/indicacao_151.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie um redutor de velocidade na rua Manoel Ribas antes da capela Aliança, e também uma lombada elevada em frente ao portão principal do cemitério municipal para maior segurança dos pedestres. A pedido dos moradores providencie redutores de velocidade na rua ceara próximo ao n°2850 e n°65.</t>
   </si>
   <si>
     <t>10442</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10442/indicacao_12_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10442/indicacao_12_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, possa realizar o conserto, das grades dos bueiros _x000D_
 [boca de lobo] na Rua Jose de Alencar no número 4 em frente o Nicos Bar até o número _x000D_
 150 Jardim Aeroporto</t>
   </si>
   <si>
     <t>10443</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10443/indicacao_24_placa_solar_ceju_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10443/indicacao_24_placa_solar_ceju_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de colocar placa solar no Centro da Juventude, Rua Mangueira número1145, Vila Nova, para aquecimento da piscina, e podendo ampliar a distribuição para demais órgãos públicos como; Posto de saúde Antônio Raiser e Capela mortuária.</t>
   </si>
   <si>
     <t>10444</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10444/indicacao_placas_de_sinalizacao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10444/indicacao_placas_de_sinalizacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de implantação de sinalização (placas), no entroncamento das ruas Tijucas do Sul, Marcelo de Oliveira, e Rua Mangueira, no Bairro Jardim Guanabara II</t>
   </si>
   <si>
     <t>10445</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10445/indicacao_redutor_velocidade_visconde_rio_branco_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10445/indicacao_redutor_velocidade_visconde_rio_branco_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de implantação de um redutor de velocidades na Rua Visconde do Rio Branco, Jardim Luiz XVI, em frente ao número 280, proximidade da Escola Ignes de Souza Caetano</t>
   </si>
   <si>
     <t>10446</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Sérgio Pindaúva, Fio Bertotti, Levi Shuindt</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10446/indicacao_156.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10446/indicacao_156.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie  o Recape Asfáltico na Rua Cornélio Procópio a partir do número 359 até o número 05.</t>
   </si>
   <si>
     <t>10447</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10447/indicacao_18_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10447/indicacao_18_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie  uma Academia da Terceira idade ATI no Terreno Municipal entre os Bairros São Domingos e Jardim Belo Horizonte ao lado dos números 175 e 345 .</t>
   </si>
   <si>
     <t>10448</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10448/pavimentacao2c_rua_suburbana_28_canil_11-03-2025_282329-1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10448/pavimentacao2c_rua_suburbana_28_canil_11-03-2025_282329-1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a implantação de fazer pavimentação de pedras irregular na rua suburbana (rua do canil).</t>
   </si>
   <si>
     <t>10449</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10449/indicacao_quadra_11-03-25_282129-2_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10449/indicacao_quadra_11-03-25_282129-2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a viabilidade de construir uma quadra poliesportiva coberta, no Jardim Alvorada.</t>
   </si>
   <si>
     <t>10450</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10450/recape28_rua_jose_bonifacio_-_jardim_itapoa29_11-03-2025_282429_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10450/recape28_rua_jose_bonifacio_-_jardim_itapoa29_11-03-2025_282429_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito_x000D_
 Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente,_x000D_
 que providencie massa asfáltica, em cima das pedras irregulares na Rua José_x000D_
 Bonifácio situada no Jardim Itapoã.</t>
   </si>
   <si>
     <t>10451</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10451/indicacao_nc2b023_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10451/indicacao_nc2b023_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie faixas de pedestres nos distritos de Jacutinga e Santa Barbara, para maior segurança dos pedestres.</t>
   </si>
   <si>
     <t>10452</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10452/indicacao_nc2b024_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10452/indicacao_nc2b024_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie a implantação da pavimentação poliédrica (pedra irregular) na rua Jupia próximo ao número 995 Jardim Itaipu que dá acesso ao tratamento da Sanepar.</t>
   </si>
   <si>
     <t>10453</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10453/282529_redutor2c_rua_cafe_filho_-_casas_populares_13-03-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10453/282529_redutor2c_rua_cafe_filho_-_casas_populares_13-03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a viabilidade de incluir a implantação de um redutor de velocidade (Quebra-molas) na Av: Presidente Café Filho após rua Pitanga, (próximo, nº 208) no Jardim Espirito Santo.</t>
   </si>
   <si>
     <t>10454</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10454/indicacao_25_rua_ceu_azul_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10454/indicacao_25_rua_ceu_azul_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade fazer pedra poliédrica ou asfalto na Rua céu azul jardim alvorada,_x000D_
 pois a mesma está oferecendo risco aos moradores com crateras causadas pela chuva e_x000D_
 rede de esgoto no meio da rua. Aconteceu um acidente dias atrás e deslocou a manilha o_x000D_
 que ameaça a segura de crianças que vivem no loca</t>
   </si>
   <si>
     <t>10455</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10455/indicacao_27_sala_conseg_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10455/indicacao_27_sala_conseg_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de disponibilidade de oferecer uma sala ou espaço de propriedade do município de Ivaiporã para ser a sede do CONSEG-Conselho Municipal de Segurança de Ivaiporã, assim como disponibilizar um estagiário para ajudar nas demandas e atendimentos.</t>
   </si>
   <si>
     <t>10456</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10456/indicacao_28_cmei_jose_fiorim_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10456/indicacao_28_cmei_jose_fiorim_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito_x000D_
 Municipal, que por meio do Departamento Competente, analise a necessidade de fazer_x000D_
 manutenção e colocar ventiladores ou climatizadores no CMEI José Fiorim Rua_x000D_
 Uberlândia S/N pois existe infiltrações e as salas são muito quentes para as crianças.</t>
   </si>
   <si>
     <t>10457</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10457/282629_redutor2c_av._maranhao_-_casas_populares_13-03-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10457/282629_redutor2c_av._maranhao_-_casas_populares_13-03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a viabilidade de incluir a implantação de um redutor de velocidade (Quebra-molas) na Av: Maranhão com rua, Pitanga, (próximo, Igreja Espirito Santo) no Jardim Espirito Santo.</t>
   </si>
   <si>
     <t>10462</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10462/indicacao_19_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10462/indicacao_19_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie   Redutores de velocidade na Rua Periquito sendo um deles próximo ao número 33 no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10463</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10463/indicacao_1_assinado_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10463/indicacao_1_assinado_6.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de um semáforo no cruzamento das Avenidas Castelo branco, com a Paraná, próximo a Autoescola Marini.</t>
   </si>
   <si>
     <t>10464</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10464/indicacao_2_assinado_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10464/indicacao_2_assinado_5.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a colocação de uma faixa elevada no cruzamento da Avenida Brasil com a Rua Placídio Miranda.</t>
   </si>
   <si>
     <t>10465</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10465/27_na_abertura_e_continuacao_da_rua_brasilio_verenka_com_rua_uberandia_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10465/27_na_abertura_e_continuacao_da_rua_brasilio_verenka_com_rua_uberandia_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, solicitamos que seja analisada a viabilidade da abertura e continuidade da Rua Brasílio Verenka até a Rua Uberlândia. Essa medida visa proporcionar um acesso mais eficiente ao Centro Municipal de Educação Infantil José Fiorim, beneficiando tanto os moradores quanto os alunos. Além disso, a melhoria na infraestrutura contribuirá para facilitar o tráfego em direção ao centro da cidade.</t>
   </si>
   <si>
     <t>10466</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10466/28limpeza_com_a_patrola_-_jardim_itapua_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10466/28limpeza_com_a_patrola_-_jardim_itapua_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, solicitar a possibilidade de passar a máquina patrola para limpeza das ruas Dom Pedro I, Dom João VI e Duque de Caxias, localizadas no final do Jardim Itapuã, nas proximidades do condomínio Royal Lake.</t>
   </si>
   <si>
     <t>10467</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10467/29_redutor2c_rua_pedro_aleixo_-_casas_populares._17-03-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10467/29_redutor2c_rua_pedro_aleixo_-_casas_populares._17-03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a viabilidade de incluir a implantação de um redutor de velocidade (Quebra-molas) na rua Pedro Aleixo, (próximo, nº 56) no Jardim Espirito Santo.</t>
   </si>
   <si>
     <t>10468</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Rodrigo Cordeiro, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10468/cordeiro.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10468/cordeiro.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, realize a manutenção e revitalização da Praça e Academia da Saúde Vereador Pedro Goedert Praça situada na Avenida Maranhão, Rua Travessa Senador Artrur Santos e Avenida Ministro Aramis Athaide , no Jardim Espirito Santo.</t>
   </si>
   <si>
     <t>10469</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10469/indicacao_01_-_redutor_de_velocidade_avenida_tancredo_neves_com_rua_cuba_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10469/indicacao_01_-_redutor_de_velocidade_avenida_tancredo_neves_com_rua_cuba_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de um redutor de velocidade na Avenida Tancredo Neves próximo à esquina com a Rua Cuba.</t>
   </si>
   <si>
     <t>10470</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10470/31bueiro_final_2c_rua_castro_alves_-_jardim_itapoa_17-03-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10470/31bueiro_final_2c_rua_castro_alves_-_jardim_itapoa_17-03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, analise a viabilidade de implantação de um bueiro (boca de lobo) no final da rua Castro Alves, no Jardim Itapoã.</t>
   </si>
   <si>
     <t>10471</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10471/indicacao_nc2b025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10471/indicacao_nc2b025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie o alongamento da pista de caminhada do distrito de Jacutinga em uma extensão de mais 900 metros, a pedido dos moradores.</t>
   </si>
   <si>
     <t>10474</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10474/indicacao_maria_jose_de_jesus_e_rua_ataides_antunes_proenca2c_entre_a_rua_pedro_piscinato_e_rua_renato_chotti_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10474/indicacao_maria_jose_de_jesus_e_rua_ataides_antunes_proenca2c_entre_a_rua_pedro_piscinato_e_rua_renato_chotti_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de implantação de 4 (quatro) redutores de velocidade na Rua Marechal Deodoro da Fonseca, entre a Rua Emiliano Perneta e  Rua Mém de Sá, entre a Rua Joaquim Nabuco e rua General Osório, entre Maria José de Jesus e Rua Ataídes Antunes Proênça, entre a Rua Pedro Piscinato e Rua Renato Chotti. Esta via urbana depois de recapada, o fluxo do trânsito aumentou, devido a ligação dos Jardins Casa Grande I, II, III e IV, passando pelo Jardim Luiz XVI e Santa Maria</t>
   </si>
   <si>
     <t>10475</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10475/indicacao_pedras_irregulares_avenida_das_industrias_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10475/indicacao_pedras_irregulares_avenida_das_industrias_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de implantação de pedras irregulares na Avenida das Indústrias.</t>
   </si>
   <si>
     <t>10476</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10476/indicacao_rua_mandaguari_e_jacarezinho_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10476/indicacao_rua_mandaguari_e_jacarezinho_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de implantação de recape asfáltico na Rua Pará, entre Mandaguari e a Rua Jacarezinho</t>
   </si>
   <si>
     <t>10477</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10477/indicacao_avenida_aparicio_e_ladislao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10477/indicacao_avenida_aparicio_e_ladislao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de implantação de recape asfáltico na rua Visconde do Rio Branco, entre a Avenida Aparício Cardoso Bitencourt, e a Avenida Ladislao Gil Fernandes,</t>
   </si>
   <si>
     <t>10478</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10478/homenagem_professora_ada_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10478/homenagem_professora_ada_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, solicitamos a possibilidade de realizar uma uma homenagem à Professora Ada Galafassi dos Santos, educadora pioneira da Escola Municipal Carlos Lacerda, no bairro Casas Populares, onde também residiu e dedicou sua vida à comunidade e sua família._x000D_
 _x000D_
 A Professora Ada foi uma educadora exemplar e referência de altruísmo. Além de ensinar, prestava serviços sociais, costurando roupas e cobertores para os necessitados. Possuía uma chácara onde cultivava alimentos para combater a fome e ajudar na saúde dos mais pobres. Ela também colaborou na construção de casas para desabrigados e ajudava na igreja, oferecendo apoio a todos._x000D_
 _x000D_
 Ada nunca buscou reconhecimento, mas sim contribuir com o bem-estar da comunidade. Faleceu no dia 20 de junho de 2023, aos 85 anos.</t>
   </si>
   <si>
     <t>10479</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10479/indicacao_29_massa_asf._jd_versalhes_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10479/indicacao_29_massa_asf._jd_versalhes_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade passar massa asfáltica nas ruas: Rua Luiz da Trindade Ferreira, Rua Vasco da Gama, Rua Henrique Tomacheski, Rua José Rabaneda, Rua Agostinho Cremasco, no Jardim Versalhess</t>
   </si>
   <si>
     <t>10481</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10481/indicacao_32_projeto_bento_viana_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10481/indicacao_32_projeto_bento_viana_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de elaborar um projeto para a ampliação da Escola Municipal Bento Viana, localizada no Jardim Nova Porã, para atender a demanda do ensino integral, a construção de no mínimo mais 2 salas, playground e espaço de informática e robótica, compra de armários para as salas, compra de carteiras e cadeiras para atender a demanda de alunos, ampliar o número de servidores para atender ao modelo de ensino integral. (inspetor de pátio, cozinheira, limpeza e secretaria)</t>
   </si>
   <si>
     <t>10482</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10482/indicacao_25_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10482/indicacao_25_assinado.pdf</t>
   </si>
   <si>
     <t>ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade de colocar placas _x000D_
 indicando proibido estacionar, e exclusivo, ônibus escolar de frente a escola municipal _x000D_
 Carlos Lacerda, pois alguns motoristas não respeita aquele espaço.</t>
   </si>
   <si>
     <t>10483</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10483/indicacao_33_esc._bento_viana_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10483/indicacao_33_esc._bento_viana_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de realizar manutenção urgente na Escola Bento Viana localizada no Jarim Nova Porã, pois está oferecendo risco para as crianças. (Calhas obstruídas, infiltrações, alagamento, forro caído, fiação exposta, ventiladores que não funcionam, fazer divisão de sala de aula, manutenção dos banheiros entupidos, torneiras dos banheiros não saem água).</t>
   </si>
   <si>
     <t>10484</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10484/indicacao_26_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10484/indicacao_26_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade, de passar massa _x000D_
 asfáltica na Rua Felicita Rother, fundos do colégio Mater</t>
   </si>
   <si>
     <t>10485</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Ailton Stipp, Fio Bertotti, Rodrigo Cordeiro, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10485/stipp_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10485/stipp_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade de que seja realizado a _x000D_
 manutenção, e a revitalização do ginásio de esporte Mourão Filho situado no conjunto _x000D_
 Mourão Filho conhecida como antigas casas populares</t>
   </si>
   <si>
     <t>10486</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10486/indicacao_35_revisao_de_valores_estagiarios_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10486/indicacao_35_revisao_de_valores_estagiarios_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de reajustar a remuneração dos estagiários contratados pela Prefeitura Municipal de Ivaiporã, visto que nossa cidade tem um dos valores mais baixos da região.</t>
   </si>
   <si>
     <t>10487</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10487/indicacao_34_revitalizacao_canteiro_jacob_goerdet_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10487/indicacao_34_revitalizacao_canteiro_jacob_goerdet_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de revitalização no canteiro central, localizado na Rua Jacob Goerdet, esquina com Av. Tancredo Neves e Rua Ceará, a reforma além de manter a praça limpa e conservada, traz mais qualidade de vida para os moradores locais.</t>
   </si>
   <si>
     <t>10488</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10488/jardim_bella_casa_universitarioamerica._assinado-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10488/jardim_bella_casa_universitarioamerica._assinado-1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente realize um estudo para implantação de redutor de velocidade na Rua Portugal, Rua das Quaresmeiras, Rua das Palmeiras no Jardim Bella casa, Rua Chile, Rua Cuba, Rua Estados Unidos, Rua Uruguai no Jardim América, e Rua Universitária no Jardim Universitário.</t>
   </si>
   <si>
     <t>10529</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10529/leviassinarjunto_alex_fonseca_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10529/leviassinarjunto_alex_fonseca_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de uma ação que traga mais segurança para o trânsito (ex: semáforo, rotatória ou outros), entre as Av. Maranhão, Rua Apucarana, Rua Piracicaba e Av. Paraná, próximo a Clinicão, para assim fluir melhor o trânsito.</t>
   </si>
   <si>
     <t>10530</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10530/283629_bica_d27_agua_-_rua_bulha_-_monte_castelo_24-03-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10530/283629_bica_d27_agua_-_rua_bulha_-_monte_castelo_24-03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a possibilidade de  que sejam tomadas providências para a limpeza, desassoreamento e revitalização da bica d’água utilizada para o abastecimento dos caminhões-pipa do município, transformando-a em um espaço adequado para lazer e prática de caminhadas pela comunidade localizado na rua bulha, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>10531</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10531/indicacao_nc2b028_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10531/indicacao_nc2b028_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise e providencie o recape asfáltico na rua São Miguel no distrito de Jacutinga, a mesma se encontra em más condições, tendo em vista que é uma rua que há um maior tráfego de caminhões, pois essa rua dá acesso ao laticínio Kollac.</t>
   </si>
   <si>
     <t>10533</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10533/indicacao_nc2b029_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10533/indicacao_nc2b029_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de que seja realizada a construção de um lago no distrito Jacutinga.</t>
   </si>
   <si>
     <t>10534</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10534/indicacao_nc2b030_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10534/indicacao_nc2b030_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de que seja instalada câmeras de segurança no distrito Jacutinga.</t>
   </si>
   <si>
     <t>10535</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10535/indicacao_27_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10535/indicacao_27_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade, de implantação de _x000D_
 pedras irregulares na Rua José Maria Faustino localizada no Jardim Pires</t>
   </si>
   <si>
     <t>10536</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10536/indicacao_28_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10536/indicacao_28_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade, de liberar a pesca no _x000D_
 Jardim Botânico e no lago de Furnas na semana santa</t>
   </si>
   <si>
     <t>10537</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10537/199_emerson_bertortotti_e_levi_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10537/199_emerson_bertortotti_e_levi_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de um redutor de velocidade (quebra mola) ou uma faixa elevada, na rua Augusto Urbanski, em frente ao Detran.</t>
   </si>
   <si>
     <t>10538</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10538/indicacao_2_assinado_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10538/indicacao_2_assinado_6.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie um local coberto para melhorar as condições dos frequentadores na praça central Sadi Marcondes, no distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10539</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10539/indicacao_3_assinado_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10539/indicacao_3_assinado_4.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie patrolamento e cascalhamento na estrada que sai atrás do IFPR, passando pelo antigo campo do cascata, até a comunidade do bairro dos cunha.</t>
   </si>
   <si>
     <t>10540</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Careca, Ilsinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10540/202_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10540/202_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de disponibilizar um novo local para a instalação da fundação Casa das Fraldas de Ivaiporã, pois a fundação se encontra em um imóvel alugado, onde o aluguel esta sobrecarregando seus orçamentos, tendo em vista que é uma fundação beneficente.</t>
   </si>
   <si>
     <t>10541</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10541/indicacao_29_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10541/indicacao_29_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade, de recape asfáltico na _x000D_
 Rua Sergipe, situada na vila São Jorge.</t>
   </si>
   <si>
     <t>10542</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10542/indicacao_38_camera_vig._trevos_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10542/indicacao_38_camera_vig._trevos_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de instalar câmeras de vigilância nas entradas da cidade (trevos), os quais são eles: Trevo Estrada do Ouro Verde, Trevo Rodovia Celso Fumio Makita, Trevo Rodovia Ladislao Gil fernandez.</t>
   </si>
   <si>
     <t>10543</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Alex Fonseca, Fio Bertotti, Ilsinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10543/indicacao_40_centro_de_coleta_de_sangue_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10543/indicacao_40_centro_de_coleta_de_sangue_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de construir um centro de coleta de sangue, para ajudar os hospitais com a reposição imediata do sangue usado nos atendimentos.</t>
   </si>
   <si>
     <t>10544</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10544/indicacao_5_assinado_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10544/indicacao_5_assinado_3.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie patrolamento, cascalhamento e limpeza das caixas d´agua, na estrada vicinal, começando nos cinco encrusos, até o frigorífico Frigocenter.</t>
   </si>
   <si>
     <t>10551</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10551/283729_manutecao_do_bueiro_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10551/283729_manutecao_do_bueiro_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a possibilidade de fazer a manutenção do bueiro na rua bulha esquina rua Brasília na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>10552</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10552/contratacaoserralheiro_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10552/contratacaoserralheiro_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, a contratação de um serralheiro para trabalhar na prefeitura confeccionando grades para boca de lobo e a realização de pequenos reparos nas estruturas metálicas existentes no município, como grades, portões e outras instalações de metal.</t>
   </si>
   <si>
     <t>10553</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>Ailton Stipp, Rodrigo Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10553/209_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10553/209_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, solicitamos a possibilidade, de fazer recape _x000D_
 asfáltico na Rua Guanabara situada no Jardim Alvorada próximo o cemitério.</t>
   </si>
   <si>
     <t>10556</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Alex Fonseca, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10556/indicacao_41_pediatra_upa_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10556/indicacao_41_pediatra_upa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de contratar um Médico Pediatra para a UPA (unidade de pronto atendimento), para prestar atendimento as crianças de nosso município.</t>
   </si>
   <si>
     <t>10560</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10560/283829_av._castelo_bramco_03-04-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10560/283829_av._castelo_bramco_03-04-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a possibilidade de fazer o recape asfáltico no trecho atrás da igreja Bom Jesus  (enfrente  ao número 1204) na av: Castelo Branco. E também a manutenção e reparo de dois bueiros ambos localizado enfrente a Funerária Bom Jesus na av: Castelo Branco-Centro.</t>
   </si>
   <si>
     <t>10561</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10561/indicacao_23_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10561/indicacao_23_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação de faixas de pedestres em frente a secretária municipal de educação na Avenida Aparício Cardoso Bitencourt  em frente os números 365 e 372 .</t>
   </si>
   <si>
     <t>10562</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Fio Bertotti, Careca, Levi Shuindt, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10562/indicacao_no_213.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10562/indicacao_no_213.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a colocação de pedra irregular na estrada da capitação de água, próximo ao cemitério.</t>
   </si>
   <si>
     <t>10565</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10565/indicacao_33_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10565/indicacao_33_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente, solicitamos a possibilidade, de uma quadra esportiva coberta para os treinos de patins, especialmente nas modalidades slalom a fim de fomentar práticas desportivas formais e não formais, em como promover encontros entre os grupos existentes na nossa região.</t>
   </si>
   <si>
     <t>10566</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10566/indicacao_nc2b031_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10566/indicacao_nc2b031_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie um redutor de velocidade, na Rodovia Municipal Lázaro Bueno, (Estrada do Ouro Verde) próximo à Rua Cascavel Jardim Paraná, pois os veículos estão desenvolvendo uma alta velocidade no perímetro.</t>
   </si>
   <si>
     <t>10567</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10567/indicacao_manutencao_escola_maria_diva_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10567/indicacao_manutencao_escola_maria_diva_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie a instalação de brinquedos, manutenção das calçadas e quadra esportiva, na Escola Municipal Maria Diva Ribeiro de Proença, localizada na Rua Bahia, nº 54, Vila Santa Maria, visto que a escola atende em período integral e necessita de melhorias para o bom desenvolvimento e bem-estar dos alunos.</t>
   </si>
   <si>
     <t>10568</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Ilsinho da Saúde, Careca</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10568/indicacao__no_217.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10568/indicacao__no_217.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pavimentação poliédrica (pedra irregular) no trecho final da estrada do Cruzeirinho a Santa Luzia, tendo em vista que já tem projeto para ser executado de 1.9km, interligando essa região toda de pedras irregulares.</t>
   </si>
   <si>
     <t>10569</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10569/indicacao_2_assinado_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10569/indicacao_2_assinado_7.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie reforma e manutenção, na boca de lobo da rua Alvarez de Azevedo, esquina com rua Luiz Pasteur.</t>
   </si>
   <si>
     <t>10570</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10570/indicacao_3_assinado_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10570/indicacao_3_assinado_5.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie reforma e manutenção no salão comunitário da Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>10571</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10571/283629recape_-_rua_tereza_cristina_-_jardim_luiz_xv_20-03-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10571/283629recape_-_rua_tereza_cristina_-_jardim_luiz_xv_20-03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a possibilidade de fazer a pavimentação asfáltica em cima da pedra irregular na rua Tereza Cristina. (próximo: Madre portas) no jardim Luiz xv.</t>
   </si>
   <si>
     <t>10572</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10572/283729_redutor2c_rua_martins_afonso_de_souza_-_jardim_casa_gade_17-03-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10572/283729_redutor2c_rua_martins_afonso_de_souza_-_jardim_casa_gade_17-03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a viabilidade de incluir a implantação de um redutor de velocidade (Quebra-molas) na rua Martins Afonso de Souza (próximo, área de lazer no final) no Jardim Casa Grande.</t>
   </si>
   <si>
     <t>10573</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10573/283929recape_monte_castelo_-_01-04-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10573/283929recape_monte_castelo_-_01-04-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a possibilidade realização de recapeamento asfáltico em ambos os sentidos da avenida, no trecho compreendido entre a rua Alvorada e a rua Bulha, na Avenida Maranhão, no bairro Jardim Monte Castelo.</t>
   </si>
   <si>
     <t>10574</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10574/284029_recape_populares_av_maranhao_-_09-04-2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10574/284029_recape_populares_av_maranhao_-_09-04-2025_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a possibilidade realização de recapeamento asfáltico em ambos os sentidos da avenida, no trecho compreendido entre a rua Pitanga e a rua Carlos Gomes, da Avenida Maranhão, no Bairro Casas Populares (Conjunto mourão Filho).</t>
   </si>
   <si>
     <t>10575</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10575/284129_pintar_faixa_de_pedestre_e_lombada_28bar_do_carlinhos29_-_rua_bulha_-_monte_castelo_24-03-20_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10575/284129_pintar_faixa_de_pedestre_e_lombada_28bar_do_carlinhos29_-_rua_bulha_-_monte_castelo_24-03-20_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a possibilidade de fazer a pintura da faixa de pedestre e a sinalização da lombada em frente ao bar do Carlinhos nº 1600, localizado na rua bulha, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>10576</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10576/indicacao_35_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10576/indicacao_35_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade, da contratação de um _x000D_
 profissional como um oftalmologista para fazer avaliação nas crianças que estudam nas _x000D_
 escolas da rede municipal.</t>
   </si>
   <si>
     <t>10577</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10577/34_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10577/34_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade, de colocar uma tampa _x000D_
 no bueiro [boca de lobo ] na Rua Joaquim Bonifácio no número 605, próximo ao Lagos _x000D_
 Das Flores.</t>
   </si>
   <si>
     <t>10578</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10578/indicacao_nc2b032_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10578/indicacao_nc2b032_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie um redutor de velocidade, próximo à entrada do aterro sanitário, em frente ao campo dos baianos, a pedido dos moradores. Sendo que neste local tem uma curva muito fechada onde tira a visão dos condutores, colocando em risco a saída dos moradores existente na região.</t>
   </si>
   <si>
     <t>10579</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Careca, Ilsinho da Saúde, Ailton Stipp, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10579/indicacao__no_228.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10579/indicacao__no_228.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento de Assistência Social, consigam trazer a perícia do INSS para ser realizado no Município de Ivaiporã, evitando assim o transporte da população para outras cidades. Tendo em vista que, hoje o Município de Ivaiporã conta com apenas um motorista, o qual não está sendo suficiente para atender a demanda, levando em consideração que nossa cidade está crescendo cada vez mais.</t>
   </si>
   <si>
     <t>10580</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10580/indicacao_37_esp._intantil_ubs_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10580/indicacao_37_esp._intantil_ubs_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar um espaço infantil nas UBS (playground), Unidade Básica de Saúde Jacutinga, Unidade Básica de Saúde Santa Bárbara, Unidade Básica de Saúde Vila Rural, para assim tornar a ida mais satisfeita para as crianças e seus responsáveis.</t>
   </si>
   <si>
     <t>10581</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Alex Fonseca, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10581/indicacao__no_230.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10581/indicacao__no_230.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar faixas elevadas em áreas escolares de alta circulação, garantindo a segurança de crianças e pedestres, a sinalização adequada reduz riscos de acidentes, (Escola Municipal Ignez Souza Caetano, Rua Rui Barbosa, Jardim Imperial, Escola Municipal Carlos Lacerda, Rua Ministro Athaíde Aramides, Jardim Espírito Santo, Escola Municipal Maria Diva, Rua Bahia, Vila Santa Maria).</t>
   </si>
   <si>
     <t>10582</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10582/indicacao_45_semaforos_sonoros_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10582/indicacao_45_semaforos_sonoros_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar semáforos com temporizador e acessibilidade sonora, na área central, ajudando pedestres com deficiência visual e melhorando a fluidez do trânsito, principalmente em áreas de grandes fluxos de pessoas e veículos.</t>
   </si>
   <si>
     <t>10583</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>Alex Fonseca, Ailton Stipp, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10583/indicacao_no_232.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10583/indicacao_no_232.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar um programa contínuo de prevenção nas escolas, com visitas de dentistas e técnicos de saúde bucal, orientações sobre higiene e avaliação odontológica das crianças, (Escola Municipal bento Viana, Rua Bela Vista , Vila Nova Porã, Escola Municipal Leila Diniz, Rua Tamandaré, Jardim Aeroporto, Escola Municipal Carlos Lacerda, Rua Ministro Aramides, Jardim Espírito Santo).</t>
   </si>
   <si>
     <t>10584</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10584/indicacao__no_233.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10584/indicacao__no_233.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar pontos de ônibus com cobertura, pois muitos ainda não possuem, melhorando essas estruturas oferece mais conforto, segurança e respeito aos usuários. (Mercado Leão, Av. Souza Naves, Chocolates Bar, Av. Maranhão, Vila Nova Porã, Panificadora Bella Pani, Av. Souza Naves).</t>
   </si>
   <si>
     <t>10599</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10599/indicacao_36_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10599/indicacao_36_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, possa vir colocar placas de sinalização de transito nas seguintes Ruas do Jardim Nova Porã, Rua Dirceu Antônio Correia de Melo, Rua Sebastião Guerreiro Preste Rua Olavo Bilac, Rua Gonsalves Dias ,Rua Pedro Alvares Cabral ,Rua Barão do Rio Branco, Rua Jose Carlos Emídio, Rua Vereador João Costa, Rua Casimiro de Abreu, Rua Vereador Hélio Matias.</t>
   </si>
   <si>
     <t>10600</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10600/indicacao_37_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10600/indicacao_37_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a implantação de uma sala de coleta e _x000D_
 distribuição de leite materno no posto central.</t>
   </si>
   <si>
     <t>10601</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10601/indicacao_38_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10601/indicacao_38_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade, da implantação de uma _x000D_
 ciclovia em toda a extensão da AV Maranhão e Tancredo Neves</t>
   </si>
   <si>
     <t>10602</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10602/indicacao_39_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10602/indicacao_39_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, possa construir uma mini quadra poliesportiva, nas escolas Municipais Carlos Lacerda, e Leila Diniz.</t>
   </si>
   <si>
     <t>10603</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10603/indicacao_nc2b034_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10603/indicacao_nc2b034_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie um redutor de velocidade, na rua Mauá n°25,próximo a Escola Municipal do Campo Jacutinga, no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10604</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10604/indicacao_nc2b036_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10604/indicacao_nc2b036_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie uma cobertura na UBS do distrito de Jacutinga para proteger os pacientes nos dias de maus tempo.</t>
   </si>
   <si>
     <t>10605</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10605/indicacao_nc2b037_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10605/indicacao_nc2b037_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise e providencie recape asfáltico no jardim residencial (pombal) na chegada do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10606</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10606/indicacao_nb038_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10606/indicacao_nb038_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise e providencie a pavimentação de pedras poliédricas (pedra irregular) no trecho que liga a Água do Jacutinga a Pedra Irregular do Cruzeirinho, passando pela propriedade do Cereja.</t>
   </si>
   <si>
     <t>10607</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10607/indicacao_1_assinado_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10607/indicacao_1_assinado_8.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de mais bancos na praça Lauro de Moura, no conjunto Espirito Santo.</t>
   </si>
   <si>
     <t>10608</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10608/indicacao_2_assinado_8_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10608/indicacao_2_assinado_8_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a colocação de iluminação e a construção de banheiros no cemitério do Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10609</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10609/indicacao_3_assinado_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10609/indicacao_3_assinado_6.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie revitalização da praça da igreja no Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>10610</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10610/indicacao_4_assinado_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10610/indicacao_4_assinado_6.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a revitalização do campo de futebol suíço da comunidade Vila Rural, atendendo reivindicação dos moradores.</t>
   </si>
   <si>
     <t>10612</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10612/indicacao_25_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10612/indicacao_25_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do_x000D_
 Departamento Competente, providencie a canalização de uma mina com nascente entre_x000D_
 os fundos do colégio Mater Consolatrix a mesma se localiza na rua Felicita Rotter entre_x000D_
 os números 356 – 16- 19. Abaixo da Avenida Maranhão.</t>
   </si>
   <si>
     <t>10613</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10613/indicacao_27_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10613/indicacao_27_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a contratação de mais médicos CARDIOLOGISTAS para a saúde municipal de Ivaiporã</t>
   </si>
   <si>
     <t>10614</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10614/rua_magno_felix_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10614/rua_magno_felix_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizada a limpeza da rede de esgoto, poda da vegetação nas margens da via e a realização da pavimentação asfáltica ou pedra irregular na rua Magno Felix, na Vila Santa Maria.</t>
   </si>
   <si>
     <t>10615</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10615/ginasio_alcebiades_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10615/ginasio_alcebiades_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR a Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de construir de um mezanino, (uma plataforma elevada sobre a escada de entrada principal dos jogadores na quadra de esporte do ginásio Alcebíades Alves.</t>
   </si>
   <si>
     <t>10616</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Rodrigo Cordeiro, Careca, Fio Bertotti, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10616/indicacao_250_assinado_assinado_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10616/indicacao_250_assinado_assinado_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR a Senhora Prefeita Municipal, que por meio do Departamento Competente, analise a construção de um campinho de futebol no bairro Jardim Iporã.</t>
   </si>
   <si>
     <t>10617</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10617/1_contratacao_de_um_medico_especialista_em28autismo29_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10617/1_contratacao_de_um_medico_especialista_em28autismo29_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR a Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade e a necessidade de contratação de médicos, neurologista e psiquiatra e, fonoaudiólogo, psicólogo e terapeuta ocupacional especialista em autismo. Profissionais que atendem pessoas com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>10618</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10618/placa_de_preferencia_a_rotatoria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10618/placa_de_preferencia_a_rotatoria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a implantação de placa de sinalização de preferência a rotatória no cruzamento na rotula em frente ao Centro Municipal de Educação Infantil Prof. Antônio Carlos Costa, da av. Osvaldo Cruz com av. Aparício Cardoso Bitencourt no Jardim Ouro Preto</t>
   </si>
   <si>
     <t>10619</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10619/indicacao_49_playground_parte_2_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10619/indicacao_49_playground_parte_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar um espaço infantil nas UBS (playground), Unidade Básica de Saúde Orlando Sanches, Unidade Básica de Saúde Antônio Raizer, Unidade Básica de Saúde São Luiz, para assim tornar a ida mais satisfeita para as crianças e seus responsáveis.</t>
   </si>
   <si>
     <t>10620</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10620/indicacao_50_redutores_escolares_parte_2_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10620/indicacao_50_redutores_escolares_parte_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar faixas elevadas em áreas escolares de alta circulação, garantindo a segurança de crianças e pedestres, Escola Municipal Leila Diniz, Rua Tamandaré S/N Jardim Aeroporto, Escola Municipal Ivaiporã, Rua Jaguapitã nº 255 Centro, a sinalização adequada reduz riscos de acidentes.</t>
   </si>
   <si>
     <t>10630</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10630/indicacao_51_cursos_de_whorshops_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10630/indicacao_51_cursos_de_whorshops_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade para que a prefeitura aumente a oferta de cursos e workshops técnicos gratuitos, como eletricista, administração, vendas e liderança para capacitação dos Ivaiporaenses</t>
   </si>
   <si>
     <t>10631</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10631/indicacao_1_assinado_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10631/indicacao_1_assinado_9.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie reforma com alambrados, traves e iluminação, do campo de futebol suíço da comunidade do Alto São Luiz.</t>
   </si>
   <si>
     <t>10632</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10632/indicacao_53_quebra_molas_av_maranhao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10632/indicacao_53_quebra_molas_av_maranhao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, verifique a possibilidade de instalar um redutor de velocidade na Av. Maranhão nas proximidades do número 1.300, entre as Rua Paranavaí e Rua Sertanópolis.</t>
   </si>
   <si>
     <t>10633</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10633/indicacao_54_playground_parte_3_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10633/indicacao_54_playground_parte_3_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, sejam implantados espaços infantis nas UBS (playground), Unidade_x000D_
 Básica de Saúde Victor Augusto Dardani, Unidade Básica de Saúde Santo Antônio, Unidade Básica de Saúde São Francisco.</t>
   </si>
   <si>
     <t>10634</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10634/indicacao_nc2b039_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10634/indicacao_nc2b039_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie recape asfáltico no acostamento da av. Souza Naves em frente a panificadora Bella Pani.</t>
   </si>
   <si>
     <t>10635</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10635/indicacao_nc2b040_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10635/indicacao_nc2b040_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie recape asfáltico na rua São José no distrito de_x000D_
 Jacutinga, rua do CMEI Nossa Senhora de Lourdes.</t>
   </si>
   <si>
     <t>10636</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10636/indicacao_recape_asfaltico_no_conjunto_waldomiro_bleis_guergoletti_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10636/indicacao_recape_asfaltico_no_conjunto_waldomiro_bleis_guergoletti_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie recape asfáltico no Conjunto Waldomiro Bleis Guergoletti, Jardim Nova Porã, nas Ruas, Antônio Fermino Honorato, Leopoldo Bernardy, José Cordeiro dos Santos, Ana Ferreira Soares Ruas e Ederaldo Rodrigues Zurlo.</t>
   </si>
   <si>
     <t>10637</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10637/indicacao_limpeza_campinho_conjunto_waldomiro_bleis_guergoletti2c_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10637/indicacao_limpeza_campinho_conjunto_waldomiro_bleis_guergoletti2c_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a limpeza da área destinada ao campinho do Conjunto Waldomiro Bleis Guergoletti, Jardim Nova Porã, localizado no final da Rua Ederaldo Zurlo, a pedido dos moradores da localidade.</t>
   </si>
   <si>
     <t>10638</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10638/indicacao_55_ponto_fixo_para_doacao_de_roupas_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10638/indicacao_55_ponto_fixo_para_doacao_de_roupas_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade implantar a criação de um ponto fixo para doação de roupas e alimentos em parceria com igrejas e voluntários.</t>
   </si>
   <si>
     <t>10639</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10639/passar_o_rolo_proximo_a_vila_de_furnas_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10639/passar_o_rolo_proximo_a_vila_de_furnas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, análise a viabilidade de passar o rolo compactador para melhorar as condições de trafegabilidade do cascalho sobre a rua Santo Antônio, localizada atrás da vila Residencial de furnas. Estrada de chão que liga Furnas ao Jardim Iporã.</t>
   </si>
   <si>
     <t>10640</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10640/estrada_do_bulha_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10640/estrada_do_bulha_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente solicitamos a possibilidade, de pavimentação com pedras irregulares ou cascalho na estrada da bulha F, no Rio da Bulha.</t>
   </si>
   <si>
     <t>10641</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10641/indicacao_01_-_redutor_de_velocidade_rua_piracicaba_com_sta_catarina.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10641/indicacao_01_-_redutor_de_velocidade_rua_piracicaba_com_sta_catarina.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de um redutor de velocidade na Rua Piracicaba de esquina com a Rua Santa Catarina – Centro, evitando assim o risco de mais acidentes.</t>
   </si>
   <si>
     <t>10642</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10642/indicacao_02-_semaforo_rua_joaquim_bonifacio_com_souza_naves.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10642/indicacao_02-_semaforo_rua_joaquim_bonifacio_com_souza_naves.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de um SEMÁFORO no cruzamento da Rua Joaquim Bonifácio com a Avenida Souza Naves – Centro.</t>
   </si>
   <si>
     <t>10643</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10643/indicacao_52_ampliar_canil_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10643/indicacao_52_ampliar_canil_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de fazer a ampliação e modernização do Abrigo de animais Toca de_x000D_
 Assis, situado na Rua Suburbana, S/N ,Bairro Reservado</t>
   </si>
   <si>
     <t>10644</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10644/modelo_padrao_de_indicacao_41_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10644/modelo_padrao_de_indicacao_41_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, para que providencie a construção de uma [quadra] cancha de malha no Jardim Alto Da Glória.</t>
   </si>
   <si>
     <t>10645</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10645/indicacao_47_sinalizacao_bombeiros_assinado_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10645/indicacao_47_sinalizacao_bombeiros_assinado_5.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade implantar providenciar a instalação de sinalização vertical e_x000D_
 horizontal, bem como a implantação de redutor de velocidade (lombada elevada ou_x000D_
 eletrônica) nas mediações da saída do quartel do Corpo de Bombeiros, situado na Rodovia_x000D_
 Celso Fumio Makita, nº135, Centro – Ivaiporã - PR_x000D_
 Visando garantir a segurança no tráfego de veículos de emergência, e veículos_x000D_
 particulares.</t>
   </si>
   <si>
     <t>10646</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10646/asfalto_rua_luis_da_trindade-1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10646/asfalto_rua_luis_da_trindade-1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente a análise da viabilidade de aplicar uma camada asfáltica sobre as pedras irregulares na rua Luís da Trindade Ferreira no Jardim Versalhes</t>
   </si>
   <si>
     <t>10647</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10647/pedra_irregular_proximo_a_vila_sao_pedro_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10647/pedra_irregular_proximo_a_vila_sao_pedro_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente solicitamos a possibilidade, de pavimentação com pedras irregulares ou asfalto na rua Osvaldino Chaves Da Conceição, Vila São Pedro.</t>
   </si>
   <si>
     <t>10648</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10648/rua_da_caixa_da_agua-1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10648/rua_da_caixa_da_agua-1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente seja finalizada a pavimentação com pedras irregulares, e que seja realizado o alargamento da rua da Caixa D’água da SANEPAR, estendendo-se até a ponte de captação de água da SANEPAR, no Jardim Espirito Santo.</t>
   </si>
   <si>
     <t>10656</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10656/indicacao_274.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10656/indicacao_274.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por meio do Departamento Competente providencie massa asfáltica nas Ruas, Leopoldo Bernardy_x000D_
 Ana Ferreira Da Silva Ruas, Jose Cordeiro Dos Santos, Antônio Firmino Honorato, Benedito Antunes, Carlos Alberto Portela, Siloreu Pedro Da Silva, Argentino Ferreira da Rocha, localizadas no conjunto Habitacional Waldomiro Bleis Guergoletti situado no Jardim Nova Porá.</t>
   </si>
   <si>
     <t>10657</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10657/indicacao_nc2b041_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10657/indicacao_nc2b041_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie recape asfáltico na rua Luiz Pasteur no bairro Jardim Imperial.</t>
   </si>
   <si>
     <t>10658</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Careca, Levi Shuindt, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10658/indicacao_276.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10658/indicacao_276.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie uma faixa elevada na av. Souza Naves n°1880 em frente a APAE.</t>
   </si>
   <si>
     <t>10659</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10659/indicacao_277_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10659/indicacao_277_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, verifique a possibilidade de implantação do projeto ``Meu Campinho``, no Jardim Bela Casa, próximo ao Hospital regional.</t>
   </si>
   <si>
     <t>10660</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10660/indicacao_2_assinado_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10660/indicacao_2_assinado_9.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a continuação da pedra irregular na Rua Cambé, no Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>10661</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10661/indicacao_3_assinado_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10661/indicacao_3_assinado_7.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie um ponto de ônibus coberto na estrada do Arapuã, que dá acesso a comunidade do Alto São Luiz.</t>
   </si>
   <si>
     <t>10662</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10662/indicacao_280_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10662/indicacao_280_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, verifique a possibilidade de implantação de um projeto semelhante ao Centro Da Juventude, no Distrito de Jacutinga, tendo em vista a quantidade de moradores do local.</t>
   </si>
   <si>
     <t>10663</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10663/residencial_porto_belo-1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10663/residencial_porto_belo-1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizada a manutenção e instalação de uma luminária no portal de entrada do Residencial Porto Belo, bem como, a poda da vegetação do campinho e das margens da via. _x000D_
 Solicito também a implantação de placas de sinalização de trânsito e a pintura das faixas de sinalização viária nas seguintes ruas: _x000D_
 Castro Alves, Octavio Custódio Da Fonseca, Quintino Bocaiúva, Sebastião Correia Ezidio Campos, José Bonifácio, Tiradentes, Hiltino José Ferreira, Duque de Caxias, Olívio Ribeiro de Campos, Domingos dos Santos no Residencial Porto Belo.</t>
   </si>
   <si>
     <t>10664</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10664/rua_manoel_de_nobrega_28vanessa29_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10664/rua_manoel_de_nobrega_28vanessa29_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizada a poda da vegetação no terreno da prefeitura e a manutenção da placa de sinalização na rua Manoel De Nóbrega, esquina com rua Lea Valviverde Piloro no Jardim São Domingos.</t>
   </si>
   <si>
     <t>10665</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10665/indicacao_56_playground_ubs_parte_final_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10665/indicacao_56_playground_ubs_parte_final_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar um espaço infantil  (playground), na Unidade Básica de Saúde Monte Castelo e Centro de Saúde Dr. Carlos Hawthorne.</t>
   </si>
   <si>
     <t>10667</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10667/indicacao_57_portoes_elet._ceju_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10667/indicacao_57_portoes_elet._ceju_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de providenciar a instalação de portões eletrônicos no Centro da Juventude (CEJU) situado na Rua Mangueira nº1145, no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10668</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10668/indicacao_58_lixeira_capela_vila_nova_pora_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10668/indicacao_58_lixeira_capela_vila_nova_pora_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de providenciar a instalação de uma lixeira, em frente a Capela Mortuária da Vila Nova Porã, situada na Rua beija Flor, n° 115.</t>
   </si>
   <si>
     <t>10669</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10669/indicacao_59_vagas_acessiveis_lago_jd_botanico_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10669/indicacao_59_vagas_acessiveis_lago_jd_botanico_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de providenciar a instalação de vagas de estacionamentos acessíveis para cadeirantes e idosos no entorno do lago Jardim Botânico, situado na Avenida Aparício Cardoso Bittencourt.</t>
   </si>
   <si>
     <t>10670</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10670/indicacao_cmei_santa_terezinha_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10670/indicacao_cmei_santa_terezinha_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizado melhorias, como pintura e a instalação de um parquinho no CMEI Santa Terezinha, localizada na Rua Sertaneja.</t>
   </si>
   <si>
     <t>10671</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10671/indicacao_na_rua_alvares_de_azevedo_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10671/indicacao_na_rua_alvares_de_azevedo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie recape asfáltico na Rua Álvares de Azevedo, Vila João XXIII, próximo ao Lago das Flores.</t>
   </si>
   <si>
     <t>10672</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10672/indicacao_nc2b043_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10672/indicacao_nc2b043_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie recape asfáltico na rua Pindauva, próximo a máquina de arroz Coelho no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10673</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10673/2_quadra_de_basquete_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10673/2_quadra_de_basquete_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, seja realizada a substituição da rede de nylon do aro da cesta de basquete da quadra de basquete 3x3, por rede de correntes metálicas, bem como a instalação de câmeras de monitoramento, no Lago Jardim Botânico.</t>
   </si>
   <si>
     <t>10674</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10674/computador-2_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10674/computador-2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/Secretaria competente, seja realizada a aquisição de 30  (trinta) tabletes ou computadores para uso em aulas de informática na Escola Municipal Carlos Lacerda, bem como, verificar a possibilidade para tornar as tubulações d’água de emergência contra incêndio mais discretos, de modo que não comprometa a estética do ambiente, e nem a segurança da referida escola, no Jardim Espírito Santo.</t>
   </si>
   <si>
     <t>10675</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10675/indicacao_61_iluminacao_trevos_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10675/indicacao_61_iluminacao_trevos_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de realizar ações de melhorias e ampliação da iluminação pública nos trevos de entrada da cidade, situados na Rodovia Celso Fumio Makita e Rodovia Ladislau Gil Fernandes.</t>
   </si>
   <si>
     <t>10693</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10693/redutor_._maranhao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10693/redutor_._maranhao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar,, ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria, a implementação de um redutor de velocidade ou a melhoria da sinalização no cruzamento da rua Emílio Ganzert com a Avenida Maranhão, no centro.</t>
   </si>
   <si>
     <t>10694</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10694/3_campo_de_futebol_28cobertura_arquibancada_29-1_assinado_1_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10694/3_campo_de_futebol_28cobertura_arquibancada_29-1_assinado_1_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, a instalação da cobertura das arquibancadas do campo de futebol sintético e da área de areia, oferecendo proteção eficaz contra a exposição direta ao sol, no Lago Jardim Botânico.</t>
   </si>
   <si>
     <t>10695</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10695/indicacao_nc2b045_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10695/indicacao_nc2b045_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie o recape asfáltico nas ruas Guaiambé, Progresso, Mauá,_x000D_
 Apucarana, Ivaiporã, Jardim, São Francisco e Simone, localizadas no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10696</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10696/indicacao_nc2ba_46_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10696/indicacao_nc2ba_46_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a realização _x000D_
 de um estudo de viabilidade técnica para a criação do Centro de Equoterapia no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>10697</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10697/indicacao_001_-_pavimentacao_na_rua_eleodoro_jardim_casa_grande_i_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10697/indicacao_001_-_pavimentacao_na_rua_eleodoro_jardim_casa_grande_i_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a pavimentação da Rua Eleodoro Ébano Pereira, no trecho compreendido entre o Jardim Casagrande I, passando pela estrada de chão que liga a Chácara Galpão Crioulo até a rodovia Celso Fumio Makita, assim como melhorias na iluminação.</t>
   </si>
   <si>
     <t>10698</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10698/indicacao_recape_asfaltico_eugenio_homenzuk_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10698/indicacao_recape_asfaltico_eugenio_homenzuk_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o recape asfáltico na Rua Eugênio Homenzuk, no Jardim Itaipu.</t>
   </si>
   <si>
     <t>10699</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10699/indicacao_rua_gabriel_de_lara_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10699/indicacao_rua_gabriel_de_lara_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o recape asfáltico na Rua Gabriel de Lara, no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>10700</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10700/indicacao_1_assinado_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10700/indicacao_1_assinado_11.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie melhorias, como sinalização no canteiro da Avenida Paraná, em frente a Ciamaquinas, na altura do número 1190. Relatos que vários motoristas, já tiveram o pneu cortado ao passarem próximo ao canteiro.</t>
   </si>
   <si>
     <t>10701</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10701/indicacao_2_assinado_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10701/indicacao_2_assinado_10.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie uma cerca de proteção para evitar descarte irregular de lixo na mata do Placídio, próximo a chácara Galpão Criolo, fundos do loteamento Casa Grande I.</t>
   </si>
   <si>
     <t>10702</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10702/indicacao_3_assinado_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10702/indicacao_3_assinado_8.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, a possibilidade de fazer estacionamento apenas de um lado na continuação da avenida Espanha, atrás do Estádio Dr. Manoel Fernandes Silva, em frente ao Clube 21.</t>
   </si>
   <si>
     <t>10703</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10703/indicacao52_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10703/indicacao52_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie, massa asfáltica nas seguintes Ruas, Vereador Hélio Matias, Dirceu Correia de Melo, Sebastião Guerreiro Prestes, Rua Vereador João Costa, localizado no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10704</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10704/indicacao42_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10704/indicacao42_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, verifique a possibilidade de fazer a manutenção dos bueiros que estão entupidos e alguns com a tampa quebrada nas Ruas da Vila João de Barro no Jardim Nova Porã, pois, a pedido dos moradores que nos procuraram pedindo a limpeza e colocação das pampas quebradas. _x000D_
 Abaixo estão especificadas as localidades exatas que precisam de tal manutenção: _x000D_
  Rua Ivaiporã, esquina com a Dorvalina Dias de Jesus, em frente ao N° 1.185;_x000D_
  Rua Tico Tico, em frente ao N° 5; _x000D_
  Rua Araras, próximo ao N° 9, esquina com Rua Ascânio  Mendonça, em frente ao N° 4; _x000D_
 Rua Sanhaço, em frente ao N° 6;_x000D_
  Rua Colibri, próximo ao N° 200, esquina com a Rua Pedro  Sargionete, em frente ao N° 1 e ao N° 15_x000D_
  Rua Bem-Te-Vi, esquina com a Rua Vereador Joanino _x000D_
 Bevilaqua, em frente ao N°5.</t>
   </si>
   <si>
     <t>10705</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10705/indicacao_nc2b044_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10705/indicacao_nc2b044_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie a ampliação do Centro Municipal de Educação Infantil Nossa Senhora de Lourdes de Jacutinga e também a construção de um playground.</t>
   </si>
   <si>
     <t>10706</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10706/indicacao_nc2b047_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10706/indicacao_nc2b047_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, verifique a possibilidade da construção de um playground no distrito de Santa Barbara na Rua Maringá em um terreno da prefeitura em frente à Igreja Católica.</t>
   </si>
   <si>
     <t>10707</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10707/8_pedras_28_mauricio29-1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10707/8_pedras_28_mauricio29-1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria, seja realizada a pavimentação com pedras irregulares ou cascalho para melhorar as condições de trafegabilidade dos ónibus escolares na estrada Cinco Encruzos, (estra rural CRZ).</t>
   </si>
   <si>
     <t>10708</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10708/7_boca_de_lobo_tremembes_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10708/7_boca_de_lobo_tremembes_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria, a inclusão de um bueiro (boca de lobo) na rua Tremembé na esquina com rua Emilio Gamzert, no Parque Residencial Alto Da Gloria.</t>
   </si>
   <si>
     <t>10709</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10709/9_pedras_irregulares_28_monte_castelo29_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10709/9_pedras_irregulares_28_monte_castelo29_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria, seja realizada a pavimentação com pedras irregulares ou recapeamento asfáltico para melhorar as condições de trafegabilidade dos moradores, na estrada Travessa Bulha, no Jardim Monte Castelo.</t>
   </si>
   <si>
     <t>10716</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10716/bosque_da_saude_campinho_de_futebol_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10716/bosque_da_saude_campinho_de_futebol_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise a possibilidade de implantação de uma quadra esportiva ou um campinho de futebol, na localidade do Bosque da Saúde, a pedido da comunidade, pois não existe nenhum espaço adequado para a prática esportiva</t>
   </si>
   <si>
     <t>10717</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10717/rua_mambore_jardim_alvorada_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10717/rua_mambore_jardim_alvorada_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o recape asfáltico na Rua Mamborê, Jardim Alvorada.</t>
   </si>
   <si>
     <t>10718</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10718/indicacao_nc2b048_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10718/indicacao_nc2b048_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, verifique a possibilidade da construção de um depósito no cemitério do distrito de Jacutinga para armazenar ferramentas e materiais de construção.</t>
   </si>
   <si>
     <t>10719</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10719/indicacao_62_juridico_aposentados_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10719/indicacao_62_juridico_aposentados_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de colocar a Assessoria Jurídica do Município à disposição dos aposentados e pensionistas que foram lesados por descontos indevidos em seus benefícios do INSS, com o objetivo de orienta – los e auxiliá – los na recuperação dos valores descontados de forma irregular.</t>
   </si>
   <si>
     <t>10720</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10720/indicacao_63_redutor_de_veloc._rua_palotina_jd_alv._assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10720/indicacao_63_redutor_de_veloc._rua_palotina_jd_alv._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de instalar um redutor de velocidade (quebra-molas), na Rua Palotina, Jardim Alvorada, entre as Ruas Alvorada e Toledo._x000D_
 A presente solicitação atende a pedidos de moradores do Jardim Alvorada, que relatam a alta velocidade que os veículos trafegam pela via, oferecendo riscos à segurança dos pedestres e moradores da localidade.</t>
   </si>
   <si>
     <t>10721</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10721/indicacao_64_placas_com_qr_code_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10721/indicacao_64_placas_com_qr_code_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de instalar placas com QR CODE nos bairros, com o objetivo de facilitar o envio de denúncias de problemas urbanos, como buraco nas vias, lâmpadas queimadas, acúmulos de lixos, entulhos , entre outros._x000D_
 A proposta consiste em implantações de placas fixas em pontos estratégicos dos bairros, permitindo que qualquer cidadão, ao escanear o código com o celular, seja direcionado a um canal oficial da Prefeitura Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>10723</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10723/indicacao_65_onibus_noturno_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10723/indicacao_65_onibus_noturno_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar uma linha de ônibus noturna, com itinerário planejado para atender principalmente estudantes e trabalhadores noturnos que necessitam de transporte seguro e eficiente durante o período noturno.</t>
   </si>
   <si>
     <t>10724</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10724/indicacao_1_assinado_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10724/indicacao_1_assinado_12.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie poda das arvores na Rua Jose Canteri, atrás do Banco do Brasil.</t>
   </si>
   <si>
     <t>10725</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10725/indicacao_53_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10725/indicacao_53_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, se possível for fazer a implantação de pedras irregulares no final da Rua São Cristóvão, pois a mesma parou não teve continuação se possível também fazer galeria localizada no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>10728</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10728/2025-05-29_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10728/2025-05-29_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a implantação de espaços de lazer e recreação, como parquinho infantil, Academias da Terceira Idade e quadras esportivas, para atender o Jardim Bela Casa, Jardim Universitário e Jardim América.</t>
   </si>
   <si>
     <t>10729</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10729/indicacao_2_assinado_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10729/indicacao_2_assinado_11.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a construção de um ponto de ônibus coberto no Parque Industrial, próximo ao IFPR.</t>
   </si>
   <si>
     <t>10730</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10730/indicacao_67_visitas_domiciliares_a_idosos_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10730/indicacao_67_visitas_domiciliares_a_idosos_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar um programa de visitas domiciliares regulares a idosos que residem sozinhos._x000D_
 O número de idosos que vivem sozinhos vem aumentando consideravelmente, especialmente nos bairros mais afastados e na zona rural, essa realidade os torna mais vulnerável a quedas, acidentes domésticos, crises de saúde e episódios de depressão ou abandono afetivo._x000D_
 Essa medida preventiva tem o potencial de diminuir internações hospitalares, garantir segurança básica e fortalecer o vínculo entre o poder público e população idosa.</t>
   </si>
   <si>
     <t>10731</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10731/indicacao_28_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10731/indicacao_28_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie um redutor de velocidade na Rua Rio Grande do Sul em frente ao número 770, referência Casa Agrícola Agro Sul .</t>
   </si>
   <si>
     <t>10732</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10732/indicacao_30_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10732/indicacao_30_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação de pedras irregulares no final da Rua Benedito Canedo Gomes no Bairro Bosque da Saúde.</t>
   </si>
   <si>
     <t>10733</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>Levi Shuindt, Careca, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10733/faixa_elevada_frente_ao_cemiterio_assinado_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10733/faixa_elevada_frente_ao_cemiterio_assinado_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de implantação de uma faixa elevada na Rua Foz do Iguaçu, em frente ao portão principal do Cemitério Municipal, saindo da Capela Aliança, devido ao fluxo intenso de veículos.</t>
   </si>
   <si>
     <t>10734</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10734/indicacao_29_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10734/indicacao_29_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação de pedras irregulares no prolongamento da Rua Cornélio Procópio, no quadro urbano, sendo aproximadamente 200 metros de comprimento e 6,5 de largura.</t>
   </si>
   <si>
     <t>10737</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10737/recape_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10737/recape_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria, para que providencie recape asfáltico na rua Poços de Caldas, na Vila Bandeirantes.</t>
   </si>
   <si>
     <t>10738</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10738/praca_avo_do_jardes-1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10738/praca_avo_do_jardes-1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria, solicitamos a possibilidade de realização de manutenção e revitalização da Praça e Academia de Saúde Ireno Custódio Teixeira. Aproveitamos para sugerir, ainda, a viabilidade de transformar em sentido único o tráfego da rua Pará, no trecho compreendido entre a Av. Paraná e a rua Apucarana, visando melhorar o fluxo de veículos e aumentar a segurança viária no Jardim Panamericano._x000D_
 .</t>
   </si>
   <si>
     <t>10740</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10740/7_asfalto2citapoa_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10740/7_asfalto2citapoa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria, a análise da viabilidade de aplicar uma camada asfáltica sobre as pedras irregulares das seguintes ruas, rua Duque de Caxias, Tiradentes, Quintino Bocaiuva, Ruy Barbosa, General Ozório, no Jardim Itapoã.</t>
   </si>
   <si>
     <t>10750</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10750/indicacao_329.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10750/indicacao_329.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria a análise da viabilidade de aplicar uma camada asfáltica sobre as pedras irregulares das seguintes ruas, rua Marechal Deodoro, Anhanguera, no Jardim Novo Versalhes.</t>
   </si>
   <si>
     <t>10753</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10753/indicacao_rua_ipiranga_recape_asfaltico_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10753/indicacao_rua_ipiranga_recape_asfaltico_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de recape asfáltico na Rua Ipiranga, Centro, próximo à Rua Vereador Juarez Cleve.</t>
   </si>
   <si>
     <t>10754</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10754/indicacao_331-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10754/indicacao_331-2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, providencie uma academia da Terceira Idade e um Playground no terreno da prefeitura, no Residencial Porto belo.</t>
   </si>
   <si>
     <t>10755</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10755/vaga_espinha_de_peixe_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10755/vaga_espinha_de_peixe_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, a viabilidade de execução de recape asfáltico sobre as pedras irregulares, bem como a abertura de vagas de estacionamento (tipo espinha de peixe) em frente à Mecânica Central, na rua Marginal (Rua Regina), no Parque Residencial Belo Horizonte I.</t>
   </si>
   <si>
     <t>10756</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10756/indicacao_333.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10756/indicacao_333.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente/secretaria, avaliar a viabilidade da aplicação de uma camada asfáltica sobre o calçamento de pedras irregulares na rua São João do Ivaí. Além disso, considerar a instalação de uma boca de lobo em frente ao nº 04 na Vila Nova Porã (Seção B).</t>
   </si>
   <si>
     <t>10757</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10757/indicacao_334.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10757/indicacao_334.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, a análise da viabilidade de aplicar uma camada asfáltica sobre as pedras irregulares das seguintes ruas, rua Nilo Peçanha, Ivo Merico, Marechal Floriano, Padre Anchieta, Osvaldo Flores, Princesa Isabel, no Parque Residencial Belo Horizonte I.</t>
   </si>
   <si>
     <t>10758</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10758/indicacao_335.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10758/indicacao_335.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie limpeza das manilhas, e se possível substituir por manilhas maiores, na ponte da estrada do Pindauvinha, próximo ao sitio do SR. Darío Almagro.</t>
   </si>
   <si>
     <t>10759</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10759/indicacao_336-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10759/indicacao_336-2025.pdf</t>
   </si>
   <si>
     <t>ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
 Competente. A possibilidade de passar massa asfáltica nas seguintes Ruas, Pedro_x000D_
 Alvares Cabral, José Carlos Emídio, Casimiro de Abreu, localizadas no Jardim Nova_x000D_
 Porã.</t>
   </si>
   <si>
     <t>10760</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10760/indicacao_337-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10760/indicacao_337-2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de criar o “Programa Remédio em Casa”, com o objetivo de realizar_x000D_
 a entrega domiciliar de medicamentos para idosos acamados, pessoas com deficiência ou_x000D_
 mobilidade reduzida que dependem da rede pública de saúde._x000D_
 Muitos pacientes do município enfrentam dificuldade para buscar seus medicamentos nas_x000D_
 unidades de saúde, essas limitações muitas vezes resultam em interrupções nos_x000D_
 tratamentos, agravamento no quadro clínico, e aumento da demanda por atendimentos de_x000D_
 urgência.</t>
   </si>
   <si>
     <t>10761</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10761/indicacao_68_calcadas_com_acessibilidades_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10761/indicacao_68_calcadas_com_acessibilidades_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de realizar ações efetivas para a padronização e adequação das calçadas públicas, conforme as normas de acessibilidade estabelecidas pela ABNT NBR 9050. A falta de acessibilidade urbana não é apenas uma questão estrutural, mas também social e de respeito à dignidade da pessoa humana. Investir em acessibilidade é investir em igualdade, segurança e cidadania para todos.</t>
   </si>
   <si>
     <t>10762</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10762/indicacao_339-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10762/indicacao_339-2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de viabilizar a contratação e disponibilização de profissionais_x000D_
 intérpretes de libras (Língua Brasileira de Sinais) para atuarem nas unidades de saúde do_x000D_
 município._x000D_
 A acessibilidade é um direito fundamental assegurado pela Constituição Federal e pela_x000D_
 Lei Brasileira de Inclusão da Pessoa com Deficiência (Lei nº 13.146/2015). Surdos e_x000D_
 deficientes auditivos enfrentam diversas barreiras de comunicação, especialmente em_x000D_
 atendimentos médicos e em espaços públicos institucionais</t>
   </si>
   <si>
     <t>10763</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10763/indicacao_340-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10763/indicacao_340-2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie reparo na pista de ciclismo do Lago Jardim Botânico.</t>
   </si>
   <si>
     <t>10764</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10764/indicacao_341-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10764/indicacao_341-2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de tomar providências quanto à recorrente ausência de médicos nas_x000D_
 Unidades Básicas de Saúde (UBS) do município às segundas-feiras._x000D_
 A reclamação tem sido constante por parte da população que busca atendimento nas UBS_x000D_
 no início da semana e se depara com a falta de médicos, o que causa transtornos, atrasos_x000D_
 nos atendimentos e, muitas vezes, o agravamento no estado de saúde dos pacientes._x000D_
 Ressalta-se que a segunda-feira é um dia de alta demanda nos postos._x000D_
 Diante disso, é necessário um estudo urgente para reorganizar as escalas médicas ou, se_x000D_
 for o caso, viabilizar contratações que garantam o atendimento, evitando a desassistência_x000D_
 da população e melhorando a eficiência do sistema de saúde</t>
   </si>
   <si>
     <t>10765</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10765/indicacao_342-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10765/indicacao_342-2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de instalar um redutor de velocidade (quebra-molas ou lombada) na_x000D_
 Rua Feliciano Vidal, esquina com Rua Bela Vista, no Bairro Jardim Nova Porã._x000D_
 Moradores e motoristas que transitam pela rua, relatam excesso de velocidade por parte_x000D_
 de alguns condutores, o que representa risco eminente de acidentes.</t>
   </si>
   <si>
     <t>10776</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10776/indicacao_01_-_energia_eletrica_no_cemiterio_alto_pora.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10776/indicacao_01_-_energia_eletrica_no_cemiterio_alto_pora.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a instalação de ponto de energia elétrica no Cemitério do distrito do Alto Porã, a fim de atender à necessidade de iluminação e suporte elétrico básico, especialmente em ocasiões religiosas e, também para manutenção e segurança do local.</t>
   </si>
   <si>
     <t>10777</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10777/indicacao_01_-_extensao_da_rede_eletrica_trifasica_da_copel_no_trecho_do_tres_ranchinho_ate_o_estreito.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10777/indicacao_01_-_extensao_da_rede_eletrica_trifasica_da_copel_no_trecho_do_tres_ranchinho_ate_o_estreito.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a extensão da rede elétrica trifásica da COPEL, no trecho do Três Ranchinho até o Estreito.</t>
   </si>
   <si>
     <t>10778</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10778/indicacao58_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10778/indicacao58_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, verifique a possibilidade da implantação de um playground mais uns _x000D_
 bancos de acento e a colocação de um piso de cimento e melhorias na iluminação na _x000D_
 extensão da ATI academia da terceira idade na Av; Brasil próximo a Fatec de frente a _x000D_
 Mercearia Suprilar situado no Jardim Itaipu.</t>
   </si>
   <si>
     <t>10779</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10779/indicacao_nc2b049_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10779/indicacao_nc2b049_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, verifique a possibilidade da implantação de um redutor de velocidade na Rua Simone (antiga São José) em frente ao CMEI Nossa Senhora de Lourdes, no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10780</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10780/indicacao56_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10780/indicacao56_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, providencie o recape asfáltico nas seguintes Ruas, Jaguapitã, Rua Mato _x000D_
 Grosso fundos com a Justiça do Trabalho.</t>
   </si>
   <si>
     <t>10781</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10781/indicacao_nc2b050_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10781/indicacao_nc2b050_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie melhorias na iluminação da rua Simone (antiga São José) nas proximidades do CMEI Nossa Senhora de Lourdes e no final da rua Jardim, esquina com a rua São Francisco no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10782</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10782/indicacao_rua_antonio_urbanski_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10782/indicacao_rua_antonio_urbanski_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o recape asfáltico na Rua Augusto Urbanski, entre a Avenida Brasil e a antiga Cativa, Centro..</t>
   </si>
   <si>
     <t>10783</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10783/indicacao_rua_carlos_gomes2c_jardim_belo_horizonte_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10783/indicacao_rua_carlos_gomes2c_jardim_belo_horizonte_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o recape asfáltico na Rua Carlos Gomes, Jardim Belo Horizonte, próximo ao Jardim Versalhes</t>
   </si>
   <si>
     <t>10784</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10784/quadra_cobertura_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10784/quadra_cobertura_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, a instalação de toldo de acrílico transparente para resguardar os jogadores reservas, assegurando que não haja contato direto com os torcedores e prevenindo o lançamento de objetos em direção aos atletas de na quadra esporte do ginásio Alcebíades Alves.</t>
   </si>
   <si>
     <t>10785</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10785/a_contratcao_de_um_locutor_de_esportes._assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10785/a_contratcao_de_um_locutor_de_esportes._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, a contratação de um locutor para narrar e transmitir ao vivo, as competições esportivas promovidas pela Secretaria de Esportes e Lazer. As modalidades a serem cobertas incluem futebol, futsal, vôlei, basquete, além de outras atividades esportivas, como caiaque, corridas, natação e pedaladas.</t>
   </si>
   <si>
     <t>10786</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10786/tapa_buraco2c_limpeza_de_boca_de_lobo._assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10786/tapa_buraco2c_limpeza_de_boca_de_lobo._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, que seja realizado serviço de tapa-buraco ou recapeamento asfáltico, bem como a limpeza do bueiro (boca de lobo) nas proximidades do número 60 da Rua Francisco Jacob Goedert, localizada no Centro.</t>
   </si>
   <si>
     <t>10788</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10788/indicacao_73_esgoto_rua_rio_grande_do_sul_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10788/indicacao_73_esgoto_rua_rio_grande_do_sul_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de realizar com urgência a desobstrução e manutenção do bueiro_x000D_
 (rede de esgoto), localizado no final da Rua Rio Grande do Sul, na Vila Santa Maria._x000D_
 A estrutura do bueiro (rede de esgoto) encontra-se entupida, o que tem causado acúmulo_x000D_
 de água e transbordamento, principalmente em dias de chuva. A tampa também está_x000D_
 parcialmente deslocada, o que representa risco para a população que transita pelo local._x000D_
 Tal situação prejudica a drenagem adequada da via e oferece risco a saúde pública, a_x000D_
 manutenção imediata é fundamental</t>
   </si>
   <si>
     <t>10789</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10789/indicacao_74_limpeza_rua_eugenio_homenzuk_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10789/indicacao_74_limpeza_rua_eugenio_homenzuk_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de realizar com urgência a limpeza e nivelamento da via localizada_x000D_
 na Rua Eugênio Homenzuk, nº 25, no Jardim Itaipu._x000D_
 A presente solicitação justifica-se em razão do acúmulo de lama e barro que se formou_x000D_
 em frente as residências, conforme demonstrado na imagem em anexo, dificultando o_x000D_
 acesso de moradores em suas residências._x000D_
 A medida visa garantir melhores condições de tráfego, acessibilidade e higiene urbana_x000D_
 aos munícipes daquela localidade.</t>
   </si>
   <si>
     <t>10790</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10790/indicacao_75_ecopontos_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10790/indicacao_75_ecopontos_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de possibilidade de Implantar Ecopontos nos bairros da cidade._x000D_
 A presente indicação visa oferecer à população locais adequados para o descarte de_x000D_
 entulhos, móveis inservíveis, resíduos eletrônicos, recicláveis e outros materiais que_x000D_
 geralmente são descartados de forma irregular em terrenos baldios e vias públicas._x000D_
 Além de contribuir significativamente com o meio ambiente, a implantação dos_x000D_
 Ecopontos trará melhorias á saúde pública, evitando proliferação de vetores de doenças e_x000D_
 promovendo a conscientização ambiental.</t>
   </si>
   <si>
     <t>10791</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10791/indicacao_nc2b051_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10791/indicacao_nc2b051_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie o serviço de tapa buracos na Rod. Nicolau Koltun, a rodovia se encontra com vários pontos críticos, trazendo risco de acidentes.</t>
   </si>
   <si>
     <t>10792</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10792/283129homenagem_oscae_spigolon_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10792/283129homenagem_oscae_spigolon_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretária competente, que ao término da construção da Unidade Básica de Saúde, localizada no Jardim Casa Branca, no Município de Ivaiporã, receba o nome de Oscar Spigolon, em homenagem a um dos maiores pioneiros da área da saúde em nossa cidade, conforme justificativa anexa.</t>
   </si>
   <si>
     <t>10793</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10793/indicacao57_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10793/indicacao57_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, providencie a implantação de um playground, e uns bancos, na ATI _x000D_
 academia da terceira idade para melhoria dos moradores localizada na AV; Maranhão, _x000D_
 esquina com a Rua Ipanema situada no Jardim Guanabara I.</t>
   </si>
   <si>
     <t>10794</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10794/indicacao_76_revitalizacao_canteiro_central_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10794/indicacao_76_revitalizacao_canteiro_central_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de realizar a revitalização e manutenção do canteiro central da_x000D_
 Avenida Aparício Cardoso Bitencourt, na esquina com Avenida Paraná, nas proximidades_x000D_
 da Feira Aquarela._x000D_
 Tal solicitação visa atender ás reivindicações de munícipes que utilizam com frequência_x000D_
 a referida via e relatam o estado de abandono do canteiro central.</t>
   </si>
   <si>
     <t>10795</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10795/indicacao_1_assinado_14.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10795/indicacao_1_assinado_14.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie limpeza do bueiro (boca de lobo) na Rua Joaquim Bonifácio, esquina com a Rua Ceará.</t>
   </si>
   <si>
     <t>10796</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10796/indicacao_77_r._turunas_jd_alto_da_gloria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10796/indicacao_77_r._turunas_jd_alto_da_gloria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de obras de drenagem e pavimentação na Rua Turunas no Jardim Alto da Glória, conforme registrado no protocolo nº 339/2025. _x000D_
 A referida via sofre com o acúmulo de água das chuvas, ocasionando alagamentos, acúmulo de lama e riscos a integridade de pedestres e veículos._x000D_
 Tal situação tem gerado transtornos significativos aos moradores.</t>
   </si>
   <si>
     <t>10797</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10797/indicacao_60_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10797/indicacao_60_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL por meio _x000D_
 do Departamento Competente, providencie a continuação da pavimentação com pedras _x000D_
 poliédrica (pedra irregular) na Rua Madureira situada no Jardim Guanabara I, antiga _x000D_
 estrada da usina velha.</t>
   </si>
   <si>
     <t>10798</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10798/indicacao59_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10798/indicacao59_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, se possível for a criação de um campinho de areia na praça Ozorio Alves _x000D_
 De Andrade, pois tem um bom espaço sobrando, seria para a pratica de esporte para os _x000D_
 jovens daquela localidade no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>10799</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10799/uniformes-4_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10799/uniformes-4_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento/secretaria competente, que seja realizada a compra e entrega de novos uniformes para os funcionários públicos.</t>
   </si>
   <si>
     <t>10800</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10800/indicacao_asfaltico_na_avenida_espanha_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10800/indicacao_asfaltico_na_avenida_espanha_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o recape asfáltico na Avenida Espanha, Rua Bélgica e Rua Ucrânia, no Jardim Europa.</t>
   </si>
   <si>
     <t>10818</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10818/indicacao_nc2b053_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10818/indicacao_nc2b053_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie melhoria na sinalização viária das rotatórias localizada na av. Souza Naves cruzamento com as ruas Jacarezinho, Plácidio Miranda e rua Rio Grande do Norte, próximo a prefeitura. Rotatória na av. Paraná cruzamento com a av. Souza Naves próximo ao Banco do Brasil. Rotatória na av. Brasil cruzamento com a av. Paraná, próximo a Casa Esperança e rotatória na av. Paraná cruzamento com a av. Castelo Branco próximo a Casa Agrícola Garden.</t>
   </si>
   <si>
     <t>10819</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10819/indicacao_79_boca_de_lobo_prox_murilo_lanche_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10819/indicacao_79_boca_de_lobo_prox_murilo_lanche_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de realizar a limpeza, desobstrução e troca da tampa das bocas de lobo localizadas na Rua Plácido Miranda, esquina com Murilo Lanches, em frente ao número 2100, Jardim Casagrande II, bem como a outra boca de lobo localizada uma esquina a frente, na mesma via.</t>
   </si>
   <si>
     <t>10820</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10820/indicacao_78_cascalho_estrada_vicinal_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10820/indicacao_78_cascalho_estrada_vicinal_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de aplicação de cascalho na Estrada Vicinal da região da Água do Milagre conforme evidenciado na imagem em anexo.</t>
   </si>
   <si>
     <t>10821</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10821/indicacao_80_playground_praca_pernanbucanas_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10821/indicacao_80_playground_praca_pernanbucanas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de providenciar a instalação de um playground na Praça Manoel_x000D_
 Teodoro da Rocha, localizada em frente as lojas Pernambucanas._x000D_
 A Praça Manoel Teodoro da Rocha é um espaço central de convivência frequentado por_x000D_
 famílias, crianças e moradores da região. A instalação de um parquinho infantil nesse_x000D_
 local contribuirá para o lazer das crianças, incentivando o uso saudável do espaço público_x000D_
 e proporcionando mais qualidade de vida á comunidade.</t>
   </si>
   <si>
     <t>10822</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10822/indicacao_81_saude_do_homem_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10822/indicacao_81_saude_do_homem_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de realizar campanhas permanentes de conscientização sobre a saúde do homem, com foco em prevenção, diagnóstico precoce e promoção do autocuidado.</t>
   </si>
   <si>
     <t>10823</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10823/indicacao_nc2b052_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10823/indicacao_nc2b052_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie o serviço de pintura e sinalização adequada das rampas de acessibilidade na av. Souza Naves nas proximidades da APAE, e no trecho entre a loja Magazine Luiza a Panificadora Bela Pani.</t>
   </si>
   <si>
     <t>10824</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10824/indicacao_nc2b054_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10824/indicacao_nc2b054_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, possa construir faixa elevada antes da interseção para forçar a redução de velocidade entre a Av. Minas Gerais com rua Plácido Miranda (antiga Jacarezinho), pois a geometria do cruzamento traz uma visibilidade reduzida e o canteiro estreito dificulta manobras e a conversão segura de veículos, e também prejudica pedestres que tentam atravessar, visto que, não há área segura para pausa no meio do trajeto.</t>
   </si>
   <si>
     <t>10825</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10825/indicacao_-_rua_tamandare_proximo_aabb_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10825/indicacao_-_rua_tamandare_proximo_aabb_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente recape asfáltico (tapa buraco), na Rua Tamandaré, no Jardim Aeroporto no cruzamento em frente a Associação Atlética do Banco do Brasil (AABB).</t>
   </si>
   <si>
     <t>10826</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10826/indicacao_-_tapa_buraco_na_rua_romario_martins_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10826/indicacao_-_tapa_buraco_na_rua_romario_martins_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente recape asfáltico (tapa buraco), na Rua Romário Martins, no Jardim Luiz XV, na curva, em frente à casa n°240, esquina com a Rua Placídio Miranda e Rua Getúlio Vargas.</t>
   </si>
   <si>
     <t>10846</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10846/limpeza_boca_de_lobo_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10846/limpeza_boca_de_lobo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, seja realizada a limpeza das bocas de lobo em ambos os lados da via, bem como também a limpeza da via em frente ao Bar do Clovinho Lanches nº 515, localizado na rua Joaquim Nabuco, no bairro Vila João XXIII.</t>
   </si>
   <si>
     <t>10847</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10847/tampa_do_bueiro_28boco_de_lobo29_do_residencial_porto_belo-1_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10847/tampa_do_bueiro_28boco_de_lobo29_do_residencial_porto_belo-1_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, seja realizada a substituição da tampa do bueiro localizada, nas proximidades do portal de entrada principal do bairro, bem como a substituição da tampa de ferro da rede pluvial situada em frente à Unidade Básica de Saúde Santo Antônio, na rua Castro Alves. Solicita-se ainda a troca da tampa do bueiro e da tampa de ferro da rede pluvial no final da rua Octávio Custódio da Fonseca, além da substituição da tampa do bueiro e a limpeza da via nas proximidades do número 25, na rua Hiltino José Ferreira, esquina com a rua Castro Alves. Todas as solicitações referem-se a vias localizadas no Residencial Porto Belo.</t>
   </si>
   <si>
     <t>10848</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10848/indicacao_1_assinado_15_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10848/indicacao_1_assinado_15_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie colocação de pedra irregular desde o asfalto até o aterro sanitário.</t>
   </si>
   <si>
     <t>10849</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10849/indicacao_2_assinado_14.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10849/indicacao_2_assinado_14.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, a possibilidade de abertura de uma rua entre os lagos Jardim Botânico e Lago das Flores.</t>
   </si>
   <si>
     <t>10850</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10850/indicacao_3_assinado_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10850/indicacao_3_assinado_11.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, a possibilidade de construção de Playground, na Avenida Souza Naves, próximo ao Colégio Estadual Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>10851</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10851/indicacao_82_rotatoria_saida_secundaria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10851/indicacao_82_rotatoria_saida_secundaria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de realizar um estudo técnico sobre a possibilidade de relocar ou_x000D_
 adaptar a rotatória próxima ao motel, situada na Rodovia Celso Fumio Makita._x000D_
 A referida rotatória está posicionada em um trecho de curva que prejudica a visibilidade_x000D_
 dos motoristas que trafegam nos dois sentidos, aumentando significativamente o risco de_x000D_
 acidentes no local. É de extrema importância a realização de um estudo técnico para_x000D_
 verificar alternativas viáveis, como a mudança de localização da rotatória ou a adoção de_x000D_
 medidas que garantam maior segurança tais como: implantação de sinalização adequada,_x000D_
 instalação de redutores de velocidade ou outras ações que possam preservar a integridade_x000D_
 dos condutores que utilizam a via.</t>
   </si>
   <si>
     <t>10852</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10852/indicacao_83_red._veloc._casa_nil_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10852/indicacao_83_red._veloc._casa_nil_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de implantar um redutor de velocidade na Rua Ucrânia, próximo ao_x000D_
 Nº 801, no Bairro Xurupita._x000D_
 Essa rua tem apresentado um fluxo considerável de veículos em alta velocidade, oq coloca_x000D_
 em risco a segurança dos moradores, pedestres e ciclistas da região. A implantação de um_x000D_
 redutor de velocidade se faz necessária para proporcionar maior segurança e prevenir_x000D_
 possíveis acidentes, promovendo um trânsito mais calmo e seguro.</t>
   </si>
   <si>
     <t>10853</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10853/indicacao_84_manutencao_campinho_xurupita_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10853/indicacao_84_manutencao_campinho_xurupita_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de efetuar a troca ou a manutenção da estrutura de proteção_x000D_
 (alambrado e traves), bem como o aumento da altura da tela de proteção em volta do_x000D_
 campinho do Bairro Xurupita._x000D_
 O campinho do Bairro Xurupita encontra-se com partes da estrutura danificadas,_x000D_
 conforme imagens em anexo, apresentando riscos aos usuários, especialmente as crianças_x000D_
 e jovens que frequentam o local para prática esportiva. Além disso a altura atual da tela_x000D_
 de proteção não é suficiente para conter as bolas, causando transtornos aos moradores e_x000D_
 perigo aos pedestres que transitam nas imediações. A substituição, manutenção e_x000D_
 ampliação da tela de proteção são essenciais para garantir a segurança dos frequentadores,_x000D_
 melhorar as condições de uso e preservar o espaço de lazer da comunidade.</t>
   </si>
   <si>
     <t>10854</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10854/indicacao_85_red._veloc._milico_sta_terezinha_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10854/indicacao_85_red._veloc._milico_sta_terezinha_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de implantar um redutor de velocidade na Rua Santa Terezinha, nas_x000D_
 proximidades do Nº378, no Bairro Vila Santa Terezinha, próximo a terraplanagem do_x000D_
 Milico._x000D_
 A rua mencionada tem um grande fluxo de veículos, muitos deles transitando em alta_x000D_
 velocidade, colocando em risco pedestres, moradores e crianças, a instalação de um_x000D_
 redutor de velocidade é fundamental para proporcionar maior segurança no trânsito.</t>
   </si>
   <si>
     <t>10855</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10855/indicacao_62_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10855/indicacao_62_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, providencie  o recape asfáltico nas seguintes Ruas Siroleu Pedro Da Silva, _x000D_
 e Benedito Antunes localizadas no jardim Nova Porã.</t>
   </si>
   <si>
     <t>10949</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10949/indicacao61_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10949/indicacao61_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, se possível for passar massa asfáltica por cima das pedras irregulares na _x000D_
 Rua Brigadeiro Correia de Melo localizada no Conjunto Mourão Filho.</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11021/indicacao_nc2b055_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11021/indicacao_nc2b055_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie podas das árvores na rodovia Nicolau Koltun que liga Ivaiporã ao distrito de Jacutinga, visto que em dias de mau tempo os galhos se quebram e acabam obstruindo e gerando risco de acidente na rodovia.</t>
   </si>
   <si>
     <t>11022</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11022/indicacao_troca_da_grade_rua_eugenio_homenzuk_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11022/indicacao_troca_da_grade_rua_eugenio_homenzuk_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a troca da grade da boca de lobo, situada na Avenida Brasil em frente ao nº 125, esquina com a Rua Eugenio Homenzuk, Jardim Itaipu.</t>
   </si>
   <si>
     <t>11023</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11023/indicacao_64_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11023/indicacao_64_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie um espaço de lazer completo no Jardim Paraná com playground moderno juntamente com uma ATI (academia da terceira idade) uma quadra poli esportiva para lazer e pratica esportiva e convívio social, beneficiando diretamente os moradores daquela região</t>
   </si>
   <si>
     <t>11027</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11027/indicacao_89_campanha_diabetes_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11027/indicacao_89_campanha_diabetes_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de realizar uma campanha de conscientização sobre a prevenção e_x000D_
 o diagnóstico precoce do diabetes nas unidades básicas de saúde (UBSs) do Município._x000D_
 O diabetes é uma doença silenciosa que pode causar complicações graves quando não_x000D_
 diagnosticada e tratada precocemente.</t>
   </si>
   <si>
     <t>11041</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11041/estacionamento_de_motos_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11041/estacionamento_de_motos_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, que seja realizada a ampliação e reorganização do estacionamento de motocicletas na avenida Brasil, nas imediações da Auto peças UBÁ, no centro.</t>
   </si>
   <si>
     <t>11042</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11042/indicacao_32_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11042/indicacao_32_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie uma geladeira para a Capela Mortuária do Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>11064</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11064/indicacao_boca_de_lobo_rua_jose_bonifacio2c_esquina_com_a_rua_getulio_vargas_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11064/indicacao_boca_de_lobo_rua_jose_bonifacio2c_esquina_com_a_rua_getulio_vargas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o conserto da boca de lobo na Rua José Bonifácio, esquina com a Rua Getúlio Vargas, situado na Vila João XXIII.</t>
   </si>
   <si>
     <t>11079</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11079/calcadas_rua_pato_branco_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11079/calcadas_rua_pato_branco_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, a execução do calçamento na rua Pato Branco na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>11080</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11080/limpeza_de_bueiros_na_rua_beija_flor2c_numero_520.docx_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11080/limpeza_de_bueiros_na_rua_beija_flor2c_numero_520.docx_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, que seja realizado a limpeza do bueiro (boca de lobo) na rua Ascânio Mendonça (antiga rua Beija Flor), próximo ao número 520 na Vila João de Barro</t>
   </si>
   <si>
     <t>11085</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11085/indicacao_90_redutor_veloc._rua_diva_proenca_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11085/indicacao_90_redutor_veloc._rua_diva_proenca_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar redutores de velocidade na Rua Professora Diva Proença, nas proximidades do nº 453, entre as Ruas Ponta Grossa e Placídio Miranda._x000D_
 O referido local possuí grande fluxo de veículos e pedestres, pois abriga o Consócio de Saúde do Município, onde diariamente circulam pacientes, profissionais da saúde e acompanhantes. Ressalta-se que o excesso de velocidade dos motoristas nestes trechos tem gerado situações de risco, principalmente para pessoas com mobilidade reduzida.</t>
   </si>
   <si>
     <t>11086</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11086/indicacao_93_sinalizacao_cmei_jose_fiorim_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11086/indicacao_93_sinalizacao_cmei_jose_fiorim_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de realizar melhorias na segurança viária (seja com a implantação de redutores de velocidade, sinalização adequada ou outras medidas mais eficazes), próximo à entrada do CMEI José Fiorim, localizado na Rua Uberlândia, nº100, no Jardim Esperança, onde há um ponto de ônibus utilizado por escolares e pelo transporte coletivo._x000D_
 Importante frisar que o local apresenta vários riscos de acidentes, especialmente nos horários de maior movimento, momento em que as crianças e os passageiros estão mais vulneráveis. Lembrando que já foi presenciado acidentes no local, o que reforça a necessidade de uma intervenção imediata.</t>
   </si>
   <si>
     <t>11087</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11087/indicacao_92_reforma_cmei_sta_terezinha_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11087/indicacao_92_reforma_cmei_sta_terezinha_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de reformas e melhorias no CMEI Santa Terezinha, localizado na Rua Sertaneja S/Nº, no Bairro Vila Santa Terezinha._x000D_
 Foi constatado que a sala do berçário encontra-se sem portão, o que representa um risco à segurança das crianças. Além disso é necessária a instalação de ar condicionado no local, a fim de garantir o bem-estar e conforto dos alunos e profissionais da unidade.</t>
   </si>
   <si>
     <t>11088</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11088/indicacao_1_assinado_17.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11088/indicacao_1_assinado_17.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, a possibilidade de criação de um projeto de lei para desconto ou isenção do Imposto de Transmissão de imóveis, (ITBI) para proprietários de área de Área de Preservação Permanente (APP).</t>
   </si>
   <si>
     <t>11089</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11089/indicacao_2_assinado_15.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11089/indicacao_2_assinado_15.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, a possibilidade de criação de projeto de lei, sobre a obrigatoriedade de apresentação de certidão negativa de antecedentes criminais dos profissionais que atendem crianças no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>11091</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11091/indicacao_94_semaf._para_pedestres_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11091/indicacao_94_semaf._para_pedestres_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de instalar sinaleiros (semáforos) para pedestres nas principais faixas de travessia do Município de Ivaiporã._x000D_
 Sugere-se ainda, que seja realizada uma análise técnica para instalação e/ou modernização dos sinaleiros das localidades citadas no anexo da indicação, onde já se constata grande fluxo de veículos e pedestres.</t>
   </si>
   <si>
     <t>11093</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11093/indicacao_95_faixas_para_tea_e_def._visual_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11093/indicacao_95_faixas_para_tea_e_def._visual_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar faixas de pedestres adaptadas para pessoas com Transtorno do Espectro Autista (TEA) e pessoas com deficiência visual, nas vias e cruzamentos de maior circulação no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>11145</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11145/indicacao_1_assinado_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11145/indicacao_1_assinado_18.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, a possibilidade de colocação de mão única no trecho da Rua Juarez Cleve, entre a Avenida Paraná e Rua Bandeirantes, área central da cidade.</t>
   </si>
   <si>
     <t>11146</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11146/indicacao_2_assinado_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11146/indicacao_2_assinado_16.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, a possibilidade de um local para construção de uma ATI e um Playground, na Rua Palotina no Jardim Planalto.</t>
   </si>
   <si>
     <t>11149</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11149/plantio_de_arvores28_bairro_modelo_residencial_porto_belo_29_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11149/plantio_de_arvores28_bairro_modelo_residencial_porto_belo_29_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, seja realizado o plantio de árvores floríferas nas praças e calçadas do bairro Residencial Porto Belo, de forma planejada e organizada, tornando‑se referência para os demais bairros.</t>
   </si>
   <si>
     <t>11151</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11151/indicacao_96_cameras_monte_castelo_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11151/indicacao_96_cameras_monte_castelo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de implantar um sistema de monitoramento por câmeras no Bairro_x000D_
 Monte Castelo, especialmente nas áreas de maior concentração de ocorrências, visando_x000D_
 coibir práticas ilícitas, garantir a ordem pública e proteger os moradores._x000D_
 Moradores do Bairro Monte Castelo vêm denunciando_x000D_
 situações recorrentes de perturbação de sossego, com gritos, brigas e condutas imorais_x000D_
 ocorrendo nas vias públicas, principalmente no horário noturno. Relatos indicam o clima_x000D_
 de insegurança é tão grave que diversos moradores estão optando por vender suas_x000D_
 residências para deixar o local, que vem sendo comparado a uma “Cracolândia” pela_x000D_
 intensidade e frequência dos fatos.</t>
   </si>
   <si>
     <t>11152</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11152/indicacao_98_rua_lateral_parquinho_lago_das_flores_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11152/indicacao_98_rua_lateral_parquinho_lago_das_flores_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de executar a ligação viária entre a rua localizada no entorno do_x000D_
 parquinho do lago das Flores e a Rua Londrina (fundos do Asilo), com adequações de_x000D_
 segurança para pedestres e veículos._x000D_
 Durante as obras de revitalização do Lago das Flores, foi_x000D_
 identificada a necessidade urgente de melhorar o acesso entre a via que margeia o_x000D_
 parquinho e a Rua Londrina, que dá continuidade ao lado do Colégio Idália Rocha._x000D_
 Trata-se de um ponto de alto fluxo de veículos, incluindo_x000D_
 caminhões e camionetes, e já foram registrados acidentes no local. Além disso, a atual_x000D_
 disposição do parquinho, muito próximo a via, expõe crianças e moradores a riscos._x000D_
 Ainda que a revitalização traga melhorias significativas para_x000D_
 a região, deixar de executar essa ligação viária segura representa a perda de uma_x000D_
 oportunidade crucial para prevenir futuros acidentes.</t>
   </si>
   <si>
     <t>11153</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11153/avenida_melvis_muchiutti2c_ponto_de_onibus_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11153/avenida_melvis_muchiutti2c_ponto_de_onibus_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a possibilidade de construção de um ponto de ônibus na Avenida Melvis Muchiutti, Centro, em frente ao número 30 (trinta), sentido ao Bairro Vila Santa Maria, a pedido dos usuários do transporte coletivo.</t>
   </si>
   <si>
     <t>11154</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11154/indicacao_01_-_instalacao_de_placas_de_identificacao_nas_estradas_rurais_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11154/indicacao_01_-_instalacao_de_placas_de_identificacao_nas_estradas_rurais_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, interceda junto à Companhia de Saneamento do Paraná – SANEPAR, com o objetivo de implantar rede coletora de esgoto na Vila Santa Maria, principalmente na Rua São Paulo, tendo em vista a impossibilidade de construção de fossas no local.</t>
   </si>
   <si>
     <t>11155</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11155/indicacao_100_sinalizacao_entre_ruas_joao_m._stresse_e_av._maranhao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11155/indicacao_100_sinalizacao_entre_ruas_joao_m._stresse_e_av._maranhao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de readequar a sinalização viária no cruzamento entre a rua João_x000D_
 Maria Stresser e Avenida maranhão._x000D_
 A presente indicação tendo em vista que o referido_x000D_
 cruzamento registra, com frequência, acidentes de trânsito, sendo comum a ocorrência de_x000D_
 colisões praticamente todas as semanas, o que evidencia falhas na sinalização existente e_x000D_
 a necessidade de intervenção imediata.</t>
   </si>
   <si>
     <t>11156</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11156/indicacao_66_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11156/indicacao_66_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, se possível for fazer colocação de placas de trânsito nas seguintes ruas José _x000D_
 Bonifácio. Rua Dom Pedro II esquina com a Rua Valentin Talarico próximo ao número _x000D_
 200 localizadas no Jardim Imperial.</t>
   </si>
   <si>
     <t>11157</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11157/indicacao_101_redutor_de_veloc._rua_luiz_pasteur_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11157/indicacao_101_redutor_de_veloc._rua_luiz_pasteur_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de um redutor de velocidade na Rua Luiz Pasteur, nas proximidades_x000D_
 do n°340, Bairro Jardim Imperial.</t>
   </si>
   <si>
     <t>11164</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11164/indicacao_413.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11164/indicacao_413.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, a substituição do ponto de ônibus, para um  coberto e de alvenaria na Avenida Ladislau Gil Fernandes, esquina com Rua Tamandaré em frente ao Ginásio de Esportes Sapecadão.</t>
   </si>
   <si>
     <t>11165</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11165/indicacao_414.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11165/indicacao_414.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a pintura da faixa de pedestre na Avenida Brasil, no começo da avenida em frente à residência número 10.</t>
   </si>
   <si>
     <t>11171</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11171/indicacao_415.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11171/indicacao_415.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a continuação do calçamento nas vielas entre os túmulos no Cemitério Municipal.</t>
   </si>
   <si>
     <t>11172</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11172/indicacao_416.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11172/indicacao_416.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de realizar melhorias na sinalização de trânsito da rotatória localizada em frente Faculdade Fatec, entre a Avenida Melvis Muchiuti e Avenida Brasil, no Município de Ivaiporã._x000D_
 O referido local tem sido palco de diversos acidentes e gera constantes dúvidas entre os motoristas sobre a prioridade de passagem, ocasionando_x000D_
 riscos à segurança viária.</t>
   </si>
   <si>
     <t>11174</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11174/indicacao_417.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11174/indicacao_417.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de cobrar os órgãos competentes a implantação da rede de esgoto no Jardim Itapuã, em especial na Rua General Osório, nas proximidades do numeral 267, tendo em vista que os moradores ainda não dispõem desse serviço essencial, o que gera sérios transtornos a saúde e ao bem-estar da comunidade.</t>
   </si>
   <si>
     <t>11175</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11175/indicacao_418.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11175/indicacao_418.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantação de um redutor de velocidade (quebra-molas) na Rua Castro Alves, próximo ao numeral 290, no Jardim Aeroporto. O local tem registrado diversos acidentes devido ao excesso de velocidade dos veículos que transitam pela via.</t>
   </si>
   <si>
     <t>11176</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11176/indicacao_419.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11176/indicacao_419.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de analise a necessidade de providenciar a disponibilização de cadeirinhas de segurança para crianças nos veículos utilizados pelo transporte da saúde. Muitos pais que necessitam do transporte municipal para levar seus filhos a consultas médicas em outros municípios não possuem condições financeiras para adquirir as cadeirinhas exigidas pelo Código de Trânsito Brasileiro (CTB).</t>
   </si>
   <si>
     <t>11177</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11177/indicacao_420.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11177/indicacao_420.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar um sistema informatizado para que os pacientes possam acompanhar em tempo real a posição na fila e o tempo estimado de espera para a realização de seus exames e procedimentos médicos. _x000D_
 Atualmente, muitos pacientes enfrentam dificuldades e incertezas quanto ao prazo de espera para a realização de exames. A falta de informações claras gera insegurança, ansiedade e constantes deslocamentos até as unidades de saúde para obter esclarecimentos.</t>
   </si>
   <si>
     <t>11178</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11178/indicacao_421.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11178/indicacao_421.pdf</t>
   </si>
   <si>
     <t>providencie a instalação de travessia elevada para pedestres na Avenida Brasil, no trecho compreendido entre a padaria Big Pão e o Terminal Rodoviário, localizado na região central desta cidade.</t>
   </si>
   <si>
     <t>11184</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11184/indicacao_01_-_wifi_rural.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11184/indicacao_01_-_wifi_rural.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, ingresse ao Programa Nacional de Wi-Fi Rural (Wi-Fi Brasil), visando contemplar todas as propriedades rurais do Município com acesso gratuito à internet.</t>
   </si>
   <si>
     <t>11186</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11186/enfeites_natalino_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11186/enfeites_natalino_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, a realização da decoração natalina com enfeites e iluminação especial nas proximidades da Igreja Espírito Santo, bem como nas imediações da Escola Carlos Lacerda, localizadas no bairro Jardim Espírito Santo._x000D_
 Tal ação contribuirá para embelezar a região, fortalecer o espírito natalino entre os moradores e proporcionar um ambiente mais acolhedor e festivo para a comunidade local.</t>
   </si>
   <si>
     <t>11187</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11187/indicacao68_28229_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11187/indicacao68_28229_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, se possível for fazer a limpeza na Rua São Sebastião situada na Vila _x000D_
 Monte Castelo pois a mesma está sendo tomada pelo mato principalmente onde era para _x000D_
 ser calçada.</t>
   </si>
   <si>
     <t>11188</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11188/indicacao_2_assinado_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11188/indicacao_2_assinado_18.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a pintura das faixas de estacionamento em torno do Colégio Estadual Barão Do Cerro Azul.</t>
   </si>
   <si>
     <t>11189</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11189/indicacao_1_assinado_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11189/indicacao_1_assinado_19.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie manutenção na iluminação do campo de futebol da Vila Santa Terezinha, e também a possibilidade de construção de um Playground para as crianças anexo ao campo.</t>
   </si>
   <si>
     <t>11190</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11190/indicacao_cmei_bom_jesus_melhorias_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11190/indicacao_cmei_bom_jesus_melhorias_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizado melhorias no CMEI Bom Jesus, localizada na Rua Alvorada, nº 130, na Vila Monte Castelo, em questão a reforma na sala dos professores que no momento encontra-se improvisada,  de modo a oferecer um espaço digno para planejamento dos educadores, e também a possibilidade de concretar o espaço de terra que fica na frente e aos fundos do CMEI (ao lado do playground),  e cobrir com grama sintética, a pedido dos colaboradores e pais dos alunos,  que relatam a necessidade de melhorias,  assegurando maior segurança ás crianças durante ás atividades externas, evitando acidentes e proporcionando um ambiente mais agradável para as brincadeiras.</t>
   </si>
   <si>
     <t>11194</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11194/indicacao_4_assinado_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11194/indicacao_4_assinado_9.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, a possibilidade de ter em mais um dia da semana profissionais da área de Fisioterapia na UBS do Distrito de Jacutinga, devido à alta quantidade de pacientes.</t>
   </si>
   <si>
     <t>11199</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11199/indicacao_nc2b056_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11199/indicacao_nc2b056_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie um redutor de velocidade na av. Maranhão, esquina com a Rua Paranavai próximo ao Rancho Mustang e Estancia Dias, pois é um local aonde já aconteceu vários acidentes por excesso de velocidade.</t>
   </si>
   <si>
     <t>11203</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11203/indicacao_4_assinado_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11203/indicacao_4_assinado_9.pdf</t>
   </si>
   <si>
     <t>11205</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>Ilsinho da Saúde, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11205/indicacao_01_-_protecao_metalica_na_ponte_rua_nova._assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11205/indicacao_01_-_protecao_metalica_na_ponte_rua_nova._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja providenciada a instalação de barreiras metálicas de proteção (guard rail) na ponte recentemente construída, na extensão da Rua Orlando Buratto que interliga com a Rua Marginal. Garantindo assim, a segurança dos motoristas e pedestres que utilizam diariamente esta via.</t>
   </si>
   <si>
     <t>11206</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11206/indicacao_01_-_protecao_metalica_na_ponte_rio_pindauva_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11206/indicacao_01_-_protecao_metalica_na_ponte_rio_pindauva_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja providenciada a instalação de barreiras metálicas de proteção (guard rail) na ponte do Rio Pindaúva na Rodovia Nicolau Koltun. Garantindo assim, a segurança dos motoristas e pedestres que utilizam diariamente esta via.</t>
   </si>
   <si>
     <t>11210</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11210/indicacao_cobertura_capela_mortuaria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11210/indicacao_cobertura_capela_mortuaria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a cobertura da área externa da Capela Mortuária, localizada na Rua Beija Flor, no Bairro Jardim Nova Porã, pois nos dias de velórios muitas pessoas ficam do lado externo, expostos ao tempo, a pedido da comunidade.</t>
   </si>
   <si>
     <t>11212</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11212/indicacao69_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11212/indicacao69_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, se possível for fazer a revitalização de uma ponte de madeira que fica _x000D_
 localizada no Jardim Luiz XV próximo da  Made Porta  que dá acesso à Rua Ipiranga, _x000D_
 pois o lugar é muito utilizado por várias pessoas que passam por ali diariamente pois o _x000D_
 caminho se torna mais perto para o centro da cidade no momento está quebrada _x000D_
 oferecendo grandes riscos aos que utilizam ela.</t>
   </si>
   <si>
     <t>11230</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11230/indicacao70_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11230/indicacao70_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, providencie a instalações de câmeras de segurança no Jardim Nova Porã _x000D_
 principalmente na entrada ,e nas praças pois os vândalos estão  destruindo o patrimônio _x000D_
 público como ,  as letras do portal de entrada do Bairro, e quebraram os bancos das _x000D_
 praças  e   para maior segurança dos moradores daquela localidade.</t>
   </si>
   <si>
     <t>11231</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11231/indicacao_2_assinado_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11231/indicacao_2_assinado_19.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, a possibilidade de construção de uma escada ou rampa, para melhorar o acesso ao Lago Jardim Botânico, principalmente para quem vem do bairro Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>11232</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11232/indicacao_34_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11232/indicacao_34_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie   um redutor de velocidade na Avenida Tancredo Neves em frente ao número: 3544  próximo  a  Maçonaria e próximo á Rua pitanga.</t>
   </si>
   <si>
     <t>11240</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11240/indicacao_01_-_aumento_da_vasao_do_poco_artesiano.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11240/indicacao_01_-_aumento_da_vasao_do_poco_artesiano.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, verifique a possibilidade de aumentar a vasão do poço artesiano que atende a Comunidade do Cruzeirinho, Santa Luzia e Três Coqueiros, uma vez que, diante da estiagem a qual estamos vivenciando, o nível de água está baixando e, provavelmente, teremos dificuldades de atender toda a demanda dessas três Comunidades.</t>
   </si>
   <si>
     <t>11241</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11241/indicacao_36_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11241/indicacao_36_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do_x000D_
 Departamento Competente, providencie um Redutor de Velocidade no Bairro Novo_x000D_
 Versalhes na Rua Poços de Caldas número 1095 próximo a Auto Elétrica Ivaí Dínamo.</t>
   </si>
   <si>
     <t>11242</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11242/indicacao_boca_de_lobo_rua_aramis_ataide_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11242/indicacao_boca_de_lobo_rua_aramis_ataide_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o conserto do bueiro (boca de lobo), na Rua Aramis Ataíde, em frente ao nº 443, no Jardim Espírito Santo.</t>
   </si>
   <si>
     <t>11244</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11244/indicacao_fio_01_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11244/indicacao_fio_01_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie uma mureta de proteção ( Guard Rail ), na ponte da estrada do Pindauvinha, próximo ao sitio do Senhor Darío Almagro</t>
   </si>
   <si>
     <t>11248</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11248/indicacao_01_-_caminhao_para_transporte_produtos_ate_a_cafi.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11248/indicacao_01_-_caminhao_para_transporte_produtos_ate_a_cafi.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie um caminhão, dentro da frota já existente, para realizar a coleta dos produtos dos agricultores cadastrados na Central de Agricultura Familiar de Ivaiporã - CAFI.</t>
   </si>
   <si>
     <t>11254</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11254/indicacao_nc2b057_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11254/indicacao_nc2b057_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie a retirada de uma arvore seca localizada dentro do cemitério do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>11255</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11255/indicacao_nc2b058_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11255/indicacao_nc2b058_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie a pintura de faixas de estacionamento delimitando vagas para motos na rua Bandeirantes esquina com a avenida Brasil, próximo a frutaria Pé Bahia, sendo que neste ponto a vários trabalhadores que utilizam da motocicleta para trabalhar e fazer suas entregas.</t>
   </si>
   <si>
     <t>11265</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11265/indicacao_108_red._veloc._rua_lea_valvierde_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11265/indicacao_108_red._veloc._rua_lea_valvierde_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 analise a necessidade de instalar um redutor de velocidade na Rua Léa Valvierde Pirolo,_x000D_
 nas proximidades do numeral 1095, esquina com Rua Vasco da Gama, no Jardim_x000D_
 Versalhes._x000D_
 A referida via, apresenta intenso fluxo de veículos, sendo que_x000D_
 a ausência de mecanismos adequados de controle de velocidade tem gerado riscos à_x000D_
 segurança dos moradores, pedestres e condutores que transitam pelo local.</t>
   </si>
   <si>
     <t>11266</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11266/indicacao_1_assinado_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11266/indicacao_1_assinado_21.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie manutenção na boca de lobo (Bueiro) no começo da Avenida Brasil, esquina com a Rua Chopim, próximo à Fatec.</t>
   </si>
   <si>
     <t>11267</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11267/indicacao_3_assinado_14.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11267/indicacao_3_assinado_14.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie o corte de uma árvore que estra podre e atrapalhando a rede elétrica, além do risco de cair sobre os carros, na Rua José Canteri, em frente ao Pedrinho Seguros.</t>
   </si>
   <si>
     <t>11268</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11268/indicacao_4_assinado_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11268/indicacao_4_assinado_10.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie limpeza dos terrenos na Vila Residencial de Furnas, em frente ao lago.</t>
   </si>
   <si>
     <t>11272</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11272/indicacao_109_aumentar_horarios_de_circular_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11272/indicacao_109_aumentar_horarios_de_circular_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 estude a viabilidade de ampliar os horários de circulação dos ônibus no período da tarde,_x000D_
 especialmente entre 15h e 16hrs, a fim de atender a demanda de trabalhadores que iniciam_x000D_
 suas atividades nesse turno._x000D_
 Atualmente, muitos trabalhadores enfrentam dificuldades_x000D_
 para chegar aos seus locais de trabalho devido à falta de horário de ônibus compatíveis_x000D_
 no período da tarde. Essa situação afeta especialmente funcionários e prestadores de_x000D_
 serviços que iniciam suas jornadas entre 15h e 16h.</t>
   </si>
   <si>
     <t>11277</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11277/indicacao_111_iluminacao_churrascaria_soledade_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11277/indicacao_111_iluminacao_churrascaria_soledade_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a disponibilidade de realizar melhorias na iluminação pública na Avenida_x000D_
 Aparício Bitencourt nas proximidades do Restaurante Soledade, entre a Rua Santa_x000D_
 Catarina e Avenida Paraná._x000D_
 O referido trecho da avenida apresenta iluminação_x000D_
 insuficiente, o que compromete a segurança de pedestres, motoristas e frequentadores da_x000D_
 região, além de causar insegurança para os estabelecimentos comerciais ali localizados</t>
   </si>
   <si>
     <t>11281</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11281/indicacao_112_manutencao_rua_nilo_pecanha_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11281/indicacao_112_manutencao_rua_nilo_pecanha_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de efetuar manutenção e limpeza na Rua Nilo Peçanha, na Vila_x000D_
 do Adail, tendo em vista as más condições da via e o acúmulo de entulhos e resíduos nas_x000D_
 laterais, especialmente nas áreas próximas às galerias pluviais e córregos._x000D_
 A situação tem causado transtornos aos moradores e_x000D_
 representa risco à segurança e à saúde pública, devido a obstrução da drenagem, erosões_x000D_
 e proliferação de insetos.</t>
   </si>
   <si>
     <t>11290</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11290/indicacao_71_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11290/indicacao_71_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, analise a possibilidade da revitalização da Praça Ozório Alves De Andrade _x000D_
 localizada no Jardim Nova Porã pois alguns bancos estão quebrados e também o _x000D_
 alambrado do parque infantil.</t>
   </si>
   <si>
     <t>11291</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11291/idicacao_72_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11291/idicacao_72_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, analise a revitalização do portal de entrada do jardim Nova Porã.</t>
   </si>
   <si>
     <t>11293</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11293/indicacao_outubro_1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11293/indicacao_outubro_1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de mais bancos no playground no Jardim Espirito Santo, para dar mais comodidade aos pais enquanto aguardam seus filhos brincarem.</t>
   </si>
   <si>
     <t>11294</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11294/indicacao_114_hortas_comunitarias_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11294/indicacao_114_hortas_comunitarias_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantas hortas Comunitárias e Escolares em terrenos públicos disponíveis no município.</t>
   </si>
   <si>
     <t>11295</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11295/indicacao_115_reaproveitamento_da_agua_da_chuva__assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11295/indicacao_115_reaproveitamento_da_agua_da_chuva__assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de implantar um sistema de capitação e_x000D_
 reaproveitamento da água da chuva em escolas, Centros Municipais de Educação Infantil (CMEIs) e unidades de saúde do município. A implantação de sistemas de coleta e reaproveitamento da água da chuva representa uma medida sustentável economicamente vantajosa para o município.</t>
   </si>
   <si>
     <t>11296</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11296/indicacao_116_cursos_gratuitos_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11296/indicacao_116_cursos_gratuitos_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
 Competente, analise a necessidade de implantar cursos gratuitos de informática, redes_x000D_
 sociais, marketing digital e outras competências digitais voltadas a capacitação de jovens_x000D_
 do município._x000D_
 A implantação tem como objetivo proporcionar formação_x000D_
 gratuita em ferramentas digitais, promovendo a inclusão tecnológica, estimulando a_x000D_
 criatividade, o empreendedorismo e a geração de novas oportunidades de emprego e_x000D_
 renda.</t>
   </si>
   <si>
     <t>11297</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11297/indicacao_117_tratamento_odontologico_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11297/indicacao_117_tratamento_odontologico_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de ampliar o atendimento odontológico nas unidades de saúde do município, incluindo a contratação de novos dentistas, aquisição de equipamentos modernos e a expansão de horários de atendimento, com foco na prevenção e tratamento. Atualmente, muitas unidades de saúde enfrentam demanda elevada e limitação de profissionais e equipamentos, o que provoca filas de esperas e atraso nos atendimentos.</t>
   </si>
   <si>
     <t>11301</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11301/indicao_outubro_2_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11301/indicao_outubro_2_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie cascalhamento e patrolamento em alguns pontos da estrada que liga a PR 466 a comunidade do Rio Da Bulha, melhorando o trafego principalmente em dias de chuva, até que seja colocada a pedra irregular.</t>
   </si>
   <si>
     <t>11304</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11304/indicacao_118_unidades_moveis_de_saude_nas_areas_rurais_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11304/indicacao_118_unidades_moveis_de_saude_nas_areas_rurais_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise a necessidade de disponibilizar unidades móveis de saúde para realizar atendimentos médicos, exames básicos e vacinação nas comunidades rurais de Ivaiporã. Muitos moradores da zona rural enfrentam dificuldades para se deslocar até as unidades de saúde da cidade, o que acaba comprometendo o acesso a consultas e serviços essenciais.</t>
   </si>
   <si>
     <t>11314</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11314/indicacao_outubro_1_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11314/indicacao_outubro_1_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de estacionamento apenas de um lado da Rua Manoel Ribas, após o Cemitério até o Palazzo Eventos</t>
   </si>
   <si>
     <t>11315</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11315/indicao_outubro_2_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11315/indicao_outubro_2_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de uma faixa elevada na Rua Rio Grande do Sul N. 01, em frente a Concessionária Chevrolet.</t>
   </si>
   <si>
     <t>11316</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11316/indicacao_no_463_-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11316/indicacao_no_463_-2025.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, analise a limpeza na marginal da rodovia Nicolau Koltun, entre o Jardim _x000D_
 Nova Porã até a entrada da chácara do Mercado Paulista.</t>
   </si>
   <si>
     <t>11319</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11319/indicacao_119_botao_de_panico_nas_escolas_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11319/indicacao_119_botao_de_panico_nas_escolas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
 Competente, analise a necessidade de implantar o “BOTÃO DO PÂNICO” em todas as_x000D_
 escolas e Centros Municipais de Educação Infantil (CMEIs), com sistema integrado à_x000D_
 POLÍCIA MILITAR (PM), para garantir resposta imediata em situações de emergência._x000D_
 A segurança no ambiente escolar é uma preocupação_x000D_
 constante de pais, professores e da comunidade. A implantação do “Botão de Pânico”, é_x000D_
 uma medida preventiva e eficaz, que visa proteger, alunos, educadores e servidores diante_x000D_
 de possíveis situações de risco, como ameaças, invasões ou emergências médicas.</t>
   </si>
   <si>
     <t>11320</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11320/indicacao_121_casa_de_apoio_ao_paciente_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11320/indicacao_121_casa_de_apoio_ao_paciente_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
 Competente, analise a necessidade de implantar a “CASA DE APOIO AO PACIENTE”_x000D_
 no município de Ivaiporã, destinada a acolher pacientes e familiares de outras cidades que_x000D_
 vem ao município para tratamentos médicos, consultas e exames especializados._x000D_
 Ivaiporã é um polo regional de saúde que recebe diariamente_x000D_
 pacientes de diversos munícipios vizinhos em busca de atendimento médico. Muitos_x000D_
 desses pacientes, especialmente os de baixa renda, não têm local adequado para_x000D_
 permanecer durante o período do tratamento, enfrentando dificuldades com hospedagem,_x000D_
 alimentação e deslocamento.</t>
   </si>
   <si>
     <t>11321</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11321/indicacao_124_faixa_elevada_bom_pastor_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11321/indicacao_124_faixa_elevada_bom_pastor_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
 Competente, analise a necessidade de instalar uma faixa elevada para travessia de_x000D_
 pedestres em frente à Igreja Bom Pastor, localizada na Rua Anhanguera, Vila João XXIII,_x000D_
 garantindo maior segurança para frequentadores e pedestres da região._x000D_
 O local possui grande circulação de fiéis e pedestres,_x000D_
 principalmente nos horários de eventos religiosos. A ausência da faixa elevada adequada_x000D_
 coloca em risco a segurança das pessoas.</t>
   </si>
   <si>
     <t>11322</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11322/indicacao_125_cartilha_educativa_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11322/indicacao_125_cartilha_educativa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
 Competente, analise a necessidade de elaborar e distribuir uma cartilha com instruções e_x000D_
 orientações para açougues, mercados e demais estabelecimentos que produzem produtos_x000D_
 de origem animal, com o objetivo de garantir boas práticas de manipulação, higiene e_x000D_
 armazenamento, assegurando a qualidade dos alimentos que chegam à mesa das famílias._x000D_
 As manipulaçõesinadequadas de alimentos de origem animal_x000D_
 podem trazer riscos à saúde da população, incluindo contaminações e doenças_x000D_
 alimentares. Uma cartilha educativa serve como instrumento de orientação e_x000D_
 conscientização para comerciantes e produtores.</t>
   </si>
   <si>
     <t>11323</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11323/indicalcao_123_faixa_elevada_upa_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11323/indicalcao_123_faixa_elevada_upa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento_x000D_
 Competente, analise a necessidade de implantar uma faixa elevada para travessia de_x000D_
 pedestre em frente a UNIDADE DE PRONTO ARENDIMENTO (UPA) de Ivaiporã._x000D_
 A UPA é uma unidade que recebe diariamente um grande_x000D_
 número de pacientes, ambulâncias e familiares, além de pedestres que circulam_x000D_
 constantemente pelo local. A falta de uma faixa elevada adequada coloca em risco a_x000D_
 segurança de quem atravessa a via, especialmente idosos, crianças e pessoas com_x000D_
 mobilidade reduzida.</t>
   </si>
   <si>
     <t>11328</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11328/conserto_boca_de_lobo_geraldo_furquim_jardim_casa_grande_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11328/conserto_boca_de_lobo_geraldo_furquim_jardim_casa_grande_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o conserto da boca de lobo (bueiro), localizado na Rua Geraldo Furquim de Castro, em frente ao nº 1060, no Jardim Casa Grande I.</t>
   </si>
   <si>
     <t>11329</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11329/indicacao_39_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11329/indicacao_39_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação de Cascalho na estrada que liga a igreja do Pindaúvinha até o Sítio do senhor Osmar Hort .</t>
   </si>
   <si>
     <t>11330</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11330/indicacao_37_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11330/indicacao_37_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie um Redutor de Velocidade na Avenida Ladislao Gil Fernandes em frente a Colonial Churrasqueira número,1000.</t>
   </si>
   <si>
     <t>11331</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11331/indicacao_127_banco_de_materiais_de_construcao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11331/indicacao_127_banco_de_materiais_de_construcao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de que seja criado o “Banco Municipal de Materiais de_x000D_
 Construção”, destinado à reutilização de sobras e doações de materiais, com o objetivo_x000D_
 de apoiar reformas e melhorias em residências de famílias em situação de vulnerabilidade_x000D_
 social.</t>
   </si>
   <si>
     <t>11332</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11332/indicacao_128_ivp_sem_fome_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11332/indicacao_128_ivp_sem_fome_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de criar o Programa “Ivaiporã Sem Fome”, com o objetivo de_x000D_
 promover a arrecadação de alimentos não perecíveis durante eventos públicos, campanhas_x000D_
 municipais e parcerias com a iniciativa privada, destinando-os a famílias em situação de_x000D_
 vulnerabilidade social.</t>
   </si>
   <si>
     <t>11333</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11333/indicacao_126_sinalizacao_posto_catuai_rod._celso_fumio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11333/indicacao_126_sinalizacao_posto_catuai_rod._celso_fumio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de sinalização adequada na rotatória em frente ao Posto Catuaí,_x000D_
 localizado na Rodovia Celso Fumio Makita, no município de Ivaiporã.</t>
   </si>
   <si>
     <t>11335</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11335/indicacao_129_limpeza_rod_nicolau_koltun_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11335/indicacao_129_limpeza_rod_nicolau_koltun_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de realizar manutenção próximo à cabeceira da ponte do_x000D_
 Pindaúva na Rodovia Nicolau Koltun, onde a mesma se encontra cheia de barro devido_x000D_
 as chuvas, podendo ocorrer algum acidente naquele trecho._x000D_
 O local encontra-se em condições precárias de_x000D_
 trafegabilidade, conforme registros fotográficos, com lama, que colocam em riscos_x000D_
 motoristas, pedestres e moradores da região.</t>
   </si>
   <si>
     <t>11339</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11339/indicacao_130_paisagismo_cmei_emilia_kuroda_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11339/indicacao_130_paisagismo_cmei_emilia_kuroda_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de realizar o serviço de paisagismo no CMEI Emília Kuroda,_x000D_
 localizado na Rua Brasília, n° 7, Vila Monte Castelo, com o plantio de flores, grama,_x000D_
 árvores ornamentais e melhoria na área externa da unidade._x000D_
 O paisagismo proporcionará um ambiente mais agradável,_x000D_
 acolhedor e educativo para as crianças, além de valorizar e espaço público e promover o_x000D_
 contato com a natureza.</t>
   </si>
   <si>
     <t>11340</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11340/indicacao_nc2b059_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11340/indicacao_nc2b059_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie a pintura dos meios-fios, faixas de pedestres e canteiros no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>11341</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11341/indicacao_01_-_redutor_de_velocidade_avenida_maranhao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11341/indicacao_01_-_redutor_de_velocidade_avenida_maranhao.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de um redutor de velocidade na Avenida Maranhão, atrás do Depósito Rigueto, nas proximidades da residência n°3.950, evitando assim o risco de acidentes.</t>
   </si>
   <si>
     <t>11353</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11353/indicacao_outubro_1_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11353/indicacao_outubro_1_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie melhorias no campo de futebol do Distrito de Santa Bárbara, até que seja aprovado o projeto `` Meu Campinho``.</t>
   </si>
   <si>
     <t>11354</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11354/indicao_outubro_2_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11354/indicao_outubro_2_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie melhorias na pedra irregular da estrada que liga Ivaiporã ao Distrito de Santa Bárbara, até que seja finalizado o recape, alguns lugares a buracos dificultando o trafego.</t>
   </si>
   <si>
     <t>11390</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11390/modelo_indicacao76_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11390/modelo_indicacao76_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, LUIZ CARLOS GIL que por _x000D_
 meio do Departamento Competente, solicitamos a possibilidade, de ser feito o conserto _x000D_
 do portão e do alambrado de um cesto de lixo e um banco quebrado no meu campinho _x000D_
 no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>11391</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11391/indicacao_75_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11391/indicacao_75_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento _x000D_
 Competente, analise o conserto de uma boca de lobo (bueiro) localizado na Rua _x000D_
 Vereador João Costa Jardim Nova Porã, pois o mesmo está sem tampa proteção _x000D_
 oferecendo riscos de acidentes.</t>
   </si>
   <si>
     <t>11392</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11392/indicacao_1_assinado_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11392/indicacao_1_assinado_22.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie o termino do projeto ``Meu Campinho``, no Jardim Itaipú.</t>
   </si>
   <si>
     <t>11393</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11393/indicacao_2_assinado_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11393/indicacao_2_assinado_21.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie roçada e limpeza em torno do Ginásio de Esporte Sapecadão.</t>
   </si>
   <si>
     <t>11394</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11394/indicacao_131_lombada_rua_manoel_de_nobrega_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11394/indicacao_131_lombada_rua_manoel_de_nobrega_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise a necessidade de instalar uma lombada (redutor de velocidades) na Rua Manoel de Nóbrega, esquina com Rua Léa Valviverde Pirollo, no Parque Residencial Belo Horizonte.</t>
   </si>
   <si>
     <t>11395</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11395/indicacao_132_limpeza_beirada_mato_placidio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11395/indicacao_132_limpeza_beirada_mato_placidio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise a necessidade de realizar a limpeza e roçada da área de mata localizada em frente à Mata do Plácido, localizada na Rua Martin de Souza Afonso, na Vila João XXIII.</t>
   </si>
   <si>
     <t>11396</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11396/indicacao_133_correcao_drenagem_praca_do_japao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11396/indicacao_133_correcao_drenagem_praca_do_japao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise a necessidade de realizar o serviço de correção e melhoria no sistema de drenagem e escoamento de água nas proximidades da Praça Japão, localizada no Largo Manoel Ribas, especialmente em frente aos comércios locais, onde ocorre acúmulo de água proveniente do reservatório da praça.</t>
   </si>
   <si>
     <t>11397</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11397/indicacao_134_correcao_da_rua_ceu_azul_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11397/indicacao_134_correcao_da_rua_ceu_azul_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio do Departamento Competente, que analise a necessidade de determinar a Secretaria competente a conclusão das obras de pavimentação e recuperação da Rua Céu Azul, no Jardim Alvorada, bem como a regularização dos acessos às residências e calçadas.</t>
   </si>
   <si>
     <t>11398</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11398/indicacao135_reforma_janela_cmei_bom_jesus_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11398/indicacao135_reforma_janela_cmei_bom_jesus_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise a necessidade de realizar a abertura da janela localizada na cozinha do CMEI Bom Jesus, situado na Rua Alvorada, nº 130 – Jardim Alvorada.</t>
   </si>
   <si>
     <t>11399</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11399/escoteiros_coracao_do_vale_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11399/escoteiros_coracao_do_vale_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria competente, a cessão ou disponibilização de um espaço público adequado para o funcionamento das atividades do Grupo de Escoteiros Coração do Vale, sediado neste Município.</t>
   </si>
   <si>
     <t>11400</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11400/indicacao_77_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11400/indicacao_77_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que faça a limpeza as margens da rua Luiz Fabo próxima ao Jardim Santo Antônio antiga Colônia da Prefeitura, pois o mato está invadindo a rua.</t>
   </si>
   <si>
     <t>11421</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11421/indicacao_137_ponto_de_coleta_de_pilhas_e_oleo_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11421/indicacao_137_ponto_de_coleta_de_pilhas_e_oleo_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade que sejam instalados pontos de coleta de pilhas, baterias e óleo_x000D_
 de cozinha usado, em escolas, mercados e repartições públicas do município._x000D_
 Esses resíduos, quando descartados de forma incorreta,_x000D_
 causam grande impacto ambiental, contaminando o solo e lençóis freáticos, A instalação_x000D_
 de pontos de coleta visa oferecer um destino adequado para pilhas, baterias e óleo de_x000D_
 cozinha, incentivando práticas sustentáveis e a conscientização ecológica da população</t>
   </si>
   <si>
     <t>11422</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11422/indicacao_138_caixas_de_sugestoes_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11422/indicacao_138_caixas_de_sugestoes_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de que sejam instaladas caixas de sugestões, reclamações e_x000D_
 elogios em todos os estabelecimentos públicos municipais, como unidades de saúde,_x000D_
 escolas, CRAS e repartições administrativas._x000D_
 A implantação dessas caixas possibilita que a população_x000D_
 manifeste suas opiniões, sugestões e agradecimentos de forma direta, contribuindo para a_x000D_
 melhoria contínua dos serviços públicos.</t>
   </si>
   <si>
     <t>11423</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11423/indicacao_139_prolongamento_das_farmacias_municipais_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11423/indicacao_139_prolongamento_das_farmacias_municipais_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de ampliar o horário de funcionamento das farmácias_x000D_
 municipais, especialmente da Farmácia Central, garantindo atendimento à população após_x000D_
 as 18:00 h._x000D_
 Muitos munícipes conseguem realizar consultas médicas_x000D_
 apenas após o expediente de trabalho, geralmente no período da noite. Nessas situações,_x000D_
 acabam impossibilitados de retirar os medicamentos prescritos, o que pode atrasar o início_x000D_
 do tratamento e agravar o quadro clínico._x000D_
 A ampliação do horário de atendimento das farmácias_x000D_
 municipais, ao menos até as 21:00 h ou com um sistema de plantão, proporcionará acesso_x000D_
 contínuo aos medicamentos, assegurando mais eficiência no atendimento a saúde.</t>
   </si>
   <si>
     <t>11424</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11424/indicacao_141_insalubridade_servidores_municipais_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11424/indicacao_141_insalubridade_servidores_municipais_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de adotar as medidas necessária para garantir o pagamento do_x000D_
 adicional de insalubridade aos servidores municipais que possuem esse direito_x000D_
 reconhecido pela legislação vigente._x000D_
 O adicional de insalubridade é um direito assegurado aos_x000D_
 servidores que exercem suas funções em condições que expõe sua saúde a riscos físicos,_x000D_
 químicos ou biológicos, conforme previsto na consolidação das Leis do Trabalho (CLT)_x000D_
 e demais legislações correlatas, aplicáveis ao funcionalismo público municipal.</t>
   </si>
   <si>
     <t>11425</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11425/indicacao_1_assinado_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11425/indicacao_1_assinado_23.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de uma faixa elevada na rua Diva Proença, esquina com avenida Paraná, próximo a Associação Comercial, área central da cidade e lugar de grande fluxo de pedestre.</t>
   </si>
   <si>
     <t>11429</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11429/indicacao_497.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11429/indicacao_497.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, a possibilidade da criação de um Projeto de Lei que institui o Programa Municipal de Atendimento Domiciliar Prioritário para Pessoas Idosas, Acamadas ou Inválidas no Município de Ivaiporã – PR.</t>
   </si>
   <si>
     <t>11430</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11430/indicacao_nc2b062_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11430/indicacao_nc2b062_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, providencie uma academia da terceira idade (ATI), na comunidade do Severiano.</t>
   </si>
   <si>
     <t>11431</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11431/indicacao_ilsinho.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11431/indicacao_ilsinho.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise e providencie a pavimentação de pedras poliédricas (pedra irregular) no trecho que liga a Rodovia Nicolau Koltun á igreja da comunidade do Severiano, uma extensão de aproximadamente 100 metros a pedido das lideranças da comunidade santíssima trindade, visando que quando vão fazer as celebrações, acabam tendo dificuldades pelo barro na estrada.</t>
   </si>
   <si>
     <t>11432</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11432/indicacao_nc2b064_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11432/indicacao_nc2b064_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de implantação de uma rotatória no cruzamento entre as ruas Mangueira, Maranhão, Bangu e Antonina, tendo em vista a necessidade de melhorar o fluxo de veículos e garantir maior segurança aos motoristas, pedestres e moradores da região.</t>
   </si>
   <si>
     <t>11433</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11433/indicacao_501.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11433/indicacao_501.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação de um parque infantil com playground no Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>11434</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11434/indicacao_1_assinado_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11434/indicacao_1_assinado_24.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie limpeza e roçada, em torno do campo da Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>11435</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11435/indicacao_503.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11435/indicacao_503.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie calçadas ao lado da ponte no final da rua Clara Storoski, e também a colocação de um redutor de velocidade, carros desenvolvem velocidade alta no local.</t>
   </si>
   <si>
     <t>11436</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11436/indicacao_3_assinado_15.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11436/indicacao_3_assinado_15.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie colocação de placas de preferencial no cruzamento das ruas Presidente Kenedy, Marechal Deodoro da Fonseca e Prudente de Morais</t>
   </si>
   <si>
     <t>11441</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11441/indicacao_142_valorizacao_da_pessoa_idosa_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11441/indicacao_142_valorizacao_da_pessoa_idosa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de implementar e ampliar programas voltados à valorização da_x000D_
 pessoa idosa, com foco em capacitação, inclusão digital e fortalecimento dos centros de_x000D_
 convivência, considerando que o município é certificado como “Cidade Amiga da Pessoa_x000D_
 Idosa” pelo Governo do Estado do Paraná._x000D_
 Programas de capacitação e oficinas para idosos,_x000D_
 especialmente voltados a inclusão digital, com cursos de uso de celular, redes sociais,_x000D_
 aplicativos de saúde, comunicação e segurança online. Essas ações fortalecem as políticas_x000D_
 públicas já existentes e ampliam os serviços ofertados.</t>
   </si>
   <si>
     <t>11442</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11442/indicacao_143_pontos_de_parada_para_transportes_ativos_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11442/indicacao_143_pontos_de_parada_para_transportes_ativos_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de implementar pontos de parada bem estruturados, contendo_x000D_
 abrigo, bancos, iluminação e sinalização adequada, visando melhorar e incentivar o_x000D_
 transporte ativo no município._x000D_
 A instalação de abrigos com cobertura, bancos e iluminação_x000D_
 contribuí significativamente para:_x000D_
 - Maior conforto e segurança dos usuários, melhoria na_x000D_
 mobilidade urbana e valorização do transporte ativo.</t>
   </si>
   <si>
     <t>11443</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11443/indicacao_146_instalacao_de_paineis_fotovoltaicos_nas_ubs_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11443/indicacao_146_instalacao_de_paineis_fotovoltaicos_nas_ubs_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de realizar a modernização das Unidades Básicas de Saúde_x000D_
 (UBS) por meio da instalação de painéis solares fotovoltaicos, visando a redução dos_x000D_
 custos de energia elétrica e o redirecionamento da economia para a aquisição de_x000D_
 medicamentos e equipamentos essenciais._x000D_
 As Unidades Básicas de Saúde são fundamentais para o_x000D_
 atendimento diário da população. A instalação de painéis proporciona:_x000D_
 - Redução significativa nos gastos com energia, aliviando o_x000D_
 orçamento da saúde, possibilidade de reinvestir e economia na compra de medicamentos,_x000D_
 sustentabilidade ambiental e modernização estrutural das UBS.</t>
   </si>
   <si>
     <t>11444</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11444/indicacao_144_acoes_de_saude_preventiva_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11444/indicacao_144_acoes_de_saude_preventiva_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de associar ações de saúde preventiva com atividades físicas_x000D_
 orientadas em parques e espeças públicos, incluindo aulas de ginásticas, alongamentos,_x000D_
 caminhadas comunitárias e práticas de bem-estar._x000D_
 A promoção de saúde preventiva é fundamental para a_x000D_
 qualidade de vida da população e reduz consideravelmente a demanda por atendimentos_x000D_
 de média e alta complexidade.</t>
   </si>
   <si>
     <t>11445</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11445/indicacao_145_parquinhos_inclusivos_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11445/indicacao_145_parquinhos_inclusivos_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de implantar Parquinhos Inclusivos nas praças públicas e nos_x000D_
 Centros Municipais de Educação Infantil (CMEIs), com brinquedos adaptados para_x000D_
 crianças com deficiência, garantindo acessibilidade, inclusão e igualdade de_x000D_
 oportunidades no lazer infantil._x000D_
 Os parquinhos inclusivos são equipados com brinquedos_x000D_
 adaptados, pisos seguros, rampas de acessos e estruturas pensadas para atender crianças_x000D_
 com diferentes tipos de deficiência.</t>
   </si>
   <si>
     <t>11446</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11446/indicacao_510.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11446/indicacao_510.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizada a substituição dos brinquedos existentes no Parque Infantil do distrito de Alto Porã por brinquedos novos.</t>
   </si>
   <si>
     <t>11451</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11451/urn_aaid_sc_va6c2_6915b680-3fa2-4758-9012-ef87bc872c39.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11451/urn_aaid_sc_va6c2_6915b680-3fa2-4758-9012-ef87bc872c39.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade de implantação de um redutor de velocidade próximo ao número 1270, na avenida Ladislau Gil Fernandes, sentido centro, pois grande parte dos veículos não respeitam a sinalização de PARE quando chegam na rotatória em frente ao Torno Ivaí.</t>
   </si>
   <si>
     <t>11453</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11453/indicacao_2_assinado_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11453/indicacao_2_assinado_23.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, analise a possibilidade de construção de um CMEI, no Jardim Europa (Vila Xurupita).</t>
   </si>
   <si>
     <t>11454</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11454/indicacao_nc2b066_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11454/indicacao_nc2b066_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio da Secretaria Competente, analise a possibilidade da implantação de um redutor de velocidade próximo ao número 195, na rua Marechal Deodoro da Fonseca, esquina com a rua Prudente de Moraes, no bairro Jardim Luiz XV, pois grande parte dos veículos estão desenvolvendo alta velocidade nesse perímetro.</t>
   </si>
   <si>
     <t>11455</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11455/indicacao_148_redutor_de_velocidade_rua_eleodoro_ebano_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11455/indicacao_148_redutor_de_velocidade_rua_eleodoro_ebano_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de implantar um redutor de velocidade, na Rua Eleodoro Ébano_x000D_
 próximo ao nº 260, na Vila Luiz XV._x000D_
 A via é predominantemente residencial, com circulação de_x000D_
 pedestres e moradores, inclusive idosos e crianças._x000D_
 A instalação de um redutor de velocidade é medida_x000D_
 preventiva, eficaz e comumente usada em municípios para reduzir acidentes e proteger a_x000D_
 população.</t>
   </si>
   <si>
     <t>11456</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11456/indicacao_149_instalar_placas_grandes_nas_ruas_laterais_do_acesso_secundario_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11456/indicacao_149_instalar_placas_grandes_nas_ruas_laterais_do_acesso_secundario_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de instalar placas de grande porte identificando claramente a_x000D_
 mudança de sentido das ruas laterais à Rodovia Celso Fumio Makita, no acesso_x000D_
 secundário, no trecho que vai do Corpo de Bombeiros até a Distribuidora Disfranco._x000D_
 Moradores, motoristas e trabalhadores que trafegam_x000D_
 diariamente pelo acesso secundário da Rodovia, relatam confusão frequente devido ás_x000D_
 alterações de sentido nas ruas laterais.</t>
   </si>
   <si>
     <t>11457</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11457/indicacao_151_limpeza_praca_espanha_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11457/indicacao_151_limpeza_praca_espanha_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade realizar ações de limpezas e melhorias na Praça Espanha,_x000D_
 localizada na Avenida Presidente Tancredo Neves.</t>
   </si>
   <si>
     <t>11459</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11459/indicacao_153_redutor_de_veloc._rua_pato_branco_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11459/indicacao_153_redutor_de_veloc._rua_pato_branco_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de instalar um redutor de velocidade (lombada) na rua Pato_x000D_
 Branco próximo ao numeral 01, na Vila Monte Castelo._x000D_
 Moradores relatam que veículos transitam em alta velocidade_x000D_
 no trecho, colocando em risco pedestres, crianças e ciclistas que circulam pela via.</t>
   </si>
   <si>
     <t>11460</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11460/indicacao_152_lixeiras_seletivas_alto_pora_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11460/indicacao_152_lixeiras_seletivas_alto_pora_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade instalar lixeiras seletivas nas principais vias e pontos de maior_x000D_
 circulação do Distrito do Alto Porã._x000D_
 A implantação de lixeiras seletivas promove a separação_x000D_
 correta dos resíduos, estimula práticas de reciclagem, reduz o acúmulo de lixo nas vias_x000D_
 públicas e incentiva a educação ambiental entre moradores e visitantes.</t>
   </si>
   <si>
     <t>11468</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11468/indicacao_calcada_gramado_cmei_jose_fiorim_1234_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11468/indicacao_calcada_gramado_cmei_jose_fiorim_1234_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que seja realizada a construção de uma calçada de acesso para chegar ao CMEI José Fiorim, entre a Rua Benjamin Constant e a Rua Uberlândia, Centro. No local onde hoje existe apenas a passagem sobre o gramado, a pedido da comunidade e especialmente das mães que levam seus filhos diariamente ao CMEI. A implantação de uma calçada segura e estruturada garantirá melhor mobilidade, segurança e inclusão, atendendo ás necessidades das famílias que utilizam esse trajeto diariamente.</t>
   </si>
   <si>
     <t>11469</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11469/indicacao_redutor_velocidade_avenida_maranhaoc22c_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11469/indicacao_redutor_velocidade_avenida_maranhaoc22c_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a implantação de um redutor de velocidades, na Avenida Maranhão, em frente ao nº 1220, próximo à Rua Paranavaí, sentido Centro, pois tem ocorrido vários acidentes neste local, a pedido de moradores dessa localidade.</t>
   </si>
   <si>
     <t>11470</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11470/indicacao_150_fios_soltos_nas_vias_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11470/indicacao_150_fios_soltos_nas_vias_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise a necessidade de notificar com urgência a empresa responsável pela fiação existente na via onde foram identificados fios soltos e espalhados pelo asfalto, para que realize imediata retirada, recolhimento ou fixação adequada, na Rua Ceará próximo numeral 3470, Avenida Brasil próximo numeral 1400, e Avenida Maranhão próximo numeral 5685 e demais pontos da cidade.</t>
   </si>
   <si>
     <t>11494</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11494/indicacao_154_limpeza_pq_natural_mata_placidio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11494/indicacao_154_limpeza_pq_natural_mata_placidio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de realizar a limpeza da calçada externa do Parque Natural_x000D_
 Municipal Mata do Plácidio, localizado na Rua Plácido Miranda, no Residencial II, bem_x000D_
 com a limpeza e roçagem de pelo menos 2 (dois) metros para dentro da área cercada do_x000D_
 parque, além da elaboração de um cronograma permanente manutenção e limpeza_x000D_
 periódica do local.</t>
   </si>
   <si>
     <t>11495</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11495/indicacao_155_prof._apoio_para_autistas_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11495/indicacao_155_prof._apoio_para_autistas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de realizar com urgência a contratação e disponibilização de_x000D_
 profissionais de apoio escolar para atendimento a alunos autistas e demais crianças com_x000D_
 necessidades específicas, garantindo assim o cumprimento das políticas de inclusão.</t>
   </si>
   <si>
     <t>11496</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11496/indicacao_156_troca_de_tampa_bueiro_rua_paulista_prox_bar_marinho_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11496/indicacao_156_troca_de_tampa_bueiro_rua_paulista_prox_bar_marinho_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de substituir a tampa de bueiro (boca de lobo) localizada na Rua_x000D_
 Paulista nº 567, em frente ao bar do Marinho, na Vila João VIII, que se encontra_x000D_
 danificada.</t>
   </si>
   <si>
     <t>11497</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11497/indicacao_157_limpeza_e_construcao_de_calcada_rua_placido_miranda_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11497/indicacao_157_limpeza_e_construcao_de_calcada_rua_placido_miranda_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
 que analise a necessidade de realizar a limpeza do mato e a construção de calçadas, na_x000D_
 Rua Plácido Miranda, em frente à igreja Assembleia, no cruzamento com a Rua General_x000D_
 Osório.</t>
   </si>
   <si>
+    <t>11579</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11579/indicacao_lombada_pedro_koltun_av_alcebiades_alves_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise a possibilidade de implantação de uma lombada na rotatória do Ginásio de Esportes Alcebíades Alves, localizado na Avenida Pedro Koltun, Centro, antes do nº 1960.  A solicitação atende aos constantes pedidos da vizinhança, que tem manifestado preocupação com o excesso de velocidade praticados pelos motoristas no local, colocando em perigo moradores, pedestres e demais usuários da via, além disso destaca-se o intenso fluxo de atletas e pessoas que frequentam o ginásio, especialmente durante eventos esportivos, aumentando ainda mais a necessidade de medidas de segurança viária.</t>
+  </si>
+  <si>
+    <t>11581</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11581/indicacao_1_assinado_27.pdf</t>
+  </si>
+  <si>
+    <t>, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie pintura e manutenção das faixas e da ciclovia na rodovia Lázaro Bueno (Estrada do Ouro Verde</t>
+  </si>
+  <si>
+    <t>11582</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11582/indicacao_2_assinado_24.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie limpeza e manutenção na praça Sadi Marcondes, no Distrito de Alto Porã.</t>
+  </si>
+  <si>
+    <t>11600</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11600/indicacao_159_limpeza_terreno_r._joaquim_nabuco_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de realizar a limpeza do terreno público, bem como a demolição_x000D_
+do barracão inacabado e abandonado localizado na Rua Joaquim Nabuco, Jardim Luiz_x000D_
+XV.</t>
+  </si>
+  <si>
+    <t>11601</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11601/indicacao_161_red._veocidade_av_brasil_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente,_x000D_
+que analise a necessidade de instalação de um redutor de velocidade na Avenida Brasil,_x000D_
+nas proximidades do nº 1720, próximo ao Supermercado Bovo.</t>
+  </si>
+  <si>
+    <t>11603</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11603/indicacao_3_assinado_17.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie limpeza nas calçadas de passeio da Rua Três Marias, que dá acesso ao Bairro Jardim Iporã.</t>
+  </si>
+  <si>
     <t>10310</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10310/requerimetno.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10310/requerimetno.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da senhora Cleonice Miranda Andrade, esposa do Ex. Vereador e presidente da câmara de Ivaiporã, Altevir Rocha de Andrade, pelo seu falecimento ocorrido no dia doze de janeiro do corrente ano.</t>
   </si>
   <si>
     <t>10459</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10459/requeirmento_no_05-2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10459/requeirmento_no_05-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor Laudelino Belarmino Leão, pelo seu falecimento ocorrido no dia 16 de março do corrente ano.</t>
   </si>
   <si>
     <t>10532</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10532/requerimento_mocao_marco_esquicato_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10532/requerimento_mocao_marco_esquicato_assinado_2.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa,_x000D_
 uma MOÇÃO DE APLAUSOS ao SENHOR MARCO ANTÔNIO ESQUIÇATO, pelos_x000D_
 relevantes serviços que vem realizando no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>10557</t>
   </si>
   <si>
     <t>Ilsinho da Saúde, Ailton Stipp, Sérgio Pindaúva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10557/requerimento_-_tenente_rinaldo_luiz_ferreira_assinado_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10557/requerimento_-_tenente_rinaldo_luiz_ferreira_assinado_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, uma MOÇÃO DE APLAUSOS ao TENENTE RINALDO LUIZ FERREIRA em reconhecimento ao exemplo de dedicação, abnegação e profissionalismo demonstrados durante os 35 anos de carreira na Polícia Militar do Paraná.</t>
   </si>
   <si>
     <t>10558</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10558/brn3c2af4e2196e_0000134304.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10558/brn3c2af4e2196e_0000134304.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSOS ao SARGENTO IURI ROBERT MALANOWSKI em reconhecimento ao exemplo de dedicação, abnegação e profissionalismo demonstrados durante os 35 anos de carreira na Polícia Militar do Paraná.</t>
   </si>
   <si>
     <t>10666</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10666/requeirmento_9_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10666/requeirmento_9_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor Valdinei Botelho, pelo seu falecimento ocorrido no dia 07 de maio do corrente ano.</t>
   </si>
   <si>
     <t>10676</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10676/requeirmento_10_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10676/requeirmento_10_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, Moção de Aplausos ao Festival Paralímpico do Vale do Ivaí, idealizado pelo Prof. Dr. Ricardo Alexandre Carminato e coordenado pela Profa. Dra. Andréia Paula Basei e Prof. Ewerton Davy Marques Silva (NRE), em reconhecimento à sua contribuição para a inclusão social e ampliação do acesso à prática esportiva para pessoas com deficiência a partir dos 10 anos, destacando suas potencialidades, promovendo o respeito à diversidade, valorizando as diferenças e fortalecendo a inclusão, além de incentivar o desenvolvimento de talentos esportivos.</t>
   </si>
   <si>
     <t>10726</t>
   </si>
   <si>
     <t>Ailton Stipp, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10726/requerimento_voto_de_pesar_hugo_marine_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10726/requerimento_voto_de_pesar_hugo_marine_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor Hugo Da Silva Marine, pelo seu falecimento ocorrido no dia 28 de maio do corrente ano.</t>
   </si>
   <si>
     <t>10766</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10766/voto_de_pesar_1_jose_alcides_ribeiro__assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10766/voto_de_pesar_1_jose_alcides_ribeiro__assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que se lavrado pelo egrégio Plenário_x000D_
 desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor José Alcides Ribeiro, pelo_x000D_
 seu falecimento ocorrido no dia 06 de junho do corrente ano</t>
   </si>
   <si>
     <t>10787</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10787/requerimento_voto_de_pesar_dr_glaucio.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10787/requerimento_voto_de_pesar_dr_glaucio.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor GLAUCIO ANTONIO CASTRO, pelo seu falecimento ocorrido no dia 11 de junho do corrente ano.</t>
   </si>
   <si>
     <t>10828</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10828/requerimento_mocao_de_aplauso_juventude_mariana_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10828/requerimento_mocao_de_aplauso_juventude_mariana_assinado_1.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para JUVENTUDE MARIANA DE JACUTINGA, pelo trabalho que está realizando na Cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>10829</t>
   </si>
   <si>
     <t>Rodrigo Cordeiro, Careca</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10829/requerimento_16_2025_voto_pesar_brasilio_shavarski_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10829/requerimento_16_2025_voto_pesar_brasilio_shavarski_28129_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que seja lavrado pelo Egrégio Plenário desta Casa de Leis um Voto de Pesar aos familiares do Basilio Shavarski pelo seu falecimento ocorrido no dia 21 de junho do corrente ano.</t>
   </si>
   <si>
     <t>10830</t>
   </si>
   <si>
     <t>Rodrigo Cordeiro, Careca, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10830/requerimento_17_2025_voto_pesar_joao_luiz_f._kozan_28129_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10830/requerimento_17_2025_voto_pesar_joao_luiz_f._kozan_28129_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que seja lavrado pelo Egrégio Plenário desta Casa de Leis um Voto de Pesar aos familiares do João Luiz F. Kozan pelo seu falecimento ocorrido no dia 18 de junho do corrente ano.</t>
   </si>
   <si>
     <t>11081</t>
   </si>
   <si>
     <t>Nando Dorta, Careca, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11081/requerimento_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11081/requerimento_18.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares do Senhor Valdomiro Jarski, pelo seu falecimento ocorrido no dia 09 de julho do corrente ano.</t>
   </si>
   <si>
     <t>11158</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11158/requerimento_-_mocao_de_aplaudos_bicho_da_seda_assinado_28229_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11158/requerimento_-_mocao_de_aplaudos_bicho_da_seda_assinado_28229_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Sra. Gisonete Ferreira da Silva Souza, produtora rural de Bicho da Seda em nosso Município, cujo talento, dedicação e comprometimento lhe garantiram a 5° colocação no 1° Concurso Estadual Seda Paraná.</t>
   </si>
   <si>
     <t>11173</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11173/requerimento_-_mocao_de_aplauso.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11173/requerimento_-_mocao_de_aplauso.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa_x000D_
 Legislativa, uma MOÇÃO DE APLAUSO, a atleta Emanuelly Santos (Manu) de apenas 14_x000D_
 anos, pela trajetória no Tênis de Mesa, levando o nome de Ivaiporã ao cenário nacional e_x000D_
 internacional do esporte, enaltecendo os relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>11237</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11237/mocao_de_apoio_assinado_assinado_assinado_assinado_1_assinado_2_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11237/mocao_de_apoio_assinado_assinado_assinado_assinado_1_assinado_2_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio para a disponibilização e expansão de atendimentos especializados em oncologia na região do Vale do Ivaí. Esta iniciativa ressoa profundamente com as legítimas reivindicações da comunidade regional, conforme amplamente demonstrado pela mobilização de entidades como o Rotary Club de Ivaiporã e o grupo “FLOR de LOTUS”.</t>
   </si>
   <si>
     <t>11238</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11238/requerimento_modelo_voto_de_pesar_delmira_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11238/requerimento_modelo_voto_de_pesar_delmira_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Senhora Delminda Castelari Belo, pelo seu falecimento ocorrido no dia 14 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>11247</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11247/requerimento_modelo_voto_de_pesar_selma02_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11247/requerimento_modelo_voto_de_pesar_selma02_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Senhora Selma Paulina Martins Gonçalves, pelo seu falecimento ocorrido no dia 16 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>11298</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11298/requerimento_negativa_posto_central_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11298/requerimento_negativa_posto_central_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, o envio deste a Senhora Prefeita Interina_x000D_
 Gertrudes Bernardes, para que através do departamento competente, informe e_x000D_
 apresente a esta Casa: Sobre a situação ocorrida no dia 04/10, período da tarde, no_x000D_
 Centro de Saúde Dr. Hawthorne, quando médicos especialistas se recusaram a atender_x000D_
 pacientes previamente agendados, cujas consultas haviam sido aguardadas por meses.</t>
   </si>
   <si>
     <t>11338</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11338/requerimento_nc2ba_25-2025_alex_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11338/requerimento_nc2ba_25-2025_alex_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, o envio deste ao Senhor Prefeito Luiz Carlos Gil e à Secretaria_x000D_
 Municipal de Saúde, para que através do departamento competente, realizem gestões junto ao_x000D_
 Ministério da Saúde, visando à ampliação do número de profissionais médicos em Ivaiporã, por_x000D_
 meio do Programa “MAIS MÉDICOS”.</t>
   </si>
   <si>
     <t>11404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11404/mocao_de_apoio_leiteiros_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11404/mocao_de_apoio_leiteiros_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, uma MOÇÃO DE APOIO aos produtores do Município de Ivaiporã e do Vale do Ivaí, em razão da concorrência desleal com a importação de leite de países do Mercosul.</t>
   </si>
   <si>
     <t>11438</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11438/valdeci_rodrigues_dias_-_mocao_28229_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11438/valdeci_rodrigues_dias_-_mocao_28229_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, aos profissionais envolvidos na Capacitação de Bombeiros Mirins 2025. Aspirante Oficial BM Patrick Alves Garoa, Soldado QPBM Nathan Sinval de Mello, Soldado QPBM Raphael de Souza Santana. Capacitação promovida pela 1ª Companhia Independente de Bombeiros Militares em parceria com a Secretaria Municipal de_x000D_
 Assistência Social de Ivaiporã.</t>
   </si>
   <si>
     <t>11458</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11458/requerimento_javis_2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11458/requerimento_javis_2025_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, o envio deste ao Senhor Prefeito Luiz Carlos Gil,_x000D_
 para que através do departamento competente, informe e apresente a esta Casa: Nos_x000D_
 termos regimentais, que seja oficiado a Secretaria Municipal de Esportes, solicitando_x000D_
 explicações oficiais sobre os motivos pelos quais o município de Ivaiporã não participou_x000D_
 da 34ª Edição dos Jogos Abertos do vale do Ivaí – JAVIS 2025</t>
   </si>
   <si>
     <t>11498</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11498/requerimento_mocao_de_aplauso_tio_rafa_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11498/requerimento_mocao_de_aplauso_tio_rafa_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa_x000D_
 Legislativa, uma MOÇÃO DE APLAUSO, ao senhor Rafael Santos (Tio Rafa), como é_x000D_
 conhecido, pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
+    <t>11599</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11599/req_30_mocao_futebol5b15d_assinado.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa _x000D_
+Legislativa, uma MOÇÃO DE APLAUSOS à Equipe de Futebol 7 de Ivaiporã, pela _x000D_
+brilhante conquista do Título de Campeão dos Jogos Abertos do Paraná, realizada nos _x000D_
+dias 28 a  30 de novembro  e 5 a 7 de dezembro, bem como pela merecida classificação _x000D_
+para a Série Ouro da competição no próximo ano</t>
+  </si>
+  <si>
     <t>10554</t>
   </si>
   <si>
     <t>INFP</t>
   </si>
   <si>
     <t>Pregão - Informativo da Prefeitura de Ivaiporã</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10554/concorrencia_eletronica_no_11-2025_-_concessao_de_uso_de_espacos_no_terminal_rodoviario.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10554/concorrencia_eletronica_no_11-2025_-_concessao_de_uso_de_espacos_no_terminal_rodoviario.pdf</t>
   </si>
   <si>
     <t>Concorrência Pública nº 11/2025, na modalidade de Concorrência Eletrônica, tipo melhor técnica,  que acontecerá no dia 02 de junho, às 14:00 horas, na plataforma: COMPRAS.GOV.BR. Objetivando a concessão de uso a título oneroso para exploração comercial dos espaços físicos (guichês e salas comerciais) localizados no terminal rodoviário municipal.</t>
   </si>
   <si>
     <t>10555</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10555/concorrencia_eletronica_no_12-2025_-_fornecimento_e_instalacao_de_reservatorio_tubular_de_50.000_l.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10555/concorrencia_eletronica_no_12-2025_-_fornecimento_e_instalacao_de_reservatorio_tubular_de_50.000_l.pdf</t>
   </si>
   <si>
     <t>Concorrência Pública nº 12/2025, na modalidade de Concorrência Eletrônica, tipo menor preço,  que acontecerá no dia 19 de maio, às 09:00 horas, na plataforma: COMPRAS.GOV.BR. Objetivando a contração de empresa especializada para fornecimento e instalação de reservatório tipo tubular metálico, com capacidade para 50.000 litros, incluindo base para fixação em concreto armado, no parque de exposição.</t>
   </si>
   <si>
     <t>10549</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10549/pe_40-2025_-totem_digital.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10549/pe_40-2025_-totem_digital.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 40/2025, tipo menor item, que acontecerá no dia 14 de abril, às 09:00 horas, na Plataforma BLL, para aquisição de Totem Digital para instalação na Casa da Memória do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>10546</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10546/pe_41-2025_-_materiais_de_consumo_para_laboratorio.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10546/pe_41-2025_-_materiais_de_consumo_para_laboratorio.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 41/2025, tipo menor item, que acontecerá no dia 15 de abril, às 09:00 horas, na Plataforma BLL, para aquisição de materiais de consumo para laboratório para a secretaria municipal de Saúde.</t>
   </si>
   <si>
     <t>10547</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10547/pe_42-2025_-_pecas_eletricas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10547/pe_42-2025_-_pecas_eletricas.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 42/2025, tipo menor preço por lote, que acontecerá no dia 16 de abril, às 09:00 horas, na Plataforma BLL, para contratação de empresa especializada em fornecimento de peças elétricas em geral, bem como na prestação de serviços de mão de obras para instalação de manutenção elétrica de toda frota municipal.</t>
   </si>
   <si>
     <t>10548</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10548/pe_43-2025_-_clinica_veterinaria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10548/pe_43-2025_-_clinica_veterinaria.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 43/2025, tipo menor por lote, que acontecerá no dia 23 de abril, às 09:00 horas, na Plataforma BLL, para contratação de empresa especializada para realização de atendimentos clínicos, exames, internações e procedimentos cirúrgico em cães e gatos machos e fêmeas de pequeno, médio e grande porte de rua ou de proprietário comprovadamente de baixa renda, para atender a secretaria de meio ambiente.</t>
   </si>
   <si>
     <t>10550</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10550/pe_44-2025_-_material_esportivo.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10550/pe_44-2025_-_material_esportivo.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 44/2025, tipo menor item, que acontecerá no dia 24 de abril, às 09:00 horas, na Plataforma BLL, para aquisição de material esportivo em atendimento as necessidades da Secretaria Municipal de Esporte e Lazer.</t>
   </si>
   <si>
     <t>10592</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10592/pe_45-2025_-_aquisicao_de_ar_condicionado_equipamentos_eletronicos_smathphone_trelicas_para_drop_entre_outros_em_atendimento_das_secretarias.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10592/pe_45-2025_-_aquisicao_de_ar_condicionado_equipamentos_eletronicos_smathphone_trelicas_para_drop_entre_outros_em_atendimento_das_secretarias.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico nº 45/2025, na modalidade Registro de Preços, tipo menor preço,  que acontecerá no dia 06 de maio, às 09:00 horas, na plataforma: BLL. Objetivando a aquisição de ar condicionado, cadeiras, equipamentos, eletrônicos, smarthphones treliças para back drop, pedestal de fila, smart tv e grade de isolamento para atendimento das secretarias do município de Ivaiporã.</t>
   </si>
   <si>
     <t>10593</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10593/pe_46-2025_-_aquisicao_de_uniformes_bones_e_artigos_de_natacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10593/pe_46-2025_-_aquisicao_de_uniformes_bones_e_artigos_de_natacao.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico nº 46/2025, na modalidade Registro de Preços, tipo menor preço,  que acontecerá no dia 07 de maio, às 09:00 horas, na plataforma: BLL. Objetivando a aquisição de uniformes, bonés e artigos de natação para atender os projetos sociais, hidroginástica e caminhadas e ao PROERD ligados a secretaria de Assistência Social.</t>
   </si>
   <si>
     <t>10625</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10625/pe_47-2025_-_aquisicao_de_mantas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10625/pe_47-2025_-_aquisicao_de_mantas.pdf</t>
   </si>
   <si>
     <t>Informativo PE 47/2025</t>
   </si>
   <si>
     <t>10626</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10626/pe_48-2025_-_aquisicao_de_marmitas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10626/pe_48-2025_-_aquisicao_de_marmitas.pdf</t>
   </si>
   <si>
     <t>Informativo PE 48/2025</t>
   </si>
   <si>
     <t>10628</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10628/pe_49-2025_-_aquisicao_de_maquinas_e_equipamentos_para_sede_da_1a_companhia_independete_de_bombeiro.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10628/pe_49-2025_-_aquisicao_de_maquinas_e_equipamentos_para_sede_da_1a_companhia_independete_de_bombeiro.pdf</t>
   </si>
   <si>
     <t>Informativo PE 49/2025</t>
   </si>
   <si>
     <t>10629</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10629/pe_50-2025_-_cortinas_e_persianas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10629/pe_50-2025_-_cortinas_e_persianas.pdf</t>
   </si>
   <si>
     <t>Informativo PE 50/2025</t>
   </si>
   <si>
     <t>10649</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10649/pe_51-2025_-_concessao_onerosa_de_uso_de_espaco_publico_do_recinto_de_leiloes.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10649/pe_51-2025_-_concessao_onerosa_de_uso_de_espaco_publico_do_recinto_de_leiloes.pdf</t>
   </si>
   <si>
     <t>Informativo PE 51/2025</t>
   </si>
   <si>
     <t>10650</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10650/pe_52-2025_-_cabine_metalica_de_medicao_e_protecao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10650/pe_52-2025_-_cabine_metalica_de_medicao_e_protecao.pdf</t>
   </si>
   <si>
     <t>Informativo PE 52/2025</t>
   </si>
   <si>
     <t>10651</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10651/pe_54-2025_-_medicamentos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10651/pe_54-2025_-_medicamentos.pdf</t>
   </si>
   <si>
     <t>Informativo PE 54/2025</t>
   </si>
   <si>
     <t>10652</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10652/pe_53-2025_-_pedras.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10652/pe_53-2025_-_pedras.pdf</t>
   </si>
   <si>
     <t>Informativo PE 53/2025</t>
   </si>
   <si>
     <t>10680</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10680/pe_55-2025_-_oleo_lubrificante.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10680/pe_55-2025_-_oleo_lubrificante.pdf</t>
   </si>
   <si>
     <t>Informativo PE 55/2025</t>
   </si>
   <si>
     <t>10713</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10713/pe_56-2025_-_limpeza_publica.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10713/pe_56-2025_-_limpeza_publica.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 56/2025</t>
   </si>
   <si>
     <t>10689</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10689/pe_57-2025_-_tubos_de_concreto.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10689/pe_57-2025_-_tubos_de_concreto.pdf</t>
   </si>
   <si>
     <t>Informativo PE 57/2025</t>
   </si>
   <si>
     <t>10691</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10691/pe_58-2025_-_materiais_eletricos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10691/pe_58-2025_-_materiais_eletricos.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 58/2025</t>
   </si>
   <si>
     <t>10692</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10692/pe_59-2025_-_materiais_de_construcao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10692/pe_59-2025_-_materiais_de_construcao.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 59/2025</t>
   </si>
   <si>
     <t>10711</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10711/pe_60-2025_-_pranchao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10711/pe_60-2025_-_pranchao.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 60/2025, tipo menor preço por lote, que acontecerá no dia 05 de junho, às 9 horas, na plataforma BLL, objetivando a contratação de empresa para fornecimento de pranchão de madeira e serragem em atendimento da secretaria municipal de viação.</t>
   </si>
   <si>
     <t>10712</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10712/pe_61-2025_-_radio_comunicador.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10712/pe_61-2025_-_radio_comunicador.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 61/2025, tipo menor preço por item, que acontecerá no dia 06 de junho, às 9 horas, na plataforma BLL, objetivando a Locação de Rádio comunicador portátil para utilização na 21ª EXPOVALE 2025.</t>
   </si>
   <si>
     <t>10715</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10715/pe_62-2025_-pneus.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10715/pe_62-2025_-pneus.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 62/2025</t>
   </si>
   <si>
     <t>10736</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10736/pe_63-2025_-insumo_calcario.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10736/pe_63-2025_-insumo_calcario.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 63/2025</t>
   </si>
   <si>
     <t>10744</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10744/pe_64-2025_-_grama_sintetica.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10744/pe_64-2025_-_grama_sintetica.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 64/2025</t>
   </si>
   <si>
     <t>10773</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10773/pe_65-2025_-_motocicletas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10773/pe_65-2025_-_motocicletas.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 65/2025</t>
   </si>
   <si>
     <t>10772</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10772/pe_66-2025_-_fogos_de_artificios.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10772/pe_66-2025_-_fogos_de_artificios.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 66/2025</t>
   </si>
   <si>
     <t>10832</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10832/pe_67-2025_-_calcada_paver.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10832/pe_67-2025_-_calcada_paver.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 67/2025</t>
   </si>
   <si>
     <t>10833</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10833/pe_68-2025_-_refeicoes.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10833/pe_68-2025_-_refeicoes.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 68/2025</t>
   </si>
   <si>
     <t>10834</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10834/pe_69-2025_-_materiais_odontologicos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10834/pe_69-2025_-_materiais_odontologicos.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 69/2025</t>
   </si>
   <si>
     <t>10843</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10843/pe_70-2025_-_acessorios_ti.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10843/pe_70-2025_-_acessorios_ti.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 70/2025</t>
   </si>
   <si>
     <t>10899</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10899/pe_71-2025_-_produtos_de_limpeza.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10899/pe_71-2025_-_produtos_de_limpeza.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 71/2025</t>
   </si>
   <si>
     <t>10900</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10900/pe_72-2025_-_poco_artesianos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10900/pe_72-2025_-_poco_artesianos.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 72/2025</t>
   </si>
   <si>
     <t>10979</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10979/pe_73-2025_-_materiais_de_papelaria_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10979/pe_73-2025_-_materiais_de_papelaria_e_outros.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 73/2025</t>
   </si>
   <si>
     <t>11043</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11043/pe_74-2025_-_levantamento_radiometrico.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11043/pe_74-2025_-_levantamento_radiometrico.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 74/2025</t>
   </si>
   <si>
     <t>11044</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11044/pe_75-2025_-_equipamentos_medicos_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11044/pe_75-2025_-_equipamentos_medicos_e_outros.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 75/2025</t>
   </si>
   <si>
     <t>11050</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11050/pe_76-2025_-_tablets.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11050/pe_76-2025_-_tablets.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 76/2025</t>
   </si>
   <si>
     <t>11051</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11051/pe_77-2025_-_barraca_universitaria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11051/pe_77-2025_-_barraca_universitaria.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 77/2025</t>
   </si>
   <si>
     <t>11052</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11052/pe_78-2025_-_uso_de_espaco_publico_do_recinto_de_leiloes.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11052/pe_78-2025_-_uso_de_espaco_publico_do_recinto_de_leiloes.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 78/2025</t>
   </si>
   <si>
     <t>11082</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11082/pe_79-2025_-_incubadora_tecnologica.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11082/pe_79-2025_-_incubadora_tecnologica.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 79/2025</t>
   </si>
   <si>
     <t>11083</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11083/pe_80-2025_-_pranchao_de_madeira.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11083/pe_80-2025_-_pranchao_de_madeira.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 80/2025</t>
   </si>
   <si>
     <t>11092</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11092/pe_81-2025_-_tendas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11092/pe_81-2025_-_tendas.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 81/2025</t>
   </si>
   <si>
     <t>11122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11122/pe_82-2025_-_uniformes.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11122/pe_82-2025_-_uniformes.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 82/2025</t>
   </si>
   <si>
     <t>11123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11123/pe_83-2025_-_chromebooks_e_headsets.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11123/pe_83-2025_-_chromebooks_e_headsets.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 83/2025</t>
   </si>
   <si>
     <t>11124</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11124/pe_84-2025_-_alimentos_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11124/pe_84-2025_-_alimentos_e_outros.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 84/2025</t>
   </si>
   <si>
     <t>11126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11126/pe_85-2025_-_gas_liquefeito.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11126/pe_85-2025_-_gas_liquefeito.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 85/2025</t>
   </si>
   <si>
     <t>11127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11127/pe_86-2025_-_moveis_incubadora.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11127/pe_86-2025_-_moveis_incubadora.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 86/2025</t>
   </si>
   <si>
     <t>11128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11128/pe_87-2025_-_eletro_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11128/pe_87-2025_-_eletro_e_outros.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 87/2025</t>
   </si>
   <si>
     <t>11129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11129/pe_88-2025_-_pecas_fibra_vidro.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11129/pe_88-2025_-_pecas_fibra_vidro.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 88/2025</t>
   </si>
   <si>
     <t>11130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11130/pe_89-2025_-_laudos_de_ensaio.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11130/pe_89-2025_-_laudos_de_ensaio.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO PE 89/2025</t>
   </si>
   <si>
     <t>11136</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11136/pe_90-2025_-_matl_expediente.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11136/pe_90-2025_-_matl_expediente.pdf</t>
   </si>
   <si>
     <t>Informativo PE 90/2025 - Material de Expediente.</t>
   </si>
   <si>
     <t>11137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11137/pe_91-2025_-_bebidas_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11137/pe_91-2025_-_bebidas_expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 91/2025, tipo maior lance ou oferta, que acontecerá no dia 12 de agosto de 2025, às 9 horas, na plataforma BLL, objetivando concessão onerosa para exploração de bebidas para fornecedores exclusivo no parques de exposições durante o período de 14 à 19 de novembro de 2025 - 21ª EXPOVALE.</t>
   </si>
   <si>
     <t>11135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11135/pe_92-2025_-_uniformes_esportivos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11135/pe_92-2025_-_uniformes_esportivos.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 92/2025, tipo menor preço por item, que acontecerá no dia 13 de agosto, às 9 horas, na plataforma BLL, objetivando a aquisição de uniformes esportivos de diversas modalidades para a secretaria municipal de esportes e lazer.</t>
   </si>
   <si>
     <t>11138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11138/pe_93-2025_-_parque_exposicoes_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11138/pe_93-2025_-_parque_exposicoes_expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 93/2025, tipo maior lance ou oferta, que acontecerá no dia 14 de agosto de 2025, às 9 horas, na plataforma BLL, objetivando a concessão onerosa de uso de espaço público, para instalação de parque de diversões, no parque de exposições de Ivaiporã, durante a realização da 21ª EXPOVALE, que acontecerá no período de 14 a 19 de novembro de 2025.</t>
   </si>
   <si>
     <t>11139</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11139/pe_94-2025_-_espacos_gastronomicos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11139/pe_94-2025_-_espacos_gastronomicos.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 94/2025, tipo maior lance ou oferta, que acontecerá no dia 29 de agosto de 2025, às 9 horas, na plataforma BLL, objetivando a concessão onerosa de uso de espaço público, para exploração de espaços gastronõmicos, comerciais e exposição de máquinas e implementos agrícolas, durante a realização da 21ª EXPOVALE, a realizar se nos dias 14 à 19 novembro de 2025 no parque de exposições e eventos de Ivaiporã.</t>
   </si>
   <si>
     <t>11144</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11144/pe_95-2025_-_tintas_para_demarcacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11144/pe_95-2025_-_tintas_para_demarcacao.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 95/2025, tipo menor preço por item, que acontecerá no dia 21 de agosto de 2025, às 9 horas, na plataforma BLL, objetivando a aquisição de tintas para a demarcação viária e placas de trânsito em atendimento das necessidades da Secretaria Municipal de Obras.</t>
   </si>
   <si>
     <t>11147</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11147/pe_96-2025_-_produtos_medico-hospitalares.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11147/pe_96-2025_-_produtos_medico-hospitalares.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 96/2025, tipo menor preço por item, que acontecerá no dia 25 de agosto de 2025, às 9 horas, na plataforma BLL, objetivando a aquisição de material e produtos médico-hospitalares em atendimento as necessidades da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>11148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11148/pe_97-2025_-_confeccao__de_figurinos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11148/pe_97-2025_-_confeccao__de_figurinos.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 97/2025, tipo menor preço por item, que acontecerá no dia 26 de agosto de 2025, às 9 horas, na plataforma BLL, objetivando a contratação de serviços especializados na confecção de figurinos, consertos, confecção de painel de sublimação e montagem de estruturas decorativas de balão para Secretaria Municipal de Cultura.</t>
   </si>
   <si>
     <t>11150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11150/pe_98-2025_-_pecas_eletricas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11150/pe_98-2025_-_pecas_eletricas.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 98/2025, tipo maior percentual de desconto, que acontecerá no dia 27 de agosto de 2025, às 9 horas, na plataforma BLL, objetivando a contratação de empresa especializada no fornecimento de peças elétricas em geral, bem como na prestação de serviços de mão de obra para instalação e manutenção elétrica de toda frota municipal.</t>
   </si>
   <si>
     <t>11161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11161/pe_99-2025_-_extintores.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11161/pe_99-2025_-_extintores.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 99/2025, tipo menor preço por item, que acontecerá no dia 28 de agosto de 2025, às 9 horas, na plataforma BLL, objetivando a contratação de empresa para prestação de serviço de recargas e fornecimento de extintores, esguicho e chave para hidrante, placas fotoluminescentes e mangueiras de incêndio a fim de suprir as necessidades dos diversos setores da administração municipal.</t>
   </si>
   <si>
     <t>11163</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11163/pe_100-2025_-_hortifruti_e_padaria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11163/pe_100-2025_-_hortifruti_e_padaria.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 100/2025, tipo menor preço por item, que acontecerá no dia 01 de setembro de 2025, às 9 horas, na plataforma BLL, objetivando a aquisição de produtos de hortifruti e padaria para a merenda das escolas e CMEIS da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>11167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11167/pe_101-2025_-_guarda-chuva.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11167/pe_101-2025_-_guarda-chuva.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 101/2025, tipo menor preço por item, que acontecerá no dia 02 de setembro de 2025, às 9 horas, na plataforma BLL, objetivando a aquisição de guarda-chuvas coloridos de 1,20mt de diâmetro em tecido pongee, cabo curvo de abertura automática, nas cores pink, verde, laranja, lilás, azul e amarelo para instalação na feira aquarela.</t>
   </si>
   <si>
     <t>11168</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11168/pe_102-2025_-_moveis_planejados.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11168/pe_102-2025_-_moveis_planejados.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 102/2025, tipo menor preço por lote, que acontecerá no dia 03 de setembro de 2025, às 9 horas, na plataforma BLL, objetivando a aquisição de móveis planejados para o CREAS, conselho tutelar e CRAS ligados a secretaria municipal de Assistência Social.</t>
   </si>
   <si>
     <t>11182</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11182/pe_103-2025_-_maquinas_em_geral.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11182/pe_103-2025_-_maquinas_em_geral.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 103/2025, tipo maior percentual de desconto, que acontecerá no dia 04 de setembro de 2025, às 9 horas, na plataforma BLL, objetivando a aquisição de peças de máquinas em geral originais e paralelas para manutenção da frota do município de Ivaiporã.</t>
   </si>
   <si>
     <t>11185</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11185/pe_104-2025_-_ferramentas_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11185/pe_104-2025_-_ferramentas_e_outros.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 104/2025, tipo menor preço por item, que acontecerá no dia 05 de setembro de 2025, às 9 horas, na plataforma BLL, objetivando a aquisição de ferramentas, contentores de resíduos, lixeiras ecológicas e materiais de uso continuo nas atividades de limpeza pública.</t>
   </si>
   <si>
     <t>11195</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11195/pe_105-2025_-_geomembrana.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11195/pe_105-2025_-_geomembrana.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 105/2025, tipo menor preço por item, que acontecerá no dia 08 de setembro de 2025, às 9 horas, na plataforma BLL, objetivando a contratação de empresa especilizada no fornecimento, instalação e manutenção de geomembrana para aterro municipal. INFORMATIVO PE 105/2025</t>
   </si>
   <si>
     <t>11196</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11196/pe_106-2025_-_equip._feira_aquarela.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11196/pe_106-2025_-_equip._feira_aquarela.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 106/2025, tipo menor preço por item, que acontecerá no dia 09 de setembro de 2025, às 9 horas, na plataforma BLL, objetivando a aquisição de equipamentos para a feira aquarela conforme 2º termo aditivo do convênio nº 570/2021 SEAB.</t>
   </si>
   <si>
     <t>11197</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11197/pe_107-2025_-_placas_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11197/pe_107-2025_-_placas_e_outros.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 107/2025, tipo menor preço por item, que acontecerá no dia 10 de setembro de 2025, às 9 horas, na plataforma BLL, objetivando a contratação de empresa para a prestação de serviços de comunicação visual incluindo confecção e instalação de placas, faixas, adesivos, outdoor e quadro metálico em atendimento a secretaria municipal de admistração.</t>
   </si>
   <si>
     <t>11198</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11198/pe_108-2025_-_barraca_universitaria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11198/pe_108-2025_-_barraca_universitaria.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 108/2025, tipo menor preço por item, que acontecerá no dia 10 de setembro de 2025, às 14 horas, na plataforma BLL, objetivando a concessão onerosa de uso de espaço público para instalação da barraca universitária e exploração comercial de alimentos e bebidas.</t>
   </si>
   <si>
     <t>11202</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11202/pe_109-2025_-_rompedor.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11202/pe_109-2025_-_rompedor.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 109/2025, tipo menor preço por item, que acontecerá no dia 11 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de 01 (um) rompedor hidráulico para escavadeira hidráulica 18 a 22 toneladas, novo, carcaça fechada com duas câmaras de gás nitrogênio, uma caixa pressão na cabeça e outra de alta pressão na lateral peso operacional mínimo 1850 kg, pressão de trabalho mínimo de 160 - 180 bar, fluxo de óleo máximo de 180L/min, frequência de impacto mínimo 350 - 500 BPM com válvula que permite o ajuste das batidas, diâmetro da mangueira mínimo 01 polegada, diâmetro do ponteiro mínimo 140mm, energia por golpe mínimo 6000 joules. Deverá ser fornecido com linha hidráulica completa para acionamento do rompedor com tubos rígidos e filtro de retorno.</t>
   </si>
   <si>
     <t>11207</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11207/pe_110-2025_-_playground.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11207/pe_110-2025_-_playground.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 110/2025, tipo menor preço por item, que acontecerá no dia 15 de setembro de 2025, às 14 horas, na plataforma BLL, objetivando a aquisição e instalação de playground, banco de madeira plástica e piso desenvolvido em borracha em atendimento a secretaria de obras.</t>
   </si>
   <si>
     <t>11208</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11208/pe_111-2025_-_cabine_metalica.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11208/pe_111-2025_-_cabine_metalica.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 111/2025, tipo menor preço por item, que acontecerá no dia 15 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa especilizada para serviços de engenharia para execução da instalação de cabine metálica de medição e proteção 15KV -IP- 44 e melhoria da rede de média tensão 13,8KV rede particular do parque de exposições.</t>
   </si>
   <si>
     <t>11213</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11213/pe_112-2025_-_rodeio.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11213/pe_112-2025_-_rodeio.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 112/2025, tipo menor preço global, que acontecerá no dia 16 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa especilizada para gestão de rodeio Country profissional para a 20ª Expovale nos dias 15 e 16 de novembro de 2025.</t>
   </si>
   <si>
     <t>11214</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11214/pe_113-2025_-_geoprocessamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11214/pe_113-2025_-_geoprocessamento.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 113/2025, tipo menor preço global, que acontecerá no dia 17 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de serviços de geoprocessamento para o desenvolvimento do cadastro técnico multifinalitário que visa atender aos apontamentos em relação ao cadastro imobiliário, bem como obter dados para gerar diagnósticos multisetoriais e em decorrência elaborar planos setoriais para direcionar as ações e investimentos no município.</t>
   </si>
   <si>
     <t>11217</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11217/pe_114-2025_-_material_grafico.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11217/pe_114-2025_-_material_grafico.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 114/2025, tipo menor preço por item, que acontecerá no dia 18 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de materiais  gráficos para atender ás necessidades das secretarias do município de Ivaiporã.</t>
   </si>
   <si>
     <t>11218</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11218/pe_115-2025_-_recinto_de_leiloes.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11218/pe_115-2025_-_recinto_de_leiloes.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 115/2025, tipo maior lance ou oferta, que acontecerá no dia 18 de setembro de 2025, às 14 horas, na plataforma BLL, objetivando a concessão onerosa de uso de espaço público do recinto de leilões localizado na quadra 09, do parque de exposição e eventos do município de Ivaiporã.</t>
   </si>
   <si>
     <t>11219</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11219/pe_116-2025_-_rocagem_e_capinacao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11219/pe_116-2025_-_rocagem_e_capinacao.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 116/2025, tipo menor preço por lote, que acontecerá no dia 19 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa especializada para execução de serviços de roçagem e capinação por M² para atendimento da secretaria municipal de meio ambiente.</t>
   </si>
   <si>
     <t>11220</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11220/pe_117-2025_-_alimentos_animais_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11220/pe_117-2025_-_alimentos_animais_expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 117/2025, tipo menor preço por lote, que acontecerá no dia 22 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de Alimentação para os Animais Expostos durante o evento da 21ª Expovale.</t>
   </si>
   <si>
     <t>11221</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11221/pe_118-2025_-_camarote_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11221/pe_118-2025_-_camarote_expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 118/2025, tipo maior lance ou oferta, que acontecerá no dia 23 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a concessão onerosa de uso de espaço público para instalação de camarote, setor frontstage e área bistrô, com exploração comercial de alimentos e bebidas, na arena do parque de exposições e eventos durante a realização da 21ª EXPOVALE entre os dias 14 a 19 de novembro de 2.025.</t>
   </si>
   <si>
     <t>11222</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11222/pe_119-2025_-_camisetas_e_bones.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11222/pe_119-2025_-_camisetas_e_bones.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 119/2025, tipo menor preço por item, que acontecerá no dia 24 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de camisetas e bonés para a realização da 21ª EXPOVALE.</t>
   </si>
   <si>
     <t>11223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11223/pe_120-2025_-_servico_de_seguranca_e_brigadista_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11223/pe_120-2025_-_servico_de_seguranca_e_brigadista_expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 120/2025, tipo menor preço por lote, que acontecerá no dia 25 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa especializada na prestação de serviços de segurança privada e brigadista para a 21ª EXPOVALE e para demais eventos realizados pelo município de Ivaiporã.</t>
   </si>
   <si>
     <t>11224</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11224/pe_121-2025_-_estrutura_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11224/pe_121-2025_-_estrutura_expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 121/2025, tipo menor preço por item, que acontecerá no dia 26 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa especializada na locação, montagem, manutenção e desmontagem de estruturas e equipamentos para à realização da 21ª EXPOVALE no período de 14 à 19 de novembro de 2.025.</t>
   </si>
   <si>
     <t>11225</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11225/pe_122-2025_-_estacionamento_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11225/pe_122-2025_-_estacionamento_expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 122/2025, tipo maior lance ou oferta, que acontecerá no dia 29 de setembro de 2025, às 09 horas, na plataforma BLL, objetivando a concessão onerosa de uso de espaço público para prestação de serviços de administração de estacionamento localizado na área externa do parque de exposição e eventos de Ivaiporã, durante a realização da 21ª EXPOVALE, a realizar-se nos dias 14 à 19 novembro de 2025.</t>
   </si>
   <si>
     <t>11243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11243/pe_123-2025_-_equip._incubadora.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11243/pe_123-2025_-_equip._incubadora.pdf</t>
   </si>
   <si>
     <t>Informativo do PE n° 123/2025 - AQUISIÇÃO DE EQUIPAMENTOS PARA INCUBADORA TECNOLÓGIA DE IVAIPORÃ, POR MEIO DO TERMO CONVÊNIO Nº 001/2025/SEI/PR.</t>
   </si>
   <si>
     <t>11251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11251/pe_124-2025_-_estagiarios.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11251/pe_124-2025_-_estagiarios.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 124/2025, tipo menor percentual, que acontecerá no dia 07 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de agência de integração, para a prestação de serviços de operacionalização do programa de estágio remunerado no âmbito do município de Ivaiporã, para a concessão de oportunidade de estágio supervisionado a estudantes dos cursos de educação superior, educação profissional de nível médio ou técnico, e escolas de educação especial, devidamente matriculados e com frequência efetiva, vinculados ao ensino público e particular, de conformidade com as disposições legais.</t>
   </si>
   <si>
     <t>11256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11256/pe_125-2025_-_trofeus_e_medalhas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11256/pe_125-2025_-_trofeus_e_medalhas.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 125/2025, tipo menor preço por item, que acontecerá no dia 08 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de troféus e medalhas em atendimento as necessidades da secretaria de esportes e lazer.</t>
   </si>
   <si>
     <t>11261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11261/pe_126-2025_-_glp.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11261/pe_126-2025_-_glp.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 126/2025, tipo menor preço por item, que acontecerá no dia 10 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de gás liquefeito de petróleo para atendimento das necessidades das diversas secretarias municipais.</t>
   </si>
   <si>
     <t>11263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11263/pe_127-2025_-_baile_60.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11263/pe_127-2025_-_baile_60.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 127/2025, tipo menor preço por lote, que acontecerá no dia 14 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de banda e som para o baile da terceira idade ligado a secretaria municipal de assistência social.</t>
   </si>
   <si>
     <t>11264</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11264/pe_128-2025_-_espacos_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11264/pe_128-2025_-_espacos_expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 128/2025, tipo maior lance ou oferta, que acontecerá no dia 15 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a concessão onerosa de uso de espaço público para a exploração de espaços gastronômicos, comerciais e exposição de máquinas e implementos agrícolas, durante a realização da 21ª EXPOVALE, a realizar-se nos dias 14 à 19 novembro de 2025 no parque de exposições e eventos de Ivaiporã.</t>
   </si>
   <si>
     <t>11270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11270/pe_129-2025_-_ressolagem.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11270/pe_129-2025_-_ressolagem.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 129/2025, tipo menor preço por lote, que acontecerá no dia 17 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa para prestação de serviços de ressolagem, vulcanização e reforço de pneus de caminhões, máquinas e ônibus pertencentes a frota municipal.</t>
   </si>
   <si>
     <t>11271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11271/pe_130-2025_-_mudas_flores_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11271/pe_130-2025_-_mudas_flores_e_outros.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 130/2025, tipo menor preço por item, que acontecerá no dia 20 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de mudas de flores, embalagens e insumos diversos destinados ao paisagismo urbano e ao viveiro de mudas, em atendimento às demandas da Secretaria Municipal de Meio Ambiente e Serviços Urbanos.</t>
   </si>
   <si>
     <t>11276</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11276/pe_131-2025_-_alimentos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11276/pe_131-2025_-_alimentos.pdf</t>
   </si>
   <si>
     <t>Informativo do PE 131/2025 - AQUISIÇÃO DE ITENS PERECÍVEIS E NÃO PERECÍVEIS PARA ATENDER A DEMANDA DA MERENDA ESCOLAR NAS ESCOLAS E CMEIS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>11279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11279/pe_132-2025_-_ambulancias.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11279/pe_132-2025_-_ambulancias.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 132/2025, tipo menor preço por item, que acontecerá no dia 22 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de ambulâncias em atendimentos as necessidades da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>11292</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11292/pe_133-2025_-_cesta_basica_servidores.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11292/pe_133-2025_-_cesta_basica_servidores.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 133/2025, tipo menor preço global, que acontecerá no dia 24 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de cestas básicas montadas e embaladas em sacos plásticos resistentes, para servidores públicos do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>11299</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11299/pe_134-2025_-_onibus.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11299/pe_134-2025_-_onibus.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 134/2025, tipo menor preço por item, que acontecerá no dia 27 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de ônibus rodoviário para transporte de passageiros em atendimento as necessidades da secretaria municipal de saúde.</t>
   </si>
   <si>
     <t>11311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11311/pe_135-2025_-_materiais_decorativos_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11311/pe_135-2025_-_materiais_decorativos_e_outros.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 135/2025, tipo menor preço por item, que acontecerá no dia 29 de outubro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de materiais decorativos e utilidades em geral para atender as necessidades da Secretaria de Cultura.</t>
   </si>
   <si>
     <t>11325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11325/pe_136-2025_-_estruturas_e_equipamentos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11325/pe_136-2025_-_estruturas_e_equipamentos.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 136/2025, tipo menor preço por item, que acontecerá no dia 07 de novembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa especilizada na locação de equipamentos e estruturas para eventos realizados pelo município de Ivaiporã.</t>
   </si>
   <si>
     <t>11326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11326/pe_137-2025_-_recinto_leiloes.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11326/pe_137-2025_-_recinto_leiloes.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 137/2025, tipo maior lance ou oferta, que acontecerá no dia 07 de novembro de 2025, às 14 horas, na plataforma BLL, objetivando a concessão onerosa de uso de espaço público do recinto de Leilões localizado na quadra 09, do parque de exposição e eventos de Ivaiporã para leilões de gado de corte e gado de leite.</t>
   </si>
   <si>
     <t>11327</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11327/pe_138-2025_-_veiculos_incubadora.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11327/pe_138-2025_-_veiculos_incubadora.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 138/2025, tipo menor preço global, que acontecerá no dia 10 de novembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de 1(um) veículo Hatch, fabricação/modelo 2025/2025 (novo,zero KM) para a incubadora tecnológica, por meio do convênio nº 1140/2025/SECID.</t>
   </si>
   <si>
     <t>11334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11334/pe_139-2025_-_ferramentas_e_equip._expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11334/pe_139-2025_-_ferramentas_e_equip._expovale.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 139/2025, tipo menor preço por item, que acontecerá no dia 11 de novembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de ferramentas e materiais para a manutenção dos pavilhões dos animais e fazendinha para a 21ª EXPOVALE.</t>
   </si>
   <si>
     <t>11342</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11342/pe_140-2025_-_passagens_aereas_-_adm.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11342/pe_140-2025_-_passagens_aereas_-_adm.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 140/2025, tipo menor percentual, que acontecerá no dia 12 de novembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa especializada para a prestação de serviços de reserva e fornecimento de passagens aéreas nacionais e internacionais em atendimento as necessidades da administração municipal.</t>
   </si>
   <si>
     <t>11351</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11351/pe_141-2025_-_kits_natalino_servidores.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11351/pe_141-2025_-_kits_natalino_servidores.pdf</t>
   </si>
   <si>
     <t>Informativo do PE 141/2025 - AQUISIÇÃO DE KITS NATALINO (AVE COM BOLSA TÉRMICA E PANETONE) PARA DISTRIBUIÇÃO AOS SERVIDORES DO MUNICÍPIO DE IVAIPORÃ.</t>
   </si>
   <si>
     <t>11376</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11376/pe_142-2025_-_motos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11376/pe_142-2025_-_motos.pdf</t>
   </si>
   <si>
     <t>Informativo do PE 142/2025 - AQUISIÇÃO DE MOTOCICLETAS NOVAS, ZERO QUILÔMETROS, ANO/MODELO 2025 PARA OS VIGIAS MUNICIPAIS E PARA O PRÊMIO DO IPTU PREMIADO EM ATENDIMENTO AS NECESSIDADES DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>11387</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11387/pe_143-2025-materiais_de_expediente_saude.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11387/pe_143-2025-materiais_de_expediente_saude.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE PARA SUPRIR AS NECESSIDADES DA SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>11389</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11389/pe_144-2025_contratacao_de_empresa_especializada_no_fornecimento_de_kits_de_fim_de_ano_para_projetos_sociais.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11389/pe_144-2025_contratacao_de_empresa_especializada_no_fornecimento_de_kits_de_fim_de_ano_para_projetos_sociais.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE KITS DE FIM DE ANO PARA PROJETOS SOCIAIS E GRUPO DA MELHOR IDADE E LEMBRANÇAS PARA PROJETO SOCIAIS.</t>
   </si>
   <si>
     <t>11448</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11448/pe_145-2025_aquisicao_de_recarga_de_oxigenio_medicinal_para_os_pacientes_da_unidade_de_pronto_atendimento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11448/pe_145-2025_aquisicao_de_recarga_de_oxigenio_medicinal_para_os_pacientes_da_unidade_de_pronto_atendimento.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE RECARGA DE OXIGÊNIO MEDICINAL PARA OS PACIENTES DA UNIDADE DE PRONTO ATENDIMENTO DA SECRETARIA MUNICIPAL DE SAÚDE E DE GASES INDUSTRIAIS PARA A SECRETARIA MUNICIPAL DE VIAÇÃO.</t>
   </si>
   <si>
     <t>11449</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11449/pe_146-2025_contratacao_de_empresa_especializada_no_fornecimento_de_pecaas_e_servicos_de_manutencao_de_suspensao_de_veiculos_leves_e_pesados.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11449/pe_146-2025_contratacao_de_empresa_especializada_no_fornecimento_de_pecaas_e_servicos_de_manutencao_de_suspensao_de_veiculos_leves_e_pesados.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE PEÇAS E SERVIÇOS DE MANUTENÇÃO DE SUSPENSÃO DE VEICULOS LEVES E PESADOS, DESTINADAS A MANUTENÇÃO PREVENTIVA E CORRETIVA DA FROTA MUNICIPAL.</t>
   </si>
   <si>
     <t>11450</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11450/pe_147-2025_aquisicao_de_equipamentos_para_a_casa_do_autista.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11450/pe_147-2025_aquisicao_de_equipamentos_para_a_casa_do_autista.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 147/2025, tipo menor preço por item, que acontecerá no dia 08 de dezembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de equipamentos para a Casa do Autista administrada pela secretaria municipal de Saúde.</t>
   </si>
   <si>
     <t>11452</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11452/pe_148-2025_aquisicao_de_01_veiculo_tipo_van_minubus_01_minibusvanveiculo.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11452/pe_148-2025_aquisicao_de_01_veiculo_tipo_van_minubus_01_minibusvanveiculo.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 148/2025, tipo menor preço por item, que acontecerá no dia 10 de dezembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de 01 veículo tipo MINIBUS/VAN Veículo, novo, zero quilometros, ano/modelo 2025/2026, cor branca, capacidade para 16 lugares, para a secretaria municipal de esportes.</t>
   </si>
   <si>
     <t>11461</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11461/pe_149-2025_contratacao_de_empresa_especializada_para_prestacao_de_servicos_de_mao_de_obra_tercerizada_em_regime_de_dedicacao_exclusiva.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11461/pe_149-2025_contratacao_de_empresa_especializada_para_prestacao_de_servicos_de_mao_de_obra_tercerizada_em_regime_de_dedicacao_exclusiva.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE MÃO DE OBRA TERCERIZADA, EM REGIME DE DEDICAÇÃO EXCLUSIVA, PARA ATENDER ÁS NECESSIDADES DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>11499</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11499/pe_150-2025_aquisicao_de_produtos_de_padaria_para_atendimento_das_secretarias_do_municipio_de_ivaipora.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11499/pe_150-2025_aquisicao_de_produtos_de_padaria_para_atendimento_das_secretarias_do_municipio_de_ivaipora.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 150/2025, tipo menor preço por lote, que acontecerá no dia 16 de dezembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de produtos de padaria para atendimento das secretarias do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>11500</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11500/pe_151-2025_contratacao_de_empresa_especializada_no_fornecimento_de_pecas_e_servicos_de_manutencao_e_instalacao_de_ar_condicionado_em_geral.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11500/pe_151-2025_contratacao_de_empresa_especializada_no_fornecimento_de_pecas_e_servicos_de_manutencao_e_instalacao_de_ar_condicionado_em_geral.pdf</t>
   </si>
   <si>
     <t>Pregão Eletrônico/Registro de Preços nº 151/2025, tipo maior percentual de desconto, que acontecerá no dia 18 de dezembro de 2025, às 09 horas, na plataforma BLL, objetivando a contratação de empresa especializada no fornecimento de peças e serviços de manutenção preventiva e corretiva da frota municipal.</t>
   </si>
   <si>
+    <t>11563</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11563/pe_152-2025_aquisicao_de_aparelhos_de_ar-condicionado_e_smartphones_para_atender_as_necessidades_das_secretarias_municipais_de_educacao_planejamento_e_financas..pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE APARELHOS DE AR-CONDICIONADO E SMARTPHONES, PARA ATENDER AS NECESSIDADES DAS SECRETARIAS MUNICIPAIS DE EDUCAÇÃO, PLANEJAMENTO E FINANÇAS.</t>
+  </si>
+  <si>
+    <t>11604</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11604/pe_153-2025_-_tintas.pdf</t>
+  </si>
+  <si>
+    <t>Pregão Eletrônico/Registro de Preços nº 153/2025, tipo menor preço por item, que acontecerá no dia 22 de dezembro de 2025, às 09 horas, na plataforma BLL, objetivando a aquisição de tintas e materiais para pintura em atendimento a secretaria municipal de obras.</t>
+  </si>
+  <si>
     <t>10595</t>
   </si>
   <si>
     <t>INFC</t>
   </si>
   <si>
     <t>Concorrência Informativo da Prefeitura de Ivaiporã</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10595/concorrencia_eletronica_no_13-2025_-_reforma_salao_comunitario_vila_rural.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10595/concorrencia_eletronica_no_13-2025_-_reforma_salao_comunitario_vila_rural.pdf</t>
   </si>
   <si>
     <t>Concorrência Eletrônica nº 13/2025, tipo menor preço global, que acontecerá no dia 03 de junho, às 09:00 horas, na plataforma: COMPRAS.GOV.BR. Objetivando a contratação de empresa especializada para reforma do salão comunitário da vila rural.</t>
   </si>
   <si>
     <t>10596</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10596/concorrencia_eletronica_no_14-2025_-_reforma_recinto_de_leiloes_pq._de_exposicoes_de_ivaipora.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10596/concorrencia_eletronica_no_14-2025_-_reforma_recinto_de_leiloes_pq._de_exposicoes_de_ivaipora.pdf</t>
   </si>
   <si>
     <t>Concorrência Eletrônica nº 14/2025, na modalidade de Concorrência Eletrônica, tipo menor preço,  que acontecerá no dia 04 de junho, às 09:00 horas, na plataforma: COMPRAS.GOV.BR. Objetivando a contratação de empresa especializada para reforma do recinto de leilão no parque de exposições de ivaiporã, composta por substituição das aberturas de cobogó por esquadrias de alumínio e instalação de drenos para ar condicionado.</t>
   </si>
   <si>
     <t>10598</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10598/concorrencia_eletronica_no_15-2025_-_pavimentacao_asfaltica_estrada_vicinal_frigorifico.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10598/concorrencia_eletronica_no_15-2025_-_pavimentacao_asfaltica_estrada_vicinal_frigorifico.pdf</t>
   </si>
   <si>
     <t>Concorrência Pública nº 15/2025, tipo menor preço global,  que acontecerá no dia 05 de junho, às 09:00 horas, na plataforma: COMPRAS.GOV.BR. Objetivando a contratação de empresa especializada para pavimentação asfáltica da estrada vicinal (estrada do frigorífico) de Ivaiporã, conforme convênio nº 4111506/2023, em atendimento às necessidades da secretaria municipal de obras.</t>
   </si>
   <si>
     <t>10710</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10710/concorrencia_eletronica_no_20-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10710/concorrencia_eletronica_no_20-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf</t>
   </si>
   <si>
     <t>Concorrência Eletrônica nº 20/2025, tipo melhor técnica por item, que acontecerá no dia 16 de julho, às 9 horas, na plataforma Compras.gov, objetivando _x000D_
 a concessão real de uso e posterior doação com encargos, de imóveis para instalação de indústrias, nas seguintes localidades: Parque Industrial I, Parque Industrial II e Parque Alimentício - Florais do Paraná.</t>
   </si>
   <si>
     <t>10563</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10563/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_3o_adiamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10563/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_3o_adiamento.pdf</t>
   </si>
   <si>
     <t>Fica adiada a Concorrência Pública nº 24/2025, na modalidade de Concorrência Eletrônica, tipo melhor técnica,  para o dia 22 de julho, às 09:00 horas, na plataforma: COMPRAS.GOV.BR. Objetivando a concessão real de uso de posterior doação com encargos, de imóveis para instalação de indústrias, nas seguintes localidades: Gleba Bulha, Gleba Ariranha e Rio Azul.</t>
   </si>
   <si>
     <t>10654</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10654/concorrencia_eletronica_no_16-2025_-_construcao_creche_escola_tipo_i.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10654/concorrencia_eletronica_no_16-2025_-_construcao_creche_escola_tipo_i.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA ELETRÔNICA 16/2025</t>
   </si>
   <si>
     <t>10686</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10686/concorrencia_eletronica_no_17-2025_-_mirante_rampas_escadas_passarela_e_reck_no_lago_jd._bot..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10686/concorrencia_eletronica_no_17-2025_-_mirante_rampas_escadas_passarela_e_reck_no_lago_jd._bot..pdf</t>
   </si>
   <si>
     <t>INFORMATIVO -  CONCORRÊNCIA 17/2025</t>
   </si>
   <si>
     <t>10687</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10687/concorrencia_eletronica_no_18-2025_-_construcao_de_campo_suico_no_jardim_espirito_santo.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10687/concorrencia_eletronica_no_18-2025_-_construcao_de_campo_suico_no_jardim_espirito_santo.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 18/2025</t>
   </si>
   <si>
     <t>10688</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10688/concorrencia_eletronica_no_19-2025_-_perfuracao_de_pocos_artesianos_e_rede_de_abastecimento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10688/concorrencia_eletronica_no_19-2025_-_perfuracao_de_pocos_artesianos_e_rede_de_abastecimento.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 19/2025</t>
   </si>
   <si>
     <t>10978</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10978/concorrencia_eletronica_no_21-2025_-_reforma_quadra_mourao_filho.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10978/concorrencia_eletronica_no_21-2025_-_reforma_quadra_mourao_filho.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 21/2025</t>
   </si>
   <si>
     <t>11125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11125/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_4o_adiamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11125/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_4o_adiamento.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - ADIAMENTO - CONCORRÊNCIA 24/2024_x000D_
 A Prefeitura Municipal de Ivaiporã, Estado do Paraná, torna público, para conhecimento dos interessados, que fica ADIADA para o dia 22 de Outubro de 2025, às 09h00min, na PLATAFORMA: COMPRAS.GOV, a abertura da sessão da licitação na modalidade de CONCORRÊNCIA ELETRÔNICA 24/2024 tipo MELHOR TÉCNICA, modo de disputa FECHADO, objetivando CONCESSÃO REAL DE USO E POSTERIOR DOAÇÃO COM ENCARGOS, DE IMÓVEIS PARA INSTALAÇÃO DE INDÚSTRIAS, NAS SEGUINTES LOCALIDADES: GLEBA BULHA, GLEBA ARIRANHA E RIO AZUL.</t>
   </si>
   <si>
     <t>11140</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11140/concorrencia_eletronica_no_22-2025_-_concessao_de_uso_de_espacos_no_terminal_rodoviario.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11140/concorrencia_eletronica_no_22-2025_-_concessao_de_uso_de_espacos_no_terminal_rodoviario.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 22/2025</t>
   </si>
   <si>
     <t>11183</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11183/concorrencia_eletronica_no_23-2025_-_contratacao_de_agencia_de_publicidade.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11183/concorrencia_eletronica_no_23-2025_-_contratacao_de_agencia_de_publicidade.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA PRESENCIAL 23/2025</t>
   </si>
   <si>
     <t>11191</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11191/concorrencia_eletronica_no_24-2025_-_reforma_da_casa_da_vivencia.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11191/concorrencia_eletronica_no_24-2025_-_reforma_da_casa_da_vivencia.pdf</t>
   </si>
   <si>
     <t>Concorrência Pública nº 24/2025, tipo menor preço global, que acontecerá no dia 07 de outubro de 2025, às 9 horas, na plataforma COMPRAS.GOV.BR, objetivando a contratação de empresa especializada para reforma da Casa de Vivência.</t>
   </si>
   <si>
     <t>11192</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11192/concorrencia_eletronica_no_25-2025_-_reforma_da_cozinha_do_cafi.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11192/concorrencia_eletronica_no_25-2025_-_reforma_da_cozinha_do_cafi.pdf</t>
   </si>
   <si>
     <t>Concorrência Pública nº 25/2025, tipo menor preço global, que acontecerá no dia 08 de outubro de 2025, às 9 horas, na plataforma COMPRAS.GOV.BR, objetivando a contratação de empresa especializada para reforma da Cozinha do CAFI (centro da agricultura Familiar de Ivaiporã).</t>
   </si>
   <si>
     <t>11252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11252/concorrencia_eletronica_no_26-2025_-_ampliacao_da_escola_municipal_bento_viana.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11252/concorrencia_eletronica_no_26-2025_-_ampliacao_da_escola_municipal_bento_viana.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 26/2025</t>
   </si>
   <si>
     <t>11257</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11257/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_5o_adiamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11257/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_5o_adiamento.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 24/2024</t>
   </si>
   <si>
     <t>11258</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11258/concorrencia_eletronica_no_27-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11258/concorrencia_eletronica_no_27-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf</t>
   </si>
   <si>
     <t>Concorrência Pública nº 27/2025, tipo melhor técnica, que acontecerá no dia 24 de novembro de 2025, às 9 horas, na plataforma COMPRAS.GOV.BR, objetivando a concessão real de uso e posterior doação com encargos, de imóveis para instalação de indústrias, nas seguintes localidades: parque industrial i, parque industrial II e parque alimentício – florais do paraná.</t>
   </si>
   <si>
     <t>11280</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11280/aviso_concorrencia_28-2025_-_concessao_de_uso_quiosque_jd._botanico.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11280/aviso_concorrencia_28-2025_-_concessao_de_uso_quiosque_jd._botanico.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 28/2025</t>
   </si>
   <si>
     <t>11300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11300/concorrencia_eletronica_no_29-2025_-_construcao_de_creche_infancia_feliz_-_sam_73.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11300/concorrencia_eletronica_no_29-2025_-_construcao_de_creche_infancia_feliz_-_sam_73.pdf</t>
   </si>
   <si>
     <t>Concorrência Eletrônica nº 29/2025, tipo menor preço, que acontecerá no dia 04 de novembro de 2025, às 9 horas, na plataforma COMPRAS.GOV.BR, objetivando a contratação de empresa especializada para a construção da creche infância feliz - SAM 73/PARANACIDADE.</t>
   </si>
   <si>
     <t>11312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11312/concorrencia_eletronica_no_30-2025_-_construcao_de_salas_e_sanitarios_no_cmei_prof._odete_s._brasil.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11312/concorrencia_eletronica_no_30-2025_-_construcao_de_salas_e_sanitarios_no_cmei_prof._odete_s._brasil.pdf</t>
   </si>
   <si>
     <t>Concorrência Eletrônica nº 30/2025, tipo menor preço, que acontecerá no dia 06 de novembro de 2025, às 9 horas, na plataforma COMPRAS.GOV.BR, objetivando a contratação de empresa especializada para a construção de salas e sanitários no CMEI professora Odete dos Santos Brasil.</t>
   </si>
   <si>
     <t>11388</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11388/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_6o_adiamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11388/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_6o_adiamento.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 24/2024 - 6º ADIAMENTO</t>
   </si>
   <si>
     <t>11402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11402/concorrencia_eletronica_no_31-2025_-_construcao_da_casa_da_mulher_paranaense_-_sam_75.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11402/concorrencia_eletronica_no_31-2025_-_construcao_da_casa_da_mulher_paranaense_-_sam_75.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CONCORRÊNCIA 31/2025</t>
   </si>
   <si>
     <t>10594</t>
   </si>
   <si>
     <t>CP</t>
   </si>
   <si>
     <t>Chamamento Público Informativos da PM de Ivaiporã.</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10594/informativo_camara_-_chamamento_publico_no_03-2025_-_concessao_auxilio_bolsa_tecnico.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10594/informativo_camara_-_chamamento_publico_no_03-2025_-_concessao_auxilio_bolsa_tecnico.pdf</t>
   </si>
   <si>
     <t>Chamamento Público nº 03/2025, que acontecerá no dia 12 de maio, às 17:00 horas. Para a concessão de Auxilio Bolsa técnico a profissionais registrados no conselho regional de educação física (CREF), nas modalidades ofertadas pela secretaria municipal de esportes e lazer, conforme lei municipal nº 3.887/2023 e suas alterações.</t>
   </si>
   <si>
     <t>10597</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10597/informativo_camara_-_chamamento_publico_no_04-2025_-selecao_de_subcomissao_tecnica.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10597/informativo_camara_-_chamamento_publico_no_04-2025_-selecao_de_subcomissao_tecnica.pdf</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº 04/2025 para SUBCOMISSÃO TÉCNICA QUE SERÁ RESPONSÁVEL PELA ANÁLISE E JULGAMENTO DAS PROPOSTAS TÉCNICAS A SEREM APRESENTADAS NO FUTURO PROCEDIMENTO LICITATÓRIO COM O OBJETIVO QUE VISA A CONTRATAÇÃO DE AGÊNCIAS DE PUBLICIDADE PARA PRESTAÇÃO DOS SERVIÇOS DE PUBLICIDADE E MARKETING, EM ATENDIMENTO DAS NECESSIDADES DA PREFEITURA MUNICIPAL DE IVAIPORÃ. Os envelopes com toda documentação exigida deverão ser protocolados no Setor de Protocolo da Prefeitura Municipal de Ivaiporã, a partir do dia 24 de ABRIL de 2025, das 08:00 h às 11:30h e das 13:00h às 16:00h, até a data de 14 de MAIO de 2025 às 08h30, para efetivar a inscrição. A sessão para realização do sorteio dentre os inscritos, se dará no dia 14/05/2025 às 09h00min, na Sala de Licitações da Prefeitura Municipal de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>10655</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10655/informativo_camara_-_chamamento_publico_no_05-2025_-alienacao_de_terrenos_venda_direta.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10655/informativo_camara_-_chamamento_publico_no_05-2025_-alienacao_de_terrenos_venda_direta.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO PÚBLICO Nº 05/2025 - ALIENAÇÃO DE TERRENOS (VENDA DIRETA)</t>
   </si>
   <si>
     <t>10774</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10774/aviso_chamamento_06-2025_-_festa_junina_-_barracas_comidas_tipicas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10774/aviso_chamamento_06-2025_-_festa_junina_-_barracas_comidas_tipicas.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO PÚBLICO Nº 06/2025</t>
   </si>
   <si>
     <t>10775</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10775/aviso_chamamento_07-2025_-_festa_junina_-_brinquedos_inflaveis.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10775/aviso_chamamento_07-2025_-_festa_junina_-_brinquedos_inflaveis.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO CHAMAMENTO PÚBLICO Nº 07/2025</t>
   </si>
   <si>
     <t>10844</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10844/informativo_camara_-_chamamento_publico_no_08-2025_-_selecao_de_empresa_especializada_para_construcao_de_casas_populares_por_meio_do_programa_minha_casa_minha_vida_-_mcmv.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10844/informativo_camara_-_chamamento_publico_no_08-2025_-_selecao_de_empresa_especializada_para_construcao_de_casas_populares_por_meio_do_programa_minha_casa_minha_vida_-_mcmv.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO PÚBLICO Nº 08/2025</t>
   </si>
   <si>
     <t>10845</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10845/informativo_camara_-_chamamento_publico_no_09-2025_-_alienacao_de_terrenos_furnas_venda_direta.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10845/informativo_camara_-_chamamento_publico_no_09-2025_-_alienacao_de_terrenos_furnas_venda_direta.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO PÚBLICO 09/2025</t>
   </si>
   <si>
     <t>11078</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11078/informativo_camara_-_chamamento_publico_no_09-2025_-_alienacao_de_terrenos_venda_direta_-_1o_adiamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11078/informativo_camara_-_chamamento_publico_no_09-2025_-_alienacao_de_terrenos_venda_direta_-_1o_adiamento.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO CHAMAMENTO 09/2025 - 1º ADIAMENTO</t>
   </si>
   <si>
     <t>11132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11132/informativo_camara_-_chamamento_publico_no_10-2025_-_fevanoi.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11132/informativo_camara_-_chamamento_publico_no_10-2025_-_fevanoi.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO PÚBLICO Nº 10/2025 - CHAMAMENTO PÚBLICO Nº 10/2025 objetivando o 27° FEVANOI – FESTIVAL DE_x000D_
 VALORES NOVOS DE IVAIPORÃ. As inscrições deverão ser realizadas entre os dias_x000D_
 28/07/2025 a 26/08/2025, por meio do Link: https://forms.gle/LuRWxxzfaAVpi51x7</t>
   </si>
   <si>
     <t>11133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11133/informativo_camara_-_chamamento_publico_no_08-2025_-_selecao_de_empresa_especializada_para_construcao_de_casas_populares_-_mcmv_-_1o_adiamento.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11133/informativo_camara_-_chamamento_publico_no_08-2025_-_selecao_de_empresa_especializada_para_construcao_de_casas_populares_-_mcmv_-_1o_adiamento.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO Nº 08/2025 - 1º ADIAMENTO_x000D_
 A Prefeitura Municipal de Ivaiporã, Estado do Paraná, torna público, para_x000D_
 conhecimento dos interessados, que fica ADIADA para o dia 28 de AGOSTO de_x000D_
 2025, às 09:00 horas, na sala de licitações da Prefeitura Municipal de Ivaiporã,_x000D_
 localizada na Rua Rio Grande do Norte, nº 1.000, bairro Centro, haverá Sessão para_x000D_
 abertura dos Envelopes referente ao CHAMAMENTO PÚBLICO 08/2025, objetivando_x000D_
 SELEÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇÃO DE 50 CASAS_x000D_
 POPULARES, POR MEIO DO PROGRAMA MINHA CASA MINHA VIDA –_x000D_
 RECURSOS DO FAR (FUNDO DE ARRENDAMENTO SOCIAL).</t>
   </si>
   <si>
     <t>11134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11134/informativo_camara_-_chamamento_publico_no_11-2025_-_credenciamento_plantoes_tecnicos_de_raio-x.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11134/informativo_camara_-_chamamento_publico_no_11-2025_-_credenciamento_plantoes_tecnicos_de_raio-x.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO PÚBLICO Nº 11/2025]_x000D_
 _x000D_
 A Prefeitura Municipal de Ivaiporã, Estado do Paraná, torna público, para_x000D_
 conhecimento dos interessados, a abertura do CHAMAMENTO PÚBLICO Nº 11/2025_x000D_
 objetivando o CREDENCIAMENTO DE EMPRESAS (PESSOA JURÍDICA) PARA_x000D_
 PRESTAÇÃO DE SERVIÇOS DE PLANTÃO PRESENCIAL DE 04 (QUATRO) HORAS DE_x000D_
 TÉCNICO DE RAIO-X NA UNIDADE DE PRONTO ATENDIMENTO (UPA). O ENVELOPE_x000D_
 contendo a documentação de Habilitação e Proposta deverá ser protocolado no Setor_x000D_
 de Protocolo da Prefeitura Municipal de Ivaiporã, Rua Rio Grande do Norte, nº 1000,_x000D_
 até às 08h30min do dia 19 de AGOSTO de 2025, e serão abertos em sessão_x000D_
 pública no mesmo dia, às 09h00min</t>
   </si>
   <si>
     <t>11170</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11170/aviso_chamamento_12-2025_-_captacao_de_patrocinio_21a_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11170/aviso_chamamento_12-2025_-_captacao_de_patrocinio_21a_expovale.pdf</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº 12/2025 objetivando objetivando a concessão de uso de espaço público, por meio de patrocínio ao evento denominado 21ª EXPOVALE. O ENVELOPE contendo a documentação de Habilitação e Proposta deverá ser protocolado no Setor de Protocolo da Prefeitura Municipal de Ivaiporã, Rua Rio Grande do Norte, nº 1000, até às 08h30min do dia 10 de SETEMBRO de 2025, e serão abertos em sessão pública no mesmo dia, às 09h00min, em sessão pública;</t>
   </si>
   <si>
     <t>11233</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11233/informativo_camara_-_chamamento_publico_no_13-2025_-_captacao_de_patrocinio_para_estrutura_de_internet_na_21a_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11233/informativo_camara_-_chamamento_publico_no_13-2025_-_captacao_de_patrocinio_para_estrutura_de_internet_na_21a_expovale.pdf</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº 13/2025 objetivando a captação de patrocínio, com vistas à disponibilização de infraestrutura completa de internet de alta velocidade e equipamentos de wi-fi para atender às necessidades da 21ª EXPOVALE, a ser realizada entre os dias 14 e 19 de novembro de 2025, no parque de exposições de Ivaiporã/pr. Os envelopes contendo a documentação referente às inscrições deverão protocolados até às 08h30min do dia 01 do mês de Outubro de 2025, e serão abertos no mesmo dia, às 09:00 horas, em sessão pública</t>
   </si>
   <si>
     <t>11259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11259/informativo_camara_-_chamamento_publico_no_14-2025_-_captacao_de_patrocinio_ao_concurso_garota_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11259/informativo_camara_-_chamamento_publico_no_14-2025_-_captacao_de_patrocinio_ao_concurso_garota_expovale.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO 14/2025</t>
   </si>
   <si>
     <t>11275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11275/informativo_camara_-_chamamento_publico_no_15-2025_-_captacao_de_patrocinio_21a_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11275/informativo_camara_-_chamamento_publico_no_15-2025_-_captacao_de_patrocinio_21a_expovale.pdf</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO Nº 15/2025 para CONCESSÃO DE USO DE ESPACO PÚBLICO, POR MEIO DE PATROCÍNIO AO EVENTO DENOMINADO 21ª EXPOVALE. Os envelopes contendo a documentação referente às inscrições deverão protocolados até às 08h30min do dia 28 do mês de OUTUBRO de 2025 e serão abertos no mesmo dia, às 09:00 horas, em sessão pública.</t>
   </si>
   <si>
     <t>11313</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11313/informativo_camara_-_chamamento_publico_no_16-2025_-_selecao_de_artistas_palco_cultural_21a_expovale.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11313/informativo_camara_-_chamamento_publico_no_16-2025_-_selecao_de_artistas_palco_cultural_21a_expovale.pdf</t>
   </si>
   <si>
     <t>INFORMATIVO - CHAMAMENTO 16/2025</t>
   </si>
   <si>
     <t>11343</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11343/informativo_camara_-_chamamento_publico_no_17-2025_-_credenciamento_de_leiloeiros_oficiais.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11343/informativo_camara_-_chamamento_publico_no_17-2025_-_credenciamento_de_leiloeiros_oficiais.pdf</t>
   </si>
   <si>
     <t>Chamamento Público nº 17/2025 para credenciamento de leiloeiros oficiais devidamente registrados na junta comercial do estado do paraná, para eventual realização de leilões presenciais concomitantes e/ou eletrônicos, de bens patrimoniais inservíveis da prefeitura do município de Ivaiporã/PR.  A partir do dia 30/10/2025 até o dia 23/11/2025.</t>
   </si>
   <si>
     <t>10681</t>
   </si>
   <si>
     <t>LIPF</t>
   </si>
   <si>
     <t>Leilão - Informativa da Prefeitura de Ivaiporã</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10681/pregao_eletronico__no_01-2025_-_inserviveis_veiculos_e_maquinas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10681/pregao_eletronico__no_01-2025_-_inserviveis_veiculos_e_maquinas.pdf</t>
   </si>
   <si>
     <t>Informativo PE Leilão 01/2025</t>
   </si>
   <si>
     <t>11131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11131/leilao_no_02-2025_-_veiculos_e_terrenos.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11131/leilao_no_02-2025_-_veiculos_e_terrenos.pdf</t>
   </si>
   <si>
     <t>Informativo do Leilão 02/2025 - Terrenos, Veículos e Sucatas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -10453,68 +10687,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10198/pem_1_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10559/plc_01-2025_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022__-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10621/plc_02-2025_-_altera_arts._197_e_198_da_lc_43-2022_-_limpeza_de_terrenos__-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10950/plc_03-2025_-_altera_a_lc_07-2016_-_taxas_parque_de_exposicoes_-_-_lc____2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10960/plc_04-2025_-_altera_a_lc_17-2017_-_cobranca_de_iss_-_-_lc____2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11179/plc_05-2025_-_alterao_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_lebi___-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11250/plc_06-2025_-_altera_a_lc_35-2022_inclusao_casa_da_mulher_paranaense__-_-_lc_______-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11302/plc_07-2025_-_altera_a_lc_07-2014_-_taxas_cemiterio_-_-_lc_______-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11303/plc_08-2025_-_altera_a_lc_1.890-2010_cod._tributario_e_lc_41-2022_cod._de_posturas_liberacao_de_licenca_e_funcionamento_-_baixo_risco___-_-_lc_______-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11305/plc_09-2025_-_institui_a_sala_de_negociacao_de_tributos__-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11383/plc_10-2025_-_altera_a_lc_42-2022_codigo_de_obras_-_chamines_-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11462/plc_11-2025_-_regulamenta_as_datas_para_vencimento_de_alvaras_e_licencas_municipais_para_o_exercicio_de_2026__-_-_lc_---2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10201/ple_01-2024_-_altera_a_l._3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l________-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10199/ple_02-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_municipio_x_jonas__de_almeida_souza_-_-_l____-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10202/projeto__03-_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10348/ple_04-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_veterinario_e_aux._na_ed._infantil__-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10351/ple_12-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_4.053-2025_-_pss_mot._veiculos_pesados_e_servicos_gerais_m.a__-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10362/ple_13-2025_-_autoria_o_executivo_a_proceder_a_alineacao_de_imoveis_de_sua_propriedade_loteamento_chico_rey_-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10363/ple_14-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imoveis_-_ampliacao_do_jardim_botanico_boscardim_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10461/projeto_20_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10460/ple_21-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_da_reserva_florestal_do_jardim_botanico_-_temocleia-_-_l_____-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10472/projeto_22_-_credito_adicional_especial_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10523/ple_25-2025__-_introduz_alteracoes_na_l_4.019-2024_-_arquivo_e_digitalizacao_de_documentos__-_-_l_______-2025.pdf_-_ok.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10528/ple_26-2025__-_institui_a_comemoracao_anual_do_dia_do_servidor_publico_municipal__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10545/ple_27-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imoveis_-_ampliacao_do_estacionamento_do_parque_de_exposicoes_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10585/ple_28-2025_-_autoriza_a_participar_do_consorcio_intermunicipal_de_educacao_e_ensino_do_parana_-_ciedepar_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10586/projeto_de_lei_do_executivo__no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10587/ple_30-2025__-_introduz_alteracoes_na_l_3.957-2023_-_isencao_de_impostos_far__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10589/ple_31-2025__-_dispoe_sobre_o_reconhecimento_de_notariedade_do_distrito_de_jacutinga_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10590/ple_32-2025__-_introduz_alteracoes_na_l_2.872-2016_-_chefe_de_servicos_administrativos_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10622/ple_33-2024_-_altera_a_l._3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10677/ple_35-2025_-_autoriza_o_executivo_a_reajustar_os_salarios_e_vencimentos_dos_servidores_municipais_-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10678/ple_36-2025__-_introduz_alteracoes_na_l_1.196-2002_-_cip_-_cosip_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10679/ple_37-2025__-_dispoe_sobre_a_cobranca_de_ingressos_em_espacos_publicos__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10683/ple_38-2025__-_prorroga_o_plano_municipal_de_educacao__-_l_2.649-2015_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10685/ple_39-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_municipio_x_espolio_claudio_anici_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10714/ple_41-2025_-_dispoe_sobre_o_uso_de_drones_nas_acoes_de_combate_a_dengue_e_monitoramento_de_terrenos__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10742/projeto_42_-_credito_adicional_especial_-_superavit_e_cancelamento.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10741/projeto_43_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10745/ple_44-2025_-_institui_o_programa_de_recuperacao_fiscal_de_ivaipora__refis_ivaipora_2025__-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10746/pl_45-2025-..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10767/pl_47-2025_assinad.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10837/ple_49-_2025__-_institui_o_conselho_municipal_de_desenvolvimento_sustentavel_de_ivaipora_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10831/ple_50-2025__-_institui_o_departamento_de_politicas_publicas_para_mulheres__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10835/ple_51-2025__-_ratifica_a_alteracao_na_consolidacao_do_protocolo_de_intencoes_do_consorcio_publico_intermunicipal_de_saude_da_22a_regional_de_saude_de_ivaipora__cis_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10836/ple_52-2025__-_altera_a_lei_3.717-2022_-_concessao_de_diarias_licenca_ou_ferias__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10838/ple_53-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_interprete_de_libras_e_tec._enfermagem__-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11004/ple_55_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11084/ple_57-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_canil_municipal__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11096/ple_58-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_40h__-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11097/ple_59-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_do_aterro_sanitario__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11116/ple_61-2025_-autoriza_o_executivo_a_realizar_leilao_de_veiculos_e_sucatas_inserviveis_-_-_l_-----2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11117/ple_62-2025_-introduz_alteracoes_na_l_3.920-2023_-_leilao_de_imoveis_diversos__-_-_l_------2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11119/projeto_63-2025_ppa-..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11120/projeto_64-2025_ldo-..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11118/ple_65-2025_-desafeta_do_dominio_publico_os_lotes_que_especifica_residencial_porto_belo_-_-_l________-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11121/projeto_66_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11141/ple_67-2025_-_dispoe_sobre_a_demarcacao_de_area_de_zeis_-_cohapar__alto_pora_-_-_l_-------2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11159/projeto_68_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11160/ple_69-2025_-_altera_a_lei_4.104-2025_-_ampliacao_do_estacionamento_do_parque_de_exposicoes_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11162/ple_70-2025_-_desapropriacao_-_prolongamento_da_rua_uberlandia-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11169/projeto_71_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11200/projeto_72_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11193/ple_73-2025_-_dispoe_sobre_a_desafetacao_de_imoveis_-_servidao_sanepar__-_-_l_-------2025-1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11201/projeto_74_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11204/projeto_75_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11226/ple_76-2025_-_autoriza_a_doacao_definitiva_do_imovel_que_espedifica_a_empres_edson_t._boscardim_madeiras_-_-_l_-------2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11227/ple_77-_2025__-_introduz_alteracoes_na_l_3.856-2023_-_sim-poa__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11235/projeto_78-_credito_adicional_especial_-_superavit_e_excesso.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11253/ple_79-2025__-_cria_a_quadra_93-b_lote_01_-_regularizacao_polo__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11260/ple_80-2025_-_dispoe_sobre_a_concessao_de_auxilio-funeral_aos_servidores_publicos_municipais_e_da_outras_providencias_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11262/ple_81-2025_-_desapropriacao_-_area_de_app_-_azambuja_-_lago_jardim_botanico_-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11269/ple_82-2025__-_introduz_alteracoes_na_l_2.872-2016_-_criacao_secretaria_de_tecnologia_e_cooperacao_internacional_-_-_l_-------2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11274/projeto_83_-_credito_adicional_especial_-_excesso_e_cancelamento.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11273/ple_84-2025_-_regulamenta_a_prestacao_de_servico_de_transporte_remunerado_privado_individual_de_passageiros_por_aplicativo_-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11282/projeto_85_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11283/projeto_86_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11278/ple_87-2025_-desafeta_do_dominio_publico_o_imovel_que_especifica_-_lote_01_-_jardim_brasil_-_jacutinga_-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11284/ple_88-2025_-_revoga_dispositivos_na_lei_2.993-2017_-_cesta_basica_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11285/ple_89-2025_-_introduz_alteracoes_na_l_1.800-2010_-_associacao_da_agricultura_familiar_de_jacutinga__-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11286/ple_90-2025_-_revoga_a_lei_2.697-2015_-_doacao_de_imovel_ao_conselho_da_comunidade__-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11287/ple_91-2025_-_autoriza_a_permuta_de_imoveis__-_municipio_x_edson_boscardim_e_outros_-_-_l_--------2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11289/ple_92-2025__-_altera_a_lei_4.063-2024_-desapropriacao_para_ampliacao_da_escola_ivaipora_-_-_l_---------2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11308/projeto_93_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11307/ple_94-2025__-_institui_o_conselho_municipal_de_saneamento_basico_e_ambiental__-_-_l_---------2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11309/ple_95-2025_-_desapropriacao_praca_vila_santa_maria__aparecida_helena_godoy_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11310/ple_96-2025_-_autoriza_a_pesca_nas_dependencias_dos_lagos_municipais_durante_dias_da_semana_santa_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11318/ple_98-2025_-_dispoe_sobre_a_instituicao_do_festival_paralimpico_do_vale_do_ivai_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11324/ple_99-2025__-_introduz_alteracoes_na_l_2.872-2016_-_vincula_o_sine_a_sec._de_industria_e_comercio_-_-_l_-------2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11349/pl_loa_2026-..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11401/projeto_101_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11386/ple_103-2025_-autoriza_o_executivo_a_realizar_leilao_de_veiculos_e_sucatas_inserviveis_-_-_l_-----------2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11405/projeto_104_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11406/ple_105-2025_-_desapropriacao_-_area_a_ser_incorporada_-_parque_ecologico_guanabara_-_-_l_------2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11416/ple_106-2025_-_ratifica_o_protocolo_de_intencoes_do_consorcio_intergestores_parana_saude-_cips-_-_l_-----2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11417/ple_107-2025_-_desapropriacao_-_3_terrenos_-_patio_meio_ambiente__-_-_l_------2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11447/ple_108-2025_-_introduz_alteracoes_na_lei_3.635_incentivo_a_inovacao_e_tecnologia_-_-_l_-----------2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10747/mensagem_aditiva_do_ple_37_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11166/mensagemaditiva_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11142/mensagem_aditiva.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11094/mensagemaditiva_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11209/mensagem_aditiva_05.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11211/mensagem_aditiva_n_6_ao_plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11493/oficio_no_969-_mensagem_aditiva.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10195/pll_1_2025_n.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10200/pll_2_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10274/projeto_de_lei_do_legislativo_no_3-_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10275/projeto_de_lei_do_legislativo_no_4_-_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10346/pll_5_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10410/pll_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10525/pll_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10564/projeto_de_lei__certidao_negativa_28229.docx_tres_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10588/1_projeto_de_lei_biblia.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10591/projeto_de_lei_-_sandbox_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10624/projeto_de_lei_-_kit_lanche_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10653/projeto_dia_da_oracao.docx_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10735/projeto_de_lei_-_formacao_de_curso_para_vereadores_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10743/modelo_padrao_projeto_de_lei_do_legislativo_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11063/pll_16-2025_-_introduz_alteracoes_na_lei_2.515-2014.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11103/pll_17_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11215/pl_18_-_estrada_rural_assinado_-_copia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11228/pll_nc2ba_19-2025_careca_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11229/pll_nc2ba_20-2025_careca_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11239/projeto_de_lei_-_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11288/pll_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11306/projeto_empreendedor_ivaiporaense_assinado_233.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11317/projeto_saude_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11336/projeto_de_lei_no_25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11337/pll_nc2ba_26-2025_alex_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11420/projeto_de_lei_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11437/projeto_de_lei_-_valdeci_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11440/documentos_-_futsal_merged_28529_assinado1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10524/l_4.082-2025_-_dispoe_sobre_a_concessao_de_vale-alimentacao_aos_servidores_da_camara__-__pll_05-2025_-_veto_parcial.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10909/lei_4117_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10234/pdl_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10480/projeto_de_decreto_03.2025_colegio_bento_mossurunga_assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10527/projeto_de_decreto_04-2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10611/decreto_legislativo_5_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10690/titulo_de_servidora_publica_padrao_28denise_kusminski29_28assinar29_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10727/projeto_decreto_legislativo_7_2025_lixeira_seletiva.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10827/laticinicios_kollac.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11099/pdl_10_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11180/pdl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11216/pdl_nba_12-2025_29_assinado_assinado_assinado_assinado_2_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11249/pdl_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11439/projeto_de_decreto_legislativo_-_cidadao_honorario_padre_celio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10196/pr_1_2025_n.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10197/pr_2_2025_n.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10682/projeto_de_resolucao_3_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11181/projeto_de_resolucao_suplementacao..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11245/ppa_-_emenda_nc2ba_01-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11246/ldo_nc2ba_02-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10841/proposta_de_emenda_substitutiva_sandbox_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10842/proposta_de_emenda_substitutiva_kit_lanche_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10204/indicacao_nc2b001_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao_nc2b002_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10206/indicacao_nc2b004_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10207/indicacao_nc2b0005_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10208/indicacao1_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10209/indicacao_6_.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10210/indicacao_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10211/indicacao_5_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10212/indicacao_9_.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10213/indicacao_4_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10214/indicacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10215/indicacao_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10216/indicacao_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10217/indicacao_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10218/indicacao_06_-_patrolamento_e_rolamento_linha_seca_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10219/indicacao_04_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10220/indicacao_01_-_patrolamento_e_rolamento_sta_barbara_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10221/indicacao_05_-_patrolamento_e_rolamento_alto_pora_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10222/indicacao_03_-_patrolamento_e_rolamento_jacutinga_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10223/indicacao_02_-_patrolamento_e_rolamento_regiao_do_bulha_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10224/parque_santa_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10225/indicacao_22_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10226/casas_populares_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10227/indicacao_24_.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10228/indicacao_25_.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10229/redutor_de_velocida_julio_guerra_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10230/ponto_de_onibus_porto_belo_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10231/indicacao_2_placa_de_sinalizacao_barao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10232/indicacao_3_bar_preta_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10233/indicacao_1_ventiladores_cap_maneco_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10237/indicacao_01_-_pedra_irregular_santa_barbara_ate_agua_da_limeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10238/indicacao_01_-_pedra_irregular_perobao_ate_a_ponte_do_formosinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10239/indicacao_nc2b007_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10240/indicacao_nc2b006_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10241/indicacao_nc2b009_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10242/hospital_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10243/jardim_betel_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10244/rua_londrina_28jacutina29_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10245/indicacao_6_placa_de_sinalizacao_sorveteria_pinguim_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10246/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10253/indicacao_7_quebra_mola_av._osvaldo_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10254/indicacao_05_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10255/indicacao06_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10256/indicacao_07_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10257/indicacao_08_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10258/indicacao_8_ubs_vila_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10259/indicacao_9_salao_comunitario_vr_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10260/indicacao_1_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10261/indicacao_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10262/indicacao_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10263/indicacao_4_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10264/indicacao_5_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10265/praca_yvens_gueguem_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10266/indicacao_rua_anhanguera_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10267/indicacao-_rua_joanino_bevilaqua_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10268/indicacao_01_-_pedra_irregular_ruas_internas_vila_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10269/indicacao_rua_kalore-marialva_e_assai_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10270/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10271/indicacao_01_-_redutor_de_velocidade_elevado_escola_ivaipora_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10272/indicacao_nc2b010_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10273/indicacao_rua_olavo_bilac-jardim_nova_mensagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10282/bancos_5ej_hospital_e_maternidade_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10283/iluminacao2c_lago_de_furnas_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10284/indicacao2c_estacionamento_em_frente_renascer_e_apae._assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10285/indicacao_para_manutencao_e_reforma_do_parquimho_maria_alice_ano_albertin._assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10286/placa_de_sinalicao2c_nre_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10287/indicacao_onibus_escolar_residencial_porto_belo_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10305/indicacao_assinada_4.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10306/indicacao_assinada_5.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10307/indicacao_assinada_6.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10308/indicacao_7_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10309/indicacao_72_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10311/indicacao_1_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10312/indicacao_2_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10313/indicacao_3_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10314/indicacao_4_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10315/indicacao_nc2b012_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10316/indicacao_nc2b011_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10317/indicacao_nc2b013_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10318/indicacao-corrimaos_area_central_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10319/indicacao_81_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10320/indicacao_rua_cristina_luders_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10321/indicacao_rua_universitaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10322/indicacao_84_2025_le_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10323/indicacao_nc2b014_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10324/indicacao_11_iluminacao_comun._pindauva_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10325/indicacao_12_podas_cemiterio_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10326/indicacao_13_barracoes_pq_ind._ii_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10327/indicacao_01_-_contratacao_de_farmaceutico_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10328/indicacao_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10329/indicacao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10330/indicacao_11_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10331/indicacao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10332/indicacao_14_calcada_ajambuja_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10333/castracao_dos_animais_de_rua_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10334/ind._limpeza_de_mato_2c_rua_placido_miranda__28_proximo_ponte_rio_pindaucinha_29_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10335/ind._quebra_mola_28_aabb29_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10336/rua_bem_te_vi_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10337/indicacao_99_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10338/limpeza_de_terrenos_assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10341/indicacao_16_recape_da_marginal_lateral_sup._parana_assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10342/indicacao_nc2b015_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10345/indicacao_5_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10349/indicacao_17_red._vel._cartorio_d._odiles_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10350/indicacao_01_-_pavimentacao_cbuq_gerson_rios_alecrim_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10352/indicacao_1_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10353/indicacao_2_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10354/indicacao_3_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10355/indicacao_4_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10356/indicacao_8_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10357/indicacao_nc2b016_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10358/indicacao_nc2b017_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10359/modelo_indicacao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10360/indicacao114_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10361/indicacao_9_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10365/indicacao_18_tampa_boca_de_lobo_r._aparicio_b._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10389/indicacao_20_limpeza_ruas_beira_rio_sta_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10390/indicacao_21_limpeza_rua_marechal_floriano_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10391/avenida_maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10392/indicacao_01_-_pedra_irregular_do_alto_pora_ate_o_plachum_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10393/modelo_indicacao18_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10394/rolo_compactador_luis_fabo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10395/indicacao_rua_umuarana_pindauvinha_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10396/indicacao_rua_valentim_talarico_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10397/indicacao_rua_para_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10398/indicacao126_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10399/indicacao_nc2b018_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10400/indicacao_para_manutencao_e_reforma_do_parquimho_jadim_botanico-1_assinado02.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10401/modelo_indicacao13_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10402/modelo_indicacao15_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10403/indicacao_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10404/redutor_de_velocidade_luis_fabo__283_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10405/pavimentacao_rua_colibri_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10406/indicacao_01_-_aquisicao_de_drone_de_pulverizacao_e_monitoramento_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10407/indicacao_22_botas_e_capas_de_chuvas_serv._da_coleta_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10408/indicacao_nc2b019_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10409/repasse_servidores_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10428/indicacao_01_-_redutor_de_velocidade_elevado_rua_bulha_vila_sao_jose_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10429/indicacao_1_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10430/indicacao_01_-_redutor_de_velocidade_elevado_rua_sao_matheus_monte_castelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10431/indicacao_2_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10432/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10433/indicacao_4_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10434/indicacao_01_-_pedra_irregular_cemiterio_alto_pora2c_ponto_alto_ate_prachum_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10435/indicacao_assinada_19.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10436/indicacao_20_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10437/indicacao_01_-_cbuq_do_alto_pora_ate_cemiterio_do_alto_pora_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10438/indicacao_23_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10439/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10440/indicacao_nc2b020_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10441/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10442/indicacao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10443/indicacao_24_placa_solar_ceju_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10444/indicacao_placas_de_sinalizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10445/indicacao_redutor_velocidade_visconde_rio_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10446/indicacao_156.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10447/indicacao_18_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10448/pavimentacao2c_rua_suburbana_28_canil_11-03-2025_282329-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10449/indicacao_quadra_11-03-25_282129-2_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10450/recape28_rua_jose_bonifacio_-_jardim_itapoa29_11-03-2025_282429_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10451/indicacao_nc2b023_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10452/indicacao_nc2b024_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10453/282529_redutor2c_rua_cafe_filho_-_casas_populares_13-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10454/indicacao_25_rua_ceu_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10455/indicacao_27_sala_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10456/indicacao_28_cmei_jose_fiorim_assinado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10457/282629_redutor2c_av._maranhao_-_casas_populares_13-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10462/indicacao_19_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10463/indicacao_1_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10464/indicacao_2_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10465/27_na_abertura_e_continuacao_da_rua_brasilio_verenka_com_rua_uberandia_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10466/28limpeza_com_a_patrola_-_jardim_itapua_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10467/29_redutor2c_rua_pedro_aleixo_-_casas_populares._17-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10468/cordeiro.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10469/indicacao_01_-_redutor_de_velocidade_avenida_tancredo_neves_com_rua_cuba_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10470/31bueiro_final_2c_rua_castro_alves_-_jardim_itapoa_17-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10471/indicacao_nc2b025_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10474/indicacao_maria_jose_de_jesus_e_rua_ataides_antunes_proenca2c_entre_a_rua_pedro_piscinato_e_rua_renato_chotti_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10475/indicacao_pedras_irregulares_avenida_das_industrias_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10476/indicacao_rua_mandaguari_e_jacarezinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10477/indicacao_avenida_aparicio_e_ladislao_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10478/homenagem_professora_ada_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10479/indicacao_29_massa_asf._jd_versalhes_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10481/indicacao_32_projeto_bento_viana_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10482/indicacao_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10483/indicacao_33_esc._bento_viana_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10484/indicacao_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10485/stipp_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10486/indicacao_35_revisao_de_valores_estagiarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10487/indicacao_34_revitalizacao_canteiro_jacob_goerdet_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10488/jardim_bella_casa_universitarioamerica._assinado-1.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10529/leviassinarjunto_alex_fonseca_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10530/283629_bica_d27_agua_-_rua_bulha_-_monte_castelo_24-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10531/indicacao_nc2b028_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10533/indicacao_nc2b029_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10534/indicacao_nc2b030_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10535/indicacao_27_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10536/indicacao_28_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10537/199_emerson_bertortotti_e_levi_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10538/indicacao_2_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10539/indicacao_3_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10540/202_1.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10541/indicacao_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10542/indicacao_38_camera_vig._trevos_assinado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10543/indicacao_40_centro_de_coleta_de_sangue_assinado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10544/indicacao_5_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10551/283729_manutecao_do_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10552/contratacaoserralheiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10553/209_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10556/indicacao_41_pediatra_upa_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10560/283829_av._castelo_bramco_03-04-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10561/indicacao_23_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10562/indicacao_no_213.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10565/indicacao_33_assinado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10566/indicacao_nc2b031_assinado.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10567/indicacao_manutencao_escola_maria_diva_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10568/indicacao__no_217.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10569/indicacao_2_assinado_7.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10570/indicacao_3_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10571/283629recape_-_rua_tereza_cristina_-_jardim_luiz_xv_20-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10572/283729_redutor2c_rua_martins_afonso_de_souza_-_jardim_casa_gade_17-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10573/283929recape_monte_castelo_-_01-04-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10574/284029_recape_populares_av_maranhao_-_09-04-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10575/284129_pintar_faixa_de_pedestre_e_lombada_28bar_do_carlinhos29_-_rua_bulha_-_monte_castelo_24-03-20_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10576/indicacao_35_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10577/34_assinado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10578/indicacao_nc2b032_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10579/indicacao__no_228.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10580/indicacao_37_esp._intantil_ubs_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10581/indicacao__no_230.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10582/indicacao_45_semaforos_sonoros_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10583/indicacao_no_232.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10584/indicacao__no_233.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10599/indicacao_36_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10600/indicacao_37_assinado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10601/indicacao_38_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10602/indicacao_39_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10603/indicacao_nc2b034_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10604/indicacao_nc2b036_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10605/indicacao_nc2b037_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10606/indicacao_nb038_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10607/indicacao_1_assinado_8.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10608/indicacao_2_assinado_8_assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10609/indicacao_3_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10610/indicacao_4_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10612/indicacao_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10613/indicacao_27_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10614/rua_magno_felix_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10615/ginasio_alcebiades_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10616/indicacao_250_assinado_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10617/1_contratacao_de_um_medico_especialista_em28autismo29_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10618/placa_de_preferencia_a_rotatoria_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10619/indicacao_49_playground_parte_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10620/indicacao_50_redutores_escolares_parte_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10630/indicacao_51_cursos_de_whorshops_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10631/indicacao_1_assinado_9.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10632/indicacao_53_quebra_molas_av_maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10633/indicacao_54_playground_parte_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10634/indicacao_nc2b039_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10635/indicacao_nc2b040_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10636/indicacao_recape_asfaltico_no_conjunto_waldomiro_bleis_guergoletti_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10637/indicacao_limpeza_campinho_conjunto_waldomiro_bleis_guergoletti2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10638/indicacao_55_ponto_fixo_para_doacao_de_roupas_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10639/passar_o_rolo_proximo_a_vila_de_furnas_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10640/estrada_do_bulha_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10641/indicacao_01_-_redutor_de_velocidade_rua_piracicaba_com_sta_catarina.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10642/indicacao_02-_semaforo_rua_joaquim_bonifacio_com_souza_naves.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10643/indicacao_52_ampliar_canil_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10644/modelo_padrao_de_indicacao_41_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10645/indicacao_47_sinalizacao_bombeiros_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10646/asfalto_rua_luis_da_trindade-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10647/pedra_irregular_proximo_a_vila_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10648/rua_da_caixa_da_agua-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10656/indicacao_274.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10657/indicacao_nc2b041_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10658/indicacao_276.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10659/indicacao_277_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10660/indicacao_2_assinado_9.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10661/indicacao_3_assinado_7.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10662/indicacao_280_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10663/residencial_porto_belo-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10664/rua_manoel_de_nobrega_28vanessa29_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10665/indicacao_56_playground_ubs_parte_final_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10667/indicacao_57_portoes_elet._ceju_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10668/indicacao_58_lixeira_capela_vila_nova_pora_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10669/indicacao_59_vagas_acessiveis_lago_jd_botanico_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10670/indicacao_cmei_santa_terezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10671/indicacao_na_rua_alvares_de_azevedo_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10672/indicacao_nc2b043_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10673/2_quadra_de_basquete_.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10674/computador-2_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10675/indicacao_61_iluminacao_trevos_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10693/redutor_._maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10694/3_campo_de_futebol_28cobertura_arquibancada_29-1_assinado_1_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10695/indicacao_nc2b045_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10696/indicacao_nc2ba_46_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10697/indicacao_001_-_pavimentacao_na_rua_eleodoro_jardim_casa_grande_i_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10698/indicacao_recape_asfaltico_eugenio_homenzuk_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10699/indicacao_rua_gabriel_de_lara_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10700/indicacao_1_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10701/indicacao_2_assinado_10.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10702/indicacao_3_assinado_8.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10703/indicacao52_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10704/indicacao42_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10705/indicacao_nc2b044_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10706/indicacao_nc2b047_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10707/8_pedras_28_mauricio29-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10708/7_boca_de_lobo_tremembes_assinado.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10709/9_pedras_irregulares_28_monte_castelo29_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10716/bosque_da_saude_campinho_de_futebol_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10717/rua_mambore_jardim_alvorada_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10718/indicacao_nc2b048_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10719/indicacao_62_juridico_aposentados_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10720/indicacao_63_redutor_de_veloc._rua_palotina_jd_alv._assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10721/indicacao_64_placas_com_qr_code_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10723/indicacao_65_onibus_noturno_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10724/indicacao_1_assinado_12.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10725/indicacao_53_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10728/2025-05-29_1.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10729/indicacao_2_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10730/indicacao_67_visitas_domiciliares_a_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10731/indicacao_28_assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10732/indicacao_30_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10733/faixa_elevada_frente_ao_cemiterio_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10734/indicacao_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10737/recape_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10738/praca_avo_do_jardes-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10740/7_asfalto2citapoa_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10750/indicacao_329.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10753/indicacao_rua_ipiranga_recape_asfaltico_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10754/indicacao_331-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10755/vaga_espinha_de_peixe_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10756/indicacao_333.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10757/indicacao_334.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10758/indicacao_335.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10759/indicacao_336-2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10760/indicacao_337-2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10761/indicacao_68_calcadas_com_acessibilidades_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10762/indicacao_339-2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10763/indicacao_340-2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10764/indicacao_341-2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10765/indicacao_342-2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10776/indicacao_01_-_energia_eletrica_no_cemiterio_alto_pora.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10777/indicacao_01_-_extensao_da_rede_eletrica_trifasica_da_copel_no_trecho_do_tres_ranchinho_ate_o_estreito.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10778/indicacao58_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10779/indicacao_nc2b049_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10780/indicacao56_assinado.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10781/indicacao_nc2b050_assinado.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10782/indicacao_rua_antonio_urbanski_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10783/indicacao_rua_carlos_gomes2c_jardim_belo_horizonte_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10784/quadra_cobertura_assinado.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10785/a_contratcao_de_um_locutor_de_esportes._assinado.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10786/tapa_buraco2c_limpeza_de_boca_de_lobo._assinado.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10788/indicacao_73_esgoto_rua_rio_grande_do_sul_assinado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10789/indicacao_74_limpeza_rua_eugenio_homenzuk_assinado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10790/indicacao_75_ecopontos_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10791/indicacao_nc2b051_assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10792/283129homenagem_oscae_spigolon_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10793/indicacao57_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10794/indicacao_76_revitalizacao_canteiro_central_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10795/indicacao_1_assinado_14.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10796/indicacao_77_r._turunas_jd_alto_da_gloria_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10797/indicacao_60_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10798/indicacao59_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10799/uniformes-4_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10800/indicacao_asfaltico_na_avenida_espanha_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10818/indicacao_nc2b053_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10819/indicacao_79_boca_de_lobo_prox_murilo_lanche_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10820/indicacao_78_cascalho_estrada_vicinal_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10821/indicacao_80_playground_praca_pernanbucanas_assinado.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10822/indicacao_81_saude_do_homem_assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10823/indicacao_nc2b052_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10824/indicacao_nc2b054_assinado.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10825/indicacao_-_rua_tamandare_proximo_aabb_1.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10826/indicacao_-_tapa_buraco_na_rua_romario_martins_1.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10846/limpeza_boca_de_lobo_assinado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10847/tampa_do_bueiro_28boco_de_lobo29_do_residencial_porto_belo-1_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10848/indicacao_1_assinado_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10849/indicacao_2_assinado_14.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10850/indicacao_3_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10851/indicacao_82_rotatoria_saida_secundaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10852/indicacao_83_red._veloc._casa_nil_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10853/indicacao_84_manutencao_campinho_xurupita_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10854/indicacao_85_red._veloc._milico_sta_terezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10855/indicacao_62_assinado.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10949/indicacao61_assinado.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11021/indicacao_nc2b055_assinado.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11022/indicacao_troca_da_grade_rua_eugenio_homenzuk_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11023/indicacao_64_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11027/indicacao_89_campanha_diabetes_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11041/estacionamento_de_motos_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11042/indicacao_32_assinado.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11064/indicacao_boca_de_lobo_rua_jose_bonifacio2c_esquina_com_a_rua_getulio_vargas_assinado.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11079/calcadas_rua_pato_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11080/limpeza_de_bueiros_na_rua_beija_flor2c_numero_520.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11085/indicacao_90_redutor_veloc._rua_diva_proenca_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11086/indicacao_93_sinalizacao_cmei_jose_fiorim_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11087/indicacao_92_reforma_cmei_sta_terezinha_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11088/indicacao_1_assinado_17.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11089/indicacao_2_assinado_15.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11091/indicacao_94_semaf._para_pedestres_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11093/indicacao_95_faixas_para_tea_e_def._visual_assinado.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11145/indicacao_1_assinado_18.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11146/indicacao_2_assinado_16.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11149/plantio_de_arvores28_bairro_modelo_residencial_porto_belo_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11151/indicacao_96_cameras_monte_castelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11152/indicacao_98_rua_lateral_parquinho_lago_das_flores_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11153/avenida_melvis_muchiutti2c_ponto_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11154/indicacao_01_-_instalacao_de_placas_de_identificacao_nas_estradas_rurais_assinado.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11155/indicacao_100_sinalizacao_entre_ruas_joao_m._stresse_e_av._maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11156/indicacao_66_assinado.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11157/indicacao_101_redutor_de_veloc._rua_luiz_pasteur_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11164/indicacao_413.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11165/indicacao_414.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11171/indicacao_415.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11172/indicacao_416.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11174/indicacao_417.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11175/indicacao_418.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11176/indicacao_419.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11177/indicacao_420.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11178/indicacao_421.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11184/indicacao_01_-_wifi_rural.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11186/enfeites_natalino_assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11187/indicacao68_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11188/indicacao_2_assinado_18.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11189/indicacao_1_assinado_19.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11190/indicacao_cmei_bom_jesus_melhorias_assinado.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11194/indicacao_4_assinado_9.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11199/indicacao_nc2b056_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11203/indicacao_4_assinado_9.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11205/indicacao_01_-_protecao_metalica_na_ponte_rua_nova._assinado.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11206/indicacao_01_-_protecao_metalica_na_ponte_rio_pindauva_assinado.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11210/indicacao_cobertura_capela_mortuaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11212/indicacao69_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11230/indicacao70_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11231/indicacao_2_assinado_19.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11232/indicacao_34_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11240/indicacao_01_-_aumento_da_vasao_do_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11241/indicacao_36_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11242/indicacao_boca_de_lobo_rua_aramis_ataide_assinado.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11244/indicacao_fio_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11248/indicacao_01_-_caminhao_para_transporte_produtos_ate_a_cafi.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11254/indicacao_nc2b057_assinado.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11255/indicacao_nc2b058_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11265/indicacao_108_red._veloc._rua_lea_valvierde_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11266/indicacao_1_assinado_21.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11267/indicacao_3_assinado_14.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11268/indicacao_4_assinado_10.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11272/indicacao_109_aumentar_horarios_de_circular_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11277/indicacao_111_iluminacao_churrascaria_soledade_assinado.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11281/indicacao_112_manutencao_rua_nilo_pecanha_assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11290/indicacao_71_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11291/idicacao_72_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11293/indicacao_outubro_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11294/indicacao_114_hortas_comunitarias_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11295/indicacao_115_reaproveitamento_da_agua_da_chuva__assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11296/indicacao_116_cursos_gratuitos_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11297/indicacao_117_tratamento_odontologico_assinado.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11301/indicao_outubro_2_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11304/indicacao_118_unidades_moveis_de_saude_nas_areas_rurais_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11314/indicacao_outubro_1_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11315/indicao_outubro_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11316/indicacao_no_463_-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11319/indicacao_119_botao_de_panico_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11320/indicacao_121_casa_de_apoio_ao_paciente_assinado.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11321/indicacao_124_faixa_elevada_bom_pastor_assinado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11322/indicacao_125_cartilha_educativa_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11323/indicalcao_123_faixa_elevada_upa_assinado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11328/conserto_boca_de_lobo_geraldo_furquim_jardim_casa_grande_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11329/indicacao_39_assinado.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11330/indicacao_37_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11331/indicacao_127_banco_de_materiais_de_construcao_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11332/indicacao_128_ivp_sem_fome_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11333/indicacao_126_sinalizacao_posto_catuai_rod._celso_fumio_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11335/indicacao_129_limpeza_rod_nicolau_koltun_assinado.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11339/indicacao_130_paisagismo_cmei_emilia_kuroda_assinado.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11340/indicacao_nc2b059_assinado.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11341/indicacao_01_-_redutor_de_velocidade_avenida_maranhao.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11353/indicacao_outubro_1_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11354/indicao_outubro_2_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11390/modelo_indicacao76_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11391/indicacao_75_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11392/indicacao_1_assinado_22.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11393/indicacao_2_assinado_21.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11394/indicacao_131_lombada_rua_manoel_de_nobrega_assinado.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11395/indicacao_132_limpeza_beirada_mato_placidio_assinado.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11396/indicacao_133_correcao_drenagem_praca_do_japao_assinado.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11397/indicacao_134_correcao_da_rua_ceu_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11398/indicacao135_reforma_janela_cmei_bom_jesus_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11399/escoteiros_coracao_do_vale_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11400/indicacao_77_assinado.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11421/indicacao_137_ponto_de_coleta_de_pilhas_e_oleo_assinado.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11422/indicacao_138_caixas_de_sugestoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11423/indicacao_139_prolongamento_das_farmacias_municipais_assinado.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11424/indicacao_141_insalubridade_servidores_municipais_assinado.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11425/indicacao_1_assinado_23.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11429/indicacao_497.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11430/indicacao_nc2b062_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11431/indicacao_ilsinho.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11432/indicacao_nc2b064_assinado.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11433/indicacao_501.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11434/indicacao_1_assinado_24.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11435/indicacao_503.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11436/indicacao_3_assinado_15.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11441/indicacao_142_valorizacao_da_pessoa_idosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11442/indicacao_143_pontos_de_parada_para_transportes_ativos_assinado.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11443/indicacao_146_instalacao_de_paineis_fotovoltaicos_nas_ubs_assinado.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11444/indicacao_144_acoes_de_saude_preventiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11445/indicacao_145_parquinhos_inclusivos_assinado.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11446/indicacao_510.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11451/urn_aaid_sc_va6c2_6915b680-3fa2-4758-9012-ef87bc872c39.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11453/indicacao_2_assinado_23.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11454/indicacao_nc2b066_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11455/indicacao_148_redutor_de_velocidade_rua_eleodoro_ebano_assinado.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11456/indicacao_149_instalar_placas_grandes_nas_ruas_laterais_do_acesso_secundario_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11457/indicacao_151_limpeza_praca_espanha_assinado.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11459/indicacao_153_redutor_de_veloc._rua_pato_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11460/indicacao_152_lixeiras_seletivas_alto_pora_assinado.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11468/indicacao_calcada_gramado_cmei_jose_fiorim_1234_assinado.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11469/indicacao_redutor_velocidade_avenida_maranhaoc22c_assinado.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11470/indicacao_150_fios_soltos_nas_vias_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11494/indicacao_154_limpeza_pq_natural_mata_placidio_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11495/indicacao_155_prof._apoio_para_autistas_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11496/indicacao_156_troca_de_tampa_bueiro_rua_paulista_prox_bar_marinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11497/indicacao_157_limpeza_e_construcao_de_calcada_rua_placido_miranda_assinado.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10310/requerimetno.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10459/requeirmento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10532/requerimento_mocao_marco_esquicato_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10557/requerimento_-_tenente_rinaldo_luiz_ferreira_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10558/brn3c2af4e2196e_0000134304.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10666/requeirmento_9_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10676/requeirmento_10_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10726/requerimento_voto_de_pesar_hugo_marine_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10766/voto_de_pesar_1_jose_alcides_ribeiro__assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10787/requerimento_voto_de_pesar_dr_glaucio.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10828/requerimento_mocao_de_aplauso_juventude_mariana_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10829/requerimento_16_2025_voto_pesar_brasilio_shavarski_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10830/requerimento_17_2025_voto_pesar_joao_luiz_f._kozan_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11081/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11158/requerimento_-_mocao_de_aplaudos_bicho_da_seda_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11173/requerimento_-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11237/mocao_de_apoio_assinado_assinado_assinado_assinado_1_assinado_2_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11238/requerimento_modelo_voto_de_pesar_delmira_assinado.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11247/requerimento_modelo_voto_de_pesar_selma02_assinado.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11298/requerimento_negativa_posto_central_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11338/requerimento_nc2ba_25-2025_alex_assinado.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11404/mocao_de_apoio_leiteiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11438/valdeci_rodrigues_dias_-_mocao_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11458/requerimento_javis_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11498/requerimento_mocao_de_aplauso_tio_rafa_assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10554/concorrencia_eletronica_no_11-2025_-_concessao_de_uso_de_espacos_no_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10555/concorrencia_eletronica_no_12-2025_-_fornecimento_e_instalacao_de_reservatorio_tubular_de_50.000_l.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10549/pe_40-2025_-totem_digital.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10546/pe_41-2025_-_materiais_de_consumo_para_laboratorio.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10547/pe_42-2025_-_pecas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10548/pe_43-2025_-_clinica_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10550/pe_44-2025_-_material_esportivo.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10592/pe_45-2025_-_aquisicao_de_ar_condicionado_equipamentos_eletronicos_smathphone_trelicas_para_drop_entre_outros_em_atendimento_das_secretarias.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10593/pe_46-2025_-_aquisicao_de_uniformes_bones_e_artigos_de_natacao.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10625/pe_47-2025_-_aquisicao_de_mantas.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10626/pe_48-2025_-_aquisicao_de_marmitas.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10628/pe_49-2025_-_aquisicao_de_maquinas_e_equipamentos_para_sede_da_1a_companhia_independete_de_bombeiro.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10629/pe_50-2025_-_cortinas_e_persianas.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10649/pe_51-2025_-_concessao_onerosa_de_uso_de_espaco_publico_do_recinto_de_leiloes.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10650/pe_52-2025_-_cabine_metalica_de_medicao_e_protecao.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10651/pe_54-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10652/pe_53-2025_-_pedras.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10680/pe_55-2025_-_oleo_lubrificante.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10713/pe_56-2025_-_limpeza_publica.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10689/pe_57-2025_-_tubos_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10691/pe_58-2025_-_materiais_eletricos.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10692/pe_59-2025_-_materiais_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10711/pe_60-2025_-_pranchao.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10712/pe_61-2025_-_radio_comunicador.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10715/pe_62-2025_-pneus.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10736/pe_63-2025_-insumo_calcario.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10744/pe_64-2025_-_grama_sintetica.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10773/pe_65-2025_-_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10772/pe_66-2025_-_fogos_de_artificios.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10832/pe_67-2025_-_calcada_paver.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10833/pe_68-2025_-_refeicoes.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10834/pe_69-2025_-_materiais_odontologicos.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10843/pe_70-2025_-_acessorios_ti.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10899/pe_71-2025_-_produtos_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10900/pe_72-2025_-_poco_artesianos.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10979/pe_73-2025_-_materiais_de_papelaria_e_outros.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11043/pe_74-2025_-_levantamento_radiometrico.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11044/pe_75-2025_-_equipamentos_medicos_e_outros.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11050/pe_76-2025_-_tablets.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11051/pe_77-2025_-_barraca_universitaria.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11052/pe_78-2025_-_uso_de_espaco_publico_do_recinto_de_leiloes.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11082/pe_79-2025_-_incubadora_tecnologica.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11083/pe_80-2025_-_pranchao_de_madeira.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11092/pe_81-2025_-_tendas.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11122/pe_82-2025_-_uniformes.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11123/pe_83-2025_-_chromebooks_e_headsets.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11124/pe_84-2025_-_alimentos_e_outros.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11126/pe_85-2025_-_gas_liquefeito.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11127/pe_86-2025_-_moveis_incubadora.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11128/pe_87-2025_-_eletro_e_outros.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11129/pe_88-2025_-_pecas_fibra_vidro.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11130/pe_89-2025_-_laudos_de_ensaio.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11136/pe_90-2025_-_matl_expediente.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11137/pe_91-2025_-_bebidas_expovale.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11135/pe_92-2025_-_uniformes_esportivos.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11138/pe_93-2025_-_parque_exposicoes_expovale.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11139/pe_94-2025_-_espacos_gastronomicos.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11144/pe_95-2025_-_tintas_para_demarcacao.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11147/pe_96-2025_-_produtos_medico-hospitalares.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11148/pe_97-2025_-_confeccao__de_figurinos.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11150/pe_98-2025_-_pecas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11161/pe_99-2025_-_extintores.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11163/pe_100-2025_-_hortifruti_e_padaria.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11167/pe_101-2025_-_guarda-chuva.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11168/pe_102-2025_-_moveis_planejados.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11182/pe_103-2025_-_maquinas_em_geral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11185/pe_104-2025_-_ferramentas_e_outros.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11195/pe_105-2025_-_geomembrana.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11196/pe_106-2025_-_equip._feira_aquarela.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11197/pe_107-2025_-_placas_e_outros.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11198/pe_108-2025_-_barraca_universitaria.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11202/pe_109-2025_-_rompedor.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11207/pe_110-2025_-_playground.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11208/pe_111-2025_-_cabine_metalica.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11213/pe_112-2025_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11214/pe_113-2025_-_geoprocessamento.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11217/pe_114-2025_-_material_grafico.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11218/pe_115-2025_-_recinto_de_leiloes.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11219/pe_116-2025_-_rocagem_e_capinacao.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11220/pe_117-2025_-_alimentos_animais_expovale.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11221/pe_118-2025_-_camarote_expovale.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11222/pe_119-2025_-_camisetas_e_bones.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11223/pe_120-2025_-_servico_de_seguranca_e_brigadista_expovale.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11224/pe_121-2025_-_estrutura_expovale.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11225/pe_122-2025_-_estacionamento_expovale.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11243/pe_123-2025_-_equip._incubadora.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11251/pe_124-2025_-_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11256/pe_125-2025_-_trofeus_e_medalhas.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11261/pe_126-2025_-_glp.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11263/pe_127-2025_-_baile_60.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11264/pe_128-2025_-_espacos_expovale.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11270/pe_129-2025_-_ressolagem.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11271/pe_130-2025_-_mudas_flores_e_outros.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11276/pe_131-2025_-_alimentos.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11279/pe_132-2025_-_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11292/pe_133-2025_-_cesta_basica_servidores.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11299/pe_134-2025_-_onibus.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11311/pe_135-2025_-_materiais_decorativos_e_outros.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11325/pe_136-2025_-_estruturas_e_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11326/pe_137-2025_-_recinto_leiloes.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11327/pe_138-2025_-_veiculos_incubadora.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11334/pe_139-2025_-_ferramentas_e_equip._expovale.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11342/pe_140-2025_-_passagens_aereas_-_adm.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11351/pe_141-2025_-_kits_natalino_servidores.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11376/pe_142-2025_-_motos.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11387/pe_143-2025-materiais_de_expediente_saude.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11389/pe_144-2025_contratacao_de_empresa_especializada_no_fornecimento_de_kits_de_fim_de_ano_para_projetos_sociais.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11448/pe_145-2025_aquisicao_de_recarga_de_oxigenio_medicinal_para_os_pacientes_da_unidade_de_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11449/pe_146-2025_contratacao_de_empresa_especializada_no_fornecimento_de_pecaas_e_servicos_de_manutencao_de_suspensao_de_veiculos_leves_e_pesados.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11450/pe_147-2025_aquisicao_de_equipamentos_para_a_casa_do_autista.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11452/pe_148-2025_aquisicao_de_01_veiculo_tipo_van_minubus_01_minibusvanveiculo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11461/pe_149-2025_contratacao_de_empresa_especializada_para_prestacao_de_servicos_de_mao_de_obra_tercerizada_em_regime_de_dedicacao_exclusiva.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11499/pe_150-2025_aquisicao_de_produtos_de_padaria_para_atendimento_das_secretarias_do_municipio_de_ivaipora.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11500/pe_151-2025_contratacao_de_empresa_especializada_no_fornecimento_de_pecas_e_servicos_de_manutencao_e_instalacao_de_ar_condicionado_em_geral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10595/concorrencia_eletronica_no_13-2025_-_reforma_salao_comunitario_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10596/concorrencia_eletronica_no_14-2025_-_reforma_recinto_de_leiloes_pq._de_exposicoes_de_ivaipora.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10598/concorrencia_eletronica_no_15-2025_-_pavimentacao_asfaltica_estrada_vicinal_frigorifico.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10710/concorrencia_eletronica_no_20-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10563/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_3o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10654/concorrencia_eletronica_no_16-2025_-_construcao_creche_escola_tipo_i.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10686/concorrencia_eletronica_no_17-2025_-_mirante_rampas_escadas_passarela_e_reck_no_lago_jd._bot..pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10687/concorrencia_eletronica_no_18-2025_-_construcao_de_campo_suico_no_jardim_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10688/concorrencia_eletronica_no_19-2025_-_perfuracao_de_pocos_artesianos_e_rede_de_abastecimento.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10978/concorrencia_eletronica_no_21-2025_-_reforma_quadra_mourao_filho.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11125/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_4o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11140/concorrencia_eletronica_no_22-2025_-_concessao_de_uso_de_espacos_no_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11183/concorrencia_eletronica_no_23-2025_-_contratacao_de_agencia_de_publicidade.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11191/concorrencia_eletronica_no_24-2025_-_reforma_da_casa_da_vivencia.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11192/concorrencia_eletronica_no_25-2025_-_reforma_da_cozinha_do_cafi.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11252/concorrencia_eletronica_no_26-2025_-_ampliacao_da_escola_municipal_bento_viana.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11257/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_5o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11258/concorrencia_eletronica_no_27-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11280/aviso_concorrencia_28-2025_-_concessao_de_uso_quiosque_jd._botanico.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11300/concorrencia_eletronica_no_29-2025_-_construcao_de_creche_infancia_feliz_-_sam_73.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11312/concorrencia_eletronica_no_30-2025_-_construcao_de_salas_e_sanitarios_no_cmei_prof._odete_s._brasil.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11388/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_6o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11402/concorrencia_eletronica_no_31-2025_-_construcao_da_casa_da_mulher_paranaense_-_sam_75.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10594/informativo_camara_-_chamamento_publico_no_03-2025_-_concessao_auxilio_bolsa_tecnico.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10597/informativo_camara_-_chamamento_publico_no_04-2025_-selecao_de_subcomissao_tecnica.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10655/informativo_camara_-_chamamento_publico_no_05-2025_-alienacao_de_terrenos_venda_direta.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10774/aviso_chamamento_06-2025_-_festa_junina_-_barracas_comidas_tipicas.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10775/aviso_chamamento_07-2025_-_festa_junina_-_brinquedos_inflaveis.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10844/informativo_camara_-_chamamento_publico_no_08-2025_-_selecao_de_empresa_especializada_para_construcao_de_casas_populares_por_meio_do_programa_minha_casa_minha_vida_-_mcmv.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10845/informativo_camara_-_chamamento_publico_no_09-2025_-_alienacao_de_terrenos_furnas_venda_direta.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11078/informativo_camara_-_chamamento_publico_no_09-2025_-_alienacao_de_terrenos_venda_direta_-_1o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11132/informativo_camara_-_chamamento_publico_no_10-2025_-_fevanoi.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11133/informativo_camara_-_chamamento_publico_no_08-2025_-_selecao_de_empresa_especializada_para_construcao_de_casas_populares_-_mcmv_-_1o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11134/informativo_camara_-_chamamento_publico_no_11-2025_-_credenciamento_plantoes_tecnicos_de_raio-x.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11170/aviso_chamamento_12-2025_-_captacao_de_patrocinio_21a_expovale.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11233/informativo_camara_-_chamamento_publico_no_13-2025_-_captacao_de_patrocinio_para_estrutura_de_internet_na_21a_expovale.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11259/informativo_camara_-_chamamento_publico_no_14-2025_-_captacao_de_patrocinio_ao_concurso_garota_expovale.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11275/informativo_camara_-_chamamento_publico_no_15-2025_-_captacao_de_patrocinio_21a_expovale.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11313/informativo_camara_-_chamamento_publico_no_16-2025_-_selecao_de_artistas_palco_cultural_21a_expovale.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11343/informativo_camara_-_chamamento_publico_no_17-2025_-_credenciamento_de_leiloeiros_oficiais.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10681/pregao_eletronico__no_01-2025_-_inserviveis_veiculos_e_maquinas.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11131/leilao_no_02-2025_-_veiculos_e_terrenos.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10198/pem_1_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10559/plc_01-2025_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022__-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10621/plc_02-2025_-_altera_arts._197_e_198_da_lc_43-2022_-_limpeza_de_terrenos__-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10950/plc_03-2025_-_altera_a_lc_07-2016_-_taxas_parque_de_exposicoes_-_-_lc____2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10960/plc_04-2025_-_altera_a_lc_17-2017_-_cobranca_de_iss_-_-_lc____2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11179/plc_05-2025_-_alterao_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_lebi___-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11250/plc_06-2025_-_altera_a_lc_35-2022_inclusao_casa_da_mulher_paranaense__-_-_lc_______-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11302/plc_07-2025_-_altera_a_lc_07-2014_-_taxas_cemiterio_-_-_lc_______-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11303/plc_08-2025_-_altera_a_lc_1.890-2010_cod._tributario_e_lc_41-2022_cod._de_posturas_liberacao_de_licenca_e_funcionamento_-_baixo_risco___-_-_lc_______-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11305/plc_09-2025_-_institui_a_sala_de_negociacao_de_tributos__-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11383/plc_10-2025_-_altera_a_lc_42-2022_codigo_de_obras_-_chamines_-_-_lc____-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11462/plc_11-2025_-_regulamenta_as_datas_para_vencimento_de_alvaras_e_licencas_municipais_para_o_exercicio_de_2026__-_-_lc_---2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11597/plc_12-2025_-_dispoe_sobre_a_instituicao_e_regulamentacao_da_unidade_fiscal_do_municipio_de_ivaipora__ufi__-_-_lc_---2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10201/ple_01-2024_-_altera_a_l._3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l________-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10199/ple_02-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_municipio_x_jonas__de_almeida_souza_-_-_l____-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10202/projeto__03-_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10348/ple_04-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_veterinario_e_aux._na_ed._infantil__-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10351/ple_12-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_4.053-2025_-_pss_mot._veiculos_pesados_e_servicos_gerais_m.a__-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10362/ple_13-2025_-_autoria_o_executivo_a_proceder_a_alineacao_de_imoveis_de_sua_propriedade_loteamento_chico_rey_-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10363/ple_14-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imoveis_-_ampliacao_do_jardim_botanico_boscardim_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10461/projeto_20_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10460/ple_21-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_da_reserva_florestal_do_jardim_botanico_-_temocleia-_-_l_____-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10472/projeto_22_-_credito_adicional_especial_-_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10523/ple_25-2025__-_introduz_alteracoes_na_l_4.019-2024_-_arquivo_e_digitalizacao_de_documentos__-_-_l_______-2025.pdf_-_ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10528/ple_26-2025__-_institui_a_comemoracao_anual_do_dia_do_servidor_publico_municipal__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10545/ple_27-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imoveis_-_ampliacao_do_estacionamento_do_parque_de_exposicoes_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10585/ple_28-2025_-_autoriza_a_participar_do_consorcio_intermunicipal_de_educacao_e_ensino_do_parana_-_ciedepar_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10586/projeto_de_lei_do_executivo__no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10587/ple_30-2025__-_introduz_alteracoes_na_l_3.957-2023_-_isencao_de_impostos_far__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10589/ple_31-2025__-_dispoe_sobre_o_reconhecimento_de_notariedade_do_distrito_de_jacutinga_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10590/ple_32-2025__-_introduz_alteracoes_na_l_2.872-2016_-_chefe_de_servicos_administrativos_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10622/ple_33-2024_-_altera_a_l._3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10677/ple_35-2025_-_autoriza_o_executivo_a_reajustar_os_salarios_e_vencimentos_dos_servidores_municipais_-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10678/ple_36-2025__-_introduz_alteracoes_na_l_1.196-2002_-_cip_-_cosip_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10679/ple_37-2025__-_dispoe_sobre_a_cobranca_de_ingressos_em_espacos_publicos__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10683/ple_38-2025__-_prorroga_o_plano_municipal_de_educacao__-_l_2.649-2015_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10685/ple_39-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_municipio_x_espolio_claudio_anici_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10714/ple_41-2025_-_dispoe_sobre_o_uso_de_drones_nas_acoes_de_combate_a_dengue_e_monitoramento_de_terrenos__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10742/projeto_42_-_credito_adicional_especial_-_superavit_e_cancelamento.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10741/projeto_43_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10745/ple_44-2025_-_institui_o_programa_de_recuperacao_fiscal_de_ivaipora__refis_ivaipora_2025__-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10746/pl_45-2025-..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10767/pl_47-2025_assinad.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10837/ple_49-_2025__-_institui_o_conselho_municipal_de_desenvolvimento_sustentavel_de_ivaipora_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10831/ple_50-2025__-_institui_o_departamento_de_politicas_publicas_para_mulheres__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10835/ple_51-2025__-_ratifica_a_alteracao_na_consolidacao_do_protocolo_de_intencoes_do_consorcio_publico_intermunicipal_de_saude_da_22a_regional_de_saude_de_ivaipora__cis_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10836/ple_52-2025__-_altera_a_lei_3.717-2022_-_concessao_de_diarias_licenca_ou_ferias__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10838/ple_53-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_interprete_de_libras_e_tec._enfermagem__-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11004/ple_55_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11084/ple_57-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_canil_municipal__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11096/ple_58-2025_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_engenheiro_40h__-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11097/ple_59-2025_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_do_aterro_sanitario__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11116/ple_61-2025_-autoriza_o_executivo_a_realizar_leilao_de_veiculos_e_sucatas_inserviveis_-_-_l_-----2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11117/ple_62-2025_-introduz_alteracoes_na_l_3.920-2023_-_leilao_de_imoveis_diversos__-_-_l_------2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11119/projeto_63-2025_ppa-..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11120/projeto_64-2025_ldo-..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11118/ple_65-2025_-desafeta_do_dominio_publico_os_lotes_que_especifica_residencial_porto_belo_-_-_l________-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11121/projeto_66_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11141/ple_67-2025_-_dispoe_sobre_a_demarcacao_de_area_de_zeis_-_cohapar__alto_pora_-_-_l_-------2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11159/projeto_68_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11160/ple_69-2025_-_altera_a_lei_4.104-2025_-_ampliacao_do_estacionamento_do_parque_de_exposicoes_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11162/ple_70-2025_-_desapropriacao_-_prolongamento_da_rua_uberlandia-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11169/projeto_71_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11200/projeto_72_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11193/ple_73-2025_-_dispoe_sobre_a_desafetacao_de_imoveis_-_servidao_sanepar__-_-_l_-------2025-1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11201/projeto_74_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11204/projeto_75_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11226/ple_76-2025_-_autoriza_a_doacao_definitiva_do_imovel_que_espedifica_a_empres_edson_t._boscardim_madeiras_-_-_l_-------2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11227/ple_77-_2025__-_introduz_alteracoes_na_l_3.856-2023_-_sim-poa__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11235/projeto_78-_credito_adicional_especial_-_superavit_e_excesso.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11253/ple_79-2025__-_cria_a_quadra_93-b_lote_01_-_regularizacao_polo__-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11260/ple_80-2025_-_dispoe_sobre_a_concessao_de_auxilio-funeral_aos_servidores_publicos_municipais_e_da_outras_providencias_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11262/ple_81-2025_-_desapropriacao_-_area_de_app_-_azambuja_-_lago_jardim_botanico_-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11269/ple_82-2025__-_introduz_alteracoes_na_l_2.872-2016_-_criacao_secretaria_de_tecnologia_e_cooperacao_internacional_-_-_l_-------2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11274/projeto_83_-_credito_adicional_especial_-_excesso_e_cancelamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11273/ple_84-2025_-_regulamenta_a_prestacao_de_servico_de_transporte_remunerado_privado_individual_de_passageiros_por_aplicativo_-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11282/projeto_85_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11283/projeto_86_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11278/ple_87-2025_-desafeta_do_dominio_publico_o_imovel_que_especifica_-_lote_01_-_jardim_brasil_-_jacutinga_-_-_l______-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11284/ple_88-2025_-_revoga_dispositivos_na_lei_2.993-2017_-_cesta_basica_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11285/ple_89-2025_-_introduz_alteracoes_na_l_1.800-2010_-_associacao_da_agricultura_familiar_de_jacutinga__-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11286/ple_90-2025_-_revoga_a_lei_2.697-2015_-_doacao_de_imovel_ao_conselho_da_comunidade__-_-_l_________-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11287/ple_91-2025_-_autoriza_a_permuta_de_imoveis__-_municipio_x_edson_boscardim_e_outros_-_-_l_--------2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11289/ple_92-2025__-_altera_a_lei_4.063-2024_-desapropriacao_para_ampliacao_da_escola_ivaipora_-_-_l_---------2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11308/projeto_93_-_credito_adicional_especial_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11307/ple_94-2025__-_institui_o_conselho_municipal_de_saneamento_basico_e_ambiental__-_-_l_---------2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11309/ple_95-2025_-_desapropriacao_praca_vila_santa_maria__aparecida_helena_godoy_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11310/ple_96-2025_-_autoriza_a_pesca_nas_dependencias_dos_lagos_municipais_durante_dias_da_semana_santa_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11318/ple_98-2025_-_dispoe_sobre_a_instituicao_do_festival_paralimpico_do_vale_do_ivai_-_-_l_______-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11324/ple_99-2025__-_introduz_alteracoes_na_l_2.872-2016_-_vincula_o_sine_a_sec._de_industria_e_comercio_-_-_l_-------2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11349/pl_loa_2026-..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11401/projeto_101_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11386/ple_103-2025_-autoriza_o_executivo_a_realizar_leilao_de_veiculos_e_sucatas_inserviveis_-_-_l_-----------2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11405/projeto_104_-_credito_adicional_especial_-_excesso.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11406/ple_105-2025_-_desapropriacao_-_area_a_ser_incorporada_-_parque_ecologico_guanabara_-_-_l_------2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11416/ple_106-2025_-_ratifica_o_protocolo_de_intencoes_do_consorcio_intergestores_parana_saude-_cips-_-_l_-----2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11417/ple_107-2025_-_desapropriacao_-_3_terrenos_-_patio_meio_ambiente__-_-_l_------2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11447/ple_108-2025_-_introduz_alteracoes_na_lei_3.635_incentivo_a_inovacao_e_tecnologia_-_-_l_-----------2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11578/ple_110-2025_-.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11560/ple_111-2025_-_contratacao_emergencial_saude_-_pss__-_-_l_-----2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11596/ple_112-2025_-.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11593/ple_113-2025_-_revoga_a_lei_4.170-2025_-_desapropriacao_area_da_vila_santa_maria_mat._50.017__-_-_l_------2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11595/ple_114-2025_-_abre_credito_adicional_especial___r_1.532.66667_-_-_l____-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11658/projeto_de_lei_115-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10747/mensagem_aditiva_do_ple_37_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11166/mensagemaditiva_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11142/mensagem_aditiva.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11094/mensagemaditiva_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11209/mensagem_aditiva_05.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11211/mensagem_aditiva_n_6_ao_plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11493/oficio_no_969-_mensagem_aditiva.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10195/pll_1_2025_n.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10200/pll_2_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10274/projeto_de_lei_do_legislativo_no_3-_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10275/projeto_de_lei_do_legislativo_no_4_-_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10346/pll_5_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10410/pll_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10525/pll_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10564/projeto_de_lei__certidao_negativa_28229.docx_tres_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10588/1_projeto_de_lei_biblia.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10591/projeto_de_lei_-_sandbox_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10624/projeto_de_lei_-_kit_lanche_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10653/projeto_dia_da_oracao.docx_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10735/projeto_de_lei_-_formacao_de_curso_para_vereadores_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10743/modelo_padrao_projeto_de_lei_do_legislativo_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11063/pll_16-2025_-_introduz_alteracoes_na_lei_2.515-2014.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11103/pll_17_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11215/pl_18_-_estrada_rural_assinado_-_copia.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11228/pll_nc2ba_19-2025_careca_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11229/pll_nc2ba_20-2025_careca_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11239/projeto_de_lei_-_denominacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11288/pll_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11306/projeto_empreendedor_ivaiporaense_assinado_233.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11317/projeto_saude_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11336/projeto_de_lei_no_25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11337/pll_nc2ba_26-2025_alex_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11420/projeto_de_lei_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11437/projeto_de_lei_-_valdeci_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11440/documentos_-_futsal_merged_28529_assinado1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11602/projeto_rotary_integracao.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10524/l_4.082-2025_-_dispoe_sobre_a_concessao_de_vale-alimentacao_aos_servidores_da_camara__-__pll_05-2025_-_veto_parcial.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10909/lei_4117_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10234/pdl_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10480/projeto_de_decreto_03.2025_colegio_bento_mossurunga_assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10527/projeto_de_decreto_04-2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10611/decreto_legislativo_5_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10690/titulo_de_servidora_publica_padrao_28denise_kusminski29_28assinar29_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10727/projeto_decreto_legislativo_7_2025_lixeira_seletiva.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10827/laticinicios_kollac.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11099/pdl_10_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11180/pdl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11216/pdl_nba_12-2025_29_assinado_assinado_assinado_assinado_2_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11249/pdl_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11439/projeto_de_decreto_legislativo_-_cidadao_honorario_padre_celio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11561/projeto_de_decreto_legislativo_-_titulo_de_merito_comunitario.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11618/projeto_de_decreto_legislativo_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10196/pr_1_2025_n.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10197/pr_2_2025_n.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10682/projeto_de_resolucao_3_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11181/projeto_de_resolucao_suplementacao..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11598/associacao_futsal_merged_28129_assinado_.a.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11245/ppa_-_emenda_nc2ba_01-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11246/ldo_nc2ba_02-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11605/pea_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11562/pem_01-2025_ao_pl_nc2ba_28-2025__assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10841/proposta_de_emenda_substitutiva_sandbox_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10842/proposta_de_emenda_substitutiva_kit_lanche_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10204/indicacao_nc2b001_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao_nc2b002_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10206/indicacao_nc2b004_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10207/indicacao_nc2b0005_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10208/indicacao1_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10209/indicacao_6_.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10210/indicacao_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10211/indicacao_5_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10212/indicacao_9_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10213/indicacao_4_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10214/indicacao_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10215/indicacao_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10216/indicacao_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10217/indicacao_03_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10218/indicacao_06_-_patrolamento_e_rolamento_linha_seca_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10219/indicacao_04_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10220/indicacao_01_-_patrolamento_e_rolamento_sta_barbara_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10221/indicacao_05_-_patrolamento_e_rolamento_alto_pora_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10222/indicacao_03_-_patrolamento_e_rolamento_jacutinga_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10223/indicacao_02_-_patrolamento_e_rolamento_regiao_do_bulha_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10224/parque_santa_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10225/indicacao_22_.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10226/casas_populares_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10227/indicacao_24_.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10228/indicacao_25_.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10229/redutor_de_velocida_julio_guerra_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10230/ponto_de_onibus_porto_belo_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10231/indicacao_2_placa_de_sinalizacao_barao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10232/indicacao_3_bar_preta_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10233/indicacao_1_ventiladores_cap_maneco_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10237/indicacao_01_-_pedra_irregular_santa_barbara_ate_agua_da_limeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10238/indicacao_01_-_pedra_irregular_perobao_ate_a_ponte_do_formosinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10239/indicacao_nc2b007_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10240/indicacao_nc2b006_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10241/indicacao_nc2b009_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10242/hospital_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10243/jardim_betel_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10244/rua_londrina_28jacutina29_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10245/indicacao_6_placa_de_sinalizacao_sorveteria_pinguim_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10246/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10253/indicacao_7_quebra_mola_av._osvaldo_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10254/indicacao_05_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10255/indicacao06_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10256/indicacao_07_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10257/indicacao_08_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10258/indicacao_8_ubs_vila_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10259/indicacao_9_salao_comunitario_vr_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10260/indicacao_1_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10261/indicacao_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10262/indicacao_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10263/indicacao_4_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10264/indicacao_5_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10265/praca_yvens_gueguem_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10266/indicacao_rua_anhanguera_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10267/indicacao-_rua_joanino_bevilaqua_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10268/indicacao_01_-_pedra_irregular_ruas_internas_vila_rural_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10269/indicacao_rua_kalore-marialva_e_assai_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10270/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10271/indicacao_01_-_redutor_de_velocidade_elevado_escola_ivaipora_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10272/indicacao_nc2b010_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10273/indicacao_rua_olavo_bilac-jardim_nova_mensagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10282/bancos_5ej_hospital_e_maternidade_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10283/iluminacao2c_lago_de_furnas_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10284/indicacao2c_estacionamento_em_frente_renascer_e_apae._assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10285/indicacao_para_manutencao_e_reforma_do_parquimho_maria_alice_ano_albertin._assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10286/placa_de_sinalicao2c_nre_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10287/indicacao_onibus_escolar_residencial_porto_belo_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10305/indicacao_assinada_4.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10306/indicacao_assinada_5.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10307/indicacao_assinada_6.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10308/indicacao_7_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10309/indicacao_72_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10311/indicacao_1_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10312/indicacao_2_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10313/indicacao_3_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10314/indicacao_4_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10315/indicacao_nc2b012_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10316/indicacao_nc2b011_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10317/indicacao_nc2b013_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10318/indicacao-corrimaos_area_central_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10319/indicacao_81_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10320/indicacao_rua_cristina_luders_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10321/indicacao_rua_universitaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10322/indicacao_84_2025_le_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10323/indicacao_nc2b014_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10324/indicacao_11_iluminacao_comun._pindauva_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10325/indicacao_12_podas_cemiterio_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10326/indicacao_13_barracoes_pq_ind._ii_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10327/indicacao_01_-_contratacao_de_farmaceutico_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10328/indicacao_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10329/indicacao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10330/indicacao_11_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10331/indicacao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10332/indicacao_14_calcada_ajambuja_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10333/castracao_dos_animais_de_rua_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10334/ind._limpeza_de_mato_2c_rua_placido_miranda__28_proximo_ponte_rio_pindaucinha_29_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10335/ind._quebra_mola_28_aabb29_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10336/rua_bem_te_vi_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10337/indicacao_99_2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10338/limpeza_de_terrenos_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10341/indicacao_16_recape_da_marginal_lateral_sup._parana_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10342/indicacao_nc2b015_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10345/indicacao_5_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10349/indicacao_17_red._vel._cartorio_d._odiles_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10350/indicacao_01_-_pavimentacao_cbuq_gerson_rios_alecrim_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10352/indicacao_1_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10353/indicacao_2_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10354/indicacao_3_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10355/indicacao_4_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10356/indicacao_8_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10357/indicacao_nc2b016_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10358/indicacao_nc2b017_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10359/modelo_indicacao_10_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10360/indicacao114_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10361/indicacao_9_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10365/indicacao_18_tampa_boca_de_lobo_r._aparicio_b._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10389/indicacao_20_limpeza_ruas_beira_rio_sta_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10390/indicacao_21_limpeza_rua_marechal_floriano_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10391/avenida_maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10392/indicacao_01_-_pedra_irregular_do_alto_pora_ate_o_plachum_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10393/modelo_indicacao18_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10394/rolo_compactador_luis_fabo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10395/indicacao_rua_umuarana_pindauvinha_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10396/indicacao_rua_valentim_talarico_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10397/indicacao_rua_para_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10398/indicacao126_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10399/indicacao_nc2b018_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10400/indicacao_para_manutencao_e_reforma_do_parquimho_jadim_botanico-1_assinado02.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10401/modelo_indicacao13_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10402/modelo_indicacao15_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10403/indicacao_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10404/redutor_de_velocidade_luis_fabo__283_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10405/pavimentacao_rua_colibri_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10406/indicacao_01_-_aquisicao_de_drone_de_pulverizacao_e_monitoramento_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10407/indicacao_22_botas_e_capas_de_chuvas_serv._da_coleta_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10408/indicacao_nc2b019_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10409/repasse_servidores_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10428/indicacao_01_-_redutor_de_velocidade_elevado_rua_bulha_vila_sao_jose_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10429/indicacao_1_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10430/indicacao_01_-_redutor_de_velocidade_elevado_rua_sao_matheus_monte_castelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10431/indicacao_2_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10432/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10433/indicacao_4_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10434/indicacao_01_-_pedra_irregular_cemiterio_alto_pora2c_ponto_alto_ate_prachum_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10435/indicacao_assinada_19.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10436/indicacao_20_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10437/indicacao_01_-_cbuq_do_alto_pora_ate_cemiterio_do_alto_pora_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10438/indicacao_23_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10439/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10440/indicacao_nc2b020_assinado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10441/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10442/indicacao_12_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10443/indicacao_24_placa_solar_ceju_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10444/indicacao_placas_de_sinalizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10445/indicacao_redutor_velocidade_visconde_rio_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10446/indicacao_156.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10447/indicacao_18_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10448/pavimentacao2c_rua_suburbana_28_canil_11-03-2025_282329-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10449/indicacao_quadra_11-03-25_282129-2_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10450/recape28_rua_jose_bonifacio_-_jardim_itapoa29_11-03-2025_282429_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10451/indicacao_nc2b023_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10452/indicacao_nc2b024_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10453/282529_redutor2c_rua_cafe_filho_-_casas_populares_13-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10454/indicacao_25_rua_ceu_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10455/indicacao_27_sala_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10456/indicacao_28_cmei_jose_fiorim_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10457/282629_redutor2c_av._maranhao_-_casas_populares_13-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10462/indicacao_19_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10463/indicacao_1_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10464/indicacao_2_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10465/27_na_abertura_e_continuacao_da_rua_brasilio_verenka_com_rua_uberandia_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10466/28limpeza_com_a_patrola_-_jardim_itapua_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10467/29_redutor2c_rua_pedro_aleixo_-_casas_populares._17-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10468/cordeiro.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10469/indicacao_01_-_redutor_de_velocidade_avenida_tancredo_neves_com_rua_cuba_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10470/31bueiro_final_2c_rua_castro_alves_-_jardim_itapoa_17-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10471/indicacao_nc2b025_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10474/indicacao_maria_jose_de_jesus_e_rua_ataides_antunes_proenca2c_entre_a_rua_pedro_piscinato_e_rua_renato_chotti_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10475/indicacao_pedras_irregulares_avenida_das_industrias_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10476/indicacao_rua_mandaguari_e_jacarezinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10477/indicacao_avenida_aparicio_e_ladislao_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10478/homenagem_professora_ada_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10479/indicacao_29_massa_asf._jd_versalhes_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10481/indicacao_32_projeto_bento_viana_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10482/indicacao_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10483/indicacao_33_esc._bento_viana_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10484/indicacao_26_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10485/stipp_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10486/indicacao_35_revisao_de_valores_estagiarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10487/indicacao_34_revitalizacao_canteiro_jacob_goerdet_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10488/jardim_bella_casa_universitarioamerica._assinado-1.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10529/leviassinarjunto_alex_fonseca_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10530/283629_bica_d27_agua_-_rua_bulha_-_monte_castelo_24-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10531/indicacao_nc2b028_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10533/indicacao_nc2b029_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10534/indicacao_nc2b030_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10535/indicacao_27_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10536/indicacao_28_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10537/199_emerson_bertortotti_e_levi_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10538/indicacao_2_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10539/indicacao_3_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10540/202_1.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10541/indicacao_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10542/indicacao_38_camera_vig._trevos_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10543/indicacao_40_centro_de_coleta_de_sangue_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10544/indicacao_5_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10551/283729_manutecao_do_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10552/contratacaoserralheiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10553/209_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10556/indicacao_41_pediatra_upa_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10560/283829_av._castelo_bramco_03-04-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10561/indicacao_23_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10562/indicacao_no_213.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10565/indicacao_33_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10566/indicacao_nc2b031_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10567/indicacao_manutencao_escola_maria_diva_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10568/indicacao__no_217.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10569/indicacao_2_assinado_7.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10570/indicacao_3_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10571/283629recape_-_rua_tereza_cristina_-_jardim_luiz_xv_20-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10572/283729_redutor2c_rua_martins_afonso_de_souza_-_jardim_casa_gade_17-03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10573/283929recape_monte_castelo_-_01-04-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10574/284029_recape_populares_av_maranhao_-_09-04-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10575/284129_pintar_faixa_de_pedestre_e_lombada_28bar_do_carlinhos29_-_rua_bulha_-_monte_castelo_24-03-20_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10576/indicacao_35_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10577/34_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10578/indicacao_nc2b032_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10579/indicacao__no_228.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10580/indicacao_37_esp._intantil_ubs_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10581/indicacao__no_230.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10582/indicacao_45_semaforos_sonoros_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10583/indicacao_no_232.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10584/indicacao__no_233.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10599/indicacao_36_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10600/indicacao_37_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10601/indicacao_38_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10602/indicacao_39_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10603/indicacao_nc2b034_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10604/indicacao_nc2b036_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10605/indicacao_nc2b037_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10606/indicacao_nb038_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10607/indicacao_1_assinado_8.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10608/indicacao_2_assinado_8_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10609/indicacao_3_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10610/indicacao_4_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10612/indicacao_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10613/indicacao_27_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10614/rua_magno_felix_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10615/ginasio_alcebiades_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10616/indicacao_250_assinado_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10617/1_contratacao_de_um_medico_especialista_em28autismo29_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10618/placa_de_preferencia_a_rotatoria_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10619/indicacao_49_playground_parte_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10620/indicacao_50_redutores_escolares_parte_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10630/indicacao_51_cursos_de_whorshops_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10631/indicacao_1_assinado_9.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10632/indicacao_53_quebra_molas_av_maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10633/indicacao_54_playground_parte_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10634/indicacao_nc2b039_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10635/indicacao_nc2b040_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10636/indicacao_recape_asfaltico_no_conjunto_waldomiro_bleis_guergoletti_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10637/indicacao_limpeza_campinho_conjunto_waldomiro_bleis_guergoletti2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10638/indicacao_55_ponto_fixo_para_doacao_de_roupas_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10639/passar_o_rolo_proximo_a_vila_de_furnas_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10640/estrada_do_bulha_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10641/indicacao_01_-_redutor_de_velocidade_rua_piracicaba_com_sta_catarina.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10642/indicacao_02-_semaforo_rua_joaquim_bonifacio_com_souza_naves.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10643/indicacao_52_ampliar_canil_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10644/modelo_padrao_de_indicacao_41_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10645/indicacao_47_sinalizacao_bombeiros_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10646/asfalto_rua_luis_da_trindade-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10647/pedra_irregular_proximo_a_vila_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10648/rua_da_caixa_da_agua-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10656/indicacao_274.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10657/indicacao_nc2b041_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10658/indicacao_276.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10659/indicacao_277_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10660/indicacao_2_assinado_9.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10661/indicacao_3_assinado_7.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10662/indicacao_280_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10663/residencial_porto_belo-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10664/rua_manoel_de_nobrega_28vanessa29_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10665/indicacao_56_playground_ubs_parte_final_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10667/indicacao_57_portoes_elet._ceju_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10668/indicacao_58_lixeira_capela_vila_nova_pora_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10669/indicacao_59_vagas_acessiveis_lago_jd_botanico_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10670/indicacao_cmei_santa_terezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10671/indicacao_na_rua_alvares_de_azevedo_assinado.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10672/indicacao_nc2b043_assinado.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10673/2_quadra_de_basquete_.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10674/computador-2_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10675/indicacao_61_iluminacao_trevos_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10693/redutor_._maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10694/3_campo_de_futebol_28cobertura_arquibancada_29-1_assinado_1_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10695/indicacao_nc2b045_assinado.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10696/indicacao_nc2ba_46_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10697/indicacao_001_-_pavimentacao_na_rua_eleodoro_jardim_casa_grande_i_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10698/indicacao_recape_asfaltico_eugenio_homenzuk_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10699/indicacao_rua_gabriel_de_lara_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10700/indicacao_1_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10701/indicacao_2_assinado_10.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10702/indicacao_3_assinado_8.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10703/indicacao52_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10704/indicacao42_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10705/indicacao_nc2b044_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10706/indicacao_nc2b047_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10707/8_pedras_28_mauricio29-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10708/7_boca_de_lobo_tremembes_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10709/9_pedras_irregulares_28_monte_castelo29_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10716/bosque_da_saude_campinho_de_futebol_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10717/rua_mambore_jardim_alvorada_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10718/indicacao_nc2b048_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10719/indicacao_62_juridico_aposentados_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10720/indicacao_63_redutor_de_veloc._rua_palotina_jd_alv._assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10721/indicacao_64_placas_com_qr_code_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10723/indicacao_65_onibus_noturno_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10724/indicacao_1_assinado_12.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10725/indicacao_53_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10728/2025-05-29_1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10729/indicacao_2_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10730/indicacao_67_visitas_domiciliares_a_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10731/indicacao_28_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10732/indicacao_30_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10733/faixa_elevada_frente_ao_cemiterio_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10734/indicacao_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10737/recape_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10738/praca_avo_do_jardes-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10740/7_asfalto2citapoa_assinado.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10750/indicacao_329.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10753/indicacao_rua_ipiranga_recape_asfaltico_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10754/indicacao_331-2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10755/vaga_espinha_de_peixe_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10756/indicacao_333.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10757/indicacao_334.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10758/indicacao_335.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10759/indicacao_336-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10760/indicacao_337-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10761/indicacao_68_calcadas_com_acessibilidades_assinado.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10762/indicacao_339-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10763/indicacao_340-2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10764/indicacao_341-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10765/indicacao_342-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10776/indicacao_01_-_energia_eletrica_no_cemiterio_alto_pora.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10777/indicacao_01_-_extensao_da_rede_eletrica_trifasica_da_copel_no_trecho_do_tres_ranchinho_ate_o_estreito.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10778/indicacao58_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10779/indicacao_nc2b049_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10780/indicacao56_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10781/indicacao_nc2b050_assinado.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10782/indicacao_rua_antonio_urbanski_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10783/indicacao_rua_carlos_gomes2c_jardim_belo_horizonte_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10784/quadra_cobertura_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10785/a_contratcao_de_um_locutor_de_esportes._assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10786/tapa_buraco2c_limpeza_de_boca_de_lobo._assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10788/indicacao_73_esgoto_rua_rio_grande_do_sul_assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10789/indicacao_74_limpeza_rua_eugenio_homenzuk_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10790/indicacao_75_ecopontos_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10791/indicacao_nc2b051_assinado.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10792/283129homenagem_oscae_spigolon_assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10793/indicacao57_assinado.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10794/indicacao_76_revitalizacao_canteiro_central_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10795/indicacao_1_assinado_14.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10796/indicacao_77_r._turunas_jd_alto_da_gloria_assinado.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10797/indicacao_60_assinado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10798/indicacao59_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10799/uniformes-4_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10800/indicacao_asfaltico_na_avenida_espanha_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10818/indicacao_nc2b053_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10819/indicacao_79_boca_de_lobo_prox_murilo_lanche_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10820/indicacao_78_cascalho_estrada_vicinal_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10821/indicacao_80_playground_praca_pernanbucanas_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10822/indicacao_81_saude_do_homem_assinado.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10823/indicacao_nc2b052_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10824/indicacao_nc2b054_assinado.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10825/indicacao_-_rua_tamandare_proximo_aabb_1.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10826/indicacao_-_tapa_buraco_na_rua_romario_martins_1.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10846/limpeza_boca_de_lobo_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10847/tampa_do_bueiro_28boco_de_lobo29_do_residencial_porto_belo-1_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10848/indicacao_1_assinado_15_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10849/indicacao_2_assinado_14.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10850/indicacao_3_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10851/indicacao_82_rotatoria_saida_secundaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10852/indicacao_83_red._veloc._casa_nil_assinado.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10853/indicacao_84_manutencao_campinho_xurupita_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10854/indicacao_85_red._veloc._milico_sta_terezinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10855/indicacao_62_assinado.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10949/indicacao61_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11021/indicacao_nc2b055_assinado.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11022/indicacao_troca_da_grade_rua_eugenio_homenzuk_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11023/indicacao_64_assinado.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11027/indicacao_89_campanha_diabetes_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11041/estacionamento_de_motos_assinado.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11042/indicacao_32_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11064/indicacao_boca_de_lobo_rua_jose_bonifacio2c_esquina_com_a_rua_getulio_vargas_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11079/calcadas_rua_pato_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11080/limpeza_de_bueiros_na_rua_beija_flor2c_numero_520.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11085/indicacao_90_redutor_veloc._rua_diva_proenca_assinado.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11086/indicacao_93_sinalizacao_cmei_jose_fiorim_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11087/indicacao_92_reforma_cmei_sta_terezinha_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11088/indicacao_1_assinado_17.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11089/indicacao_2_assinado_15.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11091/indicacao_94_semaf._para_pedestres_assinado.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11093/indicacao_95_faixas_para_tea_e_def._visual_assinado.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11145/indicacao_1_assinado_18.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11146/indicacao_2_assinado_16.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11149/plantio_de_arvores28_bairro_modelo_residencial_porto_belo_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11151/indicacao_96_cameras_monte_castelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11152/indicacao_98_rua_lateral_parquinho_lago_das_flores_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11153/avenida_melvis_muchiutti2c_ponto_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11154/indicacao_01_-_instalacao_de_placas_de_identificacao_nas_estradas_rurais_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11155/indicacao_100_sinalizacao_entre_ruas_joao_m._stresse_e_av._maranhao_assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11156/indicacao_66_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11157/indicacao_101_redutor_de_veloc._rua_luiz_pasteur_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11164/indicacao_413.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11165/indicacao_414.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11171/indicacao_415.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11172/indicacao_416.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11174/indicacao_417.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11175/indicacao_418.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11176/indicacao_419.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11177/indicacao_420.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11178/indicacao_421.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11184/indicacao_01_-_wifi_rural.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11186/enfeites_natalino_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11187/indicacao68_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11188/indicacao_2_assinado_18.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11189/indicacao_1_assinado_19.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11190/indicacao_cmei_bom_jesus_melhorias_assinado.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11194/indicacao_4_assinado_9.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11199/indicacao_nc2b056_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11203/indicacao_4_assinado_9.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11205/indicacao_01_-_protecao_metalica_na_ponte_rua_nova._assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11206/indicacao_01_-_protecao_metalica_na_ponte_rio_pindauva_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11210/indicacao_cobertura_capela_mortuaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11212/indicacao69_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11230/indicacao70_assinado.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11231/indicacao_2_assinado_19.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11232/indicacao_34_assinado.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11240/indicacao_01_-_aumento_da_vasao_do_poco_artesiano.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11241/indicacao_36_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11242/indicacao_boca_de_lobo_rua_aramis_ataide_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11244/indicacao_fio_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11248/indicacao_01_-_caminhao_para_transporte_produtos_ate_a_cafi.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11254/indicacao_nc2b057_assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11255/indicacao_nc2b058_assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11265/indicacao_108_red._veloc._rua_lea_valvierde_assinado.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11266/indicacao_1_assinado_21.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11267/indicacao_3_assinado_14.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11268/indicacao_4_assinado_10.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11272/indicacao_109_aumentar_horarios_de_circular_assinado.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11277/indicacao_111_iluminacao_churrascaria_soledade_assinado.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11281/indicacao_112_manutencao_rua_nilo_pecanha_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11290/indicacao_71_assinado.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11291/idicacao_72_assinado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11293/indicacao_outubro_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11294/indicacao_114_hortas_comunitarias_assinado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11295/indicacao_115_reaproveitamento_da_agua_da_chuva__assinado.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11296/indicacao_116_cursos_gratuitos_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11297/indicacao_117_tratamento_odontologico_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11301/indicao_outubro_2_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11304/indicacao_118_unidades_moveis_de_saude_nas_areas_rurais_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11314/indicacao_outubro_1_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11315/indicao_outubro_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11316/indicacao_no_463_-2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11319/indicacao_119_botao_de_panico_nas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11320/indicacao_121_casa_de_apoio_ao_paciente_assinado.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11321/indicacao_124_faixa_elevada_bom_pastor_assinado.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11322/indicacao_125_cartilha_educativa_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11323/indicalcao_123_faixa_elevada_upa_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11328/conserto_boca_de_lobo_geraldo_furquim_jardim_casa_grande_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11329/indicacao_39_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11330/indicacao_37_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11331/indicacao_127_banco_de_materiais_de_construcao_assinado.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11332/indicacao_128_ivp_sem_fome_assinado.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11333/indicacao_126_sinalizacao_posto_catuai_rod._celso_fumio_assinado.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11335/indicacao_129_limpeza_rod_nicolau_koltun_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11339/indicacao_130_paisagismo_cmei_emilia_kuroda_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11340/indicacao_nc2b059_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11341/indicacao_01_-_redutor_de_velocidade_avenida_maranhao.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11353/indicacao_outubro_1_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11354/indicao_outubro_2_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11390/modelo_indicacao76_assinado.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11391/indicacao_75_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11392/indicacao_1_assinado_22.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11393/indicacao_2_assinado_21.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11394/indicacao_131_lombada_rua_manoel_de_nobrega_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11395/indicacao_132_limpeza_beirada_mato_placidio_assinado.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11396/indicacao_133_correcao_drenagem_praca_do_japao_assinado.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11397/indicacao_134_correcao_da_rua_ceu_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11398/indicacao135_reforma_janela_cmei_bom_jesus_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11399/escoteiros_coracao_do_vale_assinado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11400/indicacao_77_assinado.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11421/indicacao_137_ponto_de_coleta_de_pilhas_e_oleo_assinado.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11422/indicacao_138_caixas_de_sugestoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11423/indicacao_139_prolongamento_das_farmacias_municipais_assinado.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11424/indicacao_141_insalubridade_servidores_municipais_assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11425/indicacao_1_assinado_23.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11429/indicacao_497.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11430/indicacao_nc2b062_assinado.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11431/indicacao_ilsinho.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11432/indicacao_nc2b064_assinado.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11433/indicacao_501.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11434/indicacao_1_assinado_24.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11435/indicacao_503.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11436/indicacao_3_assinado_15.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11441/indicacao_142_valorizacao_da_pessoa_idosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11442/indicacao_143_pontos_de_parada_para_transportes_ativos_assinado.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11443/indicacao_146_instalacao_de_paineis_fotovoltaicos_nas_ubs_assinado.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11444/indicacao_144_acoes_de_saude_preventiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11445/indicacao_145_parquinhos_inclusivos_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11446/indicacao_510.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11451/urn_aaid_sc_va6c2_6915b680-3fa2-4758-9012-ef87bc872c39.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11453/indicacao_2_assinado_23.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11454/indicacao_nc2b066_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11455/indicacao_148_redutor_de_velocidade_rua_eleodoro_ebano_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11456/indicacao_149_instalar_placas_grandes_nas_ruas_laterais_do_acesso_secundario_assinado.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11457/indicacao_151_limpeza_praca_espanha_assinado.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11459/indicacao_153_redutor_de_veloc._rua_pato_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11460/indicacao_152_lixeiras_seletivas_alto_pora_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11468/indicacao_calcada_gramado_cmei_jose_fiorim_1234_assinado.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11469/indicacao_redutor_velocidade_avenida_maranhaoc22c_assinado.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11470/indicacao_150_fios_soltos_nas_vias_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11494/indicacao_154_limpeza_pq_natural_mata_placidio_assinado.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11495/indicacao_155_prof._apoio_para_autistas_assinado.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11496/indicacao_156_troca_de_tampa_bueiro_rua_paulista_prox_bar_marinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11497/indicacao_157_limpeza_e_construcao_de_calcada_rua_placido_miranda_assinado.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11579/indicacao_lombada_pedro_koltun_av_alcebiades_alves_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11581/indicacao_1_assinado_27.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11582/indicacao_2_assinado_24.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11600/indicacao_159_limpeza_terreno_r._joaquim_nabuco_assinado.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11601/indicacao_161_red._veocidade_av_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11603/indicacao_3_assinado_17.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10310/requerimetno.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10459/requeirmento_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10532/requerimento_mocao_marco_esquicato_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10557/requerimento_-_tenente_rinaldo_luiz_ferreira_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10558/brn3c2af4e2196e_0000134304.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10666/requeirmento_9_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10676/requeirmento_10_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10726/requerimento_voto_de_pesar_hugo_marine_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10766/voto_de_pesar_1_jose_alcides_ribeiro__assinado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10787/requerimento_voto_de_pesar_dr_glaucio.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10828/requerimento_mocao_de_aplauso_juventude_mariana_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10829/requerimento_16_2025_voto_pesar_brasilio_shavarski_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10830/requerimento_17_2025_voto_pesar_joao_luiz_f._kozan_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11081/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11158/requerimento_-_mocao_de_aplaudos_bicho_da_seda_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11173/requerimento_-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11237/mocao_de_apoio_assinado_assinado_assinado_assinado_1_assinado_2_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11238/requerimento_modelo_voto_de_pesar_delmira_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11247/requerimento_modelo_voto_de_pesar_selma02_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11298/requerimento_negativa_posto_central_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11338/requerimento_nc2ba_25-2025_alex_assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11404/mocao_de_apoio_leiteiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11438/valdeci_rodrigues_dias_-_mocao_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11458/requerimento_javis_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11498/requerimento_mocao_de_aplauso_tio_rafa_assinado.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11599/req_30_mocao_futebol5b15d_assinado.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10554/concorrencia_eletronica_no_11-2025_-_concessao_de_uso_de_espacos_no_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10555/concorrencia_eletronica_no_12-2025_-_fornecimento_e_instalacao_de_reservatorio_tubular_de_50.000_l.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10549/pe_40-2025_-totem_digital.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10546/pe_41-2025_-_materiais_de_consumo_para_laboratorio.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10547/pe_42-2025_-_pecas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10548/pe_43-2025_-_clinica_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10550/pe_44-2025_-_material_esportivo.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10592/pe_45-2025_-_aquisicao_de_ar_condicionado_equipamentos_eletronicos_smathphone_trelicas_para_drop_entre_outros_em_atendimento_das_secretarias.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10593/pe_46-2025_-_aquisicao_de_uniformes_bones_e_artigos_de_natacao.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10625/pe_47-2025_-_aquisicao_de_mantas.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10626/pe_48-2025_-_aquisicao_de_marmitas.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10628/pe_49-2025_-_aquisicao_de_maquinas_e_equipamentos_para_sede_da_1a_companhia_independete_de_bombeiro.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10629/pe_50-2025_-_cortinas_e_persianas.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10649/pe_51-2025_-_concessao_onerosa_de_uso_de_espaco_publico_do_recinto_de_leiloes.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10650/pe_52-2025_-_cabine_metalica_de_medicao_e_protecao.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10651/pe_54-2025_-_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10652/pe_53-2025_-_pedras.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10680/pe_55-2025_-_oleo_lubrificante.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10713/pe_56-2025_-_limpeza_publica.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10689/pe_57-2025_-_tubos_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10691/pe_58-2025_-_materiais_eletricos.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10692/pe_59-2025_-_materiais_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10711/pe_60-2025_-_pranchao.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10712/pe_61-2025_-_radio_comunicador.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10715/pe_62-2025_-pneus.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10736/pe_63-2025_-insumo_calcario.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10744/pe_64-2025_-_grama_sintetica.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10773/pe_65-2025_-_motocicletas.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10772/pe_66-2025_-_fogos_de_artificios.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10832/pe_67-2025_-_calcada_paver.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10833/pe_68-2025_-_refeicoes.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10834/pe_69-2025_-_materiais_odontologicos.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10843/pe_70-2025_-_acessorios_ti.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10899/pe_71-2025_-_produtos_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10900/pe_72-2025_-_poco_artesianos.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10979/pe_73-2025_-_materiais_de_papelaria_e_outros.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11043/pe_74-2025_-_levantamento_radiometrico.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11044/pe_75-2025_-_equipamentos_medicos_e_outros.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11050/pe_76-2025_-_tablets.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11051/pe_77-2025_-_barraca_universitaria.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11052/pe_78-2025_-_uso_de_espaco_publico_do_recinto_de_leiloes.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11082/pe_79-2025_-_incubadora_tecnologica.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11083/pe_80-2025_-_pranchao_de_madeira.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11092/pe_81-2025_-_tendas.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11122/pe_82-2025_-_uniformes.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11123/pe_83-2025_-_chromebooks_e_headsets.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11124/pe_84-2025_-_alimentos_e_outros.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11126/pe_85-2025_-_gas_liquefeito.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11127/pe_86-2025_-_moveis_incubadora.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11128/pe_87-2025_-_eletro_e_outros.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11129/pe_88-2025_-_pecas_fibra_vidro.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11130/pe_89-2025_-_laudos_de_ensaio.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11136/pe_90-2025_-_matl_expediente.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11137/pe_91-2025_-_bebidas_expovale.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11135/pe_92-2025_-_uniformes_esportivos.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11138/pe_93-2025_-_parque_exposicoes_expovale.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11139/pe_94-2025_-_espacos_gastronomicos.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11144/pe_95-2025_-_tintas_para_demarcacao.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11147/pe_96-2025_-_produtos_medico-hospitalares.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11148/pe_97-2025_-_confeccao__de_figurinos.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11150/pe_98-2025_-_pecas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11161/pe_99-2025_-_extintores.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11163/pe_100-2025_-_hortifruti_e_padaria.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11167/pe_101-2025_-_guarda-chuva.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11168/pe_102-2025_-_moveis_planejados.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11182/pe_103-2025_-_maquinas_em_geral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11185/pe_104-2025_-_ferramentas_e_outros.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11195/pe_105-2025_-_geomembrana.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11196/pe_106-2025_-_equip._feira_aquarela.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11197/pe_107-2025_-_placas_e_outros.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11198/pe_108-2025_-_barraca_universitaria.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11202/pe_109-2025_-_rompedor.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11207/pe_110-2025_-_playground.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11208/pe_111-2025_-_cabine_metalica.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11213/pe_112-2025_-_rodeio.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11214/pe_113-2025_-_geoprocessamento.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11217/pe_114-2025_-_material_grafico.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11218/pe_115-2025_-_recinto_de_leiloes.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11219/pe_116-2025_-_rocagem_e_capinacao.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11220/pe_117-2025_-_alimentos_animais_expovale.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11221/pe_118-2025_-_camarote_expovale.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11222/pe_119-2025_-_camisetas_e_bones.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11223/pe_120-2025_-_servico_de_seguranca_e_brigadista_expovale.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11224/pe_121-2025_-_estrutura_expovale.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11225/pe_122-2025_-_estacionamento_expovale.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11243/pe_123-2025_-_equip._incubadora.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11251/pe_124-2025_-_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11256/pe_125-2025_-_trofeus_e_medalhas.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11261/pe_126-2025_-_glp.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11263/pe_127-2025_-_baile_60.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11264/pe_128-2025_-_espacos_expovale.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11270/pe_129-2025_-_ressolagem.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11271/pe_130-2025_-_mudas_flores_e_outros.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11276/pe_131-2025_-_alimentos.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11279/pe_132-2025_-_ambulancias.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11292/pe_133-2025_-_cesta_basica_servidores.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11299/pe_134-2025_-_onibus.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11311/pe_135-2025_-_materiais_decorativos_e_outros.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11325/pe_136-2025_-_estruturas_e_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11326/pe_137-2025_-_recinto_leiloes.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11327/pe_138-2025_-_veiculos_incubadora.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11334/pe_139-2025_-_ferramentas_e_equip._expovale.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11342/pe_140-2025_-_passagens_aereas_-_adm.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11351/pe_141-2025_-_kits_natalino_servidores.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11376/pe_142-2025_-_motos.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11387/pe_143-2025-materiais_de_expediente_saude.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11389/pe_144-2025_contratacao_de_empresa_especializada_no_fornecimento_de_kits_de_fim_de_ano_para_projetos_sociais.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11448/pe_145-2025_aquisicao_de_recarga_de_oxigenio_medicinal_para_os_pacientes_da_unidade_de_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11449/pe_146-2025_contratacao_de_empresa_especializada_no_fornecimento_de_pecaas_e_servicos_de_manutencao_de_suspensao_de_veiculos_leves_e_pesados.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11450/pe_147-2025_aquisicao_de_equipamentos_para_a_casa_do_autista.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11452/pe_148-2025_aquisicao_de_01_veiculo_tipo_van_minubus_01_minibusvanveiculo.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11461/pe_149-2025_contratacao_de_empresa_especializada_para_prestacao_de_servicos_de_mao_de_obra_tercerizada_em_regime_de_dedicacao_exclusiva.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11499/pe_150-2025_aquisicao_de_produtos_de_padaria_para_atendimento_das_secretarias_do_municipio_de_ivaipora.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11500/pe_151-2025_contratacao_de_empresa_especializada_no_fornecimento_de_pecas_e_servicos_de_manutencao_e_instalacao_de_ar_condicionado_em_geral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11563/pe_152-2025_aquisicao_de_aparelhos_de_ar-condicionado_e_smartphones_para_atender_as_necessidades_das_secretarias_municipais_de_educacao_planejamento_e_financas..pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11604/pe_153-2025_-_tintas.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10595/concorrencia_eletronica_no_13-2025_-_reforma_salao_comunitario_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10596/concorrencia_eletronica_no_14-2025_-_reforma_recinto_de_leiloes_pq._de_exposicoes_de_ivaipora.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10598/concorrencia_eletronica_no_15-2025_-_pavimentacao_asfaltica_estrada_vicinal_frigorifico.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10710/concorrencia_eletronica_no_20-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10563/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_3o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10654/concorrencia_eletronica_no_16-2025_-_construcao_creche_escola_tipo_i.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10686/concorrencia_eletronica_no_17-2025_-_mirante_rampas_escadas_passarela_e_reck_no_lago_jd._bot..pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10687/concorrencia_eletronica_no_18-2025_-_construcao_de_campo_suico_no_jardim_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10688/concorrencia_eletronica_no_19-2025_-_perfuracao_de_pocos_artesianos_e_rede_de_abastecimento.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10978/concorrencia_eletronica_no_21-2025_-_reforma_quadra_mourao_filho.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11125/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_4o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11140/concorrencia_eletronica_no_22-2025_-_concessao_de_uso_de_espacos_no_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11183/concorrencia_eletronica_no_23-2025_-_contratacao_de_agencia_de_publicidade.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11191/concorrencia_eletronica_no_24-2025_-_reforma_da_casa_da_vivencia.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11192/concorrencia_eletronica_no_25-2025_-_reforma_da_cozinha_do_cafi.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11252/concorrencia_eletronica_no_26-2025_-_ampliacao_da_escola_municipal_bento_viana.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11257/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_5o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11258/concorrencia_eletronica_no_27-2025_-_concessao_de_imoveis_ind._pq._ind_i_ii_e_pq._alim..pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11280/aviso_concorrencia_28-2025_-_concessao_de_uso_quiosque_jd._botanico.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11300/concorrencia_eletronica_no_29-2025_-_construcao_de_creche_infancia_feliz_-_sam_73.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11312/concorrencia_eletronica_no_30-2025_-_construcao_de_salas_e_sanitarios_no_cmei_prof._odete_s._brasil.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11388/concorrencia_eletronica_no_24-2024_-_concessao_de_uso_terrenos_industriais_-_6o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11402/concorrencia_eletronica_no_31-2025_-_construcao_da_casa_da_mulher_paranaense_-_sam_75.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10594/informativo_camara_-_chamamento_publico_no_03-2025_-_concessao_auxilio_bolsa_tecnico.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10597/informativo_camara_-_chamamento_publico_no_04-2025_-selecao_de_subcomissao_tecnica.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10655/informativo_camara_-_chamamento_publico_no_05-2025_-alienacao_de_terrenos_venda_direta.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10774/aviso_chamamento_06-2025_-_festa_junina_-_barracas_comidas_tipicas.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10775/aviso_chamamento_07-2025_-_festa_junina_-_brinquedos_inflaveis.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10844/informativo_camara_-_chamamento_publico_no_08-2025_-_selecao_de_empresa_especializada_para_construcao_de_casas_populares_por_meio_do_programa_minha_casa_minha_vida_-_mcmv.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10845/informativo_camara_-_chamamento_publico_no_09-2025_-_alienacao_de_terrenos_furnas_venda_direta.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11078/informativo_camara_-_chamamento_publico_no_09-2025_-_alienacao_de_terrenos_venda_direta_-_1o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11132/informativo_camara_-_chamamento_publico_no_10-2025_-_fevanoi.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11133/informativo_camara_-_chamamento_publico_no_08-2025_-_selecao_de_empresa_especializada_para_construcao_de_casas_populares_-_mcmv_-_1o_adiamento.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11134/informativo_camara_-_chamamento_publico_no_11-2025_-_credenciamento_plantoes_tecnicos_de_raio-x.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11170/aviso_chamamento_12-2025_-_captacao_de_patrocinio_21a_expovale.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11233/informativo_camara_-_chamamento_publico_no_13-2025_-_captacao_de_patrocinio_para_estrutura_de_internet_na_21a_expovale.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11259/informativo_camara_-_chamamento_publico_no_14-2025_-_captacao_de_patrocinio_ao_concurso_garota_expovale.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11275/informativo_camara_-_chamamento_publico_no_15-2025_-_captacao_de_patrocinio_21a_expovale.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11313/informativo_camara_-_chamamento_publico_no_16-2025_-_selecao_de_artistas_palco_cultural_21a_expovale.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11343/informativo_camara_-_chamamento_publico_no_17-2025_-_credenciamento_de_leiloeiros_oficiais.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/10681/pregao_eletronico__no_01-2025_-_inserviveis_veiculos_e_maquinas.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2025/11131/leilao_no_02-2025_-_veiculos_e_terrenos.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H861"/>
+  <dimension ref="A1:H883"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="112.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="250.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="249.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -10820,22085 +11054,22657 @@
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
         <v>67</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D16" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E16" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D17" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E17" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E18" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E19" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H19" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>84</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E20" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>88</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E21" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
         <v>92</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E22" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H22" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>96</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>100</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E24" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H24" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>104</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E25" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H25" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>108</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E26" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H26" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>112</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E27" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F27" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>113</v>
       </c>
       <c r="H27" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>115</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E28" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F28" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H28" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>119</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E29" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F29" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>120</v>
       </c>
       <c r="H29" t="s">
-        <v>121</v>
+        <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>122</v>
       </c>
-      <c r="B30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E30" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F30" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H30" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>125</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>126</v>
       </c>
-      <c r="B31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E31" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F31" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H31" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>130</v>
       </c>
-      <c r="B32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E32" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F32" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H32" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>133</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>134</v>
       </c>
       <c r="D33" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E33" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F33" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H33" t="s">
-        <v>136</v>
+        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>136</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>137</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>67</v>
+      </c>
+      <c r="E34" t="s">
+        <v>68</v>
+      </c>
+      <c r="F34" t="s">
+        <v>23</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>141</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E35" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H35" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>144</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>145</v>
       </c>
-      <c r="B36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E36" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H36" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>148</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>149</v>
       </c>
-      <c r="B37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E37" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H37" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>152</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>153</v>
       </c>
       <c r="D38" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E38" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H38" t="s">
-        <v>155</v>
+        <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>156</v>
       </c>
-      <c r="B39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E39" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H39" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>160</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E40" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H40" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>164</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E41" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H41" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>168</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E42" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H42" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>171</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>172</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E43" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H43" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>175</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>176</v>
       </c>
-      <c r="B44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E44" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H44" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>179</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>180</v>
       </c>
-      <c r="B45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E45" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H45" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>183</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>184</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E46" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H46" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>188</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E47" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H47" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>191</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>192</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E48" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H48" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>195</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>196</v>
       </c>
       <c r="D49" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E49" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H49" t="s">
-        <v>198</v>
+        <v>79</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>198</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>199</v>
       </c>
-      <c r="B50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E50" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H50" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>202</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>203</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E51" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H51" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>206</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>207</v>
       </c>
       <c r="D52" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E52" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>208</v>
       </c>
       <c r="H52" t="s">
-        <v>209</v>
+        <v>79</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>209</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
         <v>210</v>
       </c>
-      <c r="B53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E53" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H53" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>213</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>214</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E54" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H54" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>217</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>218</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E55" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H55" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>221</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>222</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E56" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H56" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>225</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>226</v>
       </c>
-      <c r="B57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E57" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H57" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>229</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>230</v>
       </c>
-      <c r="B58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E58" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H58" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>233</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>234</v>
       </c>
-      <c r="B59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E59" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H59" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>237</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>238</v>
       </c>
-      <c r="B60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E60" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H60" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>241</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>242</v>
       </c>
-      <c r="B61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E61" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H61" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>246</v>
       </c>
-      <c r="B62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E62" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H62" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>249</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>250</v>
       </c>
       <c r="D63" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E63" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>251</v>
       </c>
       <c r="H63" t="s">
-        <v>252</v>
+        <v>205</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>252</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>253</v>
       </c>
-      <c r="B64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E64" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H64" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>256</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>257</v>
       </c>
-      <c r="B65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E65" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H65" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>260</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>261</v>
       </c>
-      <c r="B66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E66" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H66" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>264</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>265</v>
       </c>
       <c r="D67" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E67" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>266</v>
       </c>
       <c r="H67" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>267</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>268</v>
       </c>
-      <c r="B68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D68" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E68" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H68" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>271</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>272</v>
       </c>
-      <c r="B69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D69" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E69" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H69" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>275</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>276</v>
       </c>
-      <c r="B70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E70" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H70" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>279</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
         <v>280</v>
       </c>
-      <c r="B71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E71" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H71" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>283</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>284</v>
       </c>
-      <c r="B72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E72" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H72" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>287</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>288</v>
       </c>
-      <c r="B73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D73" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E73" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H73" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>291</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>292</v>
       </c>
       <c r="D74" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E74" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>293</v>
       </c>
       <c r="H74" t="s">
-        <v>129</v>
+        <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>294</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>295</v>
       </c>
       <c r="D75" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E75" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F75" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>296</v>
       </c>
       <c r="H75" t="s">
-        <v>256</v>
+        <v>132</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>297</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>298</v>
       </c>
       <c r="D76" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E76" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F76" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H76" t="s">
-        <v>300</v>
+        <v>259</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>300</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>301</v>
       </c>
-      <c r="B77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D77" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E77" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F77" t="s">
         <v>23</v>
       </c>
       <c r="G77" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H77" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>304</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>305</v>
       </c>
       <c r="D78" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E78" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F78" t="s">
         <v>23</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H78" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>307</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>308</v>
       </c>
       <c r="D79" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E79" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F79" t="s">
         <v>23</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H79" t="s">
-        <v>310</v>
+        <v>259</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>310</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>311</v>
       </c>
-      <c r="B80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D80" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E80" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F80" t="s">
         <v>23</v>
       </c>
       <c r="G80" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H80" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>314</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>315</v>
       </c>
-      <c r="B81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E81" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F81" t="s">
         <v>23</v>
       </c>
       <c r="G81" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H81" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>318</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>319</v>
       </c>
-      <c r="B82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D82" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E82" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F82" t="s">
         <v>23</v>
       </c>
       <c r="G82" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H82" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>322</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>323</v>
       </c>
-      <c r="B83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D83" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E83" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F83" t="s">
         <v>23</v>
       </c>
       <c r="G83" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H83" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>326</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>327</v>
       </c>
-      <c r="B84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E84" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F84" t="s">
         <v>23</v>
       </c>
       <c r="G84" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H84" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>330</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>331</v>
       </c>
       <c r="D85" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E85" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F85" t="s">
         <v>23</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>332</v>
       </c>
       <c r="H85" t="s">
-        <v>256</v>
+        <v>201</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>333</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>334</v>
       </c>
       <c r="D86" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E86" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F86" t="s">
         <v>23</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>335</v>
       </c>
       <c r="H86" t="s">
-        <v>336</v>
+        <v>259</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>336</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>337</v>
       </c>
-      <c r="B87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E87" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F87" t="s">
         <v>23</v>
       </c>
       <c r="G87" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H87" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>340</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
         <v>341</v>
       </c>
-      <c r="B88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D88" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E88" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F88" t="s">
         <v>23</v>
       </c>
       <c r="G88" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H88" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>344</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>345</v>
       </c>
-      <c r="B89" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D89" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E89" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F89" t="s">
         <v>23</v>
       </c>
       <c r="G89" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H89" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>348</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>349</v>
       </c>
-      <c r="B90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D90" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E90" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F90" t="s">
         <v>23</v>
       </c>
       <c r="G90" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H90" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>352</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>353</v>
       </c>
       <c r="D91" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E91" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F91" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>354</v>
       </c>
       <c r="H91" t="s">
-        <v>355</v>
+        <v>132</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>355</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>356</v>
       </c>
-      <c r="B92" t="s">
-[...2 lines deleted...]
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>67</v>
+      </c>
+      <c r="E92" t="s">
+        <v>68</v>
+      </c>
+      <c r="F92" t="s">
+        <v>23</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="D92" t="s">
-[...8 lines deleted...]
-      <c r="G92" s="1" t="s">
+      <c r="H92" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>359</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>360</v>
       </c>
-      <c r="B93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D93" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E93" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H93" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>363</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>364</v>
       </c>
-      <c r="B94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D94" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E94" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H94" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>367</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
         <v>368</v>
       </c>
-      <c r="B95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D95" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E95" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H95" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>371</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>372</v>
       </c>
       <c r="D96" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E96" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>373</v>
       </c>
       <c r="H96" t="s">
-        <v>374</v>
+        <v>205</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>374</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>375</v>
       </c>
-      <c r="B97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D97" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E97" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H97" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>378</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>379</v>
       </c>
       <c r="D98" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E98" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>380</v>
       </c>
       <c r="H98" t="s">
-        <v>381</v>
+        <v>90</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>381</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
         <v>382</v>
       </c>
-      <c r="B99" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D99" t="s">
-        <v>383</v>
+        <v>67</v>
       </c>
       <c r="E99" t="s">
-        <v>384</v>
+        <v>68</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="H99" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>22</v>
+        <v>386</v>
       </c>
       <c r="D100" t="s">
-        <v>383</v>
+        <v>67</v>
       </c>
       <c r="E100" t="s">
-        <v>384</v>
+        <v>68</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="H100" t="s">
-        <v>389</v>
+        <v>259</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>27</v>
+        <v>389</v>
       </c>
       <c r="D101" t="s">
-        <v>383</v>
+        <v>67</v>
       </c>
       <c r="E101" t="s">
-        <v>384</v>
+        <v>68</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H101" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>392</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>31</v>
+        <v>393</v>
       </c>
       <c r="D102" t="s">
-        <v>383</v>
+        <v>67</v>
       </c>
       <c r="E102" t="s">
-        <v>384</v>
+        <v>68</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H102" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>35</v>
+        <v>397</v>
       </c>
       <c r="D103" t="s">
-        <v>383</v>
+        <v>67</v>
       </c>
       <c r="E103" t="s">
-        <v>384</v>
+        <v>68</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="H103" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>39</v>
+        <v>401</v>
       </c>
       <c r="D104" t="s">
-        <v>383</v>
+        <v>67</v>
       </c>
       <c r="E104" t="s">
-        <v>384</v>
+        <v>68</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="H104" t="s">
-        <v>399</v>
+        <v>259</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>43</v>
+        <v>404</v>
       </c>
       <c r="D105" t="s">
-        <v>383</v>
+        <v>67</v>
       </c>
       <c r="E105" t="s">
-        <v>384</v>
+        <v>68</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="H105" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E106" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F106" t="s">
-        <v>406</v>
+        <v>13</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="H106" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>22</v>
       </c>
       <c r="D107" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E107" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F107" t="s">
-        <v>410</v>
+        <v>13</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H107" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>27</v>
       </c>
       <c r="D108" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E108" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H108" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>31</v>
       </c>
       <c r="D109" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E109" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H109" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>419</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>35</v>
       </c>
       <c r="D110" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E110" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F110" t="s">
-        <v>414</v>
+        <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>420</v>
       </c>
       <c r="H110" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>422</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>39</v>
       </c>
       <c r="D111" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E111" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="G111" s="1" t="s">
+      <c r="H111" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>43</v>
       </c>
       <c r="D112" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E112" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H112" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>428</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>10</v>
+      </c>
+      <c r="D113" t="s">
         <v>429</v>
       </c>
-      <c r="B113" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E113" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F113" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H113" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="D114" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E114" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F114" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H114" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>438</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>27</v>
+      </c>
+      <c r="D115" t="s">
+        <v>429</v>
+      </c>
+      <c r="E115" t="s">
+        <v>430</v>
+      </c>
+      <c r="F115" t="s">
+        <v>439</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H115" t="s">
         <v>437</v>
-      </c>
-[...19 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>441</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="D116" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E116" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F116" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>442</v>
       </c>
       <c r="H116" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>444</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="D117" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E117" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F117" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>445</v>
       </c>
       <c r="H117" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>447</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="D118" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E118" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F118" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H118" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="D119" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E119" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F119" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H119" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>454</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
+        <v>47</v>
+      </c>
+      <c r="D120" t="s">
+        <v>429</v>
+      </c>
+      <c r="E120" t="s">
+        <v>430</v>
+      </c>
+      <c r="F120" t="s">
         <v>455</v>
-      </c>
-[...7 lines deleted...]
-        <v>414</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>456</v>
       </c>
       <c r="H120" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>458</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
+        <v>51</v>
+      </c>
+      <c r="D121" t="s">
+        <v>429</v>
+      </c>
+      <c r="E121" t="s">
+        <v>430</v>
+      </c>
+      <c r="F121" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>423</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>460</v>
       </c>
       <c r="H121" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>462</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
+        <v>55</v>
+      </c>
+      <c r="D122" t="s">
+        <v>429</v>
+      </c>
+      <c r="E122" t="s">
+        <v>430</v>
+      </c>
+      <c r="F122" t="s">
         <v>463</v>
       </c>
-      <c r="D122" t="s">
-[...5 lines deleted...]
-      <c r="F122" t="s">
+      <c r="G122" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="G122" s="1" t="s">
+      <c r="H122" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>466</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>59</v>
+      </c>
+      <c r="D123" t="s">
+        <v>429</v>
+      </c>
+      <c r="E123" t="s">
+        <v>430</v>
+      </c>
+      <c r="F123" t="s">
+        <v>463</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="H123" t="s">
         <v>468</v>
-      </c>
-[...13 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>89</v>
+        <v>63</v>
       </c>
       <c r="D124" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E124" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F124" t="s">
-        <v>469</v>
+        <v>455</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="H124" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="D125" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E125" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F125" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="H125" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>475</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>88</v>
+      </c>
+      <c r="D126" t="s">
+        <v>429</v>
+      </c>
+      <c r="E126" t="s">
+        <v>430</v>
+      </c>
+      <c r="F126" t="s">
+        <v>476</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H126" t="s">
         <v>478</v>
-      </c>
-[...19 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>479</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>480</v>
+      </c>
+      <c r="D127" t="s">
+        <v>429</v>
+      </c>
+      <c r="E127" t="s">
+        <v>430</v>
+      </c>
+      <c r="F127" t="s">
+        <v>439</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="H127" t="s">
         <v>482</v>
-      </c>
-[...13 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>483</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>484</v>
+      </c>
+      <c r="D128" t="s">
+        <v>429</v>
+      </c>
+      <c r="E128" t="s">
+        <v>430</v>
+      </c>
+      <c r="F128" t="s">
+        <v>448</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="B128" t="s">
-[...2 lines deleted...]
-      <c r="C128" t="s">
+      <c r="H128" t="s">
         <v>486</v>
-      </c>
-[...13 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>487</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>488</v>
+      </c>
+      <c r="D129" t="s">
+        <v>429</v>
+      </c>
+      <c r="E129" t="s">
+        <v>430</v>
+      </c>
+      <c r="F129" t="s">
         <v>489</v>
-      </c>
-[...13 lines deleted...]
-        <v>423</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H129" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>492</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>105</v>
+        <v>493</v>
       </c>
       <c r="D130" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E130" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F130" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H130" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>109</v>
+        <v>92</v>
       </c>
       <c r="D131" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E131" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F131" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H131" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="D132" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E132" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F132" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="H132" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="D133" t="s">
-        <v>404</v>
+        <v>429</v>
       </c>
       <c r="E133" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="F133" t="s">
-        <v>502</v>
+        <v>448</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H133" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D134" t="s">
-        <v>507</v>
+        <v>429</v>
       </c>
       <c r="E134" t="s">
+        <v>430</v>
+      </c>
+      <c r="F134" t="s">
+        <v>463</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="F134" t="s">
-[...2 lines deleted...]
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>510</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
         <v>511</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="D135" t="s">
+        <v>429</v>
+      </c>
+      <c r="E135" t="s">
+        <v>430</v>
+      </c>
+      <c r="F135" t="s">
+        <v>463</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="D135" t="s">
-[...8 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>514</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>104</v>
+      </c>
+      <c r="D136" t="s">
+        <v>429</v>
+      </c>
+      <c r="E136" t="s">
+        <v>430</v>
+      </c>
+      <c r="F136" t="s">
+        <v>448</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B136" t="s">
-[...5 lines deleted...]
-      <c r="D136" t="s">
+      <c r="H136" t="s">
         <v>516</v>
-      </c>
-[...7 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="D137" t="s">
-        <v>516</v>
+        <v>429</v>
       </c>
       <c r="E137" t="s">
-        <v>517</v>
+        <v>430</v>
       </c>
       <c r="F137" t="s">
-        <v>521</v>
+        <v>463</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="H137" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="D138" t="s">
-        <v>516</v>
+        <v>429</v>
       </c>
       <c r="E138" t="s">
-        <v>517</v>
+        <v>430</v>
       </c>
       <c r="F138" t="s">
-        <v>414</v>
+        <v>463</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="H138" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>35</v>
+        <v>115</v>
       </c>
       <c r="D139" t="s">
-        <v>516</v>
+        <v>429</v>
       </c>
       <c r="E139" t="s">
-        <v>517</v>
+        <v>430</v>
       </c>
       <c r="F139" t="s">
-        <v>406</v>
+        <v>494</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="H139" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>39</v>
+        <v>119</v>
       </c>
       <c r="D140" t="s">
-        <v>516</v>
+        <v>429</v>
       </c>
       <c r="E140" t="s">
-        <v>517</v>
+        <v>430</v>
       </c>
       <c r="F140" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="H140" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="D141" t="s">
-        <v>516</v>
+        <v>429</v>
       </c>
       <c r="E141" t="s">
-        <v>517</v>
+        <v>430</v>
       </c>
       <c r="F141" t="s">
-        <v>423</v>
+        <v>459</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="H141" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>533</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>534</v>
+      </c>
+      <c r="D142" t="s">
         <v>535</v>
       </c>
-      <c r="B142" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E142" t="s">
-        <v>517</v>
+        <v>536</v>
       </c>
       <c r="F142" t="s">
-        <v>423</v>
+        <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H142" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>55</v>
+        <v>540</v>
       </c>
       <c r="D143" t="s">
-        <v>516</v>
+        <v>535</v>
       </c>
       <c r="E143" t="s">
-        <v>517</v>
+        <v>536</v>
       </c>
       <c r="F143" t="s">
-        <v>414</v>
+        <v>13</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="H143" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="D144" t="s">
-        <v>516</v>
+        <v>544</v>
       </c>
       <c r="E144" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>545</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="H144" t="s">
-        <v>529</v>
+        <v>547</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="D145" t="s">
-        <v>516</v>
+        <v>544</v>
       </c>
       <c r="E145" t="s">
-        <v>517</v>
+        <v>545</v>
       </c>
       <c r="F145" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="H145" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="D146" t="s">
-        <v>516</v>
+        <v>544</v>
       </c>
       <c r="E146" t="s">
-        <v>517</v>
+        <v>545</v>
       </c>
       <c r="F146" t="s">
-        <v>414</v>
+        <v>439</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="H146" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="D147" t="s">
-        <v>516</v>
+        <v>544</v>
       </c>
       <c r="E147" t="s">
-        <v>517</v>
+        <v>545</v>
       </c>
       <c r="F147" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="H147" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D148" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="E148" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="F148" t="s">
-        <v>410</v>
+        <v>527</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="H148" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="D149" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="E149" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="F149" t="s">
-        <v>410</v>
+        <v>448</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="H149" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="D150" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="E150" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="F150" t="s">
-        <v>414</v>
+        <v>448</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="H150" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="D151" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="E151" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="F151" t="s">
-        <v>414</v>
+        <v>439</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H151" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D152" t="s">
-        <v>568</v>
+        <v>544</v>
       </c>
       <c r="E152" t="s">
-        <v>569</v>
+        <v>545</v>
       </c>
       <c r="F152" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H152" t="s">
-        <v>571</v>
+        <v>557</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>571</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>63</v>
+      </c>
+      <c r="D153" t="s">
+        <v>544</v>
+      </c>
+      <c r="E153" t="s">
+        <v>545</v>
+      </c>
+      <c r="F153" t="s">
         <v>572</v>
-      </c>
-[...13 lines deleted...]
-        <v>451</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>573</v>
       </c>
       <c r="H153" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>575</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="D154" t="s">
+        <v>544</v>
+      </c>
+      <c r="E154" t="s">
+        <v>545</v>
+      </c>
+      <c r="F154" t="s">
+        <v>439</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="E154" t="s">
+      <c r="H154" t="s">
         <v>577</v>
-      </c>
-[...7 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>578</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>88</v>
+      </c>
+      <c r="D155" t="s">
+        <v>544</v>
+      </c>
+      <c r="E155" t="s">
+        <v>545</v>
+      </c>
+      <c r="F155" t="s">
+        <v>448</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H155" t="s">
         <v>580</v>
-      </c>
-[...19 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>581</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>582</v>
+      </c>
+      <c r="D156" t="s">
+        <v>544</v>
+      </c>
+      <c r="E156" t="s">
+        <v>545</v>
+      </c>
+      <c r="F156" t="s">
+        <v>448</v>
+      </c>
+      <c r="G156" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="B156" t="s">
-[...5 lines deleted...]
-      <c r="D156" t="s">
+      <c r="H156" t="s">
         <v>584</v>
-      </c>
-[...10 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>585</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>480</v>
+      </c>
+      <c r="D157" t="s">
+        <v>544</v>
+      </c>
+      <c r="E157" t="s">
+        <v>545</v>
+      </c>
+      <c r="F157" t="s">
+        <v>586</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H157" t="s">
         <v>588</v>
-      </c>
-[...19 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>589</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>10</v>
+      </c>
+      <c r="D158" t="s">
+        <v>590</v>
+      </c>
+      <c r="E158" t="s">
         <v>591</v>
       </c>
-      <c r="B158" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F158" t="s">
-        <v>469</v>
+        <v>435</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>592</v>
       </c>
       <c r="H158" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>594</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D159" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="E159" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="F159" t="s">
-        <v>469</v>
+        <v>435</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>595</v>
       </c>
       <c r="H159" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>597</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D160" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="E160" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="F160" t="s">
+        <v>439</v>
+      </c>
+      <c r="G160" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="G160" s="1" t="s">
+      <c r="H160" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>600</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>35</v>
+      </c>
+      <c r="D161" t="s">
+        <v>590</v>
+      </c>
+      <c r="E161" t="s">
+        <v>591</v>
+      </c>
+      <c r="F161" t="s">
+        <v>439</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="B161" t="s">
-[...11 lines deleted...]
-      <c r="F161" t="s">
+      <c r="H161" t="s">
         <v>602</v>
-      </c>
-[...4 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>603</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>10</v>
+      </c>
+      <c r="D162" t="s">
+        <v>604</v>
+      </c>
+      <c r="E162" t="s">
         <v>605</v>
       </c>
-      <c r="B162" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F162" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>606</v>
       </c>
       <c r="H162" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>608</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D163" t="s">
-        <v>584</v>
+        <v>609</v>
       </c>
       <c r="E163" t="s">
-        <v>585</v>
+        <v>610</v>
       </c>
       <c r="F163" t="s">
-        <v>430</v>
+        <v>476</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="H163" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="D164" t="s">
-        <v>584</v>
+        <v>609</v>
       </c>
       <c r="E164" t="s">
-        <v>585</v>
+        <v>610</v>
       </c>
       <c r="F164" t="s">
-        <v>612</v>
+        <v>476</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H164" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D165" t="s">
-        <v>584</v>
+        <v>609</v>
       </c>
       <c r="E165" t="s">
-        <v>585</v>
+        <v>610</v>
       </c>
       <c r="F165" t="s">
-        <v>430</v>
+        <v>448</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H165" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>584</v>
+        <v>620</v>
       </c>
       <c r="E166" t="s">
-        <v>585</v>
+        <v>621</v>
       </c>
       <c r="F166" t="s">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="H166" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="D167" t="s">
-        <v>584</v>
+        <v>625</v>
       </c>
       <c r="E167" t="s">
-        <v>585</v>
+        <v>626</v>
       </c>
       <c r="F167" t="s">
-        <v>622</v>
+        <v>463</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H167" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>629</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>22</v>
+      </c>
+      <c r="D168" t="s">
         <v>625</v>
       </c>
-      <c r="B168" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E168" t="s">
-        <v>585</v>
+        <v>626</v>
       </c>
       <c r="F168" t="s">
-        <v>622</v>
+        <v>463</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="H168" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>85</v>
+        <v>10</v>
       </c>
       <c r="D169" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E169" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F169" t="s">
-        <v>622</v>
+        <v>494</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="H169" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>632</v>
+        <v>22</v>
       </c>
       <c r="D170" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E170" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F170" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H170" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>455</v>
+        <v>27</v>
       </c>
       <c r="D171" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E171" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F171" t="s">
-        <v>622</v>
+        <v>494</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="H171" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>459</v>
+        <v>31</v>
       </c>
       <c r="D172" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E172" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F172" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="H172" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>463</v>
+        <v>35</v>
       </c>
       <c r="D173" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E173" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F173" t="s">
-        <v>423</v>
+        <v>647</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="H173" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>468</v>
+        <v>39</v>
       </c>
       <c r="D174" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E174" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F174" t="s">
-        <v>423</v>
+        <v>651</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="H174" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>654</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>43</v>
+      </c>
+      <c r="D175" t="s">
+        <v>633</v>
+      </c>
+      <c r="E175" t="s">
+        <v>634</v>
+      </c>
+      <c r="F175" t="s">
         <v>647</v>
       </c>
-      <c r="B175" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G175" s="1" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="H175" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>93</v>
+        <v>47</v>
       </c>
       <c r="D176" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E176" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F176" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="H176" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="D177" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E177" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F177" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="H177" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>482</v>
+        <v>55</v>
       </c>
       <c r="D178" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E178" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F178" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="H178" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>486</v>
+        <v>59</v>
       </c>
       <c r="D179" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E179" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F179" t="s">
-        <v>661</v>
+        <v>455</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="H179" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>101</v>
+        <v>63</v>
       </c>
       <c r="D180" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E180" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F180" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="H180" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="D181" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E181" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F181" t="s">
-        <v>502</v>
+        <v>671</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="H181" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>677</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>88</v>
+      </c>
+      <c r="D182" t="s">
+        <v>633</v>
+      </c>
+      <c r="E182" t="s">
+        <v>634</v>
+      </c>
+      <c r="F182" t="s">
         <v>671</v>
       </c>
-      <c r="B182" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G182" s="1" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="H182" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>112</v>
+        <v>582</v>
       </c>
       <c r="D183" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E183" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F183" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="H183" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>116</v>
+        <v>480</v>
       </c>
       <c r="D184" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E184" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F184" t="s">
-        <v>438</v>
+        <v>671</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="H184" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>119</v>
+        <v>484</v>
       </c>
       <c r="D185" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E185" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F185" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="H185" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>123</v>
+        <v>488</v>
       </c>
       <c r="D186" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E186" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F186" t="s">
-        <v>423</v>
+        <v>448</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="H186" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>127</v>
+        <v>493</v>
       </c>
       <c r="D187" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E187" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F187" t="s">
-        <v>423</v>
+        <v>448</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="H187" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="D188" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E188" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F188" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="H188" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>693</v>
+        <v>96</v>
       </c>
       <c r="D189" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E189" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F189" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="H189" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D190" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E190" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F190" t="s">
-        <v>469</v>
+        <v>702</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="H190" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>138</v>
+        <v>507</v>
       </c>
       <c r="D191" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E191" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F191" t="s">
-        <v>451</v>
+        <v>476</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="H191" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>142</v>
+        <v>511</v>
       </c>
       <c r="D192" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E192" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F192" t="s">
-        <v>451</v>
+        <v>709</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="H192" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="D193" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E193" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F193" t="s">
-        <v>451</v>
+        <v>713</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="H193" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>150</v>
+        <v>108</v>
       </c>
       <c r="D194" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E194" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F194" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="H194" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>712</v>
+        <v>112</v>
       </c>
       <c r="D195" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E195" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F195" t="s">
-        <v>713</v>
+        <v>527</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="H195" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="D196" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E196" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F196" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="H196" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>157</v>
+        <v>119</v>
       </c>
       <c r="D197" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E197" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F197" t="s">
-        <v>622</v>
+        <v>463</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="H197" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>161</v>
+        <v>122</v>
       </c>
       <c r="D198" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E198" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F198" t="s">
-        <v>622</v>
+        <v>463</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="H198" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>165</v>
+        <v>126</v>
       </c>
       <c r="D199" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E199" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F199" t="s">
-        <v>622</v>
+        <v>448</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="H199" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>169</v>
+        <v>130</v>
       </c>
       <c r="D200" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E200" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F200" t="s">
-        <v>622</v>
+        <v>448</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="H200" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>732</v>
+        <v>134</v>
       </c>
       <c r="D201" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E201" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F201" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="H201" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>173</v>
+        <v>741</v>
       </c>
       <c r="D202" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E202" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F202" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="H202" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>739</v>
+        <v>137</v>
       </c>
       <c r="D203" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E203" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F203" t="s">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="H203" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
       <c r="D204" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E204" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F204" t="s">
-        <v>430</v>
+        <v>476</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="H204" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>181</v>
+        <v>145</v>
       </c>
       <c r="D205" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E205" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F205" t="s">
-        <v>430</v>
+        <v>476</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="H205" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>185</v>
+        <v>149</v>
       </c>
       <c r="D206" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E206" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F206" t="s">
-        <v>430</v>
+        <v>476</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="H206" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>189</v>
+        <v>153</v>
       </c>
       <c r="D207" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E207" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F207" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="H207" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>193</v>
+        <v>760</v>
       </c>
       <c r="D208" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E208" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F208" t="s">
-        <v>451</v>
+        <v>761</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="H208" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>758</v>
+        <v>156</v>
       </c>
       <c r="D209" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E209" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F209" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="H209" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>196</v>
+        <v>160</v>
       </c>
       <c r="D210" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E210" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F210" t="s">
-        <v>434</v>
+        <v>671</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="H210" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>765</v>
+        <v>164</v>
       </c>
       <c r="D211" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E211" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F211" t="s">
-        <v>423</v>
+        <v>671</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="H211" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>200</v>
+        <v>168</v>
       </c>
       <c r="D212" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E212" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F212" t="s">
-        <v>434</v>
+        <v>671</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="H212" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>204</v>
+        <v>172</v>
       </c>
       <c r="D213" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E213" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F213" t="s">
-        <v>423</v>
+        <v>671</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="H213" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>207</v>
+        <v>780</v>
       </c>
       <c r="D214" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E214" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F214" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="H214" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>778</v>
+        <v>176</v>
       </c>
       <c r="D215" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E215" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F215" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="H215" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>211</v>
+        <v>787</v>
       </c>
       <c r="D216" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E216" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F216" t="s">
-        <v>434</v>
+        <v>455</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="H216" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>215</v>
+        <v>180</v>
       </c>
       <c r="D217" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E217" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F217" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="H217" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>219</v>
+        <v>184</v>
       </c>
       <c r="D218" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E218" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F218" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="H218" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>223</v>
+        <v>188</v>
       </c>
       <c r="D219" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E219" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F219" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="H219" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>227</v>
+        <v>192</v>
       </c>
       <c r="D220" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E220" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F220" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="H220" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>231</v>
+        <v>196</v>
       </c>
       <c r="D221" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E221" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F221" t="s">
-        <v>502</v>
+        <v>476</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="H221" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>235</v>
+        <v>806</v>
       </c>
       <c r="D222" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E222" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F222" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="H222" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>239</v>
+        <v>199</v>
       </c>
       <c r="D223" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E223" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F223" t="s">
-        <v>598</v>
+        <v>459</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="H223" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>243</v>
+        <v>813</v>
       </c>
       <c r="D224" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E224" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F224" t="s">
-        <v>598</v>
+        <v>448</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="H224" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>247</v>
+        <v>203</v>
       </c>
       <c r="D225" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E225" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F225" t="s">
-        <v>598</v>
+        <v>459</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="H225" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>250</v>
+        <v>207</v>
       </c>
       <c r="D226" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E226" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F226" t="s">
-        <v>598</v>
+        <v>448</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="H226" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>254</v>
+        <v>210</v>
       </c>
       <c r="D227" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E227" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F227" t="s">
-        <v>423</v>
+        <v>448</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="H227" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>258</v>
+        <v>826</v>
       </c>
       <c r="D228" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E228" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F228" t="s">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="H228" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>262</v>
+        <v>214</v>
       </c>
       <c r="D229" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E229" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F229" t="s">
-        <v>430</v>
+        <v>459</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="H229" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>265</v>
+        <v>218</v>
       </c>
       <c r="D230" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E230" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F230" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="H230" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>269</v>
+        <v>222</v>
       </c>
       <c r="D231" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E231" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F231" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="H231" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>273</v>
+        <v>226</v>
       </c>
       <c r="D232" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E232" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F232" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="H232" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>277</v>
+        <v>230</v>
       </c>
       <c r="D233" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E233" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F233" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="H233" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>281</v>
+        <v>234</v>
       </c>
       <c r="D234" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E234" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F234" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="H234" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>285</v>
+        <v>238</v>
       </c>
       <c r="D235" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E235" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F235" t="s">
-        <v>434</v>
+        <v>527</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>839</v>
+        <v>848</v>
       </c>
       <c r="H235" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>289</v>
+        <v>242</v>
       </c>
       <c r="D236" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E236" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F236" t="s">
-        <v>434</v>
+        <v>647</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="H236" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>292</v>
+        <v>246</v>
       </c>
       <c r="D237" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E237" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F237" t="s">
-        <v>434</v>
+        <v>647</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="H237" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>295</v>
+        <v>250</v>
       </c>
       <c r="D238" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E238" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F238" t="s">
-        <v>434</v>
+        <v>647</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="H238" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>850</v>
+        <v>859</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>298</v>
+        <v>253</v>
       </c>
       <c r="D239" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E239" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F239" t="s">
-        <v>434</v>
+        <v>647</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>851</v>
+        <v>860</v>
       </c>
       <c r="H239" t="s">
-        <v>852</v>
+        <v>861</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>853</v>
+        <v>862</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>302</v>
+        <v>257</v>
       </c>
       <c r="D240" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E240" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F240" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>854</v>
+        <v>863</v>
       </c>
       <c r="H240" t="s">
-        <v>855</v>
+        <v>864</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>305</v>
+        <v>261</v>
       </c>
       <c r="D241" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E241" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F241" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>857</v>
+        <v>866</v>
       </c>
       <c r="H241" t="s">
-        <v>858</v>
+        <v>867</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>308</v>
+        <v>265</v>
       </c>
       <c r="D242" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E242" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F242" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="H242" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>312</v>
+        <v>268</v>
       </c>
       <c r="D243" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E243" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F243" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="H243" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>316</v>
+        <v>272</v>
       </c>
       <c r="D244" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E244" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F244" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="H244" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>320</v>
+        <v>276</v>
       </c>
       <c r="D245" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E245" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F245" t="s">
-        <v>622</v>
+        <v>494</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="H245" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>871</v>
+        <v>880</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>324</v>
+        <v>280</v>
       </c>
       <c r="D246" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E246" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F246" t="s">
-        <v>622</v>
+        <v>494</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>872</v>
+        <v>881</v>
       </c>
       <c r="H246" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>328</v>
+        <v>284</v>
       </c>
       <c r="D247" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E247" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F247" t="s">
-        <v>875</v>
+        <v>494</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="H247" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>331</v>
+        <v>288</v>
       </c>
       <c r="D248" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E248" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F248" t="s">
-        <v>622</v>
+        <v>459</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="H248" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>334</v>
+        <v>292</v>
       </c>
       <c r="D249" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E249" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F249" t="s">
-        <v>438</v>
+        <v>459</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="H249" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>338</v>
+        <v>295</v>
       </c>
       <c r="D250" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E250" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F250" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="H250" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>342</v>
+        <v>298</v>
       </c>
       <c r="D251" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E251" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F251" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="H251" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>891</v>
+        <v>301</v>
       </c>
       <c r="D252" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E252" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F252" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="H252" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>346</v>
+        <v>305</v>
       </c>
       <c r="D253" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E253" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F253" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="H253" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>350</v>
+        <v>308</v>
       </c>
       <c r="D254" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E254" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F254" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="H254" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>353</v>
+        <v>311</v>
       </c>
       <c r="D255" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E255" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F255" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="H255" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>357</v>
+        <v>315</v>
       </c>
       <c r="D256" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E256" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F256" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="H256" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>907</v>
+        <v>319</v>
       </c>
       <c r="D257" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E257" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F257" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="H257" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>361</v>
+        <v>323</v>
       </c>
       <c r="D258" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E258" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F258" t="s">
-        <v>430</v>
+        <v>671</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="H258" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>365</v>
+        <v>327</v>
       </c>
       <c r="D259" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E259" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F259" t="s">
-        <v>438</v>
+        <v>671</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="H259" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>369</v>
+        <v>331</v>
       </c>
       <c r="D260" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E260" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F260" t="s">
-        <v>423</v>
+        <v>923</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="H260" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>372</v>
+        <v>334</v>
       </c>
       <c r="D261" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E261" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F261" t="s">
-        <v>430</v>
+        <v>671</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="H261" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>376</v>
+        <v>337</v>
       </c>
       <c r="D262" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E262" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F262" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="H262" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>379</v>
+        <v>341</v>
       </c>
       <c r="D263" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E263" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F263" t="s">
-        <v>926</v>
+        <v>527</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="H263" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>930</v>
+        <v>345</v>
       </c>
       <c r="D264" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E264" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F264" t="s">
-        <v>931</v>
+        <v>527</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="H264" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="D265" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E265" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F265" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="H265" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>939</v>
+        <v>349</v>
       </c>
       <c r="D266" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E266" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F266" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="H266" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>943</v>
+        <v>353</v>
       </c>
       <c r="D267" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E267" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F267" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="H267" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>947</v>
+        <v>356</v>
       </c>
       <c r="D268" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E268" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F268" t="s">
-        <v>598</v>
+        <v>476</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="H268" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>951</v>
+        <v>360</v>
       </c>
       <c r="D269" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E269" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F269" t="s">
+        <v>463</v>
+      </c>
+      <c r="G269" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="G269" s="1" t="s">
+      <c r="H269" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>954</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
         <v>955</v>
       </c>
-      <c r="B270" t="s">
-[...2 lines deleted...]
-      <c r="C270" t="s">
+      <c r="D270" t="s">
+        <v>633</v>
+      </c>
+      <c r="E270" t="s">
+        <v>634</v>
+      </c>
+      <c r="F270" t="s">
+        <v>494</v>
+      </c>
+      <c r="G270" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="D270" t="s">
-[...8 lines deleted...]
-      <c r="G270" s="1" t="s">
+      <c r="H270" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>958</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>364</v>
+      </c>
+      <c r="D271" t="s">
+        <v>633</v>
+      </c>
+      <c r="E271" t="s">
+        <v>634</v>
+      </c>
+      <c r="F271" t="s">
+        <v>455</v>
+      </c>
+      <c r="G271" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="B271" t="s">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="H271" t="s">
         <v>960</v>
-      </c>
-[...13 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>961</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>368</v>
+      </c>
+      <c r="D272" t="s">
+        <v>633</v>
+      </c>
+      <c r="E272" t="s">
+        <v>634</v>
+      </c>
+      <c r="F272" t="s">
+        <v>463</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="H272" t="s">
         <v>963</v>
-      </c>
-[...19 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>968</v>
+        <v>372</v>
       </c>
       <c r="D273" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E273" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F273" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="H273" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>972</v>
+        <v>375</v>
       </c>
       <c r="D274" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E274" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F274" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="H274" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>976</v>
+        <v>379</v>
       </c>
       <c r="D275" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E275" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F275" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="H275" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>980</v>
+        <v>382</v>
       </c>
       <c r="D276" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E276" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F276" t="s">
-        <v>598</v>
+        <v>974</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>981</v>
+        <v>975</v>
       </c>
       <c r="H276" t="s">
-        <v>982</v>
+        <v>976</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>983</v>
+        <v>977</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="D277" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E277" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F277" t="s">
-        <v>985</v>
+        <v>979</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="H277" t="s">
-        <v>987</v>
+        <v>981</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>988</v>
+        <v>982</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>989</v>
+        <v>386</v>
       </c>
       <c r="D278" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E278" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F278" t="s">
-        <v>990</v>
+        <v>647</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
       <c r="H278" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>994</v>
+        <v>389</v>
       </c>
       <c r="D279" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E279" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F279" t="s">
-        <v>434</v>
+        <v>494</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="H279" t="s">
-        <v>996</v>
+        <v>987</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>998</v>
+        <v>393</v>
       </c>
       <c r="D280" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E280" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F280" t="s">
-        <v>434</v>
+        <v>494</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="H280" t="s">
-        <v>1000</v>
+        <v>990</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1001</v>
+        <v>991</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1002</v>
+        <v>397</v>
       </c>
       <c r="D281" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E281" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F281" t="s">
-        <v>931</v>
+        <v>647</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1003</v>
+        <v>992</v>
       </c>
       <c r="H281" t="s">
-        <v>1004</v>
+        <v>993</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1005</v>
+        <v>994</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1006</v>
+        <v>401</v>
       </c>
       <c r="D282" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E282" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F282" t="s">
-        <v>469</v>
+        <v>995</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1007</v>
+        <v>996</v>
       </c>
       <c r="H282" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1009</v>
+        <v>998</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1010</v>
+        <v>404</v>
       </c>
       <c r="D283" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E283" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F283" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1011</v>
+        <v>999</v>
       </c>
       <c r="H283" t="s">
-        <v>1012</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1013</v>
+        <v>1001</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1014</v>
+        <v>1002</v>
       </c>
       <c r="D284" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E284" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F284" t="s">
-        <v>598</v>
+        <v>463</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1015</v>
+        <v>1003</v>
       </c>
       <c r="H284" t="s">
-        <v>1016</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="D285" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E285" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F285" t="s">
-        <v>598</v>
+        <v>463</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
       <c r="H285" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1021</v>
+        <v>1009</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1022</v>
+        <v>1010</v>
       </c>
       <c r="D286" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E286" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F286" t="s">
-        <v>622</v>
+        <v>463</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1023</v>
+        <v>1011</v>
       </c>
       <c r="H286" t="s">
-        <v>1024</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1025</v>
+        <v>1013</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
       <c r="D287" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E287" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F287" t="s">
-        <v>502</v>
+        <v>476</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="H287" t="s">
-        <v>1028</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1029</v>
+        <v>1017</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
       <c r="D288" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E288" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F288" t="s">
-        <v>502</v>
+        <v>448</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
       <c r="H288" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1033</v>
+        <v>1021</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1034</v>
+        <v>1022</v>
       </c>
       <c r="D289" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E289" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F289" t="s">
-        <v>423</v>
+        <v>647</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1035</v>
+        <v>1023</v>
       </c>
       <c r="H289" t="s">
-        <v>1036</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1037</v>
+        <v>1025</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1038</v>
+        <v>1026</v>
       </c>
       <c r="D290" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E290" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F290" t="s">
-        <v>438</v>
+        <v>1027</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1039</v>
+        <v>1028</v>
       </c>
       <c r="H290" t="s">
-        <v>1040</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1041</v>
+        <v>1030</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1042</v>
+        <v>1031</v>
       </c>
       <c r="D291" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E291" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F291" t="s">
-        <v>469</v>
+        <v>1032</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1043</v>
+        <v>1033</v>
       </c>
       <c r="H291" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="D292" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E292" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F292" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1047</v>
+        <v>1037</v>
       </c>
       <c r="H292" t="s">
-        <v>1048</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1049</v>
+        <v>1039</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1050</v>
+        <v>1040</v>
       </c>
       <c r="D293" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E293" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F293" t="s">
-        <v>423</v>
+        <v>459</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1051</v>
+        <v>1041</v>
       </c>
       <c r="H293" t="s">
-        <v>1052</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1053</v>
+        <v>1043</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1054</v>
+        <v>1044</v>
       </c>
       <c r="D294" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E294" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F294" t="s">
-        <v>430</v>
+        <v>979</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1055</v>
+        <v>1045</v>
       </c>
       <c r="H294" t="s">
-        <v>1056</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1057</v>
+        <v>1047</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1058</v>
+        <v>1048</v>
       </c>
       <c r="D295" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E295" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F295" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1059</v>
+        <v>1049</v>
       </c>
       <c r="H295" t="s">
-        <v>1060</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1061</v>
+        <v>1051</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1062</v>
+        <v>1052</v>
       </c>
       <c r="D296" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E296" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F296" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1063</v>
+        <v>1053</v>
       </c>
       <c r="H296" t="s">
-        <v>1064</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1065</v>
+        <v>1055</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1066</v>
+        <v>1056</v>
       </c>
       <c r="D297" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E297" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F297" t="s">
-        <v>1067</v>
+        <v>647</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1068</v>
+        <v>1057</v>
       </c>
       <c r="H297" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="D298" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E298" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F298" t="s">
-        <v>430</v>
+        <v>647</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="H298" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="D299" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E299" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F299" t="s">
-        <v>464</v>
+        <v>671</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
       <c r="H299" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="D300" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E300" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F300" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="H300" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1083</v>
+        <v>1072</v>
       </c>
       <c r="D301" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E301" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F301" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1084</v>
+        <v>1073</v>
       </c>
       <c r="H301" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1087</v>
+        <v>1076</v>
       </c>
       <c r="D302" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E302" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F302" t="s">
-        <v>464</v>
+        <v>448</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1088</v>
+        <v>1077</v>
       </c>
       <c r="H302" t="s">
-        <v>1089</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1090</v>
+        <v>1079</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1091</v>
+        <v>1080</v>
       </c>
       <c r="D303" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E303" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F303" t="s">
-        <v>598</v>
+        <v>463</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1092</v>
+        <v>1081</v>
       </c>
       <c r="H303" t="s">
-        <v>1093</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1094</v>
+        <v>1083</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1095</v>
+        <v>1084</v>
       </c>
       <c r="D304" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E304" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F304" t="s">
-        <v>952</v>
+        <v>494</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1096</v>
+        <v>1085</v>
       </c>
       <c r="H304" t="s">
-        <v>1097</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1098</v>
+        <v>1087</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1099</v>
+        <v>1088</v>
       </c>
       <c r="D305" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E305" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F305" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1100</v>
+        <v>1089</v>
       </c>
       <c r="H305" t="s">
-        <v>1101</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1102</v>
+        <v>1091</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
       <c r="D306" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E306" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F306" t="s">
-        <v>1104</v>
+        <v>448</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1105</v>
+        <v>1093</v>
       </c>
       <c r="H306" t="s">
-        <v>1106</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1107</v>
+        <v>1095</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1108</v>
+        <v>1096</v>
       </c>
       <c r="D307" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E307" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F307" t="s">
-        <v>598</v>
+        <v>455</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1109</v>
+        <v>1097</v>
       </c>
       <c r="H307" t="s">
-        <v>1110</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1111</v>
+        <v>1099</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1112</v>
+        <v>1100</v>
       </c>
       <c r="D308" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E308" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F308" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1113</v>
+        <v>1101</v>
       </c>
       <c r="H308" t="s">
-        <v>1114</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1115</v>
+        <v>1103</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1116</v>
+        <v>1104</v>
       </c>
       <c r="D309" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E309" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F309" t="s">
-        <v>434</v>
+        <v>455</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1117</v>
+        <v>1105</v>
       </c>
       <c r="H309" t="s">
-        <v>1118</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1119</v>
+        <v>1107</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1120</v>
+        <v>1108</v>
       </c>
       <c r="D310" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E310" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F310" t="s">
-        <v>434</v>
+        <v>1109</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
       <c r="H310" t="s">
-        <v>1122</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1123</v>
+        <v>1112</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1124</v>
+        <v>1113</v>
       </c>
       <c r="D311" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E311" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F311" t="s">
-        <v>1125</v>
+        <v>455</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1126</v>
+        <v>1114</v>
       </c>
       <c r="H311" t="s">
-        <v>1127</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1128</v>
+        <v>1116</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1129</v>
+        <v>1117</v>
       </c>
       <c r="D312" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E312" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F312" t="s">
-        <v>622</v>
+        <v>489</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1130</v>
+        <v>1118</v>
       </c>
       <c r="H312" t="s">
-        <v>1131</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1132</v>
+        <v>1120</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1133</v>
+        <v>1121</v>
       </c>
       <c r="D313" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E313" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F313" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1134</v>
+        <v>1122</v>
       </c>
       <c r="H313" t="s">
-        <v>1135</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1136</v>
+        <v>1124</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1137</v>
+        <v>1125</v>
       </c>
       <c r="D314" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E314" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F314" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1138</v>
+        <v>1126</v>
       </c>
       <c r="H314" t="s">
-        <v>1139</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1140</v>
+        <v>1128</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1141</v>
+        <v>1129</v>
       </c>
       <c r="D315" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E315" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F315" t="s">
-        <v>502</v>
+        <v>489</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1142</v>
+        <v>1130</v>
       </c>
       <c r="H315" t="s">
-        <v>1143</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1144</v>
+        <v>1132</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1145</v>
+        <v>1133</v>
       </c>
       <c r="D316" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E316" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F316" t="s">
-        <v>469</v>
+        <v>647</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1146</v>
+        <v>1134</v>
       </c>
       <c r="H316" t="s">
-        <v>1147</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1148</v>
+        <v>1136</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1149</v>
+        <v>1137</v>
       </c>
       <c r="D317" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E317" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F317" t="s">
-        <v>469</v>
+        <v>995</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1150</v>
+        <v>1138</v>
       </c>
       <c r="H317" t="s">
-        <v>1151</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1152</v>
+        <v>1140</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1153</v>
+        <v>1141</v>
       </c>
       <c r="D318" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E318" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F318" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1154</v>
+        <v>1142</v>
       </c>
       <c r="H318" t="s">
-        <v>1155</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1156</v>
+        <v>1144</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1157</v>
+        <v>1145</v>
       </c>
       <c r="D319" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E319" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F319" t="s">
-        <v>438</v>
+        <v>1146</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1158</v>
+        <v>1147</v>
       </c>
       <c r="H319" t="s">
-        <v>1159</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1160</v>
+        <v>1149</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1161</v>
+        <v>1150</v>
       </c>
       <c r="D320" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E320" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F320" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1162</v>
+        <v>1151</v>
       </c>
       <c r="H320" t="s">
-        <v>1163</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1164</v>
+        <v>1153</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1165</v>
+        <v>1154</v>
       </c>
       <c r="D321" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E321" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F321" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1166</v>
+        <v>1155</v>
       </c>
       <c r="H321" t="s">
-        <v>1167</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1168</v>
+        <v>1157</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1169</v>
+        <v>1158</v>
       </c>
       <c r="D322" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E322" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F322" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
       <c r="H322" t="s">
-        <v>1171</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1172</v>
+        <v>1161</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1173</v>
+        <v>1162</v>
       </c>
       <c r="D323" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E323" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F323" t="s">
-        <v>622</v>
+        <v>459</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1174</v>
+        <v>1163</v>
       </c>
       <c r="H323" t="s">
-        <v>1175</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1176</v>
+        <v>1165</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1177</v>
+        <v>1166</v>
       </c>
       <c r="D324" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E324" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F324" t="s">
-        <v>430</v>
+        <v>1167</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1178</v>
+        <v>1168</v>
       </c>
       <c r="H324" t="s">
-        <v>1179</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1180</v>
+        <v>1170</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1181</v>
+        <v>1171</v>
       </c>
       <c r="D325" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E325" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F325" t="s">
-        <v>430</v>
+        <v>671</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1182</v>
+        <v>1172</v>
       </c>
       <c r="H325" t="s">
-        <v>1183</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
       <c r="D326" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E326" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F326" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="H326" t="s">
-        <v>1187</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1188</v>
+        <v>1178</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1189</v>
+        <v>1179</v>
       </c>
       <c r="D327" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E327" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F327" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1190</v>
+        <v>1180</v>
       </c>
       <c r="H327" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="D328" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E328" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F328" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1194</v>
+        <v>1184</v>
       </c>
       <c r="H328" t="s">
-        <v>1195</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1196</v>
+        <v>1186</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1197</v>
+        <v>1187</v>
       </c>
       <c r="D329" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E329" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F329" t="s">
-        <v>1198</v>
+        <v>494</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1199</v>
+        <v>1188</v>
       </c>
       <c r="H329" t="s">
-        <v>1200</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1201</v>
+        <v>1190</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1202</v>
+        <v>1191</v>
       </c>
       <c r="D330" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E330" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F330" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1203</v>
+        <v>1192</v>
       </c>
       <c r="H330" t="s">
-        <v>1204</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1205</v>
+        <v>1194</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1206</v>
+        <v>1195</v>
       </c>
       <c r="D331" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E331" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F331" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1207</v>
+        <v>1196</v>
       </c>
       <c r="H331" t="s">
-        <v>1208</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1209</v>
+        <v>1198</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1210</v>
+        <v>1199</v>
       </c>
       <c r="D332" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E332" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F332" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1211</v>
+        <v>1200</v>
       </c>
       <c r="H332" t="s">
-        <v>1212</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1213</v>
+        <v>1202</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1214</v>
+        <v>1203</v>
       </c>
       <c r="D333" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E333" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F333" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1215</v>
+        <v>1204</v>
       </c>
       <c r="H333" t="s">
-        <v>1216</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1217</v>
+        <v>1206</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1218</v>
+        <v>1207</v>
       </c>
       <c r="D334" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E334" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F334" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1219</v>
+        <v>1208</v>
       </c>
       <c r="H334" t="s">
-        <v>1220</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1221</v>
+        <v>1210</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1222</v>
+        <v>1211</v>
       </c>
       <c r="D335" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E335" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F335" t="s">
-        <v>434</v>
+        <v>527</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1223</v>
+        <v>1212</v>
       </c>
       <c r="H335" t="s">
-        <v>1224</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1225</v>
+        <v>1214</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1226</v>
+        <v>1215</v>
       </c>
       <c r="D336" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E336" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F336" t="s">
-        <v>434</v>
+        <v>671</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1227</v>
+        <v>1216</v>
       </c>
       <c r="H336" t="s">
-        <v>1228</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1229</v>
+        <v>1218</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1230</v>
+        <v>1219</v>
       </c>
       <c r="D337" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E337" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F337" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1231</v>
+        <v>1220</v>
       </c>
       <c r="H337" t="s">
-        <v>1232</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1233</v>
+        <v>1222</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1234</v>
+        <v>1223</v>
       </c>
       <c r="D338" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E338" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F338" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1235</v>
+        <v>1224</v>
       </c>
       <c r="H338" t="s">
-        <v>1236</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1237</v>
+        <v>1226</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1238</v>
+        <v>1227</v>
       </c>
       <c r="D339" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E339" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F339" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1239</v>
+        <v>1228</v>
       </c>
       <c r="H339" t="s">
-        <v>1240</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1241</v>
+        <v>1230</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1242</v>
+        <v>1231</v>
       </c>
       <c r="D340" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E340" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F340" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1243</v>
+        <v>1232</v>
       </c>
       <c r="H340" t="s">
-        <v>1244</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1245</v>
+        <v>1234</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1246</v>
+        <v>1235</v>
       </c>
       <c r="D341" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E341" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F341" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1247</v>
+        <v>1236</v>
       </c>
       <c r="H341" t="s">
-        <v>1248</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1249</v>
+        <v>1238</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1250</v>
+        <v>1239</v>
       </c>
       <c r="D342" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E342" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F342" t="s">
-        <v>598</v>
+        <v>1240</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1251</v>
+        <v>1241</v>
       </c>
       <c r="H342" t="s">
-        <v>1252</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1253</v>
+        <v>1243</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1254</v>
+        <v>1244</v>
       </c>
       <c r="D343" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E343" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F343" t="s">
-        <v>1255</v>
+        <v>448</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1256</v>
+        <v>1245</v>
       </c>
       <c r="H343" t="s">
-        <v>1257</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1258</v>
+        <v>1247</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1259</v>
+        <v>1248</v>
       </c>
       <c r="D344" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E344" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F344" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1260</v>
+        <v>1249</v>
       </c>
       <c r="H344" t="s">
-        <v>1261</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1262</v>
+        <v>1251</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1263</v>
+        <v>1252</v>
       </c>
       <c r="D345" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E345" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F345" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1264</v>
+        <v>1253</v>
       </c>
       <c r="H345" t="s">
-        <v>1265</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1266</v>
+        <v>1255</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1267</v>
+        <v>1256</v>
       </c>
       <c r="D346" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E346" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F346" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1268</v>
+        <v>1257</v>
       </c>
       <c r="H346" t="s">
-        <v>1269</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1270</v>
+        <v>1259</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1271</v>
+        <v>1260</v>
       </c>
       <c r="D347" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E347" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F347" t="s">
-        <v>713</v>
+        <v>459</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1272</v>
+        <v>1261</v>
       </c>
       <c r="H347" t="s">
-        <v>1273</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1274</v>
+        <v>1263</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1275</v>
+        <v>1264</v>
       </c>
       <c r="D348" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E348" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F348" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1276</v>
+        <v>1265</v>
       </c>
       <c r="H348" t="s">
-        <v>1277</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1278</v>
+        <v>1267</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1279</v>
+        <v>1268</v>
       </c>
       <c r="D349" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E349" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F349" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1280</v>
+        <v>1269</v>
       </c>
       <c r="H349" t="s">
-        <v>1281</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1282</v>
+        <v>1271</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1283</v>
+        <v>1272</v>
       </c>
       <c r="D350" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E350" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F350" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1284</v>
+        <v>1273</v>
       </c>
       <c r="H350" t="s">
-        <v>1285</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1286</v>
+        <v>1275</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1287</v>
+        <v>1276</v>
       </c>
       <c r="D351" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E351" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F351" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1288</v>
+        <v>1277</v>
       </c>
       <c r="H351" t="s">
-        <v>1289</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1290</v>
+        <v>1279</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1291</v>
+        <v>1280</v>
       </c>
       <c r="D352" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E352" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F352" t="s">
-        <v>598</v>
+        <v>463</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1292</v>
+        <v>1281</v>
       </c>
       <c r="H352" t="s">
-        <v>1293</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1294</v>
+        <v>1283</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1295</v>
+        <v>1284</v>
       </c>
       <c r="D353" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E353" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F353" t="s">
-        <v>598</v>
+        <v>647</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1296</v>
+        <v>1285</v>
       </c>
       <c r="H353" t="s">
-        <v>1297</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1298</v>
+        <v>1287</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1299</v>
+        <v>1288</v>
       </c>
       <c r="D354" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E354" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F354" t="s">
-        <v>926</v>
+        <v>463</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1300</v>
+        <v>1289</v>
       </c>
       <c r="H354" t="s">
-        <v>1301</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1302</v>
+        <v>1291</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1303</v>
+        <v>1292</v>
       </c>
       <c r="D355" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E355" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F355" t="s">
-        <v>430</v>
+        <v>647</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1304</v>
+        <v>1293</v>
       </c>
       <c r="H355" t="s">
-        <v>1305</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1306</v>
+        <v>1295</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="D356" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E356" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F356" t="s">
-        <v>430</v>
+        <v>1297</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1308</v>
+        <v>1298</v>
       </c>
       <c r="H356" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1310</v>
+        <v>1300</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="D357" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E357" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F357" t="s">
-        <v>1312</v>
+        <v>463</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1313</v>
+        <v>1302</v>
       </c>
       <c r="H357" t="s">
-        <v>1314</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1315</v>
+        <v>1304</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1316</v>
+        <v>1305</v>
       </c>
       <c r="D358" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E358" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F358" t="s">
-        <v>598</v>
+        <v>463</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1317</v>
+        <v>1306</v>
       </c>
       <c r="H358" t="s">
-        <v>1318</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1319</v>
+        <v>1308</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1320</v>
+        <v>1309</v>
       </c>
       <c r="D359" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E359" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F359" t="s">
-        <v>438</v>
+        <v>476</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1321</v>
+        <v>1310</v>
       </c>
       <c r="H359" t="s">
-        <v>1322</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1323</v>
+        <v>1312</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1324</v>
+        <v>1313</v>
       </c>
       <c r="D360" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E360" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F360" t="s">
-        <v>1325</v>
+        <v>761</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1326</v>
+        <v>1314</v>
       </c>
       <c r="H360" t="s">
-        <v>1327</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1328</v>
+        <v>1316</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1329</v>
+        <v>1317</v>
       </c>
       <c r="D361" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E361" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F361" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1330</v>
+        <v>1318</v>
       </c>
       <c r="H361" t="s">
-        <v>1331</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1332</v>
+        <v>1320</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1333</v>
+        <v>1321</v>
       </c>
       <c r="D362" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E362" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F362" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1334</v>
+        <v>1322</v>
       </c>
       <c r="H362" t="s">
-        <v>1335</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1336</v>
+        <v>1324</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1337</v>
+        <v>1325</v>
       </c>
       <c r="D363" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E363" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F363" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1338</v>
+        <v>1326</v>
       </c>
       <c r="H363" t="s">
-        <v>1339</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1340</v>
+        <v>1328</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1341</v>
+        <v>1329</v>
       </c>
       <c r="D364" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E364" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F364" t="s">
-        <v>1342</v>
+        <v>494</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1343</v>
+        <v>1330</v>
       </c>
       <c r="H364" t="s">
-        <v>1344</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1345</v>
+        <v>1332</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1346</v>
+        <v>1333</v>
       </c>
       <c r="D365" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E365" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F365" t="s">
-        <v>1347</v>
+        <v>647</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1348</v>
+        <v>1334</v>
       </c>
       <c r="H365" t="s">
-        <v>1349</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1350</v>
+        <v>1336</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1351</v>
+        <v>1337</v>
       </c>
       <c r="D366" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E366" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F366" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1352</v>
+        <v>1338</v>
       </c>
       <c r="H366" t="s">
-        <v>1353</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1354</v>
+        <v>1340</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1355</v>
+        <v>1341</v>
       </c>
       <c r="D367" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E367" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F367" t="s">
-        <v>622</v>
+        <v>974</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1356</v>
+        <v>1342</v>
       </c>
       <c r="H367" t="s">
-        <v>1357</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1358</v>
+        <v>1344</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1359</v>
+        <v>1345</v>
       </c>
       <c r="D368" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E368" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F368" t="s">
-        <v>1360</v>
+        <v>455</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1361</v>
+        <v>1346</v>
       </c>
       <c r="H368" t="s">
-        <v>1362</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1363</v>
+        <v>1348</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1364</v>
+        <v>1349</v>
       </c>
       <c r="D369" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E369" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F369" t="s">
-        <v>598</v>
+        <v>455</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1365</v>
+        <v>1350</v>
       </c>
       <c r="H369" t="s">
-        <v>1366</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1367</v>
+        <v>1352</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1368</v>
+        <v>1353</v>
       </c>
       <c r="D370" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E370" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F370" t="s">
-        <v>469</v>
+        <v>1354</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1369</v>
+        <v>1355</v>
       </c>
       <c r="H370" t="s">
-        <v>1370</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1371</v>
+        <v>1357</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1372</v>
+        <v>1358</v>
       </c>
       <c r="D371" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E371" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F371" t="s">
-        <v>434</v>
+        <v>647</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1373</v>
+        <v>1359</v>
       </c>
       <c r="H371" t="s">
-        <v>1374</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1375</v>
+        <v>1361</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1376</v>
+        <v>1362</v>
       </c>
       <c r="D372" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E372" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F372" t="s">
-        <v>1377</v>
+        <v>463</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1378</v>
+        <v>1363</v>
       </c>
       <c r="H372" t="s">
-        <v>1379</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1380</v>
+        <v>1365</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1381</v>
+        <v>1366</v>
       </c>
       <c r="D373" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E373" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F373" t="s">
-        <v>430</v>
+        <v>1367</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1382</v>
+        <v>1368</v>
       </c>
       <c r="H373" t="s">
-        <v>1383</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1384</v>
+        <v>1370</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1385</v>
+        <v>1371</v>
       </c>
       <c r="D374" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E374" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F374" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1386</v>
+        <v>1372</v>
       </c>
       <c r="H374" t="s">
-        <v>1387</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1388</v>
+        <v>1374</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1389</v>
+        <v>1375</v>
       </c>
       <c r="D375" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E375" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F375" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1390</v>
+        <v>1376</v>
       </c>
       <c r="H375" t="s">
-        <v>1391</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1392</v>
+        <v>1378</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1393</v>
+        <v>1379</v>
       </c>
       <c r="D376" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E376" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F376" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1394</v>
+        <v>1380</v>
       </c>
       <c r="H376" t="s">
-        <v>1395</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1396</v>
+        <v>1382</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1397</v>
+        <v>1383</v>
       </c>
       <c r="D377" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E377" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F377" t="s">
-        <v>502</v>
+        <v>1384</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1398</v>
+        <v>1385</v>
       </c>
       <c r="H377" t="s">
-        <v>1399</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1400</v>
+        <v>1387</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1401</v>
+        <v>1388</v>
       </c>
       <c r="D378" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E378" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F378" t="s">
-        <v>502</v>
+        <v>1389</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1402</v>
+        <v>1390</v>
       </c>
       <c r="H378" t="s">
-        <v>1403</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1404</v>
+        <v>1392</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1405</v>
+        <v>1393</v>
       </c>
       <c r="D379" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E379" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F379" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1406</v>
+        <v>1394</v>
       </c>
       <c r="H379" t="s">
-        <v>1407</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1408</v>
+        <v>1396</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1409</v>
+        <v>1397</v>
       </c>
       <c r="D380" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E380" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F380" t="s">
-        <v>598</v>
+        <v>671</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1410</v>
+        <v>1398</v>
       </c>
       <c r="H380" t="s">
-        <v>1411</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1412</v>
+        <v>1400</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1413</v>
+        <v>1401</v>
       </c>
       <c r="D381" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E381" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F381" t="s">
-        <v>598</v>
+        <v>1402</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1414</v>
+        <v>1403</v>
       </c>
       <c r="H381" t="s">
-        <v>1415</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1416</v>
+        <v>1405</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1417</v>
+        <v>1406</v>
       </c>
       <c r="D382" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E382" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F382" t="s">
-        <v>469</v>
+        <v>647</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1418</v>
+        <v>1407</v>
       </c>
       <c r="H382" t="s">
-        <v>1419</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1420</v>
+        <v>1409</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1421</v>
+        <v>1410</v>
       </c>
       <c r="D383" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E383" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F383" t="s">
-        <v>1422</v>
+        <v>494</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1423</v>
+        <v>1411</v>
       </c>
       <c r="H383" t="s">
-        <v>1424</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1425</v>
+        <v>1413</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1426</v>
+        <v>1414</v>
       </c>
       <c r="D384" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E384" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F384" t="s">
-        <v>438</v>
+        <v>459</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1427</v>
+        <v>1415</v>
       </c>
       <c r="H384" t="s">
-        <v>1428</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1429</v>
+        <v>1417</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1430</v>
+        <v>1418</v>
       </c>
       <c r="D385" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E385" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F385" t="s">
-        <v>1431</v>
+        <v>1419</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1432</v>
+        <v>1420</v>
       </c>
       <c r="H385" t="s">
-        <v>1433</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1434</v>
+        <v>1422</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1435</v>
+        <v>1423</v>
       </c>
       <c r="D386" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E386" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F386" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1436</v>
+        <v>1424</v>
       </c>
       <c r="H386" t="s">
-        <v>1437</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1438</v>
+        <v>1426</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1439</v>
+        <v>1427</v>
       </c>
       <c r="D387" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E387" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F387" t="s">
-        <v>1440</v>
+        <v>455</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1441</v>
+        <v>1428</v>
       </c>
       <c r="H387" t="s">
-        <v>1442</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1443</v>
+        <v>1430</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1444</v>
+        <v>1431</v>
       </c>
       <c r="D388" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E388" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F388" t="s">
-        <v>713</v>
+        <v>527</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1445</v>
+        <v>1432</v>
       </c>
       <c r="H388" t="s">
-        <v>1446</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1447</v>
+        <v>1434</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1448</v>
+        <v>1435</v>
       </c>
       <c r="D389" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E389" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F389" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1449</v>
+        <v>1436</v>
       </c>
       <c r="H389" t="s">
-        <v>1450</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1451</v>
+        <v>1438</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1452</v>
+        <v>1439</v>
       </c>
       <c r="D390" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E390" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F390" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1453</v>
+        <v>1440</v>
       </c>
       <c r="H390" t="s">
-        <v>1454</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1455</v>
+        <v>1442</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1456</v>
+        <v>1443</v>
       </c>
       <c r="D391" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E391" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F391" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1457</v>
+        <v>1444</v>
       </c>
       <c r="H391" t="s">
-        <v>1458</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1459</v>
+        <v>1446</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1460</v>
+        <v>1447</v>
       </c>
       <c r="D392" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E392" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F392" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1461</v>
+        <v>1448</v>
       </c>
       <c r="H392" t="s">
-        <v>1462</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1463</v>
+        <v>1450</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1464</v>
+        <v>1451</v>
       </c>
       <c r="D393" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E393" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F393" t="s">
-        <v>469</v>
+        <v>647</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1465</v>
+        <v>1452</v>
       </c>
       <c r="H393" t="s">
-        <v>1466</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1467</v>
+        <v>1454</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1468</v>
+        <v>1455</v>
       </c>
       <c r="D394" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E394" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F394" t="s">
-        <v>469</v>
+        <v>647</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1469</v>
+        <v>1456</v>
       </c>
       <c r="H394" t="s">
-        <v>1470</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1471</v>
+        <v>1458</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1472</v>
+        <v>1459</v>
       </c>
       <c r="D395" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E395" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F395" t="s">
-        <v>469</v>
+        <v>494</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1473</v>
+        <v>1460</v>
       </c>
       <c r="H395" t="s">
-        <v>1474</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1475</v>
+        <v>1462</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1476</v>
+        <v>1463</v>
       </c>
       <c r="D396" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E396" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F396" t="s">
-        <v>1312</v>
+        <v>1464</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1477</v>
+        <v>1465</v>
       </c>
       <c r="H396" t="s">
-        <v>1478</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1479</v>
+        <v>1467</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1480</v>
+        <v>1468</v>
       </c>
       <c r="D397" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E397" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F397" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1481</v>
+        <v>1469</v>
       </c>
       <c r="H397" t="s">
-        <v>1482</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1483</v>
+        <v>1471</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1484</v>
+        <v>1472</v>
       </c>
       <c r="D398" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E398" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F398" t="s">
-        <v>1067</v>
+        <v>1473</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1485</v>
+        <v>1474</v>
       </c>
       <c r="H398" t="s">
-        <v>1486</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1487</v>
+        <v>1476</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1488</v>
+        <v>1477</v>
       </c>
       <c r="D399" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E399" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F399" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1489</v>
+        <v>1478</v>
       </c>
       <c r="H399" t="s">
-        <v>1490</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1491</v>
+        <v>1480</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1492</v>
+        <v>1481</v>
       </c>
       <c r="D400" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E400" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F400" t="s">
-        <v>430</v>
+        <v>1482</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1493</v>
+        <v>1483</v>
       </c>
       <c r="H400" t="s">
-        <v>1494</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1495</v>
+        <v>1485</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1496</v>
+        <v>1486</v>
       </c>
       <c r="D401" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E401" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F401" t="s">
-        <v>622</v>
+        <v>761</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1497</v>
+        <v>1487</v>
       </c>
       <c r="H401" t="s">
-        <v>1498</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1499</v>
+        <v>1489</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1500</v>
+        <v>1490</v>
       </c>
       <c r="D402" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E402" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F402" t="s">
-        <v>622</v>
+        <v>647</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1501</v>
+        <v>1491</v>
       </c>
       <c r="H402" t="s">
-        <v>1502</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1503</v>
+        <v>1493</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1504</v>
+        <v>1494</v>
       </c>
       <c r="D403" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E403" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F403" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1505</v>
+        <v>1495</v>
       </c>
       <c r="H403" t="s">
-        <v>1506</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1507</v>
+        <v>1497</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1508</v>
+        <v>1498</v>
       </c>
       <c r="D404" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E404" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F404" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1509</v>
+        <v>1499</v>
       </c>
       <c r="H404" t="s">
-        <v>1510</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1511</v>
+        <v>1501</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1512</v>
+        <v>1502</v>
       </c>
       <c r="D405" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E405" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F405" t="s">
-        <v>1513</v>
+        <v>647</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1514</v>
+        <v>1503</v>
       </c>
       <c r="H405" t="s">
-        <v>1515</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1516</v>
+        <v>1505</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1517</v>
+        <v>1506</v>
       </c>
       <c r="D406" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E406" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F406" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1518</v>
+        <v>1507</v>
       </c>
       <c r="H406" t="s">
-        <v>1519</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1520</v>
+        <v>1509</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1521</v>
+        <v>1510</v>
       </c>
       <c r="D407" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E407" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F407" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1522</v>
+        <v>1511</v>
       </c>
       <c r="H407" t="s">
-        <v>1523</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1524</v>
+        <v>1513</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1525</v>
+        <v>1514</v>
       </c>
       <c r="D408" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E408" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F408" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1526</v>
+        <v>1515</v>
       </c>
       <c r="H408" t="s">
-        <v>1527</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1528</v>
+        <v>1517</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1529</v>
+        <v>1518</v>
       </c>
       <c r="D409" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E409" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F409" t="s">
-        <v>438</v>
+        <v>1354</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1530</v>
+        <v>1519</v>
       </c>
       <c r="H409" t="s">
-        <v>1531</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1532</v>
+        <v>1521</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1533</v>
+        <v>1522</v>
       </c>
       <c r="D410" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E410" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F410" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1534</v>
+        <v>1523</v>
       </c>
       <c r="H410" t="s">
-        <v>1535</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1536</v>
+        <v>1525</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1537</v>
+        <v>1526</v>
       </c>
       <c r="D411" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E411" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F411" t="s">
-        <v>430</v>
+        <v>1109</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1538</v>
+        <v>1527</v>
       </c>
       <c r="H411" t="s">
-        <v>1539</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1540</v>
+        <v>1529</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1541</v>
+        <v>1530</v>
       </c>
       <c r="D412" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E412" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F412" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1542</v>
+        <v>1531</v>
       </c>
       <c r="H412" t="s">
-        <v>1543</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1544</v>
+        <v>1533</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1545</v>
+        <v>1534</v>
       </c>
       <c r="D413" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E413" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F413" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1546</v>
+        <v>1535</v>
       </c>
       <c r="H413" t="s">
-        <v>1547</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1548</v>
+        <v>1537</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1549</v>
+        <v>1538</v>
       </c>
       <c r="D414" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E414" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F414" t="s">
-        <v>469</v>
+        <v>671</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1550</v>
+        <v>1539</v>
       </c>
       <c r="H414" t="s">
-        <v>1551</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1552</v>
+        <v>1541</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1553</v>
+        <v>1542</v>
       </c>
       <c r="D415" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E415" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F415" t="s">
-        <v>469</v>
+        <v>671</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1554</v>
+        <v>1543</v>
       </c>
       <c r="H415" t="s">
-        <v>1555</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1556</v>
+        <v>1545</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1557</v>
+        <v>1546</v>
       </c>
       <c r="D416" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E416" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F416" t="s">
-        <v>434</v>
+        <v>527</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1558</v>
+        <v>1547</v>
       </c>
       <c r="H416" t="s">
-        <v>1559</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1560</v>
+        <v>1549</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1561</v>
+        <v>1550</v>
       </c>
       <c r="D417" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E417" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F417" t="s">
-        <v>434</v>
+        <v>527</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1562</v>
+        <v>1551</v>
       </c>
       <c r="H417" t="s">
-        <v>1563</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1564</v>
+        <v>1553</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1565</v>
+        <v>1554</v>
       </c>
       <c r="D418" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E418" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F418" t="s">
-        <v>438</v>
+        <v>1555</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1566</v>
+        <v>1556</v>
       </c>
       <c r="H418" t="s">
-        <v>1567</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1568</v>
+        <v>1558</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1569</v>
+        <v>1559</v>
       </c>
       <c r="D419" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E419" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F419" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1570</v>
+        <v>1560</v>
       </c>
       <c r="H419" t="s">
-        <v>1571</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1572</v>
+        <v>1562</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1573</v>
+        <v>1563</v>
       </c>
       <c r="D420" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E420" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F420" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1574</v>
+        <v>1564</v>
       </c>
       <c r="H420" t="s">
-        <v>1575</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1576</v>
+        <v>1566</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1577</v>
+        <v>1567</v>
       </c>
       <c r="D421" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E421" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F421" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1578</v>
+        <v>1568</v>
       </c>
       <c r="H421" t="s">
-        <v>1579</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1580</v>
+        <v>1570</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1581</v>
+        <v>1571</v>
       </c>
       <c r="D422" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E422" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F422" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1582</v>
+        <v>1572</v>
       </c>
       <c r="H422" t="s">
-        <v>1583</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1584</v>
+        <v>1574</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1585</v>
+        <v>1575</v>
       </c>
       <c r="D423" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E423" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F423" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1586</v>
+        <v>1576</v>
       </c>
       <c r="H423" t="s">
-        <v>1587</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1588</v>
+        <v>1578</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1589</v>
+        <v>1579</v>
       </c>
       <c r="D424" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E424" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F424" t="s">
-        <v>598</v>
+        <v>455</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1590</v>
+        <v>1580</v>
       </c>
       <c r="H424" t="s">
-        <v>1591</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1592</v>
+        <v>1582</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1593</v>
+        <v>1583</v>
       </c>
       <c r="D425" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E425" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F425" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1594</v>
+        <v>1584</v>
       </c>
       <c r="H425" t="s">
-        <v>1595</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1596</v>
+        <v>1586</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1597</v>
+        <v>1587</v>
       </c>
       <c r="D426" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E426" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F426" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1598</v>
+        <v>1588</v>
       </c>
       <c r="H426" t="s">
-        <v>1599</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1600</v>
+        <v>1590</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1601</v>
+        <v>1591</v>
       </c>
       <c r="D427" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E427" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F427" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1602</v>
+        <v>1592</v>
       </c>
       <c r="H427" t="s">
-        <v>1603</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1604</v>
+        <v>1594</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1605</v>
+        <v>1595</v>
       </c>
       <c r="D428" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E428" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F428" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1606</v>
+        <v>1596</v>
       </c>
       <c r="H428" t="s">
-        <v>1607</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1608</v>
+        <v>1598</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1609</v>
+        <v>1599</v>
       </c>
       <c r="D429" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E429" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F429" t="s">
-        <v>952</v>
+        <v>459</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1610</v>
+        <v>1600</v>
       </c>
       <c r="H429" t="s">
-        <v>1611</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1612</v>
+        <v>1602</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1613</v>
+        <v>1603</v>
       </c>
       <c r="D430" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E430" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F430" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1614</v>
+        <v>1604</v>
       </c>
       <c r="H430" t="s">
-        <v>1615</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1616</v>
+        <v>1606</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1617</v>
+        <v>1607</v>
       </c>
       <c r="D431" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E431" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F431" t="s">
-        <v>1618</v>
+        <v>463</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1619</v>
+        <v>1608</v>
       </c>
       <c r="H431" t="s">
-        <v>1620</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1621</v>
+        <v>1610</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1622</v>
+        <v>1611</v>
       </c>
       <c r="D432" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E432" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F432" t="s">
-        <v>612</v>
+        <v>527</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1623</v>
+        <v>1612</v>
       </c>
       <c r="H432" t="s">
-        <v>1624</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1625</v>
+        <v>1614</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1626</v>
+        <v>1615</v>
       </c>
       <c r="D433" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E433" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F433" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1627</v>
+        <v>1616</v>
       </c>
       <c r="H433" t="s">
-        <v>1628</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1629</v>
+        <v>1618</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1630</v>
+        <v>1619</v>
       </c>
       <c r="D434" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E434" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F434" t="s">
-        <v>430</v>
+        <v>448</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1631</v>
+        <v>1620</v>
       </c>
       <c r="H434" t="s">
-        <v>1632</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1633</v>
+        <v>1622</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1634</v>
+        <v>1623</v>
       </c>
       <c r="D435" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E435" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F435" t="s">
-        <v>1067</v>
+        <v>448</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1635</v>
+        <v>1624</v>
       </c>
       <c r="H435" t="s">
-        <v>1636</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1637</v>
+        <v>1626</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1638</v>
+        <v>1627</v>
       </c>
       <c r="D436" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E436" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F436" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1639</v>
+        <v>1628</v>
       </c>
       <c r="H436" t="s">
-        <v>1640</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1641</v>
+        <v>1630</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1642</v>
+        <v>1631</v>
       </c>
       <c r="D437" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E437" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F437" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1643</v>
+        <v>1632</v>
       </c>
       <c r="H437" t="s">
-        <v>1644</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1645</v>
+        <v>1634</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1646</v>
+        <v>1635</v>
       </c>
       <c r="D438" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E438" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F438" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1647</v>
+        <v>1636</v>
       </c>
       <c r="H438" t="s">
-        <v>1648</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1649</v>
+        <v>1638</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1650</v>
+        <v>1639</v>
       </c>
       <c r="D439" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E439" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F439" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1651</v>
+        <v>1640</v>
       </c>
       <c r="H439" t="s">
-        <v>1652</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1653</v>
+        <v>1642</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1654</v>
+        <v>1643</v>
       </c>
       <c r="D440" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E440" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F440" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1655</v>
+        <v>1644</v>
       </c>
       <c r="H440" t="s">
-        <v>1656</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1657</v>
+        <v>1646</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1658</v>
+        <v>1647</v>
       </c>
       <c r="D441" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E441" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F441" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1659</v>
+        <v>1648</v>
       </c>
       <c r="H441" t="s">
-        <v>1660</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1661</v>
+        <v>1650</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1662</v>
+        <v>1651</v>
       </c>
       <c r="D442" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E442" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F442" t="s">
-        <v>434</v>
+        <v>995</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1663</v>
+        <v>1652</v>
       </c>
       <c r="H442" t="s">
-        <v>1664</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1665</v>
+        <v>1654</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1666</v>
+        <v>1655</v>
       </c>
       <c r="D443" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E443" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F443" t="s">
-        <v>434</v>
+        <v>494</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1667</v>
+        <v>1656</v>
       </c>
       <c r="H443" t="s">
-        <v>1668</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1669</v>
+        <v>1658</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1670</v>
+        <v>1659</v>
       </c>
       <c r="D444" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E444" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F444" t="s">
-        <v>469</v>
+        <v>1660</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1671</v>
+        <v>1661</v>
       </c>
       <c r="H444" t="s">
-        <v>1672</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1673</v>
+        <v>1663</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1674</v>
+        <v>1664</v>
       </c>
       <c r="D445" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E445" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F445" t="s">
-        <v>502</v>
+        <v>661</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1675</v>
+        <v>1665</v>
       </c>
       <c r="H445" t="s">
-        <v>1676</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1677</v>
+        <v>1667</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1678</v>
+        <v>1668</v>
       </c>
       <c r="D446" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E446" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F446" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1679</v>
+        <v>1669</v>
       </c>
       <c r="H446" t="s">
-        <v>1680</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1681</v>
+        <v>1671</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1682</v>
+        <v>1672</v>
       </c>
       <c r="D447" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E447" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F447" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1683</v>
+        <v>1673</v>
       </c>
       <c r="H447" t="s">
-        <v>1684</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1685</v>
+        <v>1675</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1686</v>
+        <v>1676</v>
       </c>
       <c r="D448" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E448" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F448" t="s">
-        <v>502</v>
+        <v>1109</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1687</v>
+        <v>1677</v>
       </c>
       <c r="H448" t="s">
-        <v>1688</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1689</v>
+        <v>1679</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1690</v>
+        <v>1680</v>
       </c>
       <c r="D449" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E449" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F449" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1691</v>
+        <v>1681</v>
       </c>
       <c r="H449" t="s">
-        <v>1692</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1693</v>
+        <v>1683</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1694</v>
+        <v>1684</v>
       </c>
       <c r="D450" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E450" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F450" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1695</v>
+        <v>1685</v>
       </c>
       <c r="H450" t="s">
-        <v>1696</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1697</v>
+        <v>1687</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1698</v>
+        <v>1688</v>
       </c>
       <c r="D451" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E451" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F451" t="s">
-        <v>1312</v>
+        <v>463</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1699</v>
+        <v>1689</v>
       </c>
       <c r="H451" t="s">
-        <v>1700</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1701</v>
+        <v>1691</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1702</v>
+        <v>1692</v>
       </c>
       <c r="D452" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E452" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F452" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1703</v>
+        <v>1693</v>
       </c>
       <c r="H452" t="s">
-        <v>1704</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1705</v>
+        <v>1695</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1706</v>
+        <v>1696</v>
       </c>
       <c r="D453" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E453" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F453" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1707</v>
+        <v>1697</v>
       </c>
       <c r="H453" t="s">
-        <v>1708</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1709</v>
+        <v>1699</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1710</v>
+        <v>1700</v>
       </c>
       <c r="D454" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E454" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F454" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1711</v>
+        <v>1701</v>
       </c>
       <c r="H454" t="s">
-        <v>1712</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1713</v>
+        <v>1703</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1714</v>
+        <v>1704</v>
       </c>
       <c r="D455" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E455" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F455" t="s">
-        <v>430</v>
+        <v>459</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1715</v>
+        <v>1705</v>
       </c>
       <c r="H455" t="s">
-        <v>1716</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1717</v>
+        <v>1707</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1718</v>
+        <v>1708</v>
       </c>
       <c r="D456" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E456" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F456" t="s">
-        <v>430</v>
+        <v>459</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1719</v>
+        <v>1709</v>
       </c>
       <c r="H456" t="s">
-        <v>1720</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1721</v>
+        <v>1711</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1722</v>
+        <v>1712</v>
       </c>
       <c r="D457" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E457" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F457" t="s">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1723</v>
+        <v>1713</v>
       </c>
       <c r="H457" t="s">
-        <v>1724</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1725</v>
+        <v>1715</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1726</v>
+        <v>1716</v>
       </c>
       <c r="D458" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E458" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F458" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1727</v>
+        <v>1717</v>
       </c>
       <c r="H458" t="s">
-        <v>1728</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1729</v>
+        <v>1719</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1730</v>
+        <v>1720</v>
       </c>
       <c r="D459" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E459" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F459" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1731</v>
+        <v>1721</v>
       </c>
       <c r="H459" t="s">
-        <v>1732</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1733</v>
+        <v>1723</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1734</v>
+        <v>1724</v>
       </c>
       <c r="D460" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E460" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F460" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1735</v>
+        <v>1725</v>
       </c>
       <c r="H460" t="s">
-        <v>1736</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1737</v>
+        <v>1727</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1738</v>
+        <v>1728</v>
       </c>
       <c r="D461" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E461" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F461" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1739</v>
+        <v>1729</v>
       </c>
       <c r="H461" t="s">
-        <v>1740</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1741</v>
+        <v>1731</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1742</v>
+        <v>1732</v>
       </c>
       <c r="D462" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E462" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F462" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1743</v>
+        <v>1733</v>
       </c>
       <c r="H462" t="s">
-        <v>1744</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1745</v>
+        <v>1735</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
       <c r="D463" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E463" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F463" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="H463" t="s">
-        <v>1748</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1749</v>
+        <v>1739</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1750</v>
+        <v>1740</v>
       </c>
       <c r="D464" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E464" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F464" t="s">
-        <v>502</v>
+        <v>1354</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1751</v>
+        <v>1741</v>
       </c>
       <c r="H464" t="s">
-        <v>1752</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1753</v>
+        <v>1743</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1754</v>
+        <v>1744</v>
       </c>
       <c r="D465" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E465" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F465" t="s">
-        <v>434</v>
+        <v>448</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1755</v>
+        <v>1745</v>
       </c>
       <c r="H465" t="s">
-        <v>1756</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1757</v>
+        <v>1747</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1758</v>
+        <v>1748</v>
       </c>
       <c r="D466" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E466" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F466" t="s">
-        <v>985</v>
+        <v>459</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1759</v>
+        <v>1749</v>
       </c>
       <c r="H466" t="s">
-        <v>1760</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1761</v>
+        <v>1751</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1762</v>
+        <v>1752</v>
       </c>
       <c r="D467" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E467" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F467" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1763</v>
+        <v>1753</v>
       </c>
       <c r="H467" t="s">
-        <v>1764</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1765</v>
+        <v>1755</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1766</v>
+        <v>1756</v>
       </c>
       <c r="D468" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E468" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F468" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1767</v>
+        <v>1757</v>
       </c>
       <c r="H468" t="s">
-        <v>1768</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1769</v>
+        <v>1759</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1770</v>
+        <v>1760</v>
       </c>
       <c r="D469" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E469" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F469" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1771</v>
+        <v>1761</v>
       </c>
       <c r="H469" t="s">
-        <v>1772</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1773</v>
+        <v>1763</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1774</v>
+        <v>1764</v>
       </c>
       <c r="D470" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E470" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F470" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1775</v>
+        <v>1765</v>
       </c>
       <c r="H470" t="s">
-        <v>1776</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1777</v>
+        <v>1767</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1778</v>
+        <v>1768</v>
       </c>
       <c r="D471" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E471" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F471" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1779</v>
+        <v>1769</v>
       </c>
       <c r="H471" t="s">
-        <v>1780</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1781</v>
+        <v>1771</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1782</v>
+        <v>1772</v>
       </c>
       <c r="D472" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E472" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F472" t="s">
-        <v>430</v>
+        <v>647</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1783</v>
+        <v>1773</v>
       </c>
       <c r="H472" t="s">
-        <v>1784</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1786</v>
+        <v>1776</v>
       </c>
       <c r="D473" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E473" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F473" t="s">
-        <v>598</v>
+        <v>494</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1787</v>
+        <v>1777</v>
       </c>
       <c r="H473" t="s">
-        <v>1788</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1789</v>
+        <v>1779</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1790</v>
+        <v>1780</v>
       </c>
       <c r="D474" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E474" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F474" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1791</v>
+        <v>1781</v>
       </c>
       <c r="H474" t="s">
-        <v>1792</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1793</v>
+        <v>1783</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1794</v>
+        <v>1784</v>
       </c>
       <c r="D475" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E475" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F475" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1795</v>
+        <v>1785</v>
       </c>
       <c r="H475" t="s">
-        <v>1796</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1797</v>
+        <v>1787</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1798</v>
+        <v>1788</v>
       </c>
       <c r="D476" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E476" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F476" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1799</v>
+        <v>1789</v>
       </c>
       <c r="H476" t="s">
-        <v>1800</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1801</v>
+        <v>1791</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1802</v>
+        <v>1792</v>
       </c>
       <c r="D477" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E477" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F477" t="s">
-        <v>622</v>
+        <v>527</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1803</v>
+        <v>1793</v>
       </c>
       <c r="H477" t="s">
-        <v>1804</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1805</v>
+        <v>1795</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1806</v>
+        <v>1796</v>
       </c>
       <c r="D478" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E478" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F478" t="s">
-        <v>622</v>
+        <v>459</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1807</v>
+        <v>1797</v>
       </c>
       <c r="H478" t="s">
-        <v>1808</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1809</v>
+        <v>1799</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1810</v>
+        <v>1800</v>
       </c>
       <c r="D479" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E479" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F479" t="s">
-        <v>1811</v>
+        <v>1027</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1812</v>
+        <v>1801</v>
       </c>
       <c r="H479" t="s">
-        <v>1813</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1814</v>
+        <v>1803</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1815</v>
+        <v>1804</v>
       </c>
       <c r="D480" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E480" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F480" t="s">
-        <v>622</v>
+        <v>494</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1816</v>
+        <v>1805</v>
       </c>
       <c r="H480" t="s">
-        <v>1817</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1818</v>
+        <v>1807</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1819</v>
+        <v>1808</v>
       </c>
       <c r="D481" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E481" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F481" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1820</v>
+        <v>1809</v>
       </c>
       <c r="H481" t="s">
-        <v>1821</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1822</v>
+        <v>1811</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1823</v>
+        <v>1812</v>
       </c>
       <c r="D482" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E482" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F482" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1824</v>
+        <v>1813</v>
       </c>
       <c r="H482" t="s">
-        <v>1825</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1826</v>
+        <v>1815</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1827</v>
+        <v>1816</v>
       </c>
       <c r="D483" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E483" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F483" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1828</v>
+        <v>1817</v>
       </c>
       <c r="H483" t="s">
-        <v>1829</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1830</v>
+        <v>1819</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1831</v>
+        <v>1820</v>
       </c>
       <c r="D484" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E484" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F484" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1832</v>
+        <v>1821</v>
       </c>
       <c r="H484" t="s">
-        <v>1833</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1834</v>
+        <v>1823</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1835</v>
+        <v>1824</v>
       </c>
       <c r="D485" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E485" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F485" t="s">
-        <v>434</v>
+        <v>455</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1836</v>
+        <v>1825</v>
       </c>
       <c r="H485" t="s">
-        <v>1837</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1838</v>
+        <v>1827</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1839</v>
+        <v>1828</v>
       </c>
       <c r="D486" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E486" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F486" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1840</v>
+        <v>1829</v>
       </c>
       <c r="H486" t="s">
-        <v>1841</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1842</v>
+        <v>1831</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1843</v>
+        <v>1832</v>
       </c>
       <c r="D487" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E487" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F487" t="s">
-        <v>502</v>
+        <v>448</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1844</v>
+        <v>1833</v>
       </c>
       <c r="H487" t="s">
-        <v>1845</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1846</v>
+        <v>1835</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1847</v>
+        <v>1836</v>
       </c>
       <c r="D488" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E488" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F488" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1848</v>
+        <v>1837</v>
       </c>
       <c r="H488" t="s">
-        <v>1849</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1850</v>
+        <v>1839</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1851</v>
+        <v>1840</v>
       </c>
       <c r="D489" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E489" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F489" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1852</v>
+        <v>1841</v>
       </c>
       <c r="H489" t="s">
-        <v>1853</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1854</v>
+        <v>1843</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1855</v>
+        <v>1844</v>
       </c>
       <c r="D490" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E490" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F490" t="s">
-        <v>430</v>
+        <v>671</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1856</v>
+        <v>1845</v>
       </c>
       <c r="H490" t="s">
-        <v>1857</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1858</v>
+        <v>1847</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1859</v>
+        <v>1848</v>
       </c>
       <c r="D491" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E491" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F491" t="s">
-        <v>598</v>
+        <v>671</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1860</v>
+        <v>1849</v>
       </c>
       <c r="H491" t="s">
-        <v>1861</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1862</v>
+        <v>1851</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1863</v>
+        <v>1852</v>
       </c>
       <c r="D492" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E492" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F492" t="s">
-        <v>438</v>
+        <v>1853</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1864</v>
+        <v>1854</v>
       </c>
       <c r="H492" t="s">
-        <v>1865</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1866</v>
+        <v>1856</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1867</v>
+        <v>1857</v>
       </c>
       <c r="D493" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E493" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F493" t="s">
-        <v>438</v>
+        <v>671</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1868</v>
+        <v>1858</v>
       </c>
       <c r="H493" t="s">
-        <v>1869</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1870</v>
+        <v>1860</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1871</v>
+        <v>1861</v>
       </c>
       <c r="D494" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E494" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F494" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1872</v>
+        <v>1862</v>
       </c>
       <c r="H494" t="s">
-        <v>1873</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1874</v>
+        <v>1864</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1875</v>
+        <v>1865</v>
       </c>
       <c r="D495" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E495" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F495" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1876</v>
+        <v>1866</v>
       </c>
       <c r="H495" t="s">
-        <v>1877</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1878</v>
+        <v>1868</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1879</v>
+        <v>1869</v>
       </c>
       <c r="D496" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E496" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F496" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1880</v>
+        <v>1870</v>
       </c>
       <c r="H496" t="s">
-        <v>1881</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1882</v>
+        <v>1872</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1883</v>
+        <v>1873</v>
       </c>
       <c r="D497" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E497" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F497" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1884</v>
+        <v>1874</v>
       </c>
       <c r="H497" t="s">
-        <v>1885</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1886</v>
+        <v>1876</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1887</v>
+        <v>1877</v>
       </c>
       <c r="D498" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E498" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F498" t="s">
-        <v>423</v>
+        <v>459</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1888</v>
+        <v>1878</v>
       </c>
       <c r="H498" t="s">
-        <v>1889</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1890</v>
+        <v>1880</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1891</v>
+        <v>1881</v>
       </c>
       <c r="D499" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E499" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F499" t="s">
-        <v>423</v>
+        <v>527</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1892</v>
+        <v>1882</v>
       </c>
       <c r="H499" t="s">
-        <v>1893</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1894</v>
+        <v>1884</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1895</v>
+        <v>1885</v>
       </c>
       <c r="D500" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E500" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F500" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1896</v>
+        <v>1886</v>
       </c>
       <c r="H500" t="s">
-        <v>1897</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1898</v>
+        <v>1888</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1899</v>
+        <v>1889</v>
       </c>
       <c r="D501" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E501" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F501" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1900</v>
+        <v>1890</v>
       </c>
       <c r="H501" t="s">
-        <v>1901</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1902</v>
+        <v>1892</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1903</v>
+        <v>1893</v>
       </c>
       <c r="D502" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E502" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F502" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1904</v>
+        <v>1894</v>
       </c>
       <c r="H502" t="s">
-        <v>1905</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1906</v>
+        <v>1896</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1907</v>
+        <v>1897</v>
       </c>
       <c r="D503" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E503" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F503" t="s">
-        <v>469</v>
+        <v>455</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="H503" t="s">
-        <v>1909</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1910</v>
+        <v>1900</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1911</v>
+        <v>1901</v>
       </c>
       <c r="D504" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E504" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F504" t="s">
-        <v>434</v>
+        <v>647</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1912</v>
+        <v>1902</v>
       </c>
       <c r="H504" t="s">
-        <v>1913</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1914</v>
+        <v>1904</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1915</v>
+        <v>1905</v>
       </c>
       <c r="D505" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E505" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F505" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1916</v>
+        <v>1906</v>
       </c>
       <c r="H505" t="s">
-        <v>1917</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1918</v>
+        <v>1908</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1919</v>
+        <v>1909</v>
       </c>
       <c r="D506" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E506" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F506" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1920</v>
+        <v>1910</v>
       </c>
       <c r="H506" t="s">
-        <v>1921</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1922</v>
+        <v>1912</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1923</v>
+        <v>1913</v>
       </c>
       <c r="D507" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E507" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F507" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1924</v>
+        <v>1914</v>
       </c>
       <c r="H507" t="s">
-        <v>1925</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1926</v>
+        <v>1916</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1927</v>
+        <v>1917</v>
       </c>
       <c r="D508" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E508" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F508" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1928</v>
+        <v>1918</v>
       </c>
       <c r="H508" t="s">
-        <v>1929</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1930</v>
+        <v>1920</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1931</v>
+        <v>1921</v>
       </c>
       <c r="D509" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E509" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F509" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1932</v>
+        <v>1922</v>
       </c>
       <c r="H509" t="s">
-        <v>1933</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1934</v>
+        <v>1924</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1935</v>
+        <v>1925</v>
       </c>
       <c r="D510" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E510" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F510" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1936</v>
+        <v>1926</v>
       </c>
       <c r="H510" t="s">
-        <v>1937</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1938</v>
+        <v>1928</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1939</v>
+        <v>1929</v>
       </c>
       <c r="D511" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E511" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F511" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1940</v>
+        <v>1930</v>
       </c>
       <c r="H511" t="s">
-        <v>1941</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1942</v>
+        <v>1932</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1943</v>
+        <v>1933</v>
       </c>
       <c r="D512" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E512" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F512" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1944</v>
+        <v>1934</v>
       </c>
       <c r="H512" t="s">
-        <v>1945</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1946</v>
+        <v>1936</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1947</v>
+        <v>1937</v>
       </c>
       <c r="D513" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E513" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F513" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1948</v>
+        <v>1938</v>
       </c>
       <c r="H513" t="s">
-        <v>1949</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1950</v>
+        <v>1940</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1951</v>
+        <v>1941</v>
       </c>
       <c r="D514" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E514" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F514" t="s">
-        <v>598</v>
+        <v>494</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1952</v>
+        <v>1942</v>
       </c>
       <c r="H514" t="s">
-        <v>1953</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1954</v>
+        <v>1944</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1955</v>
+        <v>1945</v>
       </c>
       <c r="D515" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E515" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F515" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1956</v>
+        <v>1946</v>
       </c>
       <c r="H515" t="s">
-        <v>1957</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1958</v>
+        <v>1948</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1959</v>
+        <v>1949</v>
       </c>
       <c r="D516" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E516" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F516" t="s">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1960</v>
+        <v>1950</v>
       </c>
       <c r="H516" t="s">
-        <v>1961</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1962</v>
+        <v>1952</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1963</v>
+        <v>1953</v>
       </c>
       <c r="D517" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E517" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F517" t="s">
-        <v>438</v>
+        <v>459</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1964</v>
+        <v>1954</v>
       </c>
       <c r="H517" t="s">
-        <v>1965</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1966</v>
+        <v>1956</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1967</v>
+        <v>1957</v>
       </c>
       <c r="D518" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E518" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F518" t="s">
-        <v>598</v>
+        <v>459</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1968</v>
+        <v>1958</v>
       </c>
       <c r="H518" t="s">
-        <v>1969</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1970</v>
+        <v>1960</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1971</v>
+        <v>1961</v>
       </c>
       <c r="D519" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E519" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F519" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1972</v>
+        <v>1962</v>
       </c>
       <c r="H519" t="s">
-        <v>1973</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1974</v>
+        <v>1964</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1975</v>
+        <v>1965</v>
       </c>
       <c r="D520" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E520" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F520" t="s">
-        <v>502</v>
+        <v>527</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1976</v>
+        <v>1966</v>
       </c>
       <c r="H520" t="s">
-        <v>1977</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1978</v>
+        <v>1968</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1979</v>
+        <v>1969</v>
       </c>
       <c r="D521" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E521" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F521" t="s">
-        <v>434</v>
+        <v>527</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1980</v>
+        <v>1970</v>
       </c>
       <c r="H521" t="s">
-        <v>1981</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1982</v>
+        <v>1972</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1983</v>
+        <v>1973</v>
       </c>
       <c r="D522" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E522" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F522" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1984</v>
+        <v>1974</v>
       </c>
       <c r="H522" t="s">
-        <v>1985</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1986</v>
+        <v>1976</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1987</v>
+        <v>1977</v>
       </c>
       <c r="D523" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E523" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F523" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1988</v>
+        <v>1978</v>
       </c>
       <c r="H523" t="s">
-        <v>1989</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1990</v>
+        <v>1980</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1991</v>
+        <v>1981</v>
       </c>
       <c r="D524" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E524" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F524" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1992</v>
+        <v>1982</v>
       </c>
       <c r="H524" t="s">
-        <v>1993</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1994</v>
+        <v>1984</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1995</v>
+        <v>1985</v>
       </c>
       <c r="D525" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E525" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F525" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1996</v>
+        <v>1986</v>
       </c>
       <c r="H525" t="s">
-        <v>1997</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1998</v>
+        <v>1988</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="D526" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E526" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F526" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="H526" t="s">
-        <v>2001</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="D527" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E527" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F527" t="s">
-        <v>469</v>
+        <v>647</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="H527" t="s">
-        <v>2005</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="D528" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E528" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F528" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="H528" t="s">
-        <v>2009</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="D529" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E529" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F529" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="H529" t="s">
-        <v>2013</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="D530" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E530" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F530" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="H530" t="s">
-        <v>2017</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="D531" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E531" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F531" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="H531" t="s">
-        <v>2021</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="D532" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E532" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F532" t="s">
-        <v>502</v>
+        <v>647</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="H532" t="s">
-        <v>2025</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2026</v>
+        <v>2016</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>2027</v>
+        <v>2017</v>
       </c>
       <c r="D533" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E533" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F533" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2028</v>
+        <v>2018</v>
       </c>
       <c r="H533" t="s">
-        <v>2029</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2030</v>
+        <v>2020</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>2031</v>
+        <v>2021</v>
       </c>
       <c r="D534" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E534" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F534" t="s">
-        <v>430</v>
+        <v>459</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2032</v>
+        <v>2022</v>
       </c>
       <c r="H534" t="s">
-        <v>2033</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2034</v>
+        <v>2024</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>2035</v>
+        <v>2025</v>
       </c>
       <c r="D535" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E535" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F535" t="s">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2036</v>
+        <v>2026</v>
       </c>
       <c r="H535" t="s">
-        <v>2037</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2038</v>
+        <v>2028</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>2039</v>
+        <v>2029</v>
       </c>
       <c r="D536" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E536" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F536" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2040</v>
+        <v>2030</v>
       </c>
       <c r="H536" t="s">
-        <v>2041</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2042</v>
+        <v>2032</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2043</v>
+        <v>2033</v>
       </c>
       <c r="D537" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E537" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F537" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2044</v>
+        <v>2034</v>
       </c>
       <c r="H537" t="s">
-        <v>2045</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2046</v>
+        <v>2036</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2047</v>
+        <v>2037</v>
       </c>
       <c r="D538" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E538" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F538" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2048</v>
+        <v>2038</v>
       </c>
       <c r="H538" t="s">
-        <v>2049</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2050</v>
+        <v>2040</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2051</v>
+        <v>2041</v>
       </c>
       <c r="D539" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E539" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F539" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2052</v>
+        <v>2042</v>
       </c>
       <c r="H539" t="s">
-        <v>2053</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2054</v>
+        <v>2044</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2055</v>
+        <v>2045</v>
       </c>
       <c r="D540" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E540" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F540" t="s">
-        <v>598</v>
+        <v>494</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2056</v>
+        <v>2046</v>
       </c>
       <c r="H540" t="s">
-        <v>2057</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2058</v>
+        <v>2048</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2059</v>
+        <v>2049</v>
       </c>
       <c r="D541" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E541" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F541" t="s">
-        <v>598</v>
+        <v>494</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2060</v>
+        <v>2050</v>
       </c>
       <c r="H541" t="s">
-        <v>2061</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2062</v>
+        <v>2052</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2063</v>
+        <v>2053</v>
       </c>
       <c r="D542" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E542" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F542" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2064</v>
+        <v>2054</v>
       </c>
       <c r="H542" t="s">
-        <v>2065</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2066</v>
+        <v>2056</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2067</v>
+        <v>2057</v>
       </c>
       <c r="D543" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E543" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F543" t="s">
-        <v>434</v>
+        <v>448</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2068</v>
+        <v>2058</v>
       </c>
       <c r="H543" t="s">
-        <v>2069</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2070</v>
+        <v>2060</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2071</v>
+        <v>2061</v>
       </c>
       <c r="D544" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E544" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F544" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2072</v>
+        <v>2062</v>
       </c>
       <c r="H544" t="s">
-        <v>2073</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2074</v>
+        <v>2064</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2075</v>
+        <v>2065</v>
       </c>
       <c r="D545" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E545" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F545" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2076</v>
+        <v>2066</v>
       </c>
       <c r="H545" t="s">
-        <v>2077</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2078</v>
+        <v>2068</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2079</v>
+        <v>2069</v>
       </c>
       <c r="D546" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E546" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F546" t="s">
-        <v>502</v>
+        <v>455</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2080</v>
+        <v>2070</v>
       </c>
       <c r="H546" t="s">
-        <v>2081</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2082</v>
+        <v>2072</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2083</v>
+        <v>2073</v>
       </c>
       <c r="D547" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E547" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F547" t="s">
-        <v>622</v>
+        <v>455</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2084</v>
+        <v>2074</v>
       </c>
       <c r="H547" t="s">
-        <v>2085</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2086</v>
+        <v>2076</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2087</v>
+        <v>2077</v>
       </c>
       <c r="D548" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E548" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F548" t="s">
-        <v>434</v>
+        <v>455</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2088</v>
+        <v>2078</v>
       </c>
       <c r="H548" t="s">
-        <v>2089</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2090</v>
+        <v>2080</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2091</v>
+        <v>2081</v>
       </c>
       <c r="D549" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E549" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F549" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2092</v>
+        <v>2082</v>
       </c>
       <c r="H549" t="s">
-        <v>2093</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2094</v>
+        <v>2084</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2095</v>
+        <v>2085</v>
       </c>
       <c r="D550" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E550" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F550" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2096</v>
+        <v>2086</v>
       </c>
       <c r="H550" t="s">
-        <v>2097</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2098</v>
+        <v>2088</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2099</v>
+        <v>2089</v>
       </c>
       <c r="D551" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E551" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F551" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2100</v>
+        <v>2090</v>
       </c>
       <c r="H551" t="s">
-        <v>2101</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2102</v>
+        <v>2092</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2103</v>
+        <v>2093</v>
       </c>
       <c r="D552" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E552" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F552" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2104</v>
+        <v>2094</v>
       </c>
       <c r="H552" t="s">
-        <v>2105</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2106</v>
+        <v>2096</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2107</v>
+        <v>2097</v>
       </c>
       <c r="D553" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E553" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F553" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2108</v>
+        <v>2098</v>
       </c>
       <c r="H553" t="s">
-        <v>2109</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2110</v>
+        <v>2100</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2111</v>
+        <v>2101</v>
       </c>
       <c r="D554" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E554" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F554" t="s">
-        <v>430</v>
+        <v>647</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2112</v>
+        <v>2102</v>
       </c>
       <c r="H554" t="s">
-        <v>2113</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2114</v>
+        <v>2104</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2115</v>
+        <v>2105</v>
       </c>
       <c r="D555" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E555" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F555" t="s">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2116</v>
+        <v>2106</v>
       </c>
       <c r="H555" t="s">
-        <v>2117</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2118</v>
+        <v>2108</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2119</v>
+        <v>2109</v>
       </c>
       <c r="D556" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E556" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F556" t="s">
-        <v>438</v>
+        <v>459</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2120</v>
+        <v>2110</v>
       </c>
       <c r="H556" t="s">
-        <v>2121</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2122</v>
+        <v>2112</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>2123</v>
+        <v>2113</v>
       </c>
       <c r="D557" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E557" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F557" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2124</v>
+        <v>2114</v>
       </c>
       <c r="H557" t="s">
-        <v>2125</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2126</v>
+        <v>2116</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2127</v>
+        <v>2117</v>
       </c>
       <c r="D558" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E558" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F558" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2128</v>
+        <v>2118</v>
       </c>
       <c r="H558" t="s">
-        <v>2129</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2130</v>
+        <v>2120</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2131</v>
+        <v>2121</v>
       </c>
       <c r="D559" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E559" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F559" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2132</v>
+        <v>2122</v>
       </c>
       <c r="H559" t="s">
-        <v>2133</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2134</v>
+        <v>2124</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2135</v>
+        <v>2125</v>
       </c>
       <c r="D560" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E560" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F560" t="s">
-        <v>502</v>
+        <v>671</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2136</v>
+        <v>2126</v>
       </c>
       <c r="H560" t="s">
-        <v>2137</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2138</v>
+        <v>2128</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2139</v>
+        <v>2129</v>
       </c>
       <c r="D561" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E561" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F561" t="s">
-        <v>438</v>
+        <v>459</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2140</v>
+        <v>2130</v>
       </c>
       <c r="H561" t="s">
-        <v>2141</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2142</v>
+        <v>2132</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2143</v>
+        <v>2133</v>
       </c>
       <c r="D562" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E562" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F562" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2144</v>
+        <v>2134</v>
       </c>
       <c r="H562" t="s">
-        <v>2145</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2146</v>
+        <v>2136</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>2147</v>
+        <v>2137</v>
       </c>
       <c r="D563" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E563" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F563" t="s">
-        <v>434</v>
+        <v>527</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2148</v>
+        <v>2138</v>
       </c>
       <c r="H563" t="s">
-        <v>2149</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2150</v>
+        <v>2140</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2151</v>
+        <v>2141</v>
       </c>
       <c r="D564" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E564" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F564" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2152</v>
+        <v>2142</v>
       </c>
       <c r="H564" t="s">
-        <v>2153</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2154</v>
+        <v>2144</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>2155</v>
+        <v>2145</v>
       </c>
       <c r="D565" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E565" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F565" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2156</v>
+        <v>2146</v>
       </c>
       <c r="H565" t="s">
-        <v>2157</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2158</v>
+        <v>2148</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>2159</v>
+        <v>2149</v>
       </c>
       <c r="D566" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E566" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F566" t="s">
-        <v>598</v>
+        <v>463</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2160</v>
+        <v>2150</v>
       </c>
       <c r="H566" t="s">
-        <v>2161</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2162</v>
+        <v>2152</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>2163</v>
+        <v>2153</v>
       </c>
       <c r="D567" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E567" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F567" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2164</v>
+        <v>2154</v>
       </c>
       <c r="H567" t="s">
-        <v>2165</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2166</v>
+        <v>2156</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2167</v>
+        <v>2157</v>
       </c>
       <c r="D568" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E568" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F568" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2168</v>
+        <v>2158</v>
       </c>
       <c r="H568" t="s">
-        <v>2169</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2170</v>
+        <v>2160</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2171</v>
+        <v>2161</v>
       </c>
       <c r="D569" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E569" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F569" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2172</v>
+        <v>2162</v>
       </c>
       <c r="H569" t="s">
-        <v>2173</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2174</v>
+        <v>2164</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>2175</v>
+        <v>2165</v>
       </c>
       <c r="D570" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E570" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F570" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2176</v>
+        <v>2166</v>
       </c>
       <c r="H570" t="s">
-        <v>2177</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2178</v>
+        <v>2168</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2179</v>
+        <v>2169</v>
       </c>
       <c r="D571" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E571" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F571" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2180</v>
+        <v>2170</v>
       </c>
       <c r="H571" t="s">
-        <v>2181</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2182</v>
+        <v>2172</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2183</v>
+        <v>2173</v>
       </c>
       <c r="D572" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E572" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F572" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2184</v>
+        <v>2174</v>
       </c>
       <c r="H572" t="s">
-        <v>2185</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2186</v>
+        <v>2176</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2187</v>
+        <v>2177</v>
       </c>
       <c r="D573" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E573" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F573" t="s">
-        <v>438</v>
+        <v>527</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2188</v>
+        <v>2178</v>
       </c>
       <c r="H573" t="s">
-        <v>2189</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2190</v>
+        <v>2180</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>2191</v>
+        <v>2181</v>
       </c>
       <c r="D574" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E574" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F574" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2192</v>
+        <v>2182</v>
       </c>
       <c r="H574" t="s">
-        <v>2193</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2194</v>
+        <v>2184</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2195</v>
+        <v>2185</v>
       </c>
       <c r="D575" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E575" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F575" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2196</v>
+        <v>2186</v>
       </c>
       <c r="H575" t="s">
-        <v>2197</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2198</v>
+        <v>2188</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2199</v>
+        <v>2189</v>
       </c>
       <c r="D576" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E576" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F576" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2200</v>
+        <v>2190</v>
       </c>
       <c r="H576" t="s">
-        <v>2201</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2202</v>
+        <v>2192</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2203</v>
+        <v>2193</v>
       </c>
       <c r="D577" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E577" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F577" t="s">
-        <v>423</v>
+        <v>448</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2204</v>
+        <v>2194</v>
       </c>
       <c r="H577" t="s">
-        <v>2205</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2206</v>
+        <v>2196</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2207</v>
+        <v>2197</v>
       </c>
       <c r="D578" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E578" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F578" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2208</v>
+        <v>2198</v>
       </c>
       <c r="H578" t="s">
-        <v>2209</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2210</v>
+        <v>2200</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>2211</v>
+        <v>2201</v>
       </c>
       <c r="D579" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E579" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F579" t="s">
-        <v>598</v>
+        <v>647</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2212</v>
+        <v>2202</v>
       </c>
       <c r="H579" t="s">
-        <v>2213</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2214</v>
+        <v>2204</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>2215</v>
+        <v>2205</v>
       </c>
       <c r="D580" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E580" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F580" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2216</v>
+        <v>2206</v>
       </c>
       <c r="H580" t="s">
-        <v>2217</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2218</v>
+        <v>2208</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>2219</v>
+        <v>2209</v>
       </c>
       <c r="D581" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E581" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F581" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2220</v>
+        <v>2210</v>
       </c>
       <c r="H581" t="s">
-        <v>2221</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2222</v>
+        <v>2212</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>2223</v>
+        <v>2213</v>
       </c>
       <c r="D582" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E582" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F582" t="s">
-        <v>434</v>
+        <v>455</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2224</v>
+        <v>2214</v>
       </c>
       <c r="H582" t="s">
-        <v>2225</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2226</v>
+        <v>2216</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>2227</v>
+        <v>2217</v>
       </c>
       <c r="D583" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E583" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F583" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2228</v>
+        <v>2218</v>
       </c>
       <c r="H583" t="s">
-        <v>2229</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2230</v>
+        <v>2220</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>2231</v>
+        <v>2221</v>
       </c>
       <c r="D584" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E584" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F584" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2232</v>
+        <v>2222</v>
       </c>
       <c r="H584" t="s">
-        <v>2233</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2234</v>
+        <v>2224</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>2235</v>
+        <v>2225</v>
       </c>
       <c r="D585" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E585" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F585" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2236</v>
+        <v>2226</v>
       </c>
       <c r="H585" t="s">
-        <v>2229</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2237</v>
+        <v>2228</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>2238</v>
+        <v>2229</v>
       </c>
       <c r="D586" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E586" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F586" t="s">
-        <v>2239</v>
+        <v>463</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2240</v>
+        <v>2230</v>
       </c>
       <c r="H586" t="s">
-        <v>2241</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2242</v>
+        <v>2232</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>2243</v>
+        <v>2233</v>
       </c>
       <c r="D587" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E587" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F587" t="s">
-        <v>1377</v>
+        <v>463</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2244</v>
+        <v>2234</v>
       </c>
       <c r="H587" t="s">
-        <v>2245</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2246</v>
+        <v>2236</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>2247</v>
+        <v>2237</v>
       </c>
       <c r="D588" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E588" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F588" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2248</v>
+        <v>2238</v>
       </c>
       <c r="H588" t="s">
-        <v>2249</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2250</v>
+        <v>2240</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>2251</v>
+        <v>2241</v>
       </c>
       <c r="D589" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E589" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F589" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2252</v>
+        <v>2242</v>
       </c>
       <c r="H589" t="s">
-        <v>2253</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2254</v>
+        <v>2244</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>2255</v>
+        <v>2245</v>
       </c>
       <c r="D590" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E590" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F590" t="s">
-        <v>598</v>
+        <v>448</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2256</v>
+        <v>2246</v>
       </c>
       <c r="H590" t="s">
-        <v>2257</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2258</v>
+        <v>2248</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>2259</v>
+        <v>2249</v>
       </c>
       <c r="D591" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E591" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F591" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2260</v>
+        <v>2250</v>
       </c>
       <c r="H591" t="s">
-        <v>2261</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2262</v>
+        <v>2252</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>2263</v>
+        <v>2253</v>
       </c>
       <c r="D592" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E592" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F592" t="s">
-        <v>622</v>
+        <v>647</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2264</v>
+        <v>2254</v>
       </c>
       <c r="H592" t="s">
-        <v>2265</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2266</v>
+        <v>2256</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2267</v>
+        <v>2257</v>
       </c>
       <c r="D593" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E593" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F593" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2268</v>
+        <v>2258</v>
       </c>
       <c r="H593" t="s">
-        <v>2269</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2270</v>
+        <v>2260</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>2271</v>
+        <v>2261</v>
       </c>
       <c r="D594" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E594" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F594" t="s">
-        <v>622</v>
+        <v>455</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2272</v>
+        <v>2262</v>
       </c>
       <c r="H594" t="s">
-        <v>2273</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2274</v>
+        <v>2264</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2275</v>
+        <v>2265</v>
       </c>
       <c r="D595" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E595" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F595" t="s">
-        <v>434</v>
+        <v>459</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2276</v>
+        <v>2266</v>
       </c>
       <c r="H595" t="s">
-        <v>2277</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2278</v>
+        <v>2268</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2279</v>
+        <v>2269</v>
       </c>
       <c r="D596" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E596" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F596" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2280</v>
+        <v>2270</v>
       </c>
       <c r="H596" t="s">
-        <v>2281</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2282</v>
+        <v>2272</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2283</v>
+        <v>2273</v>
       </c>
       <c r="D597" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E597" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F597" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2284</v>
+        <v>2274</v>
       </c>
       <c r="H597" t="s">
-        <v>2285</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2286</v>
+        <v>2276</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>2287</v>
+        <v>2277</v>
       </c>
       <c r="D598" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E598" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F598" t="s">
-        <v>469</v>
+        <v>455</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2288</v>
+        <v>2278</v>
       </c>
       <c r="H598" t="s">
-        <v>2289</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2290</v>
+        <v>2279</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>2291</v>
+        <v>2280</v>
       </c>
       <c r="D599" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E599" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F599" t="s">
-        <v>469</v>
+        <v>2281</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2292</v>
+        <v>2282</v>
       </c>
       <c r="H599" t="s">
-        <v>2293</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2294</v>
+        <v>2284</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>2295</v>
+        <v>2285</v>
       </c>
       <c r="D600" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E600" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F600" t="s">
-        <v>438</v>
+        <v>1419</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2296</v>
+        <v>2286</v>
       </c>
       <c r="H600" t="s">
-        <v>2297</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2298</v>
+        <v>2288</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>2299</v>
+        <v>2289</v>
       </c>
       <c r="D601" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E601" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F601" t="s">
-        <v>430</v>
+        <v>459</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2300</v>
+        <v>2290</v>
       </c>
       <c r="H601" t="s">
-        <v>2301</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2302</v>
+        <v>2292</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>2303</v>
+        <v>2293</v>
       </c>
       <c r="D602" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E602" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F602" t="s">
-        <v>430</v>
+        <v>647</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2304</v>
+        <v>2294</v>
       </c>
       <c r="H602" t="s">
-        <v>2305</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2306</v>
+        <v>2296</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>2307</v>
+        <v>2297</v>
       </c>
       <c r="D603" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E603" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F603" t="s">
-        <v>430</v>
+        <v>647</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2308</v>
+        <v>2298</v>
       </c>
       <c r="H603" t="s">
-        <v>2309</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2310</v>
+        <v>2300</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>2311</v>
+        <v>2301</v>
       </c>
       <c r="D604" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E604" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F604" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2312</v>
+        <v>2302</v>
       </c>
       <c r="H604" t="s">
-        <v>2313</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2314</v>
+        <v>2304</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>2315</v>
+        <v>2305</v>
       </c>
       <c r="D605" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E605" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F605" t="s">
-        <v>438</v>
+        <v>671</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2316</v>
+        <v>2306</v>
       </c>
       <c r="H605" t="s">
-        <v>2317</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2318</v>
+        <v>2308</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>2319</v>
+        <v>2309</v>
       </c>
       <c r="D606" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E606" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F606" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2320</v>
+        <v>2310</v>
       </c>
       <c r="H606" t="s">
-        <v>2321</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2322</v>
+        <v>2312</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>2323</v>
+        <v>2313</v>
       </c>
       <c r="D607" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E607" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F607" t="s">
-        <v>598</v>
+        <v>671</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2324</v>
+        <v>2314</v>
       </c>
       <c r="H607" t="s">
-        <v>2325</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2326</v>
+        <v>2316</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>2327</v>
+        <v>2317</v>
       </c>
       <c r="D608" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E608" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F608" t="s">
-        <v>598</v>
+        <v>459</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2328</v>
+        <v>2318</v>
       </c>
       <c r="H608" t="s">
-        <v>2329</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2330</v>
+        <v>2320</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>2331</v>
+        <v>2321</v>
       </c>
       <c r="D609" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E609" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F609" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2332</v>
+        <v>2322</v>
       </c>
       <c r="H609" t="s">
-        <v>2333</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2334</v>
+        <v>2324</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>2335</v>
+        <v>2325</v>
       </c>
       <c r="D610" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E610" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F610" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2336</v>
+        <v>2326</v>
       </c>
       <c r="H610" t="s">
-        <v>2337</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2338</v>
+        <v>2328</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>2339</v>
+        <v>2329</v>
       </c>
       <c r="D611" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E611" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F611" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2340</v>
+        <v>2330</v>
       </c>
       <c r="H611" t="s">
-        <v>2341</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2342</v>
+        <v>2332</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>2343</v>
+        <v>2333</v>
       </c>
       <c r="D612" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E612" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F612" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2344</v>
+        <v>2334</v>
       </c>
       <c r="H612" t="s">
-        <v>2345</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2346</v>
+        <v>2336</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>2347</v>
+        <v>2337</v>
       </c>
       <c r="D613" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E613" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F613" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2348</v>
+        <v>2338</v>
       </c>
       <c r="H613" t="s">
-        <v>2349</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2350</v>
+        <v>2340</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>2351</v>
+        <v>2341</v>
       </c>
       <c r="D614" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E614" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F614" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2352</v>
+        <v>2342</v>
       </c>
       <c r="H614" t="s">
-        <v>2353</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2354</v>
+        <v>2344</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>2355</v>
+        <v>2345</v>
       </c>
       <c r="D615" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E615" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F615" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2356</v>
+        <v>2346</v>
       </c>
       <c r="H615" t="s">
-        <v>2357</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2358</v>
+        <v>2348</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2359</v>
+        <v>2349</v>
       </c>
       <c r="D616" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E616" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F616" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2360</v>
+        <v>2350</v>
       </c>
       <c r="H616" t="s">
-        <v>2361</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2362</v>
+        <v>2352</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>2363</v>
+        <v>2353</v>
       </c>
       <c r="D617" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E617" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F617" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2364</v>
+        <v>2354</v>
       </c>
       <c r="H617" t="s">
-        <v>2365</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2366</v>
+        <v>2356</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>2367</v>
+        <v>2357</v>
       </c>
       <c r="D618" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E618" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F618" t="s">
-        <v>598</v>
+        <v>463</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2368</v>
+        <v>2358</v>
       </c>
       <c r="H618" t="s">
-        <v>2369</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2370</v>
+        <v>2360</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>2371</v>
+        <v>2361</v>
       </c>
       <c r="D619" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E619" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F619" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2372</v>
+        <v>2362</v>
       </c>
       <c r="H619" t="s">
-        <v>2373</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2374</v>
+        <v>2364</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>2375</v>
+        <v>2365</v>
       </c>
       <c r="D620" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E620" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F620" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2376</v>
+        <v>2366</v>
       </c>
       <c r="H620" t="s">
-        <v>2377</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2378</v>
+        <v>2368</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>2379</v>
+        <v>2369</v>
       </c>
       <c r="D621" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E621" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F621" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2380</v>
+        <v>2370</v>
       </c>
       <c r="H621" t="s">
-        <v>2381</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2382</v>
+        <v>2372</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>2383</v>
+        <v>2373</v>
       </c>
       <c r="D622" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E622" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F622" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2384</v>
+        <v>2374</v>
       </c>
       <c r="H622" t="s">
-        <v>2385</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2386</v>
+        <v>2376</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>2387</v>
+        <v>2377</v>
       </c>
       <c r="D623" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E623" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F623" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2388</v>
+        <v>2378</v>
       </c>
       <c r="H623" t="s">
-        <v>2389</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2390</v>
+        <v>2380</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>2391</v>
+        <v>2381</v>
       </c>
       <c r="D624" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E624" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F624" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2392</v>
+        <v>2382</v>
       </c>
       <c r="H624" t="s">
-        <v>2393</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2394</v>
+        <v>2384</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2395</v>
+        <v>2385</v>
       </c>
       <c r="D625" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E625" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F625" t="s">
-        <v>622</v>
+        <v>463</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2396</v>
+        <v>2386</v>
       </c>
       <c r="H625" t="s">
-        <v>2397</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2398</v>
+        <v>2388</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2399</v>
+        <v>2389</v>
       </c>
       <c r="D626" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E626" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F626" t="s">
-        <v>622</v>
+        <v>463</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2400</v>
+        <v>2390</v>
       </c>
       <c r="H626" t="s">
-        <v>2401</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2402</v>
+        <v>2392</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2403</v>
+        <v>2393</v>
       </c>
       <c r="D627" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E627" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F627" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2404</v>
+        <v>2394</v>
       </c>
       <c r="H627" t="s">
-        <v>2405</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2406</v>
+        <v>2396</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>2407</v>
+        <v>2397</v>
       </c>
       <c r="D628" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E628" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F628" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2408</v>
+        <v>2398</v>
       </c>
       <c r="H628" t="s">
-        <v>2409</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2410</v>
+        <v>2400</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>2411</v>
+        <v>2401</v>
       </c>
       <c r="D629" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E629" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F629" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2412</v>
+        <v>2402</v>
       </c>
       <c r="H629" t="s">
-        <v>2413</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2414</v>
+        <v>2404</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>2415</v>
+        <v>2405</v>
       </c>
       <c r="D630" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E630" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F630" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2416</v>
+        <v>2406</v>
       </c>
       <c r="H630" t="s">
-        <v>2417</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2418</v>
+        <v>2408</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>2419</v>
+        <v>2409</v>
       </c>
       <c r="D631" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E631" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F631" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2420</v>
+        <v>2410</v>
       </c>
       <c r="H631" t="s">
-        <v>2421</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2422</v>
+        <v>2412</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>2423</v>
+        <v>2413</v>
       </c>
       <c r="D632" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E632" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F632" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2424</v>
+        <v>2414</v>
       </c>
       <c r="H632" t="s">
-        <v>2425</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2426</v>
+        <v>2416</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>2427</v>
+        <v>2417</v>
       </c>
       <c r="D633" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E633" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F633" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2428</v>
+        <v>2418</v>
       </c>
       <c r="H633" t="s">
-        <v>2429</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2430</v>
+        <v>2420</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>2431</v>
+        <v>2421</v>
       </c>
       <c r="D634" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E634" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F634" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2432</v>
+        <v>2422</v>
       </c>
       <c r="H634" t="s">
-        <v>2433</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2434</v>
+        <v>2424</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>2435</v>
+        <v>2425</v>
       </c>
       <c r="D635" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E635" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F635" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2436</v>
+        <v>2426</v>
       </c>
       <c r="H635" t="s">
-        <v>2437</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2438</v>
+        <v>2428</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>2439</v>
+        <v>2429</v>
       </c>
       <c r="D636" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E636" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F636" t="s">
-        <v>598</v>
+        <v>463</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2440</v>
+        <v>2430</v>
       </c>
       <c r="H636" t="s">
-        <v>2441</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2442</v>
+        <v>2432</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>2443</v>
+        <v>2433</v>
       </c>
       <c r="D637" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E637" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F637" t="s">
-        <v>598</v>
+        <v>459</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2444</v>
+        <v>2434</v>
       </c>
       <c r="H637" t="s">
-        <v>2445</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2446</v>
+        <v>2436</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>2447</v>
+        <v>2437</v>
       </c>
       <c r="D638" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E638" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F638" t="s">
-        <v>430</v>
+        <v>671</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2448</v>
+        <v>2438</v>
       </c>
       <c r="H638" t="s">
-        <v>2449</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2450</v>
+        <v>2440</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>2451</v>
+        <v>2441</v>
       </c>
       <c r="D639" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E639" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F639" t="s">
-        <v>430</v>
+        <v>671</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2452</v>
+        <v>2442</v>
       </c>
       <c r="H639" t="s">
-        <v>2453</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2454</v>
+        <v>2444</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2455</v>
+        <v>2445</v>
       </c>
       <c r="D640" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E640" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F640" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2456</v>
+        <v>2446</v>
       </c>
       <c r="H640" t="s">
-        <v>2457</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2458</v>
+        <v>2448</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2459</v>
+        <v>2449</v>
       </c>
       <c r="D641" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E641" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F641" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2460</v>
+        <v>2450</v>
       </c>
       <c r="H641" t="s">
-        <v>2461</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2462</v>
+        <v>2452</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>2463</v>
+        <v>2453</v>
       </c>
       <c r="D642" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E642" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F642" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2464</v>
+        <v>2454</v>
       </c>
       <c r="H642" t="s">
-        <v>2465</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2466</v>
+        <v>2456</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>2467</v>
+        <v>2457</v>
       </c>
       <c r="D643" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E643" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F643" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2468</v>
+        <v>2458</v>
       </c>
       <c r="H643" t="s">
-        <v>2469</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2470</v>
+        <v>2460</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>2471</v>
+        <v>2461</v>
       </c>
       <c r="D644" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E644" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F644" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2472</v>
+        <v>2462</v>
       </c>
       <c r="H644" t="s">
-        <v>2473</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2474</v>
+        <v>2464</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>2475</v>
+        <v>2465</v>
       </c>
       <c r="D645" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E645" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F645" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2476</v>
+        <v>2466</v>
       </c>
       <c r="H645" t="s">
-        <v>2477</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2478</v>
+        <v>2468</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2479</v>
+        <v>2469</v>
       </c>
       <c r="D646" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E646" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F646" t="s">
-        <v>598</v>
+        <v>448</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2480</v>
+        <v>2470</v>
       </c>
       <c r="H646" t="s">
-        <v>2481</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2482</v>
+        <v>2472</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>2483</v>
+        <v>2473</v>
       </c>
       <c r="D647" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E647" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F647" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2484</v>
+        <v>2474</v>
       </c>
       <c r="H647" t="s">
-        <v>2485</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2486</v>
+        <v>2476</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>2487</v>
+        <v>2477</v>
       </c>
       <c r="D648" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E648" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F648" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2488</v>
+        <v>2478</v>
       </c>
       <c r="H648" t="s">
-        <v>2489</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2490</v>
+        <v>2480</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>2491</v>
+        <v>2481</v>
       </c>
       <c r="D649" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E649" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F649" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2492</v>
+        <v>2482</v>
       </c>
       <c r="H649" t="s">
-        <v>2493</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2494</v>
+        <v>2484</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>2495</v>
+        <v>2485</v>
       </c>
       <c r="D650" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E650" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F650" t="s">
-        <v>438</v>
+        <v>647</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2496</v>
+        <v>2486</v>
       </c>
       <c r="H650" t="s">
-        <v>2497</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2498</v>
+        <v>2488</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>2499</v>
+        <v>2489</v>
       </c>
       <c r="D651" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E651" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F651" t="s">
-        <v>430</v>
+        <v>455</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2500</v>
+        <v>2490</v>
       </c>
       <c r="H651" t="s">
-        <v>2501</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2502</v>
+        <v>2492</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>2503</v>
+        <v>2493</v>
       </c>
       <c r="D652" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E652" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F652" t="s">
-        <v>469</v>
+        <v>455</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2504</v>
+        <v>2494</v>
       </c>
       <c r="H652" t="s">
-        <v>2505</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2506</v>
+        <v>2496</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>2507</v>
+        <v>2497</v>
       </c>
       <c r="D653" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E653" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F653" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2508</v>
+        <v>2498</v>
       </c>
       <c r="H653" t="s">
-        <v>2509</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2510</v>
+        <v>2500</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2511</v>
+        <v>2501</v>
       </c>
       <c r="D654" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E654" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F654" t="s">
-        <v>1312</v>
+        <v>463</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2512</v>
+        <v>2502</v>
       </c>
       <c r="H654" t="s">
-        <v>2513</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2514</v>
+        <v>2504</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>2515</v>
+        <v>2505</v>
       </c>
       <c r="D655" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E655" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F655" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2516</v>
+        <v>2506</v>
       </c>
       <c r="H655" t="s">
-        <v>2517</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2518</v>
+        <v>2508</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>2519</v>
+        <v>2509</v>
       </c>
       <c r="D656" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E656" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F656" t="s">
-        <v>1312</v>
+        <v>463</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2520</v>
+        <v>2510</v>
       </c>
       <c r="H656" t="s">
-        <v>2521</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2522</v>
+        <v>2512</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>2523</v>
+        <v>2513</v>
       </c>
       <c r="D657" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E657" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F657" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2524</v>
+        <v>2514</v>
       </c>
       <c r="H657" t="s">
-        <v>2525</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2526</v>
+        <v>2516</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>2527</v>
+        <v>2517</v>
       </c>
       <c r="D658" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E658" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F658" t="s">
-        <v>430</v>
+        <v>527</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2528</v>
+        <v>2518</v>
       </c>
       <c r="H658" t="s">
-        <v>2529</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2530</v>
+        <v>2520</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>2531</v>
+        <v>2521</v>
       </c>
       <c r="D659" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E659" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F659" t="s">
-        <v>430</v>
+        <v>647</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2532</v>
+        <v>2522</v>
       </c>
       <c r="H659" t="s">
-        <v>2533</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2534</v>
+        <v>2524</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>2535</v>
+        <v>2525</v>
       </c>
       <c r="D660" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E660" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F660" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2536</v>
+        <v>2526</v>
       </c>
       <c r="H660" t="s">
-        <v>2537</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2538</v>
+        <v>2528</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>2539</v>
+        <v>2529</v>
       </c>
       <c r="D661" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E661" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F661" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2540</v>
+        <v>2530</v>
       </c>
       <c r="H661" t="s">
-        <v>2541</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2542</v>
+        <v>2532</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>2543</v>
+        <v>2533</v>
       </c>
       <c r="D662" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E662" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F662" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2544</v>
+        <v>2534</v>
       </c>
       <c r="H662" t="s">
-        <v>2545</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2546</v>
+        <v>2536</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>2547</v>
+        <v>2537</v>
       </c>
       <c r="D663" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E663" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F663" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2548</v>
+        <v>2538</v>
       </c>
       <c r="H663" t="s">
-        <v>2549</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2550</v>
+        <v>2540</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>2551</v>
+        <v>2541</v>
       </c>
       <c r="D664" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E664" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F664" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2552</v>
+        <v>2542</v>
       </c>
       <c r="H664" t="s">
-        <v>2553</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2554</v>
+        <v>2544</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>2555</v>
+        <v>2545</v>
       </c>
       <c r="D665" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E665" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F665" t="s">
-        <v>423</v>
+        <v>494</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2556</v>
+        <v>2546</v>
       </c>
       <c r="H665" t="s">
-        <v>2557</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2558</v>
+        <v>2548</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>2559</v>
+        <v>2549</v>
       </c>
       <c r="D666" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E666" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F666" t="s">
-        <v>469</v>
+        <v>494</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2560</v>
+        <v>2550</v>
       </c>
       <c r="H666" t="s">
-        <v>2561</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2562</v>
+        <v>2552</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>2563</v>
+        <v>2553</v>
       </c>
       <c r="D667" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E667" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F667" t="s">
-        <v>430</v>
+        <v>1354</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2564</v>
+        <v>2554</v>
       </c>
       <c r="H667" t="s">
-        <v>2565</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2566</v>
+        <v>2556</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>2567</v>
+        <v>2557</v>
       </c>
       <c r="D668" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E668" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F668" t="s">
-        <v>469</v>
+        <v>494</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2568</v>
+        <v>2558</v>
       </c>
       <c r="H668" t="s">
-        <v>2569</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2570</v>
+        <v>2560</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>2571</v>
+        <v>2561</v>
       </c>
       <c r="D669" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E669" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F669" t="s">
-        <v>438</v>
+        <v>1354</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2572</v>
+        <v>2562</v>
       </c>
       <c r="H669" t="s">
-        <v>2573</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2574</v>
+        <v>2564</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>2575</v>
+        <v>2565</v>
       </c>
       <c r="D670" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E670" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F670" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2576</v>
+        <v>2566</v>
       </c>
       <c r="H670" t="s">
-        <v>2577</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2578</v>
+        <v>2568</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>2579</v>
+        <v>2569</v>
       </c>
       <c r="D671" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E671" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F671" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2580</v>
+        <v>2570</v>
       </c>
       <c r="H671" t="s">
-        <v>2581</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2582</v>
+        <v>2572</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>2583</v>
+        <v>2573</v>
       </c>
       <c r="D672" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E672" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F672" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2584</v>
+        <v>2574</v>
       </c>
       <c r="H672" t="s">
-        <v>2585</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2586</v>
+        <v>2576</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>2587</v>
+        <v>2577</v>
       </c>
       <c r="D673" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E673" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F673" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2588</v>
+        <v>2578</v>
       </c>
       <c r="H673" t="s">
-        <v>2589</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2590</v>
+        <v>2580</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>2591</v>
+        <v>2581</v>
       </c>
       <c r="D674" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E674" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F674" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2592</v>
+        <v>2582</v>
       </c>
       <c r="H674" t="s">
-        <v>2593</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2594</v>
+        <v>2584</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>2595</v>
+        <v>2585</v>
       </c>
       <c r="D675" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E675" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F675" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2596</v>
+        <v>2586</v>
       </c>
       <c r="H675" t="s">
-        <v>2597</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2598</v>
+        <v>2588</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>2599</v>
+        <v>2589</v>
       </c>
       <c r="D676" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E676" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F676" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2600</v>
+        <v>2590</v>
       </c>
       <c r="H676" t="s">
-        <v>2601</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2602</v>
+        <v>2592</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>2603</v>
+        <v>2593</v>
       </c>
       <c r="D677" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E677" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F677" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2604</v>
+        <v>2594</v>
       </c>
       <c r="H677" t="s">
-        <v>2605</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2606</v>
+        <v>2596</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>2607</v>
+        <v>2597</v>
       </c>
       <c r="D678" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E678" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F678" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2608</v>
+        <v>2598</v>
       </c>
       <c r="H678" t="s">
-        <v>2609</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2610</v>
+        <v>2600</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>2611</v>
+        <v>2601</v>
       </c>
       <c r="D679" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E679" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F679" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2612</v>
+        <v>2602</v>
       </c>
       <c r="H679" t="s">
-        <v>2613</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2614</v>
+        <v>2604</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>2615</v>
+        <v>2605</v>
       </c>
       <c r="D680" t="s">
-        <v>584</v>
+        <v>633</v>
       </c>
       <c r="E680" t="s">
-        <v>585</v>
+        <v>634</v>
       </c>
       <c r="F680" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2616</v>
+        <v>2606</v>
       </c>
       <c r="H680" t="s">
-        <v>2617</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2618</v>
+        <v>2608</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>27</v>
+        <v>2609</v>
       </c>
       <c r="D681" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E681" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F681" t="s">
-        <v>430</v>
+        <v>494</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2621</v>
+        <v>2610</v>
       </c>
       <c r="H681" t="s">
-        <v>2622</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2623</v>
+        <v>2612</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>35</v>
+        <v>2613</v>
       </c>
       <c r="D682" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E682" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F682" t="s">
-        <v>406</v>
+        <v>463</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2624</v>
+        <v>2614</v>
       </c>
       <c r="H682" t="s">
-        <v>2625</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2626</v>
+        <v>2616</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>39</v>
+        <v>2617</v>
       </c>
       <c r="D683" t="s">
+        <v>633</v>
+      </c>
+      <c r="E683" t="s">
+        <v>634</v>
+      </c>
+      <c r="F683" t="s">
+        <v>463</v>
+      </c>
+      <c r="G683" s="1" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H683" t="s">
         <v>2619</v>
-      </c>
-[...10 lines deleted...]
-        <v>2628</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2629</v>
+        <v>2620</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>43</v>
+        <v>2621</v>
       </c>
       <c r="D684" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E684" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F684" t="s">
-        <v>2630</v>
+        <v>463</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2631</v>
+        <v>2622</v>
       </c>
       <c r="H684" t="s">
-        <v>2632</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2633</v>
+        <v>2624</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>47</v>
+        <v>2625</v>
       </c>
       <c r="D685" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E685" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F685" t="s">
-        <v>2630</v>
+        <v>463</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2634</v>
+        <v>2626</v>
       </c>
       <c r="H685" t="s">
-        <v>2635</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2636</v>
+        <v>2628</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>51</v>
+        <v>2629</v>
       </c>
       <c r="D686" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E686" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F686" t="s">
-        <v>427</v>
+        <v>463</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2637</v>
+        <v>2630</v>
       </c>
       <c r="H686" t="s">
-        <v>2638</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2639</v>
+        <v>2632</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>55</v>
+        <v>2633</v>
       </c>
       <c r="D687" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E687" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F687" t="s">
-        <v>406</v>
+        <v>459</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
       <c r="H687" t="s">
-        <v>2641</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2642</v>
+        <v>2636</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>77</v>
+        <v>2637</v>
       </c>
       <c r="D688" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E688" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F688" t="s">
-        <v>2643</v>
+        <v>459</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2644</v>
+        <v>2638</v>
       </c>
       <c r="H688" t="s">
-        <v>2645</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2646</v>
+        <v>2640</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>81</v>
+        <v>2641</v>
       </c>
       <c r="D689" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E689" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F689" t="s">
-        <v>438</v>
+        <v>463</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2647</v>
+        <v>2642</v>
       </c>
       <c r="H689" t="s">
-        <v>2648</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2649</v>
+        <v>2644</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>85</v>
+        <v>2645</v>
       </c>
       <c r="D690" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E690" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F690" t="s">
-        <v>423</v>
+        <v>463</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2650</v>
+        <v>2646</v>
       </c>
       <c r="H690" t="s">
-        <v>2651</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2652</v>
+        <v>2648</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>632</v>
+        <v>2649</v>
       </c>
       <c r="D691" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E691" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F691" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2653</v>
+        <v>2650</v>
       </c>
       <c r="H691" t="s">
-        <v>2654</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
+        <v>2652</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>2653</v>
+      </c>
+      <c r="D692" t="s">
+        <v>633</v>
+      </c>
+      <c r="E692" t="s">
+        <v>634</v>
+      </c>
+      <c r="F692" t="s">
+        <v>463</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="H692" t="s">
         <v>2655</v>
-      </c>
-[...19 lines deleted...]
-        <v>2658</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D693" t="s">
+        <v>633</v>
+      </c>
+      <c r="E693" t="s">
+        <v>634</v>
+      </c>
+      <c r="F693" t="s">
+        <v>463</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H693" t="s">
         <v>2659</v>
-      </c>
-[...19 lines deleted...]
-        <v>2662</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D694" t="s">
+        <v>633</v>
+      </c>
+      <c r="E694" t="s">
+        <v>634</v>
+      </c>
+      <c r="F694" t="s">
+        <v>459</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>2662</v>
+      </c>
+      <c r="H694" t="s">
         <v>2663</v>
-      </c>
-[...19 lines deleted...]
-        <v>2666</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>2665</v>
+      </c>
+      <c r="D695" t="s">
+        <v>633</v>
+      </c>
+      <c r="E695" t="s">
+        <v>634</v>
+      </c>
+      <c r="F695" t="s">
+        <v>455</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="H695" t="s">
         <v>2667</v>
-      </c>
-[...19 lines deleted...]
-        <v>2669</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>2669</v>
+      </c>
+      <c r="D696" t="s">
+        <v>633</v>
+      </c>
+      <c r="E696" t="s">
+        <v>634</v>
+      </c>
+      <c r="F696" t="s">
+        <v>455</v>
+      </c>
+      <c r="G696" s="1" t="s">
         <v>2670</v>
       </c>
-      <c r="B696" t="s">
-[...14 lines deleted...]
-      <c r="G696" s="1" t="s">
+      <c r="H696" t="s">
         <v>2671</v>
-      </c>
-[...1 lines deleted...]
-        <v>2672</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
         <v>2673</v>
       </c>
-      <c r="B697" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D697" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E697" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F697" t="s">
-        <v>544</v>
+        <v>463</v>
       </c>
       <c r="G697" s="1" t="s">
         <v>2674</v>
       </c>
       <c r="H697" t="s">
         <v>2675</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>2676</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>97</v>
+        <v>2677</v>
       </c>
       <c r="D698" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E698" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F698" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2677</v>
+        <v>2678</v>
       </c>
       <c r="H698" t="s">
-        <v>2678</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2679</v>
+        <v>2680</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>482</v>
+        <v>2681</v>
       </c>
       <c r="D699" t="s">
-        <v>2619</v>
+        <v>633</v>
       </c>
       <c r="E699" t="s">
-        <v>2620</v>
+        <v>634</v>
       </c>
       <c r="F699" t="s">
-        <v>469</v>
+        <v>455</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
       <c r="H699" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>486</v>
+        <v>27</v>
       </c>
       <c r="D700" t="s">
-        <v>2619</v>
+        <v>2685</v>
       </c>
       <c r="E700" t="s">
-        <v>2620</v>
+        <v>2686</v>
       </c>
       <c r="F700" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2683</v>
+        <v>2687</v>
       </c>
       <c r="H700" t="s">
-        <v>2684</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="C701" t="s">
+        <v>35</v>
+      </c>
+      <c r="D701" t="s">
         <v>2685</v>
       </c>
-      <c r="B701" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E701" t="s">
-        <v>2620</v>
+        <v>2686</v>
       </c>
       <c r="F701" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2686</v>
+        <v>2690</v>
       </c>
       <c r="H701" t="s">
-        <v>2687</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2688</v>
+        <v>2692</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="D702" t="s">
-        <v>2619</v>
+        <v>2685</v>
       </c>
       <c r="E702" t="s">
-        <v>2620</v>
+        <v>2686</v>
       </c>
       <c r="F702" t="s">
-        <v>406</v>
+        <v>463</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2689</v>
+        <v>2693</v>
       </c>
       <c r="H702" t="s">
-        <v>2690</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2691</v>
+        <v>2695</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="D703" t="s">
-        <v>2619</v>
+        <v>2685</v>
       </c>
       <c r="E703" t="s">
-        <v>2620</v>
+        <v>2686</v>
       </c>
       <c r="F703" t="s">
-        <v>469</v>
+        <v>2696</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
       <c r="H703" t="s">
-        <v>2693</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2694</v>
+        <v>2699</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="D704" t="s">
-        <v>2619</v>
+        <v>2685</v>
       </c>
       <c r="E704" t="s">
-        <v>2620</v>
+        <v>2686</v>
       </c>
       <c r="F704" t="s">
-        <v>438</v>
+        <v>2696</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2695</v>
+        <v>2700</v>
       </c>
       <c r="H704" t="s">
-        <v>2696</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2697</v>
+        <v>2702</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="D705" t="s">
-        <v>2619</v>
+        <v>2685</v>
       </c>
       <c r="E705" t="s">
-        <v>2620</v>
+        <v>2686</v>
       </c>
       <c r="F705" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2698</v>
+        <v>2703</v>
       </c>
       <c r="H705" t="s">
-        <v>2699</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2700</v>
+        <v>2705</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D706" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E706" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F706" t="s">
-        <v>13</v>
+        <v>431</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2703</v>
+        <v>2706</v>
       </c>
       <c r="H706" t="s">
-        <v>2704</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2705</v>
+        <v>2708</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="D707" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E707" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F707" t="s">
-        <v>13</v>
+        <v>2709</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2706</v>
+        <v>2710</v>
       </c>
       <c r="H707" t="s">
-        <v>2707</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2708</v>
+        <v>2712</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>712</v>
+        <v>84</v>
       </c>
       <c r="D708" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E708" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F708" t="s">
-        <v>13</v>
+        <v>463</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2709</v>
+        <v>2713</v>
       </c>
       <c r="H708" t="s">
-        <v>2710</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2711</v>
+        <v>2715</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>153</v>
+        <v>88</v>
       </c>
       <c r="D709" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E709" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F709" t="s">
-        <v>13</v>
+        <v>448</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2712</v>
+        <v>2716</v>
       </c>
       <c r="H709" t="s">
-        <v>2713</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2714</v>
+        <v>2718</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>157</v>
+        <v>582</v>
       </c>
       <c r="D710" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E710" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F710" t="s">
-        <v>13</v>
+        <v>494</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2715</v>
+        <v>2719</v>
       </c>
       <c r="H710" t="s">
-        <v>2716</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2717</v>
+        <v>2721</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>161</v>
+        <v>480</v>
       </c>
       <c r="D711" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E711" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F711" t="s">
-        <v>13</v>
+        <v>2722</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2718</v>
+        <v>2723</v>
       </c>
       <c r="H711" t="s">
-        <v>2719</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2720</v>
+        <v>2725</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>165</v>
+        <v>484</v>
       </c>
       <c r="D712" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E712" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F712" t="s">
-        <v>13</v>
+        <v>2726</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2721</v>
+        <v>2727</v>
       </c>
       <c r="H712" t="s">
-        <v>2722</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2723</v>
+        <v>2729</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>169</v>
+        <v>488</v>
       </c>
       <c r="D713" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E713" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F713" t="s">
-        <v>23</v>
+        <v>2730</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2724</v>
+        <v>2731</v>
       </c>
       <c r="H713" t="s">
-        <v>2725</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2726</v>
+        <v>2733</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>732</v>
+        <v>493</v>
       </c>
       <c r="D714" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E714" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F714" t="s">
-        <v>23</v>
+        <v>1419</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2727</v>
+        <v>2734</v>
       </c>
       <c r="H714" t="s">
-        <v>2728</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2729</v>
+        <v>2736</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>173</v>
+        <v>92</v>
       </c>
       <c r="D715" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E715" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F715" t="s">
-        <v>23</v>
+        <v>463</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2730</v>
+        <v>2737</v>
       </c>
       <c r="H715" t="s">
-        <v>2731</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2732</v>
+        <v>2739</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>739</v>
+        <v>96</v>
       </c>
       <c r="D716" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E716" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F716" t="s">
-        <v>23</v>
+        <v>572</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2733</v>
+        <v>2740</v>
       </c>
       <c r="H716" t="s">
-        <v>2734</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2735</v>
+        <v>2742</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>177</v>
+        <v>100</v>
       </c>
       <c r="D717" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E717" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F717" t="s">
-        <v>23</v>
+        <v>494</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2736</v>
+        <v>2743</v>
       </c>
       <c r="H717" t="s">
-        <v>2737</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2738</v>
+        <v>2745</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>181</v>
+        <v>507</v>
       </c>
       <c r="D718" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E718" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F718" t="s">
-        <v>23</v>
+        <v>494</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="H718" t="s">
-        <v>2740</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2741</v>
+        <v>2748</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>185</v>
+        <v>511</v>
       </c>
       <c r="D719" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E719" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F719" t="s">
-        <v>23</v>
+        <v>463</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2742</v>
+        <v>2749</v>
       </c>
       <c r="H719" t="s">
-        <v>2743</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2744</v>
+        <v>2751</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>189</v>
+        <v>104</v>
       </c>
       <c r="D720" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E720" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F720" t="s">
-        <v>23</v>
+        <v>463</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2745</v>
+        <v>2752</v>
       </c>
       <c r="H720" t="s">
-        <v>2746</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2747</v>
+        <v>2754</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>193</v>
+        <v>108</v>
       </c>
       <c r="D721" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E721" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F721" t="s">
-        <v>23</v>
+        <v>431</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2748</v>
+        <v>2755</v>
       </c>
       <c r="H721" t="s">
-        <v>2749</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2750</v>
+        <v>2757</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>758</v>
+        <v>112</v>
       </c>
       <c r="D722" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E722" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F722" t="s">
-        <v>23</v>
+        <v>494</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2751</v>
+        <v>2758</v>
       </c>
       <c r="H722" t="s">
-        <v>2752</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2753</v>
+        <v>2760</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>196</v>
+        <v>115</v>
       </c>
       <c r="D723" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E723" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F723" t="s">
-        <v>13</v>
+        <v>463</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2754</v>
+        <v>2761</v>
       </c>
       <c r="H723" t="s">
-        <v>2755</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2756</v>
+        <v>2763</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>765</v>
+        <v>119</v>
       </c>
       <c r="D724" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E724" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F724" t="s">
-        <v>13</v>
+        <v>463</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2757</v>
+        <v>2764</v>
       </c>
       <c r="H724" t="s">
-        <v>2758</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2759</v>
+        <v>2766</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>200</v>
+        <v>122</v>
       </c>
       <c r="D725" t="s">
-        <v>2701</v>
+        <v>2685</v>
       </c>
       <c r="E725" t="s">
-        <v>2702</v>
+        <v>2686</v>
       </c>
       <c r="F725" t="s">
-        <v>13</v>
+        <v>647</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2760</v>
+        <v>2767</v>
       </c>
       <c r="H725" t="s">
-        <v>2761</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2762</v>
+        <v>2769</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>204</v>
+        <v>59</v>
       </c>
       <c r="D726" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E726" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F726" t="s">
         <v>13</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2763</v>
+        <v>2772</v>
       </c>
       <c r="H726" t="s">
-        <v>2764</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2765</v>
+        <v>2774</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>207</v>
+        <v>63</v>
       </c>
       <c r="D727" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E727" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F727" t="s">
         <v>13</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2766</v>
+        <v>2775</v>
       </c>
       <c r="H727" t="s">
-        <v>2767</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2768</v>
+        <v>2777</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>778</v>
+        <v>760</v>
       </c>
       <c r="D728" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E728" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F728" t="s">
         <v>13</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2769</v>
+        <v>2778</v>
       </c>
       <c r="H728" t="s">
-        <v>2770</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>156</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E729" t="s">
         <v>2771</v>
-      </c>
-[...10 lines deleted...]
-        <v>2702</v>
       </c>
       <c r="F729" t="s">
         <v>13</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2772</v>
+        <v>2781</v>
       </c>
       <c r="H729" t="s">
-        <v>2773</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2774</v>
+        <v>2783</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>215</v>
+        <v>160</v>
       </c>
       <c r="D730" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E730" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F730" t="s">
         <v>13</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2775</v>
+        <v>2784</v>
       </c>
       <c r="H730" t="s">
-        <v>2776</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2777</v>
+        <v>2786</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>219</v>
+        <v>164</v>
       </c>
       <c r="D731" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E731" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F731" t="s">
         <v>13</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2778</v>
+        <v>2787</v>
       </c>
       <c r="H731" t="s">
-        <v>2779</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2780</v>
+        <v>2789</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>223</v>
+        <v>168</v>
       </c>
       <c r="D732" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E732" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F732" t="s">
         <v>13</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2781</v>
+        <v>2790</v>
       </c>
       <c r="H732" t="s">
-        <v>2782</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2783</v>
+        <v>2792</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>227</v>
+        <v>172</v>
       </c>
       <c r="D733" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E733" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F733" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2784</v>
+        <v>2793</v>
       </c>
       <c r="H733" t="s">
-        <v>2785</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2786</v>
+        <v>2795</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>231</v>
+        <v>780</v>
       </c>
       <c r="D734" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E734" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F734" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2787</v>
+        <v>2796</v>
       </c>
       <c r="H734" t="s">
-        <v>2788</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2789</v>
+        <v>2798</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>235</v>
+        <v>176</v>
       </c>
       <c r="D735" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E735" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F735" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2790</v>
+        <v>2799</v>
       </c>
       <c r="H735" t="s">
-        <v>2791</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2792</v>
+        <v>2801</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>239</v>
+        <v>787</v>
       </c>
       <c r="D736" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E736" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F736" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2793</v>
+        <v>2802</v>
       </c>
       <c r="H736" t="s">
-        <v>2794</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2795</v>
+        <v>2804</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>243</v>
+        <v>180</v>
       </c>
       <c r="D737" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E737" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F737" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2796</v>
+        <v>2805</v>
       </c>
       <c r="H737" t="s">
-        <v>2797</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2798</v>
+        <v>2807</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>247</v>
+        <v>184</v>
       </c>
       <c r="D738" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E738" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F738" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2799</v>
+        <v>2808</v>
       </c>
       <c r="H738" t="s">
-        <v>2800</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2801</v>
+        <v>2810</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>250</v>
+        <v>188</v>
       </c>
       <c r="D739" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E739" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F739" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2802</v>
+        <v>2811</v>
       </c>
       <c r="H739" t="s">
-        <v>2803</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2804</v>
+        <v>2813</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>254</v>
+        <v>192</v>
       </c>
       <c r="D740" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E740" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F740" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2805</v>
+        <v>2814</v>
       </c>
       <c r="H740" t="s">
-        <v>2806</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2807</v>
+        <v>2816</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>258</v>
+        <v>196</v>
       </c>
       <c r="D741" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E741" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F741" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2808</v>
+        <v>2817</v>
       </c>
       <c r="H741" t="s">
-        <v>2809</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2810</v>
+        <v>2819</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>262</v>
+        <v>806</v>
       </c>
       <c r="D742" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E742" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F742" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2811</v>
+        <v>2820</v>
       </c>
       <c r="H742" t="s">
-        <v>2812</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2813</v>
+        <v>2822</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>265</v>
+        <v>199</v>
       </c>
       <c r="D743" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E743" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F743" t="s">
         <v>13</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2814</v>
+        <v>2823</v>
       </c>
       <c r="H743" t="s">
-        <v>2815</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2816</v>
+        <v>2825</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>269</v>
+        <v>813</v>
       </c>
       <c r="D744" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E744" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F744" t="s">
         <v>13</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2817</v>
+        <v>2826</v>
       </c>
       <c r="H744" t="s">
-        <v>2818</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2819</v>
+        <v>2828</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>273</v>
+        <v>203</v>
       </c>
       <c r="D745" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E745" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F745" t="s">
         <v>13</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2820</v>
+        <v>2829</v>
       </c>
       <c r="H745" t="s">
-        <v>2821</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2822</v>
+        <v>2831</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>277</v>
+        <v>207</v>
       </c>
       <c r="D746" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E746" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F746" t="s">
         <v>13</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2823</v>
+        <v>2832</v>
       </c>
       <c r="H746" t="s">
-        <v>2824</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2825</v>
+        <v>2834</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>281</v>
+        <v>210</v>
       </c>
       <c r="D747" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E747" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F747" t="s">
         <v>13</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2826</v>
+        <v>2835</v>
       </c>
       <c r="H747" t="s">
-        <v>2827</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2828</v>
+        <v>2837</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>285</v>
+        <v>826</v>
       </c>
       <c r="D748" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E748" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F748" t="s">
         <v>13</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2829</v>
+        <v>2838</v>
       </c>
       <c r="H748" t="s">
-        <v>2830</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2831</v>
+        <v>2840</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>289</v>
+        <v>214</v>
       </c>
       <c r="D749" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E749" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F749" t="s">
         <v>13</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2832</v>
+        <v>2841</v>
       </c>
       <c r="H749" t="s">
-        <v>2833</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2834</v>
+        <v>2843</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>292</v>
+        <v>218</v>
       </c>
       <c r="D750" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E750" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F750" t="s">
         <v>13</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2835</v>
+        <v>2844</v>
       </c>
       <c r="H750" t="s">
-        <v>2836</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2837</v>
+        <v>2846</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>295</v>
+        <v>222</v>
       </c>
       <c r="D751" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E751" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F751" t="s">
         <v>13</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2838</v>
+        <v>2847</v>
       </c>
       <c r="H751" t="s">
-        <v>2839</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2840</v>
+        <v>2849</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>298</v>
+        <v>226</v>
       </c>
       <c r="D752" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E752" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F752" t="s">
         <v>13</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2841</v>
+        <v>2850</v>
       </c>
       <c r="H752" t="s">
-        <v>2842</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2843</v>
+        <v>2852</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>302</v>
+        <v>230</v>
       </c>
       <c r="D753" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E753" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F753" t="s">
         <v>13</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2844</v>
+        <v>2853</v>
       </c>
       <c r="H753" t="s">
-        <v>2845</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2846</v>
+        <v>2855</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>305</v>
+        <v>234</v>
       </c>
       <c r="D754" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E754" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F754" t="s">
         <v>13</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2847</v>
+        <v>2856</v>
       </c>
       <c r="H754" t="s">
-        <v>2848</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2849</v>
+        <v>2858</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>308</v>
+        <v>238</v>
       </c>
       <c r="D755" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E755" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F755" t="s">
         <v>13</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2850</v>
+        <v>2859</v>
       </c>
       <c r="H755" t="s">
-        <v>2851</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2852</v>
+        <v>2861</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>312</v>
+        <v>242</v>
       </c>
       <c r="D756" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E756" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F756" t="s">
         <v>13</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2853</v>
+        <v>2862</v>
       </c>
       <c r="H756" t="s">
-        <v>2854</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2855</v>
+        <v>2864</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>316</v>
+        <v>246</v>
       </c>
       <c r="D757" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E757" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F757" t="s">
         <v>13</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2856</v>
+        <v>2865</v>
       </c>
       <c r="H757" t="s">
-        <v>2857</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2858</v>
+        <v>2867</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>320</v>
+        <v>250</v>
       </c>
       <c r="D758" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E758" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F758" t="s">
         <v>13</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2859</v>
+        <v>2868</v>
       </c>
       <c r="H758" t="s">
-        <v>2860</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2861</v>
+        <v>2870</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>324</v>
+        <v>253</v>
       </c>
       <c r="D759" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E759" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F759" t="s">
         <v>13</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2862</v>
+        <v>2871</v>
       </c>
       <c r="H759" t="s">
-        <v>2863</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2864</v>
+        <v>2873</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>328</v>
+        <v>257</v>
       </c>
       <c r="D760" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E760" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F760" t="s">
         <v>13</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2865</v>
+        <v>2874</v>
       </c>
       <c r="H760" t="s">
-        <v>2866</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2867</v>
+        <v>2876</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>331</v>
+        <v>261</v>
       </c>
       <c r="D761" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E761" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F761" t="s">
         <v>13</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2868</v>
+        <v>2877</v>
       </c>
       <c r="H761" t="s">
-        <v>2869</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2870</v>
+        <v>2879</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>334</v>
+        <v>265</v>
       </c>
       <c r="D762" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E762" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F762" t="s">
         <v>13</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2871</v>
+        <v>2880</v>
       </c>
       <c r="H762" t="s">
-        <v>2872</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2873</v>
+        <v>2882</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>338</v>
+        <v>268</v>
       </c>
       <c r="D763" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E763" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F763" t="s">
         <v>13</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>2874</v>
+        <v>2883</v>
       </c>
       <c r="H763" t="s">
-        <v>2875</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2876</v>
+        <v>2885</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>342</v>
+        <v>272</v>
       </c>
       <c r="D764" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E764" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F764" t="s">
         <v>13</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>2877</v>
+        <v>2886</v>
       </c>
       <c r="H764" t="s">
-        <v>2878</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2879</v>
+        <v>2888</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>891</v>
+        <v>276</v>
       </c>
       <c r="D765" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E765" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F765" t="s">
         <v>13</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>2880</v>
+        <v>2889</v>
       </c>
       <c r="H765" t="s">
-        <v>2881</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2882</v>
+        <v>2891</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>346</v>
+        <v>280</v>
       </c>
       <c r="D766" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E766" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F766" t="s">
         <v>13</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2883</v>
+        <v>2892</v>
       </c>
       <c r="H766" t="s">
-        <v>2884</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2885</v>
+        <v>2894</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>350</v>
+        <v>284</v>
       </c>
       <c r="D767" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E767" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F767" t="s">
         <v>13</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2886</v>
+        <v>2895</v>
       </c>
       <c r="H767" t="s">
-        <v>2887</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2888</v>
+        <v>2897</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>353</v>
+        <v>288</v>
       </c>
       <c r="D768" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E768" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F768" t="s">
         <v>13</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2889</v>
+        <v>2898</v>
       </c>
       <c r="H768" t="s">
-        <v>2890</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2891</v>
+        <v>2900</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>357</v>
+        <v>292</v>
       </c>
       <c r="D769" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E769" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F769" t="s">
         <v>13</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2892</v>
+        <v>2901</v>
       </c>
       <c r="H769" t="s">
-        <v>2893</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2894</v>
+        <v>2903</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>907</v>
+        <v>295</v>
       </c>
       <c r="D770" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E770" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F770" t="s">
         <v>13</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2895</v>
+        <v>2904</v>
       </c>
       <c r="H770" t="s">
-        <v>2896</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2897</v>
+        <v>2906</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>361</v>
+        <v>298</v>
       </c>
       <c r="D771" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E771" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F771" t="s">
         <v>13</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2898</v>
+        <v>2907</v>
       </c>
       <c r="H771" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2900</v>
+        <v>2909</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>365</v>
+        <v>301</v>
       </c>
       <c r="D772" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E772" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F772" t="s">
         <v>13</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2901</v>
+        <v>2910</v>
       </c>
       <c r="H772" t="s">
-        <v>2902</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2903</v>
+        <v>2912</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>369</v>
+        <v>305</v>
       </c>
       <c r="D773" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E773" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F773" t="s">
         <v>13</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2904</v>
+        <v>2913</v>
       </c>
       <c r="H773" t="s">
-        <v>2905</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2906</v>
+        <v>2915</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>372</v>
+        <v>308</v>
       </c>
       <c r="D774" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E774" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F774" t="s">
         <v>13</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2907</v>
+        <v>2916</v>
       </c>
       <c r="H774" t="s">
-        <v>2908</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2909</v>
+        <v>2918</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>376</v>
+        <v>311</v>
       </c>
       <c r="D775" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E775" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F775" t="s">
         <v>13</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2910</v>
+        <v>2919</v>
       </c>
       <c r="H775" t="s">
-        <v>2911</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2912</v>
+        <v>2921</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>379</v>
+        <v>315</v>
       </c>
       <c r="D776" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E776" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F776" t="s">
         <v>13</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2913</v>
+        <v>2922</v>
       </c>
       <c r="H776" t="s">
-        <v>2914</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2915</v>
+        <v>2924</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>930</v>
+        <v>319</v>
       </c>
       <c r="D777" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E777" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F777" t="s">
         <v>13</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2916</v>
+        <v>2925</v>
       </c>
       <c r="H777" t="s">
-        <v>2917</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2918</v>
+        <v>2927</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>935</v>
+        <v>323</v>
       </c>
       <c r="D778" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E778" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F778" t="s">
         <v>13</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2919</v>
+        <v>2928</v>
       </c>
       <c r="H778" t="s">
-        <v>2920</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2921</v>
+        <v>2930</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>939</v>
+        <v>327</v>
       </c>
       <c r="D779" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E779" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F779" t="s">
         <v>13</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2922</v>
+        <v>2931</v>
       </c>
       <c r="H779" t="s">
-        <v>2923</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2924</v>
+        <v>2933</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>943</v>
+        <v>331</v>
       </c>
       <c r="D780" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E780" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F780" t="s">
         <v>13</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2925</v>
+        <v>2934</v>
       </c>
       <c r="H780" t="s">
-        <v>2926</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2927</v>
+        <v>2936</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>947</v>
+        <v>334</v>
       </c>
       <c r="D781" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E781" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F781" t="s">
         <v>13</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2928</v>
+        <v>2937</v>
       </c>
       <c r="H781" t="s">
-        <v>2929</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2930</v>
+        <v>2939</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>951</v>
+        <v>337</v>
       </c>
       <c r="D782" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E782" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F782" t="s">
         <v>13</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2931</v>
+        <v>2940</v>
       </c>
       <c r="H782" t="s">
-        <v>2932</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2933</v>
+        <v>2942</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>956</v>
+        <v>341</v>
       </c>
       <c r="D783" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E783" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F783" t="s">
         <v>13</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2934</v>
+        <v>2943</v>
       </c>
       <c r="H783" t="s">
-        <v>2935</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2936</v>
+        <v>2945</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>960</v>
+        <v>345</v>
       </c>
       <c r="D784" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E784" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F784" t="s">
         <v>13</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2937</v>
+        <v>2946</v>
       </c>
       <c r="H784" t="s">
-        <v>2938</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2939</v>
+        <v>2948</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>964</v>
+        <v>939</v>
       </c>
       <c r="D785" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E785" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F785" t="s">
         <v>13</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>2940</v>
+        <v>2949</v>
       </c>
       <c r="H785" t="s">
-        <v>2941</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2942</v>
+        <v>2951</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>968</v>
+        <v>349</v>
       </c>
       <c r="D786" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E786" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F786" t="s">
         <v>13</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2943</v>
+        <v>2952</v>
       </c>
       <c r="H786" t="s">
-        <v>2944</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2945</v>
+        <v>2954</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>972</v>
+        <v>353</v>
       </c>
       <c r="D787" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E787" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F787" t="s">
         <v>13</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2946</v>
+        <v>2955</v>
       </c>
       <c r="H787" t="s">
-        <v>2947</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2948</v>
+        <v>2957</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>976</v>
+        <v>356</v>
       </c>
       <c r="D788" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E788" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F788" t="s">
         <v>13</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2949</v>
+        <v>2958</v>
       </c>
       <c r="H788" t="s">
-        <v>2950</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2951</v>
+        <v>2960</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>980</v>
+        <v>360</v>
       </c>
       <c r="D789" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E789" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F789" t="s">
         <v>13</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2952</v>
+        <v>2961</v>
       </c>
       <c r="H789" t="s">
-        <v>2953</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2954</v>
+        <v>2963</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>984</v>
+        <v>955</v>
       </c>
       <c r="D790" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E790" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F790" t="s">
         <v>13</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>2955</v>
+        <v>2964</v>
       </c>
       <c r="H790" t="s">
-        <v>2956</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2957</v>
+        <v>2966</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>989</v>
+        <v>364</v>
       </c>
       <c r="D791" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E791" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F791" t="s">
         <v>13</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2958</v>
+        <v>2967</v>
       </c>
       <c r="H791" t="s">
-        <v>2959</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2960</v>
+        <v>2969</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>994</v>
+        <v>368</v>
       </c>
       <c r="D792" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E792" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F792" t="s">
         <v>13</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2961</v>
+        <v>2970</v>
       </c>
       <c r="H792" t="s">
-        <v>2962</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2963</v>
+        <v>2972</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>998</v>
+        <v>372</v>
       </c>
       <c r="D793" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E793" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F793" t="s">
         <v>13</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2964</v>
+        <v>2973</v>
       </c>
       <c r="H793" t="s">
-        <v>2965</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2966</v>
+        <v>2975</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>1002</v>
+        <v>375</v>
       </c>
       <c r="D794" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E794" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F794" t="s">
         <v>13</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2967</v>
+        <v>2976</v>
       </c>
       <c r="H794" t="s">
-        <v>2968</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2969</v>
+        <v>2978</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>1006</v>
+        <v>379</v>
       </c>
       <c r="D795" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E795" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F795" t="s">
         <v>13</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2970</v>
+        <v>2979</v>
       </c>
       <c r="H795" t="s">
-        <v>2971</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2972</v>
+        <v>2981</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>1010</v>
+        <v>382</v>
       </c>
       <c r="D796" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E796" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F796" t="s">
         <v>13</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2973</v>
+        <v>2982</v>
       </c>
       <c r="H796" t="s">
-        <v>2974</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2975</v>
+        <v>2984</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>1014</v>
+        <v>978</v>
       </c>
       <c r="D797" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E797" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F797" t="s">
         <v>13</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>2976</v>
+        <v>2985</v>
       </c>
       <c r="H797" t="s">
-        <v>2977</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2978</v>
+        <v>2987</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>1018</v>
+        <v>386</v>
       </c>
       <c r="D798" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E798" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F798" t="s">
         <v>13</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>2979</v>
+        <v>2988</v>
       </c>
       <c r="H798" t="s">
-        <v>2980</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2981</v>
+        <v>2990</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>1022</v>
+        <v>389</v>
       </c>
       <c r="D799" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E799" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F799" t="s">
         <v>13</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2982</v>
+        <v>2991</v>
       </c>
       <c r="H799" t="s">
-        <v>2983</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2984</v>
+        <v>2993</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>1026</v>
+        <v>393</v>
       </c>
       <c r="D800" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E800" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F800" t="s">
         <v>13</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2985</v>
+        <v>2994</v>
       </c>
       <c r="H800" t="s">
-        <v>2986</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2987</v>
+        <v>2996</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>1030</v>
+        <v>397</v>
       </c>
       <c r="D801" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E801" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F801" t="s">
         <v>13</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>2988</v>
+        <v>2997</v>
       </c>
       <c r="H801" t="s">
-        <v>2989</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2990</v>
+        <v>2999</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>1034</v>
+        <v>401</v>
       </c>
       <c r="D802" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E802" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F802" t="s">
         <v>13</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2991</v>
+        <v>3000</v>
       </c>
       <c r="H802" t="s">
-        <v>2992</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2993</v>
+        <v>3002</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>1038</v>
+        <v>404</v>
       </c>
       <c r="D803" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E803" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F803" t="s">
         <v>13</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>2994</v>
+        <v>3003</v>
       </c>
       <c r="H803" t="s">
-        <v>2995</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2996</v>
+        <v>3005</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>1042</v>
+        <v>1002</v>
       </c>
       <c r="D804" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E804" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F804" t="s">
         <v>13</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2997</v>
+        <v>3006</v>
       </c>
       <c r="H804" t="s">
-        <v>2998</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2999</v>
+        <v>3008</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>1046</v>
+        <v>1006</v>
       </c>
       <c r="D805" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E805" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F805" t="s">
         <v>13</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>3000</v>
+        <v>3009</v>
       </c>
       <c r="H805" t="s">
-        <v>3001</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>3002</v>
+        <v>3011</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>1050</v>
+        <v>1010</v>
       </c>
       <c r="D806" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E806" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F806" t="s">
         <v>13</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>3003</v>
+        <v>3012</v>
       </c>
       <c r="H806" t="s">
-        <v>3004</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>3005</v>
+        <v>3014</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>1054</v>
+        <v>1014</v>
       </c>
       <c r="D807" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E807" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F807" t="s">
         <v>13</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>3006</v>
+        <v>3015</v>
       </c>
       <c r="H807" t="s">
-        <v>3007</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>3008</v>
+        <v>3017</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>1058</v>
+        <v>1018</v>
       </c>
       <c r="D808" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E808" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F808" t="s">
         <v>13</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>3009</v>
+        <v>3018</v>
       </c>
       <c r="H808" t="s">
-        <v>3010</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>3011</v>
+        <v>3020</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>1062</v>
+        <v>1022</v>
       </c>
       <c r="D809" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E809" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F809" t="s">
         <v>13</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>3012</v>
+        <v>3021</v>
       </c>
       <c r="H809" t="s">
-        <v>3013</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>3014</v>
+        <v>3023</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>1066</v>
+        <v>1026</v>
       </c>
       <c r="D810" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E810" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F810" t="s">
         <v>13</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>3015</v>
+        <v>3024</v>
       </c>
       <c r="H810" t="s">
-        <v>3016</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>3017</v>
+        <v>3026</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>1071</v>
+        <v>1031</v>
       </c>
       <c r="D811" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E811" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F811" t="s">
         <v>13</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>3018</v>
+        <v>3027</v>
       </c>
       <c r="H811" t="s">
-        <v>3019</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>3020</v>
+        <v>3029</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>1075</v>
+        <v>1036</v>
       </c>
       <c r="D812" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E812" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F812" t="s">
         <v>13</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>3021</v>
+        <v>3030</v>
       </c>
       <c r="H812" t="s">
-        <v>3022</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>3023</v>
+        <v>3032</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>1079</v>
+        <v>1040</v>
       </c>
       <c r="D813" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E813" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F813" t="s">
         <v>13</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>3024</v>
+        <v>3033</v>
       </c>
       <c r="H813" t="s">
-        <v>3025</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>3026</v>
+        <v>3035</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>1083</v>
+        <v>1044</v>
       </c>
       <c r="D814" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E814" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F814" t="s">
         <v>13</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>3027</v>
+        <v>3036</v>
       </c>
       <c r="H814" t="s">
-        <v>3028</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>3029</v>
+        <v>3038</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>1087</v>
+        <v>1048</v>
       </c>
       <c r="D815" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E815" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F815" t="s">
         <v>13</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>3030</v>
+        <v>3039</v>
       </c>
       <c r="H815" t="s">
-        <v>3031</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>3032</v>
+        <v>3041</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>1091</v>
+        <v>1052</v>
       </c>
       <c r="D816" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E816" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F816" t="s">
         <v>13</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>3033</v>
+        <v>3042</v>
       </c>
       <c r="H816" t="s">
-        <v>3034</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>3035</v>
+        <v>3044</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>1095</v>
+        <v>1056</v>
       </c>
       <c r="D817" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E817" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F817" t="s">
         <v>13</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>3036</v>
+        <v>3045</v>
       </c>
       <c r="H817" t="s">
-        <v>3037</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>3038</v>
+        <v>3047</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>1099</v>
+        <v>1060</v>
       </c>
       <c r="D818" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E818" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F818" t="s">
         <v>13</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>3039</v>
+        <v>3048</v>
       </c>
       <c r="H818" t="s">
-        <v>3040</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>3041</v>
+        <v>3050</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>1103</v>
+        <v>1064</v>
       </c>
       <c r="D819" t="s">
-        <v>2701</v>
+        <v>2770</v>
       </c>
       <c r="E819" t="s">
-        <v>2702</v>
+        <v>2771</v>
       </c>
       <c r="F819" t="s">
         <v>13</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>3042</v>
+        <v>3051</v>
       </c>
       <c r="H819" t="s">
-        <v>3043</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>3044</v>
+        <v>3053</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>81</v>
+        <v>1068</v>
       </c>
       <c r="D820" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E820" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F820" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>3047</v>
+        <v>3054</v>
       </c>
       <c r="H820" t="s">
-        <v>3048</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>3049</v>
+        <v>3056</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>85</v>
+        <v>1072</v>
       </c>
       <c r="D821" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E821" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F821" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>3050</v>
+        <v>3057</v>
       </c>
       <c r="H821" t="s">
-        <v>3051</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>3052</v>
+        <v>3059</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>632</v>
+        <v>1076</v>
       </c>
       <c r="D822" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E822" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F822" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>3053</v>
+        <v>3060</v>
       </c>
       <c r="H822" t="s">
-        <v>3054</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>3055</v>
+        <v>3062</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>89</v>
+        <v>1080</v>
       </c>
       <c r="D823" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E823" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F823" t="s">
         <v>13</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>3056</v>
+        <v>3063</v>
       </c>
       <c r="H823" t="s">
-        <v>3057</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>3058</v>
+        <v>3065</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>486</v>
+        <v>1084</v>
       </c>
       <c r="D824" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E824" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F824" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>3059</v>
+        <v>3066</v>
       </c>
       <c r="H824" t="s">
-        <v>3060</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>3061</v>
+        <v>3068</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>101</v>
+        <v>1088</v>
       </c>
       <c r="D825" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E825" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F825" t="s">
         <v>13</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>3062</v>
+        <v>3069</v>
       </c>
       <c r="H825" t="s">
-        <v>3063</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>3064</v>
+        <v>3071</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>105</v>
+        <v>1092</v>
       </c>
       <c r="D826" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E826" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F826" t="s">
         <v>13</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>3065</v>
+        <v>3072</v>
       </c>
       <c r="H826" t="s">
-        <v>3066</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>3067</v>
+        <v>3074</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>109</v>
+        <v>1096</v>
       </c>
       <c r="D827" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E827" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F827" t="s">
         <v>13</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>3068</v>
+        <v>3075</v>
       </c>
       <c r="H827" t="s">
-        <v>3069</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>3070</v>
+        <v>3077</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>112</v>
+        <v>1100</v>
       </c>
       <c r="D828" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E828" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F828" t="s">
         <v>13</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>3071</v>
+        <v>3078</v>
       </c>
       <c r="H828" t="s">
-        <v>3072</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>3073</v>
+        <v>3080</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>116</v>
+        <v>1104</v>
       </c>
       <c r="D829" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E829" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F829" t="s">
         <v>13</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>3074</v>
+        <v>3081</v>
       </c>
       <c r="H829" t="s">
-        <v>3075</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>3076</v>
+        <v>3083</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>119</v>
+        <v>1108</v>
       </c>
       <c r="D830" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E830" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F830" t="s">
         <v>13</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>3077</v>
+        <v>3084</v>
       </c>
       <c r="H830" t="s">
-        <v>3078</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>3079</v>
+        <v>3086</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>123</v>
+        <v>1113</v>
       </c>
       <c r="D831" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E831" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F831" t="s">
         <v>13</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>3080</v>
+        <v>3087</v>
       </c>
       <c r="H831" t="s">
-        <v>3081</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>3082</v>
+        <v>3089</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>127</v>
+        <v>1117</v>
       </c>
       <c r="D832" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E832" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F832" t="s">
         <v>13</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>3083</v>
+        <v>3090</v>
       </c>
       <c r="H832" t="s">
-        <v>3084</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>3085</v>
+        <v>3092</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>131</v>
+        <v>1121</v>
       </c>
       <c r="D833" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E833" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F833" t="s">
         <v>13</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>3086</v>
+        <v>3093</v>
       </c>
       <c r="H833" t="s">
-        <v>3087</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>3088</v>
+        <v>3095</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>693</v>
+        <v>1125</v>
       </c>
       <c r="D834" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E834" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F834" t="s">
         <v>13</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>3089</v>
+        <v>3096</v>
       </c>
       <c r="H834" t="s">
-        <v>3090</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>3091</v>
+        <v>3098</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>134</v>
+        <v>1129</v>
       </c>
       <c r="D835" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E835" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F835" t="s">
         <v>13</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>3092</v>
+        <v>3099</v>
       </c>
       <c r="H835" t="s">
-        <v>3093</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>3094</v>
+        <v>3101</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>138</v>
+        <v>1133</v>
       </c>
       <c r="D836" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E836" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F836" t="s">
         <v>13</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>3095</v>
+        <v>3102</v>
       </c>
       <c r="H836" t="s">
-        <v>3096</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>3097</v>
+        <v>3104</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>142</v>
+        <v>1137</v>
       </c>
       <c r="D837" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E837" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F837" t="s">
         <v>13</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>3098</v>
+        <v>3105</v>
       </c>
       <c r="H837" t="s">
-        <v>3099</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>3100</v>
+        <v>3107</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>146</v>
+        <v>1141</v>
       </c>
       <c r="D838" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E838" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F838" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>3101</v>
+        <v>3108</v>
       </c>
       <c r="H838" t="s">
-        <v>3102</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>3103</v>
+        <v>3110</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>150</v>
+        <v>1145</v>
       </c>
       <c r="D839" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E839" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F839" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>3104</v>
+        <v>3111</v>
       </c>
       <c r="H839" t="s">
-        <v>3105</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>3106</v>
+        <v>3113</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>712</v>
+        <v>1150</v>
       </c>
       <c r="D840" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E840" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F840" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>3107</v>
+        <v>3114</v>
       </c>
       <c r="H840" t="s">
-        <v>3108</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>3109</v>
+        <v>3116</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>153</v>
+        <v>1154</v>
       </c>
       <c r="D841" t="s">
-        <v>3045</v>
+        <v>2770</v>
       </c>
       <c r="E841" t="s">
-        <v>3046</v>
+        <v>2771</v>
       </c>
       <c r="F841" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>3110</v>
+        <v>3117</v>
       </c>
       <c r="H841" t="s">
-        <v>3111</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>3112</v>
+        <v>3119</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>157</v>
+        <v>84</v>
       </c>
       <c r="D842" t="s">
-        <v>3045</v>
+        <v>3120</v>
       </c>
       <c r="E842" t="s">
-        <v>3046</v>
+        <v>3121</v>
       </c>
       <c r="F842" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>3113</v>
+        <v>3122</v>
       </c>
       <c r="H842" t="s">
-        <v>3114</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>3115</v>
+        <v>3124</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="D843" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E843" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F843" t="s">
         <v>23</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>3118</v>
+        <v>3125</v>
       </c>
       <c r="H843" t="s">
-        <v>3119</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B844" t="s">
+        <v>9</v>
+      </c>
+      <c r="C844" t="s">
+        <v>582</v>
+      </c>
+      <c r="D844" t="s">
         <v>3120</v>
       </c>
-      <c r="B844" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E844" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F844" t="s">
         <v>23</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>3121</v>
+        <v>3128</v>
       </c>
       <c r="H844" t="s">
-        <v>3122</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>3123</v>
+        <v>3130</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="D845" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E845" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F845" t="s">
         <v>13</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>3124</v>
+        <v>3131</v>
       </c>
       <c r="H845" t="s">
-        <v>3125</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>3126</v>
+        <v>3133</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>39</v>
+        <v>511</v>
       </c>
       <c r="D846" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E846" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F846" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>3127</v>
+        <v>3134</v>
       </c>
       <c r="H846" t="s">
-        <v>3128</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>3129</v>
+        <v>3136</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="D847" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E847" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F847" t="s">
         <v>13</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>3130</v>
+        <v>3137</v>
       </c>
       <c r="H847" t="s">
-        <v>3131</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>3132</v>
+        <v>3139</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="D848" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E848" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F848" t="s">
         <v>13</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>3133</v>
+        <v>3140</v>
       </c>
       <c r="H848" t="s">
-        <v>3134</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>3135</v>
+        <v>3142</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>51</v>
+        <v>112</v>
       </c>
       <c r="D849" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E849" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F849" t="s">
         <v>13</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>3136</v>
+        <v>3143</v>
       </c>
       <c r="H849" t="s">
-        <v>3137</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>3138</v>
+        <v>3145</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>55</v>
+        <v>115</v>
       </c>
       <c r="D850" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E850" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F850" t="s">
         <v>13</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>3139</v>
+        <v>3146</v>
       </c>
       <c r="H850" t="s">
-        <v>3140</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>3141</v>
+        <v>3148</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>59</v>
+        <v>119</v>
       </c>
       <c r="D851" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E851" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F851" t="s">
         <v>13</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>3142</v>
+        <v>3149</v>
       </c>
       <c r="H851" t="s">
-        <v>3143</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>3144</v>
+        <v>3151</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>77</v>
+        <v>122</v>
       </c>
       <c r="D852" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E852" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F852" t="s">
         <v>13</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>3145</v>
+        <v>3152</v>
       </c>
       <c r="H852" t="s">
-        <v>3146</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>3147</v>
+        <v>3154</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>81</v>
+        <v>126</v>
       </c>
       <c r="D853" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E853" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F853" t="s">
         <v>13</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>3148</v>
+        <v>3155</v>
       </c>
       <c r="H853" t="s">
-        <v>3149</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>3150</v>
+        <v>3157</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>85</v>
+        <v>130</v>
       </c>
       <c r="D854" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E854" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F854" t="s">
         <v>13</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>3151</v>
+        <v>3158</v>
       </c>
       <c r="H854" t="s">
-        <v>3152</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>3153</v>
+        <v>3160</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>632</v>
+        <v>134</v>
       </c>
       <c r="D855" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E855" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F855" t="s">
         <v>13</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>3154</v>
+        <v>3161</v>
       </c>
       <c r="H855" t="s">
-        <v>3155</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>3156</v>
+        <v>3163</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>455</v>
+        <v>741</v>
       </c>
       <c r="D856" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E856" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F856" t="s">
         <v>13</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>3157</v>
+        <v>3164</v>
       </c>
       <c r="H856" t="s">
-        <v>3158</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>3159</v>
+        <v>3166</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>459</v>
+        <v>137</v>
       </c>
       <c r="D857" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E857" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F857" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>3160</v>
+        <v>3167</v>
       </c>
       <c r="H857" t="s">
-        <v>3161</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>3162</v>
+        <v>3169</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>463</v>
+        <v>141</v>
       </c>
       <c r="D858" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E858" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F858" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>3163</v>
+        <v>3170</v>
       </c>
       <c r="H858" t="s">
-        <v>3164</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>3165</v>
+        <v>3172</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>468</v>
+        <v>145</v>
       </c>
       <c r="D859" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="E859" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="F859" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>3166</v>
+        <v>3173</v>
       </c>
       <c r="H859" t="s">
-        <v>3167</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>3168</v>
+        <v>3175</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>10</v>
+        <v>149</v>
       </c>
       <c r="D860" t="s">
-        <v>3169</v>
+        <v>3120</v>
       </c>
       <c r="E860" t="s">
-        <v>3170</v>
+        <v>3121</v>
       </c>
       <c r="F860" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>3171</v>
+        <v>3176</v>
       </c>
       <c r="H860" t="s">
-        <v>3172</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>3173</v>
+        <v>3178</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
+        <v>153</v>
+      </c>
+      <c r="D861" t="s">
+        <v>3120</v>
+      </c>
+      <c r="E861" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F861" t="s">
+        <v>23</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>3179</v>
+      </c>
+      <c r="H861" t="s">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862" t="s">
+        <v>3181</v>
+      </c>
+      <c r="B862" t="s">
+        <v>9</v>
+      </c>
+      <c r="C862" t="s">
+        <v>760</v>
+      </c>
+      <c r="D862" t="s">
+        <v>3120</v>
+      </c>
+      <c r="E862" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F862" t="s">
+        <v>23</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>3182</v>
+      </c>
+      <c r="H862" t="s">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>156</v>
+      </c>
+      <c r="D863" t="s">
+        <v>3120</v>
+      </c>
+      <c r="E863" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F863" t="s">
+        <v>23</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>3185</v>
+      </c>
+      <c r="H863" t="s">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864" t="s">
+        <v>3187</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>160</v>
+      </c>
+      <c r="D864" t="s">
+        <v>3120</v>
+      </c>
+      <c r="E864" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F864" t="s">
+        <v>13</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>3188</v>
+      </c>
+      <c r="H864" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>27</v>
+      </c>
+      <c r="D865" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E865" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F865" t="s">
+        <v>23</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>3193</v>
+      </c>
+      <c r="H865" t="s">
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B866" t="s">
+        <v>9</v>
+      </c>
+      <c r="C866" t="s">
+        <v>31</v>
+      </c>
+      <c r="D866" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E866" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F866" t="s">
+        <v>23</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>3196</v>
+      </c>
+      <c r="H866" t="s">
+        <v>3197</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B867" t="s">
+        <v>9</v>
+      </c>
+      <c r="C867" t="s">
+        <v>35</v>
+      </c>
+      <c r="D867" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E867" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F867" t="s">
+        <v>13</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>3199</v>
+      </c>
+      <c r="H867" t="s">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868" t="s">
+        <v>3201</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
+        <v>39</v>
+      </c>
+      <c r="D868" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E868" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F868" t="s">
+        <v>13</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>3202</v>
+      </c>
+      <c r="H868" t="s">
+        <v>3203</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869" t="s">
+        <v>3204</v>
+      </c>
+      <c r="B869" t="s">
+        <v>9</v>
+      </c>
+      <c r="C869" t="s">
+        <v>43</v>
+      </c>
+      <c r="D869" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E869" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F869" t="s">
+        <v>13</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>3205</v>
+      </c>
+      <c r="H869" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B870" t="s">
+        <v>9</v>
+      </c>
+      <c r="C870" t="s">
+        <v>47</v>
+      </c>
+      <c r="D870" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E870" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F870" t="s">
+        <v>13</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>3208</v>
+      </c>
+      <c r="H870" t="s">
+        <v>3209</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B871" t="s">
+        <v>9</v>
+      </c>
+      <c r="C871" t="s">
+        <v>51</v>
+      </c>
+      <c r="D871" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E871" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F871" t="s">
+        <v>13</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>3211</v>
+      </c>
+      <c r="H871" t="s">
+        <v>3212</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872" t="s">
+        <v>3213</v>
+      </c>
+      <c r="B872" t="s">
+        <v>9</v>
+      </c>
+      <c r="C872" t="s">
+        <v>55</v>
+      </c>
+      <c r="D872" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E872" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F872" t="s">
+        <v>13</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>3214</v>
+      </c>
+      <c r="H872" t="s">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873" t="s">
+        <v>3216</v>
+      </c>
+      <c r="B873" t="s">
+        <v>9</v>
+      </c>
+      <c r="C873" t="s">
+        <v>59</v>
+      </c>
+      <c r="D873" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E873" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F873" t="s">
+        <v>13</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>3217</v>
+      </c>
+      <c r="H873" t="s">
+        <v>3218</v>
+      </c>
+    </row>
+    <row r="874" spans="1:8">
+      <c r="A874" t="s">
+        <v>3219</v>
+      </c>
+      <c r="B874" t="s">
+        <v>9</v>
+      </c>
+      <c r="C874" t="s">
+        <v>63</v>
+      </c>
+      <c r="D874" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E874" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F874" t="s">
+        <v>13</v>
+      </c>
+      <c r="G874" s="1" t="s">
+        <v>3220</v>
+      </c>
+      <c r="H874" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="875" spans="1:8">
+      <c r="A875" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B875" t="s">
+        <v>9</v>
+      </c>
+      <c r="C875" t="s">
+        <v>84</v>
+      </c>
+      <c r="D875" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E875" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F875" t="s">
+        <v>13</v>
+      </c>
+      <c r="G875" s="1" t="s">
+        <v>3223</v>
+      </c>
+      <c r="H875" t="s">
+        <v>3224</v>
+      </c>
+    </row>
+    <row r="876" spans="1:8">
+      <c r="A876" t="s">
+        <v>3225</v>
+      </c>
+      <c r="B876" t="s">
+        <v>9</v>
+      </c>
+      <c r="C876" t="s">
+        <v>88</v>
+      </c>
+      <c r="D876" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E876" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F876" t="s">
+        <v>13</v>
+      </c>
+      <c r="G876" s="1" t="s">
+        <v>3226</v>
+      </c>
+      <c r="H876" t="s">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="877" spans="1:8">
+      <c r="A877" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B877" t="s">
+        <v>9</v>
+      </c>
+      <c r="C877" t="s">
+        <v>582</v>
+      </c>
+      <c r="D877" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E877" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F877" t="s">
+        <v>13</v>
+      </c>
+      <c r="G877" s="1" t="s">
+        <v>3229</v>
+      </c>
+      <c r="H877" t="s">
+        <v>3230</v>
+      </c>
+    </row>
+    <row r="878" spans="1:8">
+      <c r="A878" t="s">
+        <v>3231</v>
+      </c>
+      <c r="B878" t="s">
+        <v>9</v>
+      </c>
+      <c r="C878" t="s">
+        <v>480</v>
+      </c>
+      <c r="D878" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E878" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F878" t="s">
+        <v>13</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>3232</v>
+      </c>
+      <c r="H878" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="879" spans="1:8">
+      <c r="A879" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B879" t="s">
+        <v>9</v>
+      </c>
+      <c r="C879" t="s">
+        <v>484</v>
+      </c>
+      <c r="D879" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E879" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F879" t="s">
+        <v>23</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>3235</v>
+      </c>
+      <c r="H879" t="s">
+        <v>3236</v>
+      </c>
+    </row>
+    <row r="880" spans="1:8">
+      <c r="A880" t="s">
+        <v>3237</v>
+      </c>
+      <c r="B880" t="s">
+        <v>9</v>
+      </c>
+      <c r="C880" t="s">
+        <v>488</v>
+      </c>
+      <c r="D880" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E880" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F880" t="s">
+        <v>23</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>3238</v>
+      </c>
+      <c r="H880" t="s">
+        <v>3239</v>
+      </c>
+    </row>
+    <row r="881" spans="1:8">
+      <c r="A881" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B881" t="s">
+        <v>9</v>
+      </c>
+      <c r="C881" t="s">
+        <v>493</v>
+      </c>
+      <c r="D881" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E881" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F881" t="s">
+        <v>23</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>3241</v>
+      </c>
+      <c r="H881" t="s">
+        <v>3242</v>
+      </c>
+    </row>
+    <row r="882" spans="1:8">
+      <c r="A882" t="s">
+        <v>3243</v>
+      </c>
+      <c r="B882" t="s">
+        <v>9</v>
+      </c>
+      <c r="C882" t="s">
+        <v>10</v>
+      </c>
+      <c r="D882" t="s">
+        <v>3244</v>
+      </c>
+      <c r="E882" t="s">
+        <v>3245</v>
+      </c>
+      <c r="F882" t="s">
+        <v>13</v>
+      </c>
+      <c r="G882" s="1" t="s">
+        <v>3246</v>
+      </c>
+      <c r="H882" t="s">
+        <v>3247</v>
+      </c>
+    </row>
+    <row r="883" spans="1:8">
+      <c r="A883" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B883" t="s">
+        <v>9</v>
+      </c>
+      <c r="C883" t="s">
         <v>22</v>
       </c>
-      <c r="D861" t="s">
-[...5 lines deleted...]
-      <c r="F861" t="s">
+      <c r="D883" t="s">
+        <v>3244</v>
+      </c>
+      <c r="E883" t="s">
+        <v>3245</v>
+      </c>
+      <c r="F883" t="s">
         <v>13</v>
       </c>
-      <c r="G861" s="1" t="s">
-[...3 lines deleted...]
-        <v>3175</v>
+      <c r="G883" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="H883" t="s">
+        <v>3250</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -33719,50 +34525,72 @@
     <hyperlink ref="G837" r:id="rId836"/>
     <hyperlink ref="G838" r:id="rId837"/>
     <hyperlink ref="G839" r:id="rId838"/>
     <hyperlink ref="G840" r:id="rId839"/>
     <hyperlink ref="G841" r:id="rId840"/>
     <hyperlink ref="G842" r:id="rId841"/>
     <hyperlink ref="G843" r:id="rId842"/>
     <hyperlink ref="G844" r:id="rId843"/>
     <hyperlink ref="G845" r:id="rId844"/>
     <hyperlink ref="G846" r:id="rId845"/>
     <hyperlink ref="G847" r:id="rId846"/>
     <hyperlink ref="G848" r:id="rId847"/>
     <hyperlink ref="G849" r:id="rId848"/>
     <hyperlink ref="G850" r:id="rId849"/>
     <hyperlink ref="G851" r:id="rId850"/>
     <hyperlink ref="G852" r:id="rId851"/>
     <hyperlink ref="G853" r:id="rId852"/>
     <hyperlink ref="G854" r:id="rId853"/>
     <hyperlink ref="G855" r:id="rId854"/>
     <hyperlink ref="G856" r:id="rId855"/>
     <hyperlink ref="G857" r:id="rId856"/>
     <hyperlink ref="G858" r:id="rId857"/>
     <hyperlink ref="G859" r:id="rId858"/>
     <hyperlink ref="G860" r:id="rId859"/>
     <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
+    <hyperlink ref="G874" r:id="rId873"/>
+    <hyperlink ref="G875" r:id="rId874"/>
+    <hyperlink ref="G876" r:id="rId875"/>
+    <hyperlink ref="G877" r:id="rId876"/>
+    <hyperlink ref="G878" r:id="rId877"/>
+    <hyperlink ref="G879" r:id="rId878"/>
+    <hyperlink ref="G880" r:id="rId879"/>
+    <hyperlink ref="G881" r:id="rId880"/>
+    <hyperlink ref="G882" r:id="rId881"/>
+    <hyperlink ref="G883" r:id="rId882"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>