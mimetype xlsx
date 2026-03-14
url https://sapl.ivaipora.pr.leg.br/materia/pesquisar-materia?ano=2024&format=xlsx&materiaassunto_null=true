--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,2897 +54,2897 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4768/pelom_1_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4768/pelom_1_2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na redação do Art. 12 e §1º, da Lei Orgânica do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Marcelo dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4179/plc_01-2024_-_dispoe_sobre_a_criacao_de_zona_residencial_e_de_servicos__-_-_lc_______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4179/plc_01-2024_-_dispoe_sobre_a_criacao_de_zona_residencial_e_de_servicos__-_-_lc_______-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 39, de 09 de junho de 2022, que dispõe sobre o Parcelamento do Solo Urbano e Condomínios no Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>6122</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Luiz Carlos Gil</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6122/plc_02-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022__-_-_lc______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6122/plc_02-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022__-_-_lc______-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 34, de 09 de junho de 2022, que dispõe sobre o uso e ocupação do solo no Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>6604</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6604/plc_04-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_res._paris_lot._casa_branca_ampliacao_residencial_-_-_lc______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6604/plc_04-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_res._paris_lot._casa_branca_ampliacao_residencial_-_-_lc______-2024.pdf</t>
   </si>
   <si>
     <t>6689</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6689/plc_05-2024_-_dispoe_sobre_a_criacao_de_zona_residencial_jardim_nova_pora___-_-_lc__________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6689/plc_05-2024_-_dispoe_sobre_a_criacao_de_zona_residencial_jardim_nova_pora___-_-_lc__________-2024.pdf</t>
   </si>
   <si>
     <t>6691</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6691/plc_06-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_predio_prox._colegio_mater_-_-_lc______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6691/plc_06-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_predio_prox._colegio_mater_-_-_lc______-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 34, de 09 de junho de 2022, que dispõe sobre o Parcelamento do Solo Urbano e Condomínios no Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>8241</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8241/plc_07-2024_-_altera_a_lc_50-2023_zona_azul_-_-_lc_______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8241/plc_07-2024_-_altera_a_lc_50-2023_zona_azul_-_-_lc_______-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 50, de 11 de julho de 2023, que autoriza o Poder Executivo a dispor sobre a permissão do uso e exploração do estacionamento rotativo pago de veículos no centro do município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>9587</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9587/pll_josane_zona_azul.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9587/pll_josane_zona_azul.docx</t>
   </si>
   <si>
     <t>Altera o parágrafo único do art. 7º, da Lei Complementar nº 50, de 11 de julho de 2023, que autoriza o Poder Executivo a dispor sobre a permissão do uso e exploração do estacionamento rotativo pago de veículos no centro do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>9646</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9646/plc_09-2024_-_regulamenta_as_datas_para_vencimento_de_alvaras_e_licencas_municipais_para_o_exercicio_de_2025__-_-_lc______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9646/plc_09-2024_-_regulamenta_as_datas_para_vencimento_de_alvaras_e_licencas_municipais_para_o_exercicio_de_2025__-_-_lc______-2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta as datas para vencimento de alvarás e licenças municipais para o exercício de 2025, concede descontos, e dá outras providências.</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4044/ple_01-2024_-_introduz_alteracoes_na_l_3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4044/ple_01-2024_-_introduz_alteracoes_na_l_3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.866/2023, que autoriza o Executivo Municipal a proceder a alienação de bens imóveis que especifica, mediante processo licitatório na modalidade leilão, e dá outras providências.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4043/ple_02-2024_-_revoga_o_inciso_v_do_art._5_da_lei_municipal_3.887-2023_-_bolsa_esporte_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4043/ple_02-2024_-_revoga_o_inciso_v_do_art._5_da_lei_municipal_3.887-2023_-_bolsa_esporte_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso V do Artigo 5º da Lei Municipal 3.887/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4178/ple_03-2024_-_dispoe_sobre_diretrizes_gerais_para_implantacao_da_politica_de_educacao_em_tempo_integral_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4178/ple_03-2024_-_dispoe_sobre_diretrizes_gerais_para_implantacao_da_politica_de_educacao_em_tempo_integral_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais a serem observadas na implantação da Política de Educação em Tempo Integral do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4699/ple_5_2024_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4699/ple_5_2024_1.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (595.975,03 atividades ligadas a secretaria municipal de saúde)</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4725/ple_6_2024_atualizado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4725/ple_6_2024_atualizado.pdf</t>
   </si>
   <si>
     <t>Ratifica a Terceira Alteração do Protocolo de Intenções que regulariza a constituição e regulamentação do Consórcio Público Intermunicipal de Atenção à Sanidade Agropecuária, Desenvolvimento Rural e Urbano Sustentável da Região Central do Estado do Paraná - CIDCENTRO, e dá outras providências.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4753/ple_07-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_arlindo_pedrini_-_-_l______-_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4753/ple_07-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_arlindo_pedrini_-_-_l______-_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permuta de imóveis com torna e prazo, e dá outras providências.</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4754/ple_8_2024_atualizado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4754/ple_8_2024_atualizado.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 743.056,73, trata-se de Crédito Adicional Especial em razão de não constar no orçamento programa em execução, dotação específica para execução dos recursos oriundos do Governo Federal e Estadual, sendo que tais recursos estavam em execução nos exercícios anteriores e serão reabertos para continuar em execução no presente exercício - a maioria dos recursos tratados são de aplicação em atividades ligadas a Secretaria Municipal de Assistência Social).</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4758/projeto_de_lei_do_executivo_no_09-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4758/projeto_de_lei_do_executivo_no_09-2024.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências, e dá outras providências. Trata-se se Crédito Adicional Especial no montante de R$ 10.000,000,00 (dez milhões) oriundos da operação de crédito junto a Fomento Paraná S.A, que serão destinados exclusivamente para a realização de pavimentação e recape asfáltico em diversas ruas da cidade.</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4769/ple_10_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4769/ple_10_2024.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (R$ 392.047,90 - trata-se de Crédito Adicional Especial em razão de não constar no orçamento programa em execução, dotação específica para execução dos recursos de superávit do exercício anterior, os quais serão aplicados para dar continuidade aos investimentos já realizados na Secretaria Municipal de Saúde).</t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5295/ple_12-2024_-_institui__o_programa___municipal_de_incentivo_a_seguranca_hidrica_-_-_l_________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5295/ple_12-2024_-_institui__o_programa___municipal_de_incentivo_a_seguranca_hidrica_-_-_l_________-2024.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal de incentivo à segurança hídrica do município de Ivaiporã/PR, autoriza o Poder Executivo a utilizar recursos   na programação e execução de ações de apoio ao desenvolvimento sustentável, e dá outras providências.</t>
   </si>
   <si>
     <t>5398</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5398/ple_13_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5398/ple_13_2024.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. Valor R$ 6.817.430,52</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5786/ple_15_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5786/ple_15_2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.922, de 26 de setembro de 2023, que autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial do imóvel que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5733/ple_16_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5733/ple_16_2024.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de 9.541.123,00 - trata-se de Crédito Adicional Especial para atender à solicitação de diversas Secretarias Municipais, no qual destaca-se que os recursos são provenientes de repasses do Governo Federal e Estadual, por meio de convênio e repasses, que serão utilizados para a realização de obras de pavimentação e recape asfáltico, obras de infraestrutura, reforma e ampliação do Terminal Rodoviário, execução de rede de água e perfuração de poço artesiano, reforma e construção do CRAS/CREAS, dentre outras obras de infraestrutura).</t>
   </si>
   <si>
     <t>5785</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5785/ple_17-2024_-_revoga_a_lei_3.738-2022_-_rede_intersetorial_de_enfrentamento_a_violencia_-_-_l_______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5785/ple_17-2024_-_revoga_a_lei_3.738-2022_-_rede_intersetorial_de_enfrentamento_a_violencia_-_-_l_______-2024.pdf</t>
   </si>
   <si>
     <t>Revoga na íntegra a Lei Municipal 3.738, de 18 de agosto de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5787/ple_19-2024_-_institui_a_rede_intersetorial_de_atencao_e_protecao_social__-_-_l_______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5787/ple_19-2024_-_institui_a_rede_intersetorial_de_atencao_e_protecao_social__-_-_l_______-2024.pdf</t>
   </si>
   <si>
     <t>Institui a REDE INTERSETORIAL DE ATENÇÃO E PROTEÇÃO SOCIAL no município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5790/ple_20-2024_-_introduz_alteracoes_na_lei_3.964-2023_-__leilao_de_veiculos__-_-_l_______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5790/ple_20-2024_-_introduz_alteracoes_na_lei_3.964-2023_-__leilao_de_veiculos__-_-_l_______-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.964, de 29 de dezembro de 2023, que autoriza o Executivo Municipal a promover LEILÃO PÚBLICO para alienar veículos inservíveis de propriedade da Prefeitura Municipal de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>5967</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5967/ple_21-2024_-_autoriza_a_abertura_de_02_ruas_no_loteamento_florais_do_parana_-_-_l______-_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5967/ple_21-2024_-_autoriza_a_abertura_de_02_ruas_no_loteamento_florais_do_parana_-_-_l______-_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar a abertura de ruas no loteamento comercial, industrial e de serviços "Florais do Paraná".</t>
   </si>
   <si>
     <t>5968</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5968/ple_22-2024_-_introduz_alteracoes_na_l_1.268-2005_-_art._186__estatuto_dos_servidores_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5968/ple_22-2024_-_introduz_alteracoes_na_l_1.268-2005_-_art._186__estatuto_dos_servidores_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei 1.268/2005, que dispõe sobre o Estatuto dos Funcionários Públicos de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5969</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5969/ple_23-2024_-_introduz_alteracoes_na_l_1.269-2005_-_art._18_plano_de_cargos_e_salarios_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5969/ple_23-2024_-_introduz_alteracoes_na_l_1.269-2005_-_art._18_plano_de_cargos_e_salarios_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei 1.269/2005, que dispõe sobre o Plano de Cargos e Salários dos Funcionários Públicos de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>6140</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6140/ple_24-2024_-_abre_credito_adcional_especial___r_3.718.30819_-_-_l____-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6140/ple_24-2024_-_abre_credito_adcional_especial___r_3.718.30819_-_-_l____-2024.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (R$ 3.718.308,19)</t>
   </si>
   <si>
     <t>6125</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6125/ple_25-2024_-_dispoe_sobre_a_cessao_de_servidor_ao_iat_-_andrew_magri_martins_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6125/ple_25-2024_-_dispoe_sobre_a_cessao_de_servidor_ao_iat_-_andrew_magri_martins_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão do servidor público municipal ao Instituto das Águas – IAT, com ônus para o Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>6139</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6139/ple-26-2016.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6139/ple-26-2016.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder revisão geral anual dos salários e vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>6141</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6141/ple_27-2024_-_abre_credito_adicional_especial___r_8.210.96958_-_-_l____-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6141/ple_27-2024_-_abre_credito_adicional_especial___r_8.210.96958_-_-_l____-2024.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (R$ 8.210.969,58)</t>
   </si>
   <si>
     <t>6159</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6159/ple_28-2024_-altera_a_lei_3.993-2024_-_credito_adicional_-_-_l____-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6159/ple_28-2024_-altera_a_lei_3.993-2024_-_credito_adicional_-_-_l____-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.993, de 23 de abril de 2024, que autoriza o Executivo Municipal a realizar a abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>6401</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6401/ple_29-2024_-_introduz_alteracoes_na_lei_2.485-2014_-_fundo_municipal_de_saneamento_basico__-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6401/ple_29-2024_-_introduz_alteracoes_na_lei_2.485-2014_-_fundo_municipal_de_saneamento_basico__-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 2.485, de 17 de junho de 2014, que institui o Fundo Municipal de Saneamento Básico Ambiental.</t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6438/ple_30_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6438/ple_30_2024.pdf</t>
   </si>
   <si>
     <t>Revoga na íntegra a Lei Municipal 3.826, de 08 de fevereiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6504/ple_31_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6504/ple_31_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a digitalização e arquivamento de documentos em mídia ótica ou eletrônica, e dá outras providencias.</t>
   </si>
   <si>
     <t>6506</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6506/ple_32-2024_-_institui_o_programa_de_loteamentos_populares_de_interesse_social_-_-_l_______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6506/ple_32-2024_-_institui_o_programa_de_loteamentos_populares_de_interesse_social_-_-_l_______-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Loteamentos Populares de Interesse Social e define normas para sua adoção.</t>
   </si>
   <si>
     <t>6509</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6509/ple_33-2024_-_introduz_alteracoes_na_lei_3.980-2024_-_politica_de_educacao_em_tempo_integral__-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6509/ple_33-2024_-_introduz_alteracoes_na_lei_3.980-2024_-_politica_de_educacao_em_tempo_integral__-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.980, de 13 de março de 2024, que dispõe sobre as diretrizes gerais a serem observadas na implantação da Política de Educação em Tempo Integral do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>6599</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6599/projeto_34-2024_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6599/projeto_34-2024_1.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. R$. 2.337.211,16 (Dois milhões, trezentos e trinta e sete mil, duzentos e onze reais e dezesseis centavos).</t>
   </si>
   <si>
     <t>6622</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6622/ple_36-2024_-_abre_credito_adicional_especial___r_477.50000_-_-_l_____-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6622/ple_36-2024_-_abre_credito_adicional_especial___r_477.50000_-_-_l_____-2024.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial no valor de R$ 477.500,00, e dá outras providências.</t>
   </si>
   <si>
     <t>6646</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6646/ple_37_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6646/ple_37_2024.pdf</t>
   </si>
   <si>
     <t>6647</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6647/ple_no_38-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6647/ple_no_38-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.920/2023, que autoriza o Executivo Municipal a proceder a alienação de bens imóveis que especifica, mediante processo licitatório na modalidade leilão, e dá outras providências.</t>
   </si>
   <si>
     <t>6649</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6649/ple_39-2023_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_diversas_secretarias__-_-_l_________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6649/ple_39-2023_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_diversas_secretarias__-_-_l_________-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação de vagas do quadro de pessoal efetivo do Município de Ivaiporã/PR, em conformidade com a Lei Municipal 1.269, de 16/05/2005, e dá outras providências.</t>
   </si>
   <si>
     <t>6903</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6903/ple_41-2024_-_dispoe_sobre_a_criacao_do_conselho_e_fundo_municipal_dos_direitos_do_idoso__-_-_l_______-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6903/ple_41-2024_-_dispoe_sobre_a_criacao_do_conselho_e_fundo_municipal_dos_direitos_do_idoso__-_-_l_______-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa Idosa, do Fundo Municipal dos Direitos da Pessoa Idosa e dá outras providências.</t>
   </si>
   <si>
     <t>7817</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7817/pl_44-2024..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7817/pl_44-2024..pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>7393</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7393/pl_46-2024_-__ldo_2025_-_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7393/pl_46-2024_-__ldo_2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>7910</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7910/pl_48-2024_-.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7910/pl_48-2024_-.pdf</t>
   </si>
   <si>
     <t>7909</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7909/pl_49-2024_-.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7909/pl_49-2024_-.pdf</t>
   </si>
   <si>
     <t>7986</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7986/ple_no_50-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7986/ple_no_50-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do Imposto Predial e Territorial Urbano (IPTU) incidente sobre o imóvel denominado antigo hotel de furnas , destinado a implantação do "Projeto Centro Dia" para idosos, e dá outras providências.</t>
   </si>
   <si>
     <t>8096</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8096/ple_51-2024_-_cria_a_casa_da_memoria_de_ivaipora_e_da_outras_providencias_-_-_l_________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8096/ple_51-2024_-_cria_a_casa_da_memoria_de_ivaipora_e_da_outras_providencias_-_-_l_________-2024.pdf</t>
   </si>
   <si>
     <t>Cria a Casa da Memória de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>8240</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8240/ple_52-2024_-_institui_a_costela_do_sapecado_como_prato_tipico_do_municipio_de_ivaipora_-_-_l_________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8240/ple_52-2024_-_institui_a_costela_do_sapecado_como_prato_tipico_do_municipio_de_ivaipora_-_-_l_________-2024.pdf</t>
   </si>
   <si>
     <t>Define a COSTELA DO SAPECADO como Prato Típico oficial do Município de Ivaiporã / PR.</t>
   </si>
   <si>
     <t>8314</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8314/pl_56-2024_-_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8314/pl_56-2024_-_assinado.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 265.076,41 - em razão da necessidade de adequação das dotações de diversos recursos, os quais serão readequados a fim de atender as novas necessidades de algumas secretarias).</t>
   </si>
   <si>
     <t>8452</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8452/ple_57-2024_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_18_casas_alto_pora-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8452/ple_57-2024_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_18_casas_alto_pora-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial da fração ideal do imóvel que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>8582</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8582/pl_58-2024_-_pl_patrocinio_expovale_-_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8582/pl_58-2024_-_pl_patrocinio_expovale_-_assinado.pdf</t>
   </si>
   <si>
     <t>8583</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8583/pl_59-2024_-_lago_das_flores_-_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8583/pl_59-2024_-_lago_das_flores_-_assinado.pdf</t>
   </si>
   <si>
     <t>8749</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8749/ple_60-2024_-_abre_credito_adicional_especial___pavimentacao_poliedrica.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8749/ple_60-2024_-_abre_credito_adicional_especial___pavimentacao_poliedrica.pdf</t>
   </si>
   <si>
     <t>Abre um crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>9320</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9320/pl_62-2024--.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9320/pl_62-2024--.pdf</t>
   </si>
   <si>
     <t>ABRE UM CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8885</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8885/pl_63-2024_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8885/pl_63-2024_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>9086</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9086/pl_64-2024_-_patrocinio_expovale_-_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9086/pl_64-2024_-_patrocinio_expovale_-_assinado_2.pdf</t>
   </si>
   <si>
     <t>9321</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9321/ple_65-2024_-_autoriza_a_realizacao_de_processo_seletivo_simplificado_-_pss_diversas_secretarias_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9321/ple_65-2024_-_autoriza_a_realizacao_de_processo_seletivo_simplificado_-_pss_diversas_secretarias_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de interesse público de diversas Secretarias da Administração Municipal, nos termos do inciso IX do artigo 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>9434</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9434/projeto_de_lei_loa_2025_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9434/projeto_de_lei_loa_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Estima Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>9438</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9438/ple_67-2024_-_autoriza_o_recebimento_de_doacao_de_imovel_com_encargos_-_antigo_hotel_de_furnas_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9438/ple_67-2024_-_autoriza_o_recebimento_de_doacao_de_imovel_com_encargos_-_antigo_hotel_de_furnas_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Ivaiporã a receber da empresa Centrais Elétricas Brasileiras S/A – Eletrobrás, o imóvel denominado Antigo Hotel Furnas em forma de doação com encargos e dá outras providências.</t>
   </si>
   <si>
     <t>9440</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9440/ple_68_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9440/ple_68_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento de receitas e tributos pelo Município de Ivaiporã/PR, através de cartão de débito e crédito, e dá outras providências.</t>
   </si>
   <si>
     <t>9583</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9583/ple_69-2024__-_institui_o_plano_municipal_de_cultura__plamcult_-_-_l__________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9583/ple_69-2024__-_institui_o_plano_municipal_de_cultura__plamcult_-_-_l__________-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura - PLAMCULT e dá outras providências.</t>
   </si>
   <si>
     <t>9593</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9593/pl_70-2024_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9593/pl_70-2024_1.pdf</t>
   </si>
   <si>
     <t>ABRE UM CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9679</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9679/pl_71-2024-.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9679/pl_71-2024-.pdf</t>
   </si>
   <si>
     <t>9692</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9692/ple_72-2024_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_da_escola_ivaipora-_-_l___________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9692/ple_72-2024_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_da_escola_ivaipora-_-_l___________-2024.pdf</t>
   </si>
   <si>
     <t>9696</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9696/ple_73-2024_-_autoriza_a_realizacao_de_processo_seletivo_simplificado_-_pss_educacao_-_-_l________-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9696/ple_73-2024_-_autoriza_a_realizacao_de_processo_seletivo_simplificado_-_pss_educacao_-_-_l________-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de interesse público da Secretaria Municipal de Educação, nos termos do inciso IX do artigo 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>9694</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9694/pl_74-2024_-_credito_especial-..pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9694/pl_74-2024_-_credito_especial-..pdf</t>
   </si>
   <si>
     <t>9810</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9810/projeto__75-_especial_-_diversas_secretarias.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9810/projeto__75-_especial_-_diversas_secretarias.pdf</t>
   </si>
   <si>
     <t>9906</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9906/projeto__-_especial_-_excesso_cultura_convenio.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9906/projeto__-_especial_-_excesso_cultura_convenio.pdf</t>
   </si>
   <si>
     <t>8354</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Mensagem Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8354/camara_-_mensagem_aditiva_ao_ple_55-2024_-_horario_func._bares_-_-_of._655-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8354/camara_-_mensagem_aditiva_ao_ple_55-2024_-_horario_func._bares_-_-_of._655-2024.pdf</t>
   </si>
   <si>
     <t>Mensagem aditiva ao Projeto de Lei n° 55/2024 do Poder Executivo.</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4079/pll_no_02-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4079/pll_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Institui no calendário do Município de Ivaiporã o mês “fevereiro Lilás” dedicado a conscientização sobre doenças raras.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4175/pll_03-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4175/pll_03-2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação de “Praça Maria Custodia da Silva” o imóvel situado no Jardim Aeroporto, no Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4198/pll_4_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4198/pll_4_2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação de “Rodovia Municipal Luiz Marcelino Xavier” a Estrada do Espigão Querubim-Formoso, popularmente conhecida como Estrada dos Três Ranchinhos, no Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
     <t>Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4238/pll_05-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4238/pll_05-2024.pdf</t>
   </si>
   <si>
     <t>Da denominação de “Sebastião José Pereira” ao Recinto de Leilões – Anexo ao Parque de Exposição EXPOVALE.</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
     <t>Carniato</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4535/pll_06-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4535/pll_06-2024.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o “Ivaiporã Country Club”, e dá outras providências.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4658/pll_07-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4658/pll_07-2024.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua 02, no Residencial Bariloche, neste município de Ivaiporã como Rua Antonio Koltun, e dá outras providências.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4626/pll_8_2024_gertrudes_mulheres_pela_paz.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4626/pll_8_2024_gertrudes_mulheres_pela_paz.docx</t>
   </si>
   <si>
     <t>Institui a semana Mulheres Pela Paz.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4646/pll_no_09-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4646/pll_no_09-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Mulher Negra, comemorado anualmente em 25 de julho.</t>
   </si>
   <si>
     <t>5763</t>
   </si>
   <si>
     <t>Sandra Mara</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5763/pllno_10-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5763/pllno_10-2024.pdf</t>
   </si>
   <si>
     <t>Denomina "Radar Transparente" e institui a realização de audiências públicas sobre as propostas do Poder Executivo para instalação e operação de instrumentos ou equipamentos de fiscalização eletrônica de velocidade em vias públicas, e dá outras providências.</t>
   </si>
   <si>
     <t>5893</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5893/pll_11_carniato.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5893/pll_11_carniato.docx</t>
   </si>
   <si>
     <t>Altera o nome da Rua “04”, no Residencial Bariloche, neste Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6029/pll_12-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6029/pll_12-2024.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua “01”, no Residencial Bariloche, neste Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>6342</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6342/pll_no_14-2024_inclusao_em_sites_oficiais_dos_poderes_publicos_1.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6342/pll_no_14-2024_inclusao_em_sites_oficiais_dos_poderes_publicos_1.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão, em sites oficiais dos Poderes Públicos do Município de Ivaiporã, em aba específica, todos os serviços municipais à disposição das pessoas idosas e dá outras providencias.</t>
   </si>
   <si>
     <t>6387</t>
   </si>
   <si>
     <t>Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6387/projeto_de_lei_iptu_social_15-2024_-_vereador_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6387/projeto_de_lei_iptu_social_15-2024_-_vereador_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “IPTU Social” e autoriza o Poder Executivo a conceder isenção do Imposto Predial e Territorial Urbano (IPTU) para as pessoas de baixa renda cadastradas no Cadastro Único do Governo Federal.</t>
   </si>
   <si>
     <t>6399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6399/pll_no_16-2024_josane_disner.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6399/pll_no_16-2024_josane_disner.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de placas informativas em imóveis dos quais a Administração Pública Municipal é locatária, e dá outras providências.</t>
   </si>
   <si>
     <t>6721</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6721/pll_19_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6721/pll_19_2024.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de ``Lauro de Moura`` A Praça situada na Rua Ministro Aramis Athaide esquina com a Rua Pedro Aleixo, no Jardim Espirito Santo, no Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>6917</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6917/projeto_de_lei_do_legislativo_no_20-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6917/projeto_de_lei_do_legislativo_no_20-2024.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal nº 2.422, de 15 de janeiro de 2014, que institui “O Dia da Alegria” no Município de Ivaiporã-PR.</t>
   </si>
   <si>
     <t>7485</t>
   </si>
   <si>
     <t>Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7485/pll_nc2ba_21-2024_rua_joao_burato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7485/pll_nc2ba_21-2024_rua_joao_burato_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da “Rua Periquito” no Distrito de Alto Porã, para “Rua João Burato” no Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>8234</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8234/pll_revoga_lei_1380_horario_de_funcionamento.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8234/pll_revoga_lei_1380_horario_de_funcionamento.docx</t>
   </si>
   <si>
     <t>Revoga as Leis Municipais nº 1.380/2006, 1.471/2007 e 2.026/2011.</t>
   </si>
   <si>
     <t>8888</t>
   </si>
   <si>
     <t>Nando Dorta, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8888/pll_no_23-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8888/pll_no_23-2024.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o INSTITUTO DO RIM DE IVAIPORÃ, e dá outras providências.</t>
   </si>
   <si>
     <t>9054</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9054/ple_nba_24-2024_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9054/ple_nba_24-2024_assinado.pdf</t>
   </si>
   <si>
     <t>Fica denominado de “Francisco José de Oliveira” o Campo de Futebol localizado no Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>9103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9103/projeto_alzheimer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9103/projeto_alzheimer_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização e Prevenção da Doença de Alzheimer.</t>
   </si>
   <si>
     <t>9106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9106/projeto_de_lei_no_26-2024_28229_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9106/projeto_de_lei_no_26-2024_28229_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da “Rua do Grau”, no Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>9742</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9742/maria_wessler_brott-_campinho.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9742/maria_wessler_brott-_campinho.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de “Maria Wessler Brotti” o campinho situado na praça Pedro Goerdert, no Jardim Espírito Santo, no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto da Lei</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Estabelece durante as consultas pediátricas regulares e nos atendimentos de emergência a realização do " Teste do Bracinho" para crianças a partir dos 3 (três) anos de idade.</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4823/veto_da_no_lei_3969.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4823/veto_da_no_lei_3969.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Incentivo à Doação de Cabelo para Pessoas em Tratamento Contra o Câncer e dá outra providências.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4825/veto_da_no_lei_3970.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4825/veto_da_no_lei_3970.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o prazo de validade do Laudo Médico Pericial que atesta o Transtorno do Espectro Autista.</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4826/veto_da_no_lei_3971.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4826/veto_da_no_lei_3971.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implementação do sistema de inclusão escolar "ABA" para crianças com autismo nas escolas da rede municipal de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4828/veto_da_no_lei_3972.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4828/veto_da_no_lei_3972.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Cultura Evangélica e o Dia Municipal do Evangélico.</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4830/veto_da_no_lei_3973.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4830/veto_da_no_lei_3973.pdf</t>
   </si>
   <si>
     <t>Institui a campanha " NÃO DÊ ESMOLAS, DÊ OPORTUNIDADES", no âmbito do Município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>Denomina o Condomínio do Idoso de Ivaiporã-PR, como Carlos Pereira " Carlito", e dá outras providências.</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>Veto Integral da Lei nº 4.010 - Denomina "Radar Transparente" e institui a realização de audiências públicas sobre as propostas do Poder Executivo para instalação e operação de instrumentos ou equipamentos de fiscalização eletrônica de velocidade em vias públicas, e dá outras providências.</t>
   </si>
   <si>
     <t>9681</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9681/lei_4052_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9681/lei_4052_2024.pdf</t>
   </si>
   <si>
     <t>Veto Integral da Lei nº 4.052, ao Projeto de Lei do Legislativo nº 26/2024. Dispõe sobre a criação da “Rua do Grau”, no município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4184/pdl_nc2ba_01-2024_titulo_de_cidadao_honorario_sueli_ramos_dos_santos_gevert_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4184/pdl_nc2ba_01-2024_titulo_de_cidadao_honorario_sueli_ramos_dos_santos_gevert_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná a Senhora Sueli Ramos dos Santos Gevert  e dá outras providências.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4671/pdl_02-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4671/pdl_02-2024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Consagração Pública Municipal ao 1º SUBGRUPAMENTO DE BOMBEIROS INDEPENDENTE EM IVAIPORÃ.</t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5422/projeto_de_decreto_3_-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5422/projeto_de_decreto_3_-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de licença ao Prefeito Municipal, Sr. Luiz Carlos Gil e dá outras providências.</t>
   </si>
   <si>
     <t>5556</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5556/pdl_4_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5556/pdl_4_2024.pdf</t>
   </si>
   <si>
     <t>Concessão de licença sem remuneração ao Prefeito Municipal Sr. Luiz Carlos Gil de seu cargo, no período compreendido de 22/04/2024 (vinte e quatro de abril do ano de dois mil e vinte e quatro) a 21/05/2024 (vinte e um de maio de dois mil e vinte e quatro), em obediência ao contido no inciso I do Art. 170 do Regimento Interno, combinado com o Art. 91 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>5894</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5894/pdl_5_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5894/pdl_5_2024.pdf</t>
   </si>
   <si>
     <t>Revoga o Decreto Legislativo nº 03/2024. _x000D_
 _x000D_
 Fica Revogado o Decreto Legislativo nº 03/2024, que autorizava a concessão de licença sem remuneração ao Prefeito Municipal Sr. Luiz Carlos Gil de seu cargo, no período compreendido de 22/04/2024 (vinte e quatro de abril do ano de dois mil e vinte e quatro) a 21/05/2024 (vinte e um de maio de dois mil e vinte e quatro), em obediência ao contido no inciso I do Art. 170 do Regimento Interno, combinado com o Art. 91 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>6321</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6321/pdl_no_06-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6321/pdl_no_06-2024.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para o envio de um caminhão pipa pertencente ao município de Ivaiporã ao Estado do Rio Grande do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>6717</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6717/pdl_no_07-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6717/pdl_no_07-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2022.</t>
   </si>
   <si>
     <t>6795</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6795/pdl_nc2ba_08-2024_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6795/pdl_nc2ba_08-2024_assinado.pdf</t>
   </si>
   <si>
     <t>Súmula: Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná a Senhor José Carlos Pinto.</t>
   </si>
   <si>
     <t>7502</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7502/titulo_mauro_merigue_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7502/titulo_mauro_merigue_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Título de “Cidadão Honorário de Ivaiporã”, a Senhor Mauro Merigue.</t>
   </si>
   <si>
     <t>9294</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9294/pdl_no_10-2024_titulo_de_cidadao_honorario_fabio_costa.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9294/pdl_no_10-2024_titulo_de_cidadao_honorario_fabio_costa.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Senhor Fábio Costa e dá outras providências.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4041/projeto_de_resolucao_no_01-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4041/projeto_de_resolucao_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o instrumento da programação financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4042/projeto_de_resolucao_no_02-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4042/projeto_de_resolucao_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a Liberação de diárias aos membros do Poder Legislativo, constantes da Lei nº 2.114 a partir de 01 de fevereiro de 2024 à 31 de dezembro de 2024</t>
   </si>
   <si>
     <t>7503</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7503/projeto_de_resolucao_no_03-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7503/projeto_de_resolucao_no_03-2024.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar no valor de R$ 60.000,00 (sessenta mil reais), destinados a atender dotações constante no orçamento programa da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>8200</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8200/projeto_04-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8200/projeto_04-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o teletrabalho na Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>8067</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8067/pea_no_01-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8067/pea_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos do Projeto de Lei nº 46/2024 do Poder Executivo, para fins de adequação da norma legislativa. Acrescenta o Art. 16-A.</t>
   </si>
   <si>
     <t>9743</t>
   </si>
   <si>
     <t>EAG</t>
   </si>
   <si>
     <t>Emenda Aglutinativa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9743/pea_no_01-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9743/pea_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Modifica e Adiciona dispositivos ao Projeto de Lei nº 66/2024 do Poder Executivo, para fins de inclusão das Emendas Impositivas Individuais e Coletivas.</t>
   </si>
   <si>
     <t>6143</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6143/emenda_modificativa_01-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6143/emenda_modificativa_01-2024.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 21/2024 do Poder Executivo, para fins de adequação das normas legislativas.</t>
   </si>
   <si>
     <t>6144</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6144/emenda_modificativa.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6144/emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 10/2024 do Poder Legislativo, para fins de adequação das normas legislativas.</t>
   </si>
   <si>
     <t>6867</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6867/pem_03-2024_ao_pll_nc2ba_15-2024__assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6867/pem_03-2024_ao_pll_nc2ba_15-2024__assinado.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 15/2024 do Poder Legislativo, para fins de adequação das normas legislativas.</t>
   </si>
   <si>
     <t>6871</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6871/pem_no_04-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6871/pem_no_04-2024.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 32/2024 do Poder Executivo, para fins de adequação das normas legislativas.</t>
   </si>
   <si>
     <t>6974</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6974/pem5_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6974/pem5_2024.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 42/2024 do Poder Executivo, para fins de adequação das normas legislativas.</t>
   </si>
   <si>
     <t>9107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9107/pem_06-2024_ao_plc_no_07-2024_.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9107/pem_06-2024_ao_plc_no_07-2024_.docx</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei Complementar nº 07/2024 do Poder Executivo, para fins de adequação das normas legislativas.</t>
   </si>
   <si>
     <t>9385</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9385/pem_07-2024_ao_pl_no_53-2024_.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9385/pem_07-2024_ao_pl_no_53-2024_.docx</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 53/2024 do Poder Executivo, para fins de adequação das normas legislativas.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4045/indicacao_sabao_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4045/indicacao_sabao_1.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie recape asfáltico nas ruas, Rua Sebastião Guerreiro Prestes no trecho da Rua Mangueira até a rua Vereador João Costa, rua Antônio Dirceu Correa de Mello no trecho rua Mangueira até a rua Vereador João Costa, rua Vereador Hélio Matias no trecho da rua Olavo Bilac até a rua Pedro Alvares Cabral, rua Barão do Rio Branco no trecho rua Mangueira até a rua Dirceu A. C. de Melo, rua Gonçalves Dias no trecho rua Olavo Bilac até a rua Dirceu Antônio C. de Melo, rua Vereador João Costa trecho rua Olavo Bilac até a rua Dirceu Antônio c de Melo, rua Casemiro de Abreu trecho rua Vereador João Costa até a rua Vereador Hélio Matias, rua Jose Carlos Emídio no trecho rua Vereador João Costa até a rua Vereador Hélio Matias e rua Pedro Alvares Cabral no trecho rua  Vereador João Costa até a rua Vereador Hélio Matias, no Jardim Nova Porã I.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4046/indicacao_sabao_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4046/indicacao_sabao_2.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente recape asfáltico nas ruas, rua Bem – Te – Vi no trecho da rua Ascanio Mendonça até a rua Jose Lari Ribeiro, rua Guareta no trecho da rua Ascanio Mendonça até a rua Jose Lari Ribeiro e rua Jacutinga no trecho da rua Guareta até a rua Bem – Te – Vi, no Jardim Nova Porã II.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4047/indicacao_sabao_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4047/indicacao_sabao_3.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie recape asfáltico nas ruas, rua Ivaiporã no trecho rua Dorvalina Dias de Jesus até a rua Olavo Bilac, rua Cambé no trecho rua Ivaiporã até a rua Feliciano Vidal, rua Olavo Bilac no trecho rua Ivaiporã até a rua Feliciano Vidal, rua Cambé no trecho rua Feliciano Vidal até a rua Califórnia, rua Balbino da Silva no trecho rua Cambé até a rua Feliciano Vidal, rua Formoso no trecho rua Dorvalina Dias de Jesus até a rua Feliciano Vidal, rua Bela Vista no trecho da rua Cambé até a rua Feliciano Vidal, rua Maringá no trecho da rua Cambira até a rua Feliciano Vidal, rua Cambira no trecho da rua Dorvalina Dias de Jesus até o trecho da rua Maringá, e rua Dorvalina Dias de Jesus no trecho da rua Ascanio Mendonça até a rua Cambira, no Jardim Nova Porã III.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4048/indicacao_emerson_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4048/indicacao_emerson_4.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de calçadas no canteiro da Avenida Souza Naves, próximo ao Colégio Barão do Cerro Azul, e também a reforma da mesma até a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4049/indicacao_5-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4049/indicacao_5-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, a possibilidade de fazer uma cobertura sobre os Quiosques do Lago Jardim Botânico, dando mais comodidade aos frequentadores do local.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4050/indicacao_6-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4050/indicacao_6-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a reforma e manutenção com traves, alambrados e reparo no gramado do campo do Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4051/indicacao_7-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4051/indicacao_7-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, a possibilidade de construção de um parque e um lago no final da Rua Bangu, no Jardim Guanabara II, contendo pista de caminhada, playground para as crianças e academia ao ar livre, beneficiando os moradores do Jardim Pires, Conjunto João de Barro, Jardim Nova Porã e jardim Guanabara I.</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4052/indicacao_8-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4052/indicacao_8-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie calçamento com pedra irregular na estrada do Alto Lageado, que liga PR 466, a comunidade do Rio da Bulha.</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4053/indicacao_9-_josanepdf.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4053/indicacao_9-_josanepdf.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um local adequado para a construção de um novo canil, que seja analisado como uma questão de saúde pública, visando o recolhimento e acolhimento de cães abandonados, proporcionando-lhes um local maior e aptos para abriga-los.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4054/indicacao_10_-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4054/indicacao_10_-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de uma praça com playground e uma A.T.I. no Jardim Alvorada, beneficiando assim a comunidade local.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4056/indicacao_11_-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4056/indicacao_11_-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, providencie a ampliação do espaço físico da Farmácia Municipal.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4057/indicacao_12-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4057/indicacao_12-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, providencie o Programa Banco de ração no município de Ivaiporã, pois esse programa tem objetivo de captar doações de rações e promover sua distribuição, diretamente ou através de entidades previamente cadastradas, como organizações não governamentais (ONGs) e Protetores Independentes e as pessoas e/ou famílias em estado de vulnerabilidade alimentar e nutricional que possuem animais, assistidas ou não por entidades assistenciais, contribuindo diretamente para a saúde animal.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4058/indicacao_13-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4058/indicacao_13-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie a Construção de um Centro de Atendimento Pediátrico em nosso município.</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4059/indicacao_14_-_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4059/indicacao_14_-_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie redutor de velocidade na Avenida Maranhão n° 1.620 perto da antiga tapeçaria Taborda.</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4060/indicacao_15_-_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4060/indicacao_15_-_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a manutenção da estrada global Sanepar rua da capitação de água no Jardim Paraná, encontra com muitos buracos com dificuldade de acesso a capitação.</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4061/indicacao_16_-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4061/indicacao_16_-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a poda de uma árvore, na rua Guaiambé no Alto Porã, esquina com Sabiá, pois está pegando na fiação elétrica e ficando perigoso aos moradores.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4062/indicacao_17_-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4062/indicacao_17_-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a poda da árvore que está colocando em risco os moradores, na rua Ivaí na casa de número 31.</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4064/indicacao_18_-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4064/indicacao_18_-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie recape asfáltico na rua Ivaí do número 15 até ao número 500, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4065/indicacao_19_-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4065/indicacao_19_-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, Luiz Carlos Girl, que por meio do Departamento Competente, que providencie um semáforo no cruzamento da Avenida Brasil com a rua Plácidio Miranda, em frente a Autopeças Avenida, ou apenas um redutor de velocidade, pois nessas ruas estão acontecendo vários acidentes.</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4066/indicacao_20_-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4066/indicacao_20_-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que providencie um redutor de velocidade na rua Machado de Assis, em frente à casa de número 6, pois está ficando perigoso para os pedestres transitarem.</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4068/indicacao_21-_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4068/indicacao_21-_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie o reajuste do valor da cesta básica mensal oferecida aos Servidores Públicos do Poder Executivo. Hoje o Município de Ivaiporã oferece uma cesta básica no valor de R$ 240,25 (duzentos e quarenta reais e vinte e cinco centavos) o valor está muito baixo comparado com os preços da cesta básica média no Brasil. Em fevereiro de 2023, a cesta básica na capital paranaense apresentou redução de 2,34%, na comparação com janeiro de 2023, e custou R$ 678,90, o décimo maior valor entre as 17 cidades conforme pesquisa do DIEESE em anexo. Portanto, solicitamos ao Executivo Municipal para que amplie o valor atual de R$ 240,25 (duzentos e quarenta reais e vinte e cinco centavos) para R$ 400,00 (quatrocentos reais).</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4069/indicacao_22-_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4069/indicacao_22-_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que analise a possibilidade de realizar, por meio dos competentes, um levantamento nas propriedades no em torno da cidade e distritos, quanto ao uso de agrotóxicos. E de posse desses dados, providencie as medidas necessárias para realizar Audiência Pública, para expor e discutir com a comunidade a importância da “Cortina Verde”, como fator de redução na deriva de agrotóxicos em torno dos núcleos urbanos e, o quanto essa deriva influencia na qualidade de vida da população, tendo em vista implantar em Ivaiporã o Projeto Cortina Verde ou Zona de Proteção Verde (ZPV).</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4070/indicacao_23__jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4070/indicacao_23__jaffer.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, realize um estudo para implementar o programa de utilização de energia solar nas Escolas Públicas e CMEIS.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4071/brn3c2af4e2196e_0000083406.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4071/brn3c2af4e2196e_0000083406.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um local adequado no Jardim Itaipu para fazer uma área de esportes com um campinho, quadra de areia para as pessoas dessa localidade.</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4072/indicacao_25-_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4072/indicacao_25-_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie lombada ou redutor de velocidade na rua Castro Alves no bairro Jardim Versalhes.</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>Fio Bertotti, Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4073/indicacao_26_-_ge.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4073/indicacao_26_-_ge.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que providencie a reforma/melhoria na ponte do Rio Água da Prata, situado à estrada que liga a Vila Rural a Ivaiporã.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4074/indicacao_27-_ge.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4074/indicacao_27-_ge.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que providencie a instalação de lixeiras nas ruas: Ivaiporã, Pindaúva, Cambé e Formoso no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>Fio Bertotti, Gertrudes, Sandra Mara</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4075/indicacao_28-_ge.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4075/indicacao_28-_ge.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que seja organizado uma Central de Troca de Uniformes escolares, visando que as crianças que deixam a rede municipal possam doar seus uniformes para que sejam reutilizados em casos de necessidades, o qual será distribuído pela secretária de educação aos CMEI´s e Escolas solicitantes.</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4076/indicacao_29-_ge.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4076/indicacao_29-_ge.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que providencie um local para ser utilizado como Centro de reabilitação de fraturas ósseas, e reabilitação cognitiva. Este, teria como principal objetivo oferecer serviços especializados de reabilitação física, psicológica e social para indivíduos que sofreram lesões incapacitantes decorrentes de doenças e acidentes.</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4077/indicacao_30-_ge.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4077/indicacao_30-_ge.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que providencie a construção de uma ponte de concreto no Rio Pindauvinha.</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4080/indicacao_31-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4080/indicacao_31-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que faça uma faixa de carga e descarga, em frente à loja Colombo.</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4081/indicacao_32_-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4081/indicacao_32_-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que faça uma faixa de carga e descarga, em frente à loja Magazine Luiza.</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4082/indicacao_33-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4082/indicacao_33-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie asfalto rua Padre José de Anchieta, da casa de número 1.301 até a casa de número 25, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4083/34_-_sandra_-_cascalhamento_1.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4083/34_-_sandra_-_cascalhamento_1.docx</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie um cascalhamento na linha seca, perto da Rio da Bulha a direita, no Alto Porã.</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4084/indicacao_35-_sandra_-_semafaro_1.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4084/indicacao_35-_sandra_-_semafaro_1.docx</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie semáforo na Rua Orlando Buratto com a Avenida Brasil Centro ao lado do Mercado Bovo, pois está ficando perigoso para os pedestres transitarem.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4085/indicacao_36-_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4085/indicacao_36-_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento Competente, providencie calçamento poliédrico (pedras irregulares) na Rua Céu Azul, Jardim Alvorada. Está rua encontra-se em péssimas condições, impossibilitando o tráfego de veículos.</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4086/indicacao_37-_-_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4086/indicacao_37-_-_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento Competente, providencie calçamento poliédrico (pedras irregulares) na Rua Luis Fabo (antiga rua Araras) da Colônia da Prefeitura até a Rua Maximiano Prado, no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4087/38.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4087/38.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento Competente, providencie local adequado para abrigar os serviços de Vigilância Sanitária e de Endemias.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4088/39.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4088/39.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento Competente, providencie calçamento poliédrico (pedra irregular) na viela que liga as ruas Nilo Peçanha à Manoel da Nobrega, no Parque Residencial Belo Horizonte.</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4089/40.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4089/40.pdf</t>
   </si>
   <si>
     <t>Indicado ao Senhor Prefeito, que por meio do Departamento competente providencie a construção de lombada (quebra-molas) na Avenida Maranhão, no cruzamento com a Rua Jacob Goedert. Nesse trecho os veículos estão desenvolvendo alta velocidade, provocando acidente e colocando em riscos os moradores.</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4090/41.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4090/41.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie recape asfáltico na Rua Anhanguera no Jardim Versalhes, pois ali encontra-se com vários buracos.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4091/42.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4091/42.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie um redutor de velocidades na Rua Xavantes no Jardim Itaipu, em frente casa número 34 pois os motoristas estão passando em alta velocidade colocando em risco a vida das pessoas.</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4092/43.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4092/43.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a manutenção na tampa da boca de lobo quebrada na Rua Guareta no Jardim Nova Porã, em frente à casa 265.</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4093/44.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4093/44.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie câmera de vigilância no terminal rodoviário, inibindo as ações dos vândalos e trazendo mais segurança aos usuários.</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4094/45.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4094/45.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie camada asfáltica na Rua Narcizo Ribeiro esquina com a Rua Bulha na Vila Monte Castelo, pois ali moram três pessoas cadeirantes que estão com dificuldade na locomoção.</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4095/46.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4095/46.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie recape asfáltico nas ruas; rua São Cristóvão, rua Paquetá, rua Jacarepaguá, rua Andaraí, rua Gávea, rua Maier, rua Leblon, rua Tijuca, rua Bangu, rua Luciano Marcelo Oliveira e rua Bom Sucesso, no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4096/47.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4096/47.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente a possibilidade de doações de sacos de lixo recicláveis para população, trazendo conscientização para separação do lixo residencial.</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4097/48.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4097/48.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a instalação de semáforos para pedestre nos semáforos já existe, tem como objetivo orientar a travessia dos pedestres em cruzamentos de trânsito.</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4098/49.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4098/49.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie uma faixa elevada em frente ao Posto de Saúde Central na Avenida Souza Naves.</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4099/50.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4099/50.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie massa asfáltica nas Ruas Angola, Rua Arara, Rua Piriquito, Rua Sabiá, Rua Canário, Rua Paiçandu, Rua Guareta, Rua Arapongas, Rua Beija Flor no Distrito Alto Porã.</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4101/51.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4101/51.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie Pedra Irregulares nas Ruas Bananeira, Rua Itararé, Rua Amoreira, Rua Guaimbé, Rua Apucarana, no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4102/52.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4102/52.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a reforma e manutenção na Praça do Japão, melhorando iluminação, paisagismo e troca dos bancos quebrados e reparo nos tanques de água.</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4103/53.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4103/53.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie um local para implantação do projeto ``Meu Campinho`` no Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4104/54.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4104/54.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a continuação da rede de iluminação pública na Rodovia Municipal Lázaro Bueno (Estrada do Ouro Verde) até o Parque de Exposição.</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4105/55.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4105/55.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a abertura e continuação da Rua Orlando Buratto, para dar acesso ao Jardim Belo Horizonte para facilitar a ida dos moradores ao centro da cidade.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4106/56.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4106/56.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento de engenharia notifique o órgão responsável, para que realize a substituição do poste que se encontra com avarias, podendo causar a queda, na localidade do Severiano próximo à entrada da antiga Fazenda do Coronel.</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
     <t>Fio Bertotti, Jaffer Ferreira, Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4108/57.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4108/57.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie a implantação do projeto ` Meu Campinho´ no Distrito de Alto Porã, para incentivar as crianças e jovens a prática de esportes.</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4109/58.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4109/58.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que estude a possibilidade de criar uma Escolinha de Atletismo em nosso município.</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4111/59.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4111/59.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, providencie iluminação e sinalização pública na entrada do Alto Porã, em visto da escassez da iluminação naquela localidade está colocando em risco a segurança dos moradores e visitantes, dificultando a visibilidade, entre outros.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4112/60.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4112/60.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie um redutor de velocidade na Avenida Souza Naves, em frente ao correio.</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que analise a possibilidade de realizar educação no transito, com uma campanha “Pé na Faixa”, Pè no Freio”.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4120/62.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4120/62.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a limpeza e manutenção da Praça Sadi Marcondes Mendes do Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4174/63.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4174/63.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie recape asfáltico na continuação da rua Ministro Aramis Athaide, Rua Carlos Gomes , Rua Hélio Bittencourt no Jardim Betel.</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4177/64.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4177/64.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a Instalação de um ar condicionado na sala de Observação Pediatra do UPA.</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4299/65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4299/65.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie um Ponto de ônibus na rua Apinages, em frente à casa do número 08, a pedido dos moradores.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4300/66.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4300/66.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, que providencie a construção de dois redutores de velocidade, nas proximidades da Colônia da Prefeitura, na Rua Luís Fabo, (antiga Araras). Os veículos estão desenvolvendo velocidade incompatível com perímetro urbano nesse trecho da via.</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4301/67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4301/67.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie padronizar os pontos de ônibus com placas informativas indicando qual colégio que o transporte tem seu destino nas principais vias da cidade e dos bairros, para que a criança tenha segurança na utilização dos transportes escolares.</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4302/68.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4302/68.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie sinalização nas passagens de pedestre da Avenida Brasil com faixas para Autistas e Pessoas com Deficiência.</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Sandra Mara</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4303/69.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4303/69.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie internet e mais bancos para os pacientes que estão na UPA.</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4304/70.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4304/70.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a continuação do paver no cemitério na rua Alvarada.</t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4305/indicacao_71_-_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4305/indicacao_71_-_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie uma tampa protetora no buraco em frente a UBS no Bosque da Saúde, pois só colocaram massa e está afundando.</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4306/indicacao_72_-_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4306/indicacao_72_-_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie um redutor de velocidade na Rua Ascanio no Jardim Nova Porã em frente à casa n° 480.</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4307/indicacao_73_-_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4307/indicacao_73_-_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie tampa na boca de lobo que se encontra quebrada na Rua Emilio Ganzert esquina com a Rua Professora Diva Proença.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4308/indicacao_74_-_jose_maria_-_cascalhamento.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4308/indicacao_74_-_jose_maria_-_cascalhamento.docx</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie cascalhamento na entrada da chácara Belo Horizonte ao lado do loteamento São Domingos.</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4316/75.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4316/75.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie melhorias na sinalização nas proximidades da Casa Esperança e Lancheria na Avenida Paraná, pois neste local já ocorreram vários acidentes.</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4317/indicacao_73_-_jose_maria_carneiro.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4317/indicacao_73_-_jose_maria_carneiro.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie o recape asfáltico na Rua: José Bonifácio, no trecho entre a Avenida Aparício C. Bitencourt- Jardim Ouro Preto e a Rua: Luis Pasteur- Jardim Imperial, que se apresenta bastante danificada e os moradores sofrem para transitar, pois há muitos idosos e mulheres com crianças. Essa rua é importante via de acesso ao Jardim Botânico para os moradores da Vila João XXIII e bairro adjacentes.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4318/77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4318/77.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie mais cotas de Fisioterapia para pacientes vítimas de AVC.</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4320/indicacao_78_-_josane_e_todos_os_vereadores.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4320/indicacao_78_-_josane_e_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie recape asfáltico na Rua Marechal Deodoro  no Jardim Ouro Preto, próximo a Congregação Cristã do Brasil.</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Carniato, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4323/79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4323/79.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento competente providencie para que seja fixado no Terminal Urbano e nos pontos de ônibus, o itinerário e horário de cada linha.</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4336/80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4336/80.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento competente providencie cascalhamento na Estrada da Limeira, do Santa Bárbara até a Limeira.</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Carniato, Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4338/81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4338/81.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento Competente, providencie ponto de ônibus coberto na Avenida Tancredo Neves próximo ao Beto Center.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4341/82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4341/82.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento Competente, providencie ponto de ônibus coberto no Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4347/83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4347/83.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie uma Praça com acessibilidade e brinquedos, e uma ATI nos Bairros: Bela Casa, Jardim Universitário e Jardim América.</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Jaffer Ferreira, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4360/84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4360/84.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie brinquedos no parquinho no Jardim Botânico que contemple a inclusão social.</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4364/85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4364/85.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, providencie reforma e manutenção como pintura e paisagismo da parte externa da Rodoviária.</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4367/indicacao_86_-_nando_e_todos_os_vereadores.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4367/indicacao_86_-_nando_e_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie pavimentação asfáltica na Rua São Sebastião, Jardim Alvorada (Próximo ao Cemitério).</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Jaffer Ferreira, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4371/87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4371/87.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie ponto de ônibus na frente da Distribuidora de Bebidas Disfranco na Rodovia Celso Fumio Makita nº 700, Vila Santa Maria.</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Josane Disner, Sandra Mara</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4375/88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4375/88.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Girl, que por meio do Departamento competente, providencie melhorias, pinturas e vistoria no CMEI Odete dos Santos Brasil, principalmente no parquinho das crianças e no portão de entrada.</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4378/89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4378/89.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que providencie a construção de um Parque Linear, no trecho entre a Vila Santa Maria, até o Jardim Belo Horizonte, na Rua Marginal. Solicito também que haja uma revitalização completa com pista de caminhada.</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4381/90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4381/90.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que realize a construção de dezoito (18) casas para famílias em situação de vulnerabilidade social no distrito do Alto Porã.</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4386/91.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4386/91.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que analise e providencie a pinta e reforma com ampliação e reparos necessários nos CMEI’s: Santa Terezinha, Paulo Freire, José Fiorin, Nossa Senhora de Lourdes e Bom Jesus. Se possível que seja realizada a cobertura acrílica do portão até a entrada do prédio.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4388/92.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4388/92.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a construção da sede própria do Centro de Referência Especializado de Assistência Social (CREAS).</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4396/93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4396/93.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie limpeza do terreno do salão da comunidade do bairro do João de Barro.</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4398/94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4398/94.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um semáforo no cruzamento da rua Dorvalina Dias de Jesus, com a Rua Beija Flor no Jardim Nova Porã, a pedido dos moradores.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4400/95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4400/95.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, realize a elaboração de um projeto para construção de uma UPA pediátrica com funcionamento 24hrs.</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Carniato, Gertrudes, Jaffer Ferreira, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4401/96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4401/96.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um portal (homenageando os agricultores de café), na entrada do distrito do Jacutinga.</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4435/97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4435/97.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie uma Escada adequada para (HIDRO-GINASTICA) para os idosos   no Centro da Juventude para sua segurança.</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Fio Bertotti, Carniato, Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4515/indicacao_98_-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4515/indicacao_98_-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a continuação das pedras irregulares no final da rua Bulha na Vila Monte Castelo, até a comunidade do Bairro dos Cunha.</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4516/indicacao_99_-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4516/indicacao_99_-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento de Competente, providencie a colocação de mais bancos, próximo aos quiosques do Lago Jardim Botânico, para dar comodidade aos frequentadores.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Fio Bertotti, Carniato, Josane Disner, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4517/indicacao_100_-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4517/indicacao_100_-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a colocação de pedra irregular na estrada que liga o Jardim Iporã, até a estrada do Santa Bárbara, atrás da Vila Residencial de Furnas.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4518/indicacao_101_-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4518/indicacao_101_-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, a possibilidade da Farmácia do Posto de Saúde fazer plantão nos finais de semana, para atender casos urgentes da UPA.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Fio Bertotti, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4519/indicacao_102_-_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4519/indicacao_102_-_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a substituição da ponte de madeira por uma de concreto sobre o rio Pindauva, na comunidade do Cruzeirinho, próximo ao distrito de Alto Porã.</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4520/indicacao_103_-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4520/indicacao_103_-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie um redutor de velocidade (quebra mola) na Rua Salim Hayel Bitar no Jardim Casa Grande I.</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4522/indicacao_104_-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4522/indicacao_104_-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie a contratação de equipe técnica para atendimento no CREAS de acordo com a Norma Operacional Básica do SUAS (Sistema Único de Assistência Social), principalmente um profissional na área de Direito.</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4524/indicacao_105_-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4524/indicacao_105_-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie uma Quadra de malha, Quadra de bocha, A.T.I (Academia Terceira Idade) e parque infantil com playground no bairro Jardim Iporã.</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4527/indicacao_106_-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4527/indicacao_106_-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de Bicicletário no Lago Jardim Botânico para que as pessoas tenham lugar para deixar sua bicicleta caso queira descansar ou fazer uma caminhada.</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4541/indicacao_107_-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4541/indicacao_107_-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma cozinha, lavanderia, sala de vacinação, sala de inalação e outras medidas que sejam necessárias para melhor atendimento da população na UBS do Alto Porã.</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4542/indicacao_108_-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4542/indicacao_108_-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie com urgência um Semáforo na Avenida Paraná, esquina Avenida Castelo Branco em frente Auto Escola Marini.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4561/indicacao_109_-_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4561/indicacao_109_-_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie um redutor de velocidade na Avenida Brasil esquina com a rua Orlando Burato, centro.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4567/indicacao_110-_sabao_-___meu_campinho.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4567/indicacao_110-_sabao_-___meu_campinho.docx</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a construção de uma Unidade meu Campinho no Jardim Casa Grande.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4568/indicacao_111_-_edivaldo.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4568/indicacao_111_-_edivaldo.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a reforma, manutenção e limpeza da praça Henrique Portelinha.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4579/indicacao_112_-_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4579/indicacao_112_-_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento competente providencie duas lombadas (quebra-molas) na estrada de Santa Bárbara. Sendo um na entrada do desvio para Jardim Iporã, e outro em frente ao campo do Vani. Com o recape asfáltico, os motoristas estão desenvolvendo velocidade incompatível com a via, aumentando o risco de acidentes nesses locais.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4582/indicacao_113_-_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4582/indicacao_113_-_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento competente providencie desentupimento de boca de lobo e varrição nas ruas do Jardim Alvorada, nas ruas Palotina, alvorada e Guarani.</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4585/indicacao_114_-_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4585/indicacao_114_-_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento competente providencie tapa buracos na Rua Palotina, no Jardim Alvorada.</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4588/indicacao_115_-_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4588/indicacao_115_-_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento competente providencie poda de árvore na Avenida Souza Naves, entre a Avenida Pedro Koltum e Rua Sertaneja, que está prejudicando o trânsito de veículos grandes (ônibus e caminhão).</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4589/indicacao_116_-_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4589/indicacao_116_-_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, que por meio do Departamento competente providencie a contratação de profissional para manutenção das ATIs.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4590/indicacao_117_-__sabao_e_todos_os_vereadores.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4590/indicacao_117_-__sabao_e_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie recape asfáltico no Jardim Guanabara I, nas ruas Ipanema, Copacabana, Santa Mariana e Madureira antiga rua da Usina Velha.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4591/indicacao_118-_josane.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4591/indicacao_118-_josane.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que providencie acessibilidade na Rua: São Mateus, em frente a Biblioteca.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4592/indicacao_119-_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4592/indicacao_119-_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a construção de um ponto de ônibus coberto ao lado do Hospital Regional, pois ali as pessoas aguardam o ônibus exposto à chuva e ao sol.</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4594/indicacao_120-_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4594/indicacao_120-_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, ver a possibilidade de encontrar um local no jardim Paraná ou Jardim Alvorada para construir um campo suíço.</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4596/indicacao_121_-_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4596/indicacao_121_-_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie lombadas e sinalização com placas indicativas na rua principal da Vila Rural onde estão executando a colocação de pedra irregulares.</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4599/indicacao_122-_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4599/indicacao_122-_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma linha de ônibus para os estudantes que do IFPR. Uma linha que liga o conjunto Jardim Espirito Santo (Casas Populares) até IFPR.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4602/indicacao_123-_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4602/indicacao_123-_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um bebedouro com água gelada e mais bancos para famílias sentarem e contratar uma pessoa para cuidar da limpeza da capela no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Nando Dorta, Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Josane Disner, Sabão - Edivaldo Montanheri, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4603/indicacao_124-_nando_e_vereadores.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4603/indicacao_124-_nando_e_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente providencie melhorias na Rodovia Nicolau Koltun, próximo ao Severiano.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4604/indicacao_125-_ge.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4604/indicacao_125-_ge.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que realize a construção de um ponto de ônibus na Rua Fernanda Mazurok, no Jardim Bela Casa II.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Gertrudes, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4606/indicacao_126_-_ge_e_edivaldo.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4606/indicacao_126_-_ge_e_edivaldo.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie a sinalização com nome de ruas, sinalização de com placas de trânsito e pinturas de trânsito no distrito do Jacutinga.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4609/indicacao_127_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4609/indicacao_127_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que analise e providencie recape asfáltico na Avenida Estevam Marciano dos Santos até a Rua Lacerda e Rua Manoel Ribas, trecho entre a Clinicão e o Cemitério Municipal.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Gertrudes, Carniato</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4613/indicacao_128-_ge_-_escola.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4613/indicacao_128-_ge_-_escola.docx</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie a instalação de iluminação na quadra de esportes na Escola Municipal Dom João VI no distrito do Santa Barbara, bem com a melhoria e pintura no prédio escolar.</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4614/indicacao_129_-_ge.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4614/indicacao_129_-_ge.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie a instalação de bancos ao redor do cruzeiro, no espaço coberto, no Cemitério Municipal.</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, para que providencie pintura da faixa de pedestre na Rua José Canteri, em frente a Casa do Norte de número 75. Pois está ficando perigoso para os pedestres estarem transitando.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie recape asfáltico sobre as pedras irregulares nas Ruas Maria Bino e Rua Gripina, ambas na Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4697/indicacao_132_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4697/indicacao_132_2024.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, analise a possibilidade de implantação de um sistema de monitoramento através de câmeras de segurança, na área central de nossa cidade, coibindo assim furtos e vandalismo com patrimônio público.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal que por meio da Secretaria competente, providencie a colocação de uma faixa elevada na Rua Diva Proença esquina com Avenida Paraná, próximo a Associação Comercial, área central da cidade e grande fluxo de pedestre.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de um Módulo Policial no lago Jardim Botânico, ativação de um módulo policial nesta região, além de trazer mais segurança, viria a coibir a ação de meliantes nos estabelecimentos comerciais, dando mais segurança aos visitantes.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
@@ -3047,51 +3047,51 @@
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma equipe de médicos, enfermeiros, e técnicos de enfermagem, para atuar na UBS de Jacutinga e no alto Porã todos os dias da semana e fazer um atendimento 24 horas para que as pessoas não precisão se deslocar para o UPA de Ivaiporã.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, organize a implantação do Atendimento Especializado em Saúde Bucal – com as especialidades de endodontia, cirurgia geral e periodontia, e raio-X odontológico nas Unidades Básicas de Saúde (UBS) São Luiz, Monte Castelo, Nova Porã, Santo Antônio e Centro de Saúde, e nos distritos do Alto Porã e Jacutinga.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4714/brn3c2af4e2196e_0000078661.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4714/brn3c2af4e2196e_0000078661.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, analisar a possibilidade de instalar câmeras de monitoramento nas entradas de Ivaiporã e em locais estratégicos que irão coibir o cometimento de crimes. O Município pode firmar um termo de convênio com a Polícia Rodoviária Federal (PRF), para auxiliar.</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie um ponto de ônibus na Rua Antonina n° 80 , em frente o Chocollates Bar.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie recape asfáltico na Rua Lea Valviverde Pirolo, no trecho entre o Depósito do Cheiro Verde até a Av. Ladislau Gil Fernandes e construção de proteção na ponte, que está localizada na curva e oferecendo riscos de acidente.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
@@ -3158,75 +3158,75 @@
   <si>
     <t>4724</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, seja realizada uma reforma e paisagismo nos canteiros da chegada do distrito de Jacutinga, pois os mesmos se encontram quebrados e sem paisagismo.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie um banheiro feminino adequado para as atletas, no Campo do Ginásio Sapecadão.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4728/160.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4728/160.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie a limpeza de dois bueiros na Rua Xavantes em frente ao número 1160, no Jardim Itaipú, visto que os mesmos se encontram entupidos.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4729/161.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4729/161.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie a manutenção da boca de lobo que se encontra entupida no final da Rua Avanhandava, em frente o N° 275, no Jardim Itaipu.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4730/162.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4730/162.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie a manutenção das bocas de lobo, na Rua Cerro Azul, N°45, no Jardim Paraná.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie faixas elevadas na Rua Sertanópolis e na Avenida Minas Gerais, no Colégio Panamericano e Univale, respectivamente.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie a continuação da rede de iluminação pública até o final da Rua Brigadeiro Correa de Melo, no Conjunto Mourão Filho.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
@@ -3500,7424 +3500,7424 @@
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a identificação das ruas no Jardim Bella Casa.</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie com urgência o conserto do buraco na Rua Iranei Rodrigues de Oliveira em frente ao número 10 no Bairro Jardim Itapoã.</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4941/brn3c2af4e2196e_0000078255.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4941/brn3c2af4e2196e_0000078255.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie a restauração das pedras irregulares da Rua Guaretá em frente à casa de número 180 no Jardim nova Porã.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Sandra Mara, Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4948/brn3c2af4e2196e_0000078381.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4948/brn3c2af4e2196e_0000078381.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Durvalina Dias de Jesus, Jardim Nova Porã, em frente ao mercado Wolf.</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4967/brn3c2af4e2196e_0000078257.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4967/brn3c2af4e2196e_0000078257.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie a colocação das pedras irregulares em uma parte da Rua Leopoldo Bernardy, no conjunto habitacional Valdomiro Guergoletti, Jardim Nova Porã.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5001/brn3c2af4e2196e_0000078259.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5001/brn3c2af4e2196e_0000078259.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape e manutenção no estacionamento da Praça Manoel Teodoro da Rocha, em frente à loja MM, Mercado Móveis.</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5004/brn3c2af4e2196e_0000078261.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5004/brn3c2af4e2196e_0000078261.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie pintura das faixas de pedestre, e sinalização da placa ‘PARE’ na Rua Aparício Bitencourt, esquina com Avenida Osvaldo Cruz.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5008/brn3c2af4e2196e_0000078263.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5008/brn3c2af4e2196e_0000078263.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie um ponto de ônibus coberto na Rua Jose de Alencar de frente a casa de número 210, J. Belo Horizonte.</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5009/brn3c2af4e2196e_0000078264.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5009/brn3c2af4e2196e_0000078264.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie a troca da tampa de boca de lobo que está quebrada na Avenida Presidente Tancredo Neves, em frete a maçonaria.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5013/204.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5013/204.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie mais ou menos seis quilômetros de cascalhamento na estrada do São Luiz, até a divisa da ponte com Arapuã, estrada do garrafão.</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5025/205.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5025/205.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie o Paisagismo do Canteiro da Avenida Castelo Branco, desde o antigo Pavlova, até a Paróquia Bom Jesus.</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5027/206.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5027/206.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de um ponto de ônibus em um local estratégico do Jardim Planalto próximo ao cemitério municipal.</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5042/207.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5042/207.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal que por meio da secretaria competente, providencie a construção de um ponto de ônibus na Rua Urubunga do Jardim Itaipu, pois naquela rua só existe a placa do ponto de ônibus.</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5045/208.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5045/208.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie revitalização e/ou construção de uma nova ponte de concreto na estrada do Pindaúva.</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5049/209.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5049/209.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie reparos nos bueiros da estrada do Pindaúva, mais específico na estrada entre o Sr. Antonio Baiano.</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5054/210.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5054/210.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie instalação de câmeras de vídeo no interior dos transportes escolares, com intuito de monitorar a segurança das crianças.</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5058/211.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5058/211.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie delimitação de estacionamento permitindo em uma só lateral da Rua Mangueira, pelo grande fluxo de veículos.</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5059/212.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5059/212.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da Secretaria competente, providencie um redutor de velocidade em frente a Capela Mortuária na Vila Nova Porã localizada na Rua Beija Flor.</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5061/213.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5061/213.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma faixa elevada na Rua Dorvalina Dias de Jesus, em frente ao nº 463, na Vila Nova Porã, para maior segurança das crianças.</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5102/214.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5102/214.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um semáforo na Avenida Minas Gerais esquina com a Rua Jacarezinho, em frente ao Tay Lanches.</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5105/215.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5105/215.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a contratação para o CMAE- Centro Municipal de Atendimento Especializado, dos profissionais: Fonoaudiólogo, Psicólogo, Terapeuta Ocupacional, Psicopedagoga, Psicomotricista, Musicoterapeuta.</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5106/216.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5106/216.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie a construção de lombada (quebra-molas) na Avenida Espanha próximo ao número 514.</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5111/217.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5111/217.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por providencie a construção de um ponto de ônibus coberto na Av. Ladislau Gil Fernandez, em frente ao Posto Catuaí.</t>
   </si>
   <si>
     <t>5114</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5114/218.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5114/218.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente providencie o calçamento com pedras irregulares (poliédricas), na Travessa Bulha - Vila Monte Castelo.</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5116/brn3c2af4e2196e_0000078384.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5116/brn3c2af4e2196e_0000078384.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a substituição da ponte de madeira por uma de concreto, e a continuação da pedra irregular na rua Suburbana, passado pelo (Canil Toca de Assis) até a rua Tupiniquins, no Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5119/brn3c2af4e2196e_0000078281.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5119/brn3c2af4e2196e_0000078281.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias e manutenção nos meios fios e boca de lobos na Avenida Maranhão</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5177/brn3c2af4e2196e_0000078282.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5177/brn3c2af4e2196e_0000078282.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie limpeza do bueiro na Avenida Aparício Cardoso Bittencourt esquina com Avenida Maranhão em frente ao Ginásio de Esporte Luizão. (Fotos em anexo).</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Josane Disner, Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5178/brn3c2af4e2196e_0000078374.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5178/brn3c2af4e2196e_0000078374.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie recape asfáltico em toda a extensão da Rua Prudente de Moraes no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5203/brn3c2af4e2196e_0000078284.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5203/brn3c2af4e2196e_0000078284.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie pedras irregulares na Rua D, na Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5269/brn3c2af4e2196e_0000078556.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5269/brn3c2af4e2196e_0000078556.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a reforma do Salão Comunitário do Conjunto João de Barro. Jardim Nova Porã.</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5275/brn3c2af4e2196e_0000078560.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5275/brn3c2af4e2196e_0000078560.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um toldo no CMEI Paulo Freire, desde a entrada até o portão.</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5280/brn3c2af4e2196e_0000078561.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5280/brn3c2af4e2196e_0000078561.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a reforma do parquinho na escola Municipal Campo João Pessoa.</t>
   </si>
   <si>
     <t>5361</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5361/brn3c2af4e2196e_0000078563.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5361/brn3c2af4e2196e_0000078563.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um redutor de velocidade na Av. Ladislau Gil Fernandes, esquina com a rua José Bonifácio.</t>
   </si>
   <si>
     <t>5383</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5383/brn3c2af4e2196e_0000078565.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5383/brn3c2af4e2196e_0000078565.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a troca da tampa da boca de lobo que está quebrada, na Rua Campo Mourão, esquina com a Rua Cornélio Procópio, Jardim Paraná.</t>
   </si>
   <si>
     <t>5386</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>Zé Maria, Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5386/brn3c2af4e2196e_0000078572.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5386/brn3c2af4e2196e_0000078572.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Manoel Ribas, dando início na Capela Aliança até o Centro de Eventos Palazzo.</t>
   </si>
   <si>
     <t>5387</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5387/brn3c2af4e2196e_0000078575.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5387/brn3c2af4e2196e_0000078575.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie camada asfáltica na Avenida Brasil, dando início na esquina da Rua Cornélio Procópio até esquina da Rua Pedro Koltum, Centro.</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5410/brn3c2af4e2196e_0000078598.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5410/brn3c2af4e2196e_0000078598.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie camada asfáltica na Rua Visconde do Rio Branco, entre a Rua Marginal até a R. Aparício Bitencour</t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5411/brn3c2af4e2196e_0000078600.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5411/brn3c2af4e2196e_0000078600.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tapa buraco na Rua Augusto Urbanski esquina com a Rua Jaguapitã, centro.</t>
   </si>
   <si>
     <t>5417</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5417/brn3c2af4e2196e_0000078601.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5417/brn3c2af4e2196e_0000078601.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um projeto na área de Educação Física (viva bem com sua coluna), de orientação e conscientização da importância quanto á postura correta nas escolas Públicas do nosso Município.</t>
   </si>
   <si>
     <t>5421</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5421/brn3c2af4e2196e_0000078602.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5421/brn3c2af4e2196e_0000078602.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie sinalização mais rígida em frente CMEI: José Fiorim que fica entre a Rua Romário Martins, e a Rua Placidio Miranda e Getúlio Vargas, visando a segurança no trânsito.</t>
   </si>
   <si>
     <t>5426</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5426/brn3c2af4e2196e_0000078603.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5426/brn3c2af4e2196e_0000078603.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie um redutor de velocidade em frente ao 2º Tabelionato de Notas na Rua Rio Grande do Sul nº 12.</t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5427/brn3c2af4e2196e_0000078604.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5427/brn3c2af4e2196e_0000078604.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um Médico Veterinário a disposição para atender a causa animal em nosso município.</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5434/brn3c2af4e2196e_0000078607.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5434/brn3c2af4e2196e_0000078607.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a volta de mão dupla na Rua João Maria Stresser, que fica entre a Rua Diva Proença e a Av. Souza Naves. O sentido único tem dificultado o trânsito naquele local.</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5436/brn3c2af4e2196e_0000078614.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5436/brn3c2af4e2196e_0000078614.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Munucipal, que por meio da secretaria competente, providencie a construção de um bueiro na rua Ceará na altura do número 3.940, em dias de chuva muito forte a água está entrando nas residências.</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5443/brn3c2af4e2196e_0000078615.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5443/brn3c2af4e2196e_0000078615.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de galerias pluviais na Avenida Maranhão, próximo da propriedade do Sr. Rubão, devido ao grande fluxo de água nos dias de chuva.</t>
   </si>
   <si>
     <t>5447</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5447/brn3c2af4e2196e_0000078622.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5447/brn3c2af4e2196e_0000078622.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie abertura e continuação da Rua Marechal Floriano próximo a Madeporta, até a Avenida Paraíba, melhorando o acesso ao centro da cidade, para quem vem da Vila João XXIII e Jardim Casa Grande.</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5451/brn3c2af4e2196e_0000078629.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5451/brn3c2af4e2196e_0000078629.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a retirada dos tocos que está na Rua Plácido Miranda em frente ao nº 710.</t>
   </si>
   <si>
     <t>5455</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5455/brn3c2af4e2196e_0000078648.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5455/brn3c2af4e2196e_0000078648.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie delimitação de estacionamento permitindo em uma só lateral, lado direito na Rua João Maria Stresser.</t>
   </si>
   <si>
     <t>5457</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5457/brn3c2af4e2196e_0000078651.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5457/brn3c2af4e2196e_0000078651.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie manutenção na máquina retroescavadeira do aterro sanitário de Ivaiporã, o pedido foi feito em setembro e desde então está sem fazer manutenção.</t>
   </si>
   <si>
     <t>5460</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5460/brn3c2af4e2196e_0000078652.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5460/brn3c2af4e2196e_0000078652.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza, e pedra irregular em uma viela que cruza a Rua José de Alencar e a Rua Dona Leopoldina, a pedidos dos moradores.</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5463/brn3c2af4e2196e_0000078654.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5463/brn3c2af4e2196e_0000078654.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um novo Ponto de Ônibus em nosso Município a pedido dos nossos munícipes, na Avenida Ladislau Gil Fernandes em frente do Trator Peça Ivaiporã.</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5467/brn3c2af4e2196e_0000078659.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5467/brn3c2af4e2196e_0000078659.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, analise a possibilidade de implantação do projeto ``Meu Campinho`` no Jardim Bela Casa, próximo ao Hospital Regional.</t>
   </si>
   <si>
     <t>5468</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5468/brn3c2af4e2196e_0000078660.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5468/brn3c2af4e2196e_0000078660.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a reforma da Cadeira Odontológica que se encontra há mais de 6 (seis) meses quebrada, assim como um Medidor de pressão Arterial novo, para a UBS São Francisco.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tapa buraco na Rua das Quaresmeiras esquina do Hospital Regional, no Jardim Bela Casa.</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5630/brn3c2af4e2196e_0000079489.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5630/brn3c2af4e2196e_0000079489.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie com urgência um redutor de velocidade na estrada do Ouro Verde.</t>
   </si>
   <si>
     <t>5631</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5631/brn3c2af4e2196e_0000079518.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5631/brn3c2af4e2196e_0000079518.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um ponto de ônibus na Rua Fernanda Mazurok no conjunto Bella Vista, pois não há lugar para os alunos esperarem o ônibus em dias de chuva.</t>
   </si>
   <si>
     <t>5632</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5632/brn3c2af4e2196e_0000079522.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5632/brn3c2af4e2196e_0000079522.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie colocação de pedra irregular no começo da Rua Cornélio Procópio, próximo a Apae.</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5639/brn3c2af4e2196e_0000079524.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5639/brn3c2af4e2196e_0000079524.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pintura e manutenção da mureta de proteção que divide a Avenida Ladislau Gil Fernandes.</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5652/brn3c2af4e2196e_0000079526.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5652/brn3c2af4e2196e_0000079526.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie camada asfáltica e recuperação do meio fio na Avenida Pres. Tancredo Neves, começando na Avenida Souza naves, até Rua Paranavaí.</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5653/254.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5653/254.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie o aumento de repasse financeiro para as Instituições do Nosso Município, “Lar Santo Antônio, Torre Forte, Toca de Assis, Casa das Fraldas”.</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5655/255.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5655/255.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção geral (lâmpadas, para-raios, etc), da Torre Eifel na Praça França, visto que o monumento recebe centenas de visitações, que inclusive, sobem e descem pelo interior da Torre.</t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5657/brn3c2af4e2196e_0000079553.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5657/brn3c2af4e2196e_0000079553.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie manutenção da boca de lobo, que se encontra entupida e com a tampa quebrada, na Avenida Dr. Melvis Muchiuti, esquina com Avenida Paraíba.</t>
   </si>
   <si>
     <t>5665</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5665/brn3c2af4e2196e_0000079555.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5665/brn3c2af4e2196e_0000079555.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Augusto Urbanski até esquina Avenida Melvis Muchiuti.</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Josane Disner, Nando Dorta, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5666/brn3c2af4e2196e_0000079559.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5666/brn3c2af4e2196e_0000079559.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie roçada na Rodovia Nicolau Koltun, que liga Ivaiporã ao Distrito do Jacutinga</t>
   </si>
   <si>
     <t>5669</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5669/259.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5669/259.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma ponte de concreto no Bairro Formosinho, sobre o rio que liga a estrada do Mario Hort, visto o grande fluxo de caminhões que transitam naquela área para a retirada de areia no porto.</t>
   </si>
   <si>
     <t>5670</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5670/260.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5670/260.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, que providencie a construção um monumento aos ciclistas no centro da rotatória nas proximidades do Mercado Popular e Cemitério, estimulando os ciclistas que ali passam para o uso da ciclofaixa, a pedido dos moradores do Conjunto Mourão Filho.</t>
   </si>
   <si>
     <t>5671</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5671/261.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5671/261.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie reforma da quadra e implantação de um centro poli esportivo no Ginásio de Esportes Mourão Filho, como pista de caminhada, playground com acessibilidade para crianças com deficiência, academia ao ar livre, campo sintético, iluminação e bancos, paisagismo e arborização.</t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5672/262.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5672/262.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de um centro de Socioeducação (CENSE).</t>
   </si>
   <si>
     <t>5674</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5674/263.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5674/263.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, que analise a possibilidade do pagamento do Piso Salarial aos Professores, Educadores e Enfermeiros.</t>
   </si>
   <si>
     <t>5675</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5675/264.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5675/264.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie faixa e placa sinalização de estacionamento para idosos e cadeirantes, do lado esquerdo da Avenida Brasil, em frente à Igreja Assembleia de Deus N°1560</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5682/brn3c2af4e2196e_0000079691.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5682/brn3c2af4e2196e_0000079691.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie cascalho na Rua Ivaiporã no distrito do Alto Porã, se possível com urgência, moradores acamados estão com dificuldade quando precisam sair com emergência.</t>
   </si>
   <si>
     <t>5683</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5683/brn3c2af4e2196e_0000079693.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5683/brn3c2af4e2196e_0000079693.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie cascalhos na Rua Bananeiras, Alto Porã.</t>
   </si>
   <si>
     <t>5684</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5684/brn3c2af4e2196e_0000079695.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5684/brn3c2af4e2196e_0000079695.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie poda de árvore na Rua Canário, esquina com a Rua Corumbataí no Alto Porã.</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5694/brn3c2af4e2196e_0000079698.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5694/brn3c2af4e2196e_0000079698.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a tampa na boca de lobo no cruzamento da Rua Alvorada com a Avenida Maranhão</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5695/269.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5695/269.pdf</t>
   </si>
   <si>
     <t>Indicação ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico no início da Rua Universitária – Jardim Universitário.</t>
   </si>
   <si>
     <t>5702</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5702/270.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5702/270.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade na Avenida Maranhão nas proximidades do cruzamento com a Tv Nilson Ribas, atrás do depósito Rigueto, e no cruzamento com a Rua Pitanga, próximo da Igreja Espírito Santo.</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5703/271.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5703/271.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie mais equipamentos e mais profissionais de saúde para realizar exames em um maior número de pessoas em um curto período de tempo.</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5708/272.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5708/272.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie investimento em tecnologias inovadoras, como Telemedicina e Sistemas de Diagnóstico Remoto, agilizando a realização de exames e zerando as filas.</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5723/273.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5723/273.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie serviços odontológicos em Escolas Municipais como parte de Programa de Saúde Escolar no nosso Município.</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5724/274.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5724/274.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a instalação de placas de pedestres onde houver semáforos em nosso município para dar mais segurança aos nossos munícipes.</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5769/275.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5769/275.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade atrás da Vila de Furnas devido a obra do Jardim Iporã o grande fluxo de carros em alta velocidade e também muita poeira. E onde está fazendo a obra no Jardim Iporã a solicitação de um caminhão para jogar água pelo menos uma vez por dia.</t>
   </si>
   <si>
     <t>5813</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5813/276.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5813/276.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie estacionamento para moto, na Rua Rio Grande do Sul, em frente à loja Tend Tudo.</t>
   </si>
   <si>
     <t>5814</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5814/277.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5814/277.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie identificação das ruas no Conjunto João de Barro, Jardim Nova Porã.</t>
   </si>
   <si>
     <t>5823</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5823/brn3c2af4e2196e_0000081186.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5823/brn3c2af4e2196e_0000081186.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie cascalho na Rua Jardim no distrito do Jacutinga, pois quando chove fica intransitável.</t>
   </si>
   <si>
     <t>5825</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5825/brn3c2af4e2196e_0000081188.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5825/brn3c2af4e2196e_0000081188.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie camada asfáltica e trocas de meio fio que se encontram quebrados na Avenida Presidente Castelo Branco, próximo ao Ginásio Alcebíades Alves</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5831/280.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5831/280.pdf</t>
   </si>
   <si>
     <t>Indicação ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a sinalização das estradas rurais, indicando os caminhos para as comunidades, bem como a sinalização da entrada da comunidade.</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5832/281.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5832/281.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma reforma para aumento o da caixa d’água  ou uma caixa de água com maior capacidade para a Vila Rural.</t>
   </si>
   <si>
     <t>5833</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5833/282.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5833/282.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um estacionamento de bicicletas na ciclovia do centro da cidade.</t>
   </si>
   <si>
     <t>5834</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5834/283.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5834/283.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um local de fraldário e amamentação adequado nos prédios públicos.</t>
   </si>
   <si>
     <t>5838</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5838/brn3c2af4e2196e_0000081302.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5838/brn3c2af4e2196e_0000081302.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de calçada de passeio na Rua Marginal, as margens do rio, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>5839</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5839/brn3c2af4e2196e_0000081341.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5839/brn3c2af4e2196e_0000081341.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a reforma do Guard Rail, (mureta de proteção) sobre a ponte na Vila Santa Maria.</t>
   </si>
   <si>
     <t>5843</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5843/brn3c2af4e2196e_0000081343.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5843/brn3c2af4e2196e_0000081343.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma faixa de pedestre na Rua Café Filho, esquina com a Rua Pitanga, em frente a Paróquia Espirito Santo.</t>
   </si>
   <si>
     <t>5844</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5844/brn3c2af4e2196e_0000081345.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5844/brn3c2af4e2196e_0000081345.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie a tampa de bueiro na Rua Plácido Miranda, em frente ao número 1175, próximo ao viveiro no Jardim Versales.</t>
   </si>
   <si>
     <t>5847</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5847/brn3c2af4e2196e_0000081350.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5847/brn3c2af4e2196e_0000081350.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, analise a possibilidade de criar o Conselho Municipal de Saúde e Bem-estar Animal.</t>
   </si>
   <si>
     <t>5849</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5849/brn3c2af4e2196e_0000081351.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5849/brn3c2af4e2196e_0000081351.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pedra irregular em um trecho da Estrada Velha, na Comunidade do Sabugueiro, entre os Lote 45 da Gleba Ariranha Rio Azul Secção E, e o Lote 22 da Gleba Ariranha Rio Azul Secção F.</t>
   </si>
   <si>
     <t>5851</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5851/290.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5851/290.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie faixa elevada, e melhorias na sinalização de trânsito no CMEI Paulo Freire.</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5854/291.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5854/291.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade na Avenida Maranhão, em frente à casa de N° 1305, esquina com Rua Paranavaí</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5855/292_-_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5855/292_-_2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Palmas, Vila Monte Castelo, a pedido dos moradores.</t>
   </si>
   <si>
     <t>5866</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5866/293.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5866/293.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie reforma de um dos pavilhões da Casa de Vivência que está com o telhado danificado.</t>
   </si>
   <si>
     <t>5868</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5868/294.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5868/294.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pedra irregular na Rua Luiz Fabo, no Jardim Nova Porã, no Conjunto João de Barro entre a Rua Beija flor até Rua José Maximiano Prado</t>
   </si>
   <si>
     <t>5870</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5870/brn3c2af4e2196e_0000081366.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5870/brn3c2af4e2196e_0000081366.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza na Rua Sabia no Bairro João de Barro, e recolher os entulhos.</t>
   </si>
   <si>
     <t>5871</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5871/296.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5871/296.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um estudo para Iluminação Pública na Rodovia Nicolau Koltun, que liga Ivaiporã ao Distrito do Jacutinga.</t>
   </si>
   <si>
     <t>5881</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5881/297.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5881/297.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie profissionais da área Educação Física para exercerem atividades de Educação Física Escolar nas Escolas Municipais.</t>
   </si>
   <si>
     <t>5887</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5887/298.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5887/298.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie lanche para os pacientes que saem para tratamento na madrugada. Muitos não dispõem de recursos para tomar um café pela manhã.</t>
   </si>
   <si>
     <t>5902</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5902/299.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5902/299.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie para que seja realizada limpeza nas margens do córrego que passa ao lado da Colônia da Prefeitura. Nos períodos de baixa vazão, tem servido de criadouro para o mosquito Aedes aegypti, transmissor da dengue.</t>
   </si>
   <si>
     <t>5985</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5985/brn3c2af4e2196e_0000083045.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5985/brn3c2af4e2196e_0000083045.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie camada asfáltica na Avenida Maranhão, entre a Rua Andirá até a Rua Pitanga.</t>
   </si>
   <si>
     <t>5991</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5991/301.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5991/301.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade na Avenida Maranhão em frente casa N° 3950, esquina com Rua Andirá, devido alta velocidade dos motoristas tem ocorrido vários acidentes.</t>
   </si>
   <si>
     <t>5998</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5998/302.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5998/302.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade na Rua Tiradentes em frente ao N° 855 no Jardim Versalhes</t>
   </si>
   <si>
     <t>5999</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5999/303.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5999/303.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie mais sinalização com placas na Avenida Brasil esquina com Avenida Paraíba em frente ao posto Panorama, informando a saída secundária de nossa cidade</t>
   </si>
   <si>
     <t>6004</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6004/304.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6004/304.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie patrolamento e cascalhamento na Rua Marginal, próximo ao IFPR.</t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6007/305.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6007/305.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a reforma da praça em frente a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>6008</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6008/306.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6008/306.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie correção das sinalizações das ruas, principalmente nas vilas, pois entregadores estão com dificuldade de localização.</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6011/308.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6011/308.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade na Rua Jesus Pereira Pontes, antiga Rua (Arapongas), próximo a Igreja no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>6014</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a colocação de pedra irregular começando próximo a Igreja até o Cemitério do Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6016/309.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6016/309.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie cascalho na Rua Água do Canário no Bem-te-vi, a pedido dos moradores com filhos especiais, estão com dificuldades de levar na escola.</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6031/brn3c2af4e2196e_0000083067.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6031/brn3c2af4e2196e_0000083067.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie melhorias na calçada de passeio no final da Rua Placídio Miranda, próximo entrada do CMEI José Fiorim.</t>
   </si>
   <si>
     <t>6033</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6033/brn3c2af4e2196e_0000083069-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6033/brn3c2af4e2196e_0000083069-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a instalação de um Eco ponto (Container) nos distritos de Jacutinga e Alto Porã, para a coleta de material reciclável.</t>
   </si>
   <si>
     <t>6034</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6034/brn3c2af4e2196e_0000083069-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6034/brn3c2af4e2196e_0000083069-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a instalação de Lixeiras em formato de animais, para incentivar as crianças a descartarem o lixo de forma correta.</t>
   </si>
   <si>
     <t>6035</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6035/brn3c2af4e2196e_0000083069-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6035/brn3c2af4e2196e_0000083069-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a instalação de um semáforo na Rua Mangueira, 1145, na esquina do Centro da Juventude.</t>
   </si>
   <si>
     <t>6036</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6036/314_2_314_merged.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6036/314_2_314_merged.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Marechal Floriano Peixoto, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6053</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6053/brn3c2af4e2196e_0000083069-6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6053/brn3c2af4e2196e_0000083069-6.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie renovação da pintura das faixas da Rua Mangueira, o fluxo de veículos é intenso e a sinalização está apagando.</t>
   </si>
   <si>
     <t>6054</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6054/brn3c2af4e2196e_0000083069-7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6054/brn3c2af4e2196e_0000083069-7.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie demarcação de faixa de pedestre na Avenida Castelo Branco em frente ao Quiosque Sírio.</t>
   </si>
   <si>
     <t>6058</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6058/brn3c2af4e2196e_0000083083.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6058/brn3c2af4e2196e_0000083083.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tampa da boca de lobo em frente ao Fórum Eleitoral.</t>
   </si>
   <si>
     <t>6059</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6059/318.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6059/318.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie faixa de estacionamento para carga/descarga em frente a Maciel Embalagens.</t>
   </si>
   <si>
     <t>6069</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6069/319.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6069/319.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie contratação de Médico na especialidade de Pediatria, para atendimento de nossa comunidade na rede de Saúde Municipal.</t>
   </si>
   <si>
     <t>6070</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6070/320.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6070/320.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie folders com orientação e divulgação dos Pontos Turísticos do Município para os visitantes.</t>
   </si>
   <si>
     <t>6096</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6096/brn3c2af4e2196e_0000083396.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6096/brn3c2af4e2196e_0000083396.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, para que providencie manutenção boca de lobo que se encontra entupida e quebrada, localizada Rua Ceara esquina com Rua Cuba Vila Monte Castelo</t>
   </si>
   <si>
     <t>6097</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Zé Maria, Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6097/brn3c2af4e2196e_0000083398.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6097/brn3c2af4e2196e_0000083398.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie camada asfáltica na Rua Pindauvinha, próximo ao Mercado Bom Preço, Centro.</t>
   </si>
   <si>
     <t>6098</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6098/brn3c2af4e2196e_0000083409.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6098/brn3c2af4e2196e_0000083409.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Ceara, atrás do INSS até a esquina da Rua Joaquim Bonifácio</t>
   </si>
   <si>
     <t>6099</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6099/brn3c2af4e2196e_0000083411.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6099/brn3c2af4e2196e_0000083411.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie concerto na boca de lobo, localizada na Rua Dercílio Mathias em frente à casa número 135, conjunto João de Barro, Jardim Nova Porã.</t>
   </si>
   <si>
     <t>6100</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6100/325.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6100/325.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie placa com sinalização de ponto de ônibus em frente ao mercado Bom Preço.</t>
   </si>
   <si>
     <t>6103</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6103/326.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6103/326.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie placa de sinalização, “Ponte Estreita” na ponte do Rio Pindaúva, estrada que liga o Município de Ivaiporã ao distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6104</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6104/327.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6104/327.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a revitalização da urbanização da praça da Igreja do distrito de Jacutinga, bem como a urbanização do campinho de eventos do mesmo local, com plantio de árvores.</t>
   </si>
   <si>
     <t>6105</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6105/328.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6105/328.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a pintura dos canteiros da entrada do Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6106</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6106/329.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6106/329.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza dos matos entre todo o percurso da Rodovia Nicolau Koltum.</t>
   </si>
   <si>
     <t>6107</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6107/330.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6107/330.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie estudo em nosso município para Implantação de um Programa de Internet gratuita em espaços públicos como praças e feiras e também nos Distritos de Alto Porã, Santa Barbara e Jacutinga. O objetivo e promover a Inclusão sociodigital da população podendo o município fazer uma parceria Público/Privada com empresas locais.</t>
   </si>
   <si>
     <t>6108</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6108/331.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6108/331.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um redutor de velocidade ou uma lombada em frente ao hospital Regional na Rua das Quaresmeiras, devido ao grande fluxo de veículos nesse local. A pedido dos funcionários e moradores daquela localidade para dar mais segurança.</t>
   </si>
   <si>
     <t>6109</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6109/brn3c2af4e2196e_0000083427.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6109/brn3c2af4e2196e_0000083427.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de um Ponto de ônibus na Avenida Castelo Branco próximo ao nº 925, para que os passageiros possam aguardar a chegada do ónibus com segurança e ter um local para se abrigar em dias de chuva, sol intenso ou de vento proporcionando conforto e assim  facilitando ao aceso ao transporte público.</t>
   </si>
   <si>
     <t>6110</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6110/333.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6110/333.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie através do Conseg (Conselho Comunitário de Segurança) e a Policia Militar realize Blitz Educativas sem multar a população, promover a conscientização e segurança no trânsito. Em vez de focar na aplicação de multas, as blitz devem se concentrar em educar os motoristas, pedestres e ciclistas sobre boas práticas de segurança no trânsito.</t>
   </si>
   <si>
     <t>6111</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6111/334.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6111/334.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um redutor de velocidade na Avenida Maranhão em frente ao número 2924.</t>
   </si>
   <si>
     <t>6112</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6112/brn3c2af4e2196e_0000084314.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6112/brn3c2af4e2196e_0000084314.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Assaí, Jardim Nova Porã.</t>
   </si>
   <si>
     <t>6113</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6113/336.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6113/336.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um ponto de ônibus na rua Ivaiporã em frente a UBS (Unidade Básica de Saúde) Jacutinga, no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6114</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6114/337.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6114/337.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, analise a possibilidade da abertura de um poço artesiano para atender a comunidade da Água do Milagre</t>
   </si>
   <si>
     <t>6115</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6115/338.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6115/338.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie implantação de Ecopontos na Vilas João XXII e Jardim Nova Porã, a fim de facilitar aos moradores locais adequados para depositarem matérias que possam servirem de criadouros para o mosquito da Dengue.</t>
   </si>
   <si>
     <t>6116</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6116/indicacao_339.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6116/indicacao_339.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tampa na boca de lobo na Avenida Maranhão próximo ao número 1.975 centro.</t>
   </si>
   <si>
     <t>6117</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6117/340.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6117/340.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um toldo na UBS (Unidade Básica de Saúde) Jacutinga, no distrito de Jacutinga, pois moradores ficam no sol, esperando para serem atendidos.</t>
   </si>
   <si>
     <t>6119</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6119/brn3c2af4e2196e_0000084306-5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6119/brn3c2af4e2196e_0000084306-5.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie Ponto de Ónibus na Rua Urubupunga esquina com a Rua Xavantes (JARDIM ITAIPÚ)</t>
   </si>
   <si>
     <t>6120</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6120/brn3c2af4e2196e_0000084306-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6120/brn3c2af4e2196e_0000084306-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie sinalização na rua Placídio Miranda descendo Mercado Bom Preço. Devido ao grande fluxo de carros e a Rua ser estreita, é de suma importância sinalização de faixa e de estacionamento.</t>
   </si>
   <si>
     <t>6121</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6121/brn3c2af4e2196e_0000084306-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6121/brn3c2af4e2196e_0000084306-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção da grama no CMEI (Centro Municipal de Educação Infantil) Paulo Freire, localizado na Avenida São Paulo n° 122, centro.</t>
   </si>
   <si>
     <t>6123</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6123/brn3c2af4e2196e_0000084306-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6123/brn3c2af4e2196e_0000084306-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um playground e pintura no CMEI MARIA BURATO no distrito de alto Porã.</t>
   </si>
   <si>
     <t>6124</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6124/brn3c2af4e2196e_0000084306-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6124/brn3c2af4e2196e_0000084306-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma campanha informativa que alertem os homens a respeito da importância da prevenção e do diagnóstico precoce do câncer de próstata. A intensificação das campanhas servirá para motivar a população masculina a fazer os exames preventivos capazes de detectar a doença em estágio inicial, pois, de acordo com a sociedade Brasileira de Urologia, depois do aparecimento dos sintomas, mais de 95% dos casos de câncer de próstata já se encontram em estágio avançado.</t>
   </si>
   <si>
     <t>6126</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6126/brn3c2af4e2196e_0000084300.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6126/brn3c2af4e2196e_0000084300.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção da boca de lobo tampa quebrada na Rua Apucarana ao lado da Auto Elétrica Ivaí dínamo.</t>
   </si>
   <si>
     <t>6127</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6127/brn3c2af4e2196e_0000084298.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6127/brn3c2af4e2196e_0000084298.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção da tampa da boca de lobo quebrada na Rua Guaretá em frente à casa n° 265 na Vila Nova Porã</t>
   </si>
   <si>
     <t>6128</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6128/brn3c2af4e2196e_0000084290-8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6128/brn3c2af4e2196e_0000084290-8.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a limpeza na rotatória da Rua Universitária, próxima a Unidade Básica de saúde, do Jardim Universitário.</t>
   </si>
   <si>
     <t>6129</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6129/brn3c2af4e2196e_0000084290-7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6129/brn3c2af4e2196e_0000084290-7.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie aquisição de novos ônibus para a Linha Escolar da Secretaria Municipal de Educação. Alguns já estão muito rodados e estão tendo muita manutenção.</t>
   </si>
   <si>
     <t>6130</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6130/brn3c2af4e2196e_0000084290-6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6130/brn3c2af4e2196e_0000084290-6.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a colocação de Pedras Irregulares da saída do asfalto até no aterro sanitário.</t>
   </si>
   <si>
     <t>6131</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6131/brn3c2af4e2196e_0000084290-5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6131/brn3c2af4e2196e_0000084290-5.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie iluminação total da pista de caminhada no distrito de Jacutinga. Visto que hoje, ela está só parcialmente iluminada, com a iluminação que já havia no local.</t>
   </si>
   <si>
     <t>6132</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6132/brn3c2af4e2196e_0000084290-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6132/brn3c2af4e2196e_0000084290-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de um campinho de futebol no Jardim Itaipu.</t>
   </si>
   <si>
     <t>6133</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6133/brn3c2af4e2196e_0000084290-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6133/brn3c2af4e2196e_0000084290-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie faixa elevada na Avenida Maranhão, nas proximidades do CMEI Santa Terezinha, pois os motoristas estão desenvolvendo velocidade incompatível, colocando crianças em risco nos horários de entrada e saída.</t>
   </si>
   <si>
     <t>6134</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6134/brn3c2af4e2196e_0000084290-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6134/brn3c2af4e2196e_0000084290-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie concerto da grade do parquinho infantil no Lago Jardim Botânico, pois a grade está solta poderá causar acidentes com as crianças.</t>
   </si>
   <si>
     <t>6135</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6135/brn3c2af4e2196e_0000084290-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6135/brn3c2af4e2196e_0000084290-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie equipe para atendimento as mulheres vítimas de violência doméstica; (Psicóloga, Profissional de Direito, Assistente Social).</t>
   </si>
   <si>
     <t>6136</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6136/brn3c2af4e2196e_0000084392.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6136/brn3c2af4e2196e_0000084392.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie o recape asfáltico na Rua Angola, distrito do Alto Porã.</t>
   </si>
   <si>
     <t>6137</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6137/brn3c2af4e2196e_0000084390.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6137/brn3c2af4e2196e_0000084390.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie recape e adequação asfáltica em toda extensão da Rua Placídio Miranda, bem como providência adequação das calçadas, facilitando a mobilidade dos pedestres.</t>
   </si>
   <si>
     <t>6145</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6145/brn3c2af4e2196e_0000085079-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6145/brn3c2af4e2196e_0000085079-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie Pintura de Faixas de Pedestres e de Estacionamento de Motos no Jardim Iporã, nas Ruas Santa Vicentina, Rua Vitoria, Rua Caxias do sul, Rua Martin Lutero, Rua Bela vista, Rua Monte Alto, Rua Moises Lopes da Silva, Rua Sergio Kowal, Rua Santo Antonio, Rua Santa Teresinha e Rua Três Marias.</t>
   </si>
   <si>
     <t>6146</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6146/brn3c2af4e2196e_0000085079-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6146/brn3c2af4e2196e_0000085079-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie poda dos galhos que estão obstruindo a passagem dos pedestres dificultando a acessibilidade em frente à Igreja Ucraniana na Rua Pedro Koltun, ao lado do colégio Santa Olga a pedido de vários munícipes dessa localidade.</t>
   </si>
   <si>
     <t>6149</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6149/brn3c2af4e2196e_0000085079-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6149/brn3c2af4e2196e_0000085079-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie melhoria na Sinalização de Trânsito e Instalação de faixas de Pedestres na Rua Rio Grande do Sul onde se fizer necessário, essas medidas são essenciais para promover um trânsito mais seguro e ordenado em nossa cidade.</t>
   </si>
   <si>
     <t>6182</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6182/brn3c2af4e2196e_0000085085.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6182/brn3c2af4e2196e_0000085085.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Avenida São Paulo nas proximidades do número 595.</t>
   </si>
   <si>
     <t>6183</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6183/brn3c2af4e2196e_0000085088.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6183/brn3c2af4e2196e_0000085088.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção da tampa da boca de lobo que fica localizada na Avenida Maranhão em frente ao número 274.</t>
   </si>
   <si>
     <t>6184</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6184/brn3c2af4e2196e_0000085089-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6184/brn3c2af4e2196e_0000085089-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie contratação de mais auxiliares de limpeza no Centro de Saúde Carlos Henrique Hawthorne.</t>
   </si>
   <si>
     <t>6185</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6185/brn3c2af4e2196e_0000085089-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6185/brn3c2af4e2196e_0000085089-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a colocação de pedra irregular na Rua Santa Vicentina, no Jardim Iporã.</t>
   </si>
   <si>
     <t>6186</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6186/brn3c2af4e2196e_0000085089-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6186/brn3c2af4e2196e_0000085089-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie reforma e cobertura na quadra de esportes da comunidade do Pindauvinha, e também a colocação de um Playground para as crianças.</t>
   </si>
   <si>
     <t>6187</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6187/brn3c2af4e2196e_0000085095.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6187/brn3c2af4e2196e_0000085095.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na rua Arnaldo Schmidt ao lado do INSS (antiga rua Arapongas) com a rua Ceará.</t>
   </si>
   <si>
     <t>6203</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6203/brn3c2af4e2196e_0000085100.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6203/brn3c2af4e2196e_0000085100.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a drenagem da água de chuva, patrolamento e cascalhamento ao longo da Rua Castro Alves (rua do posto de saúde) – Jardim Porto Belo.</t>
   </si>
   <si>
     <t>6204</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6204/brn3c2af4e2196e_0000085103.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6204/brn3c2af4e2196e_0000085103.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie reforma no alambrado da frente do posto de saúde central</t>
   </si>
   <si>
     <t>6210</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6210/brn3c2af4e2196e_0000085105.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6210/brn3c2af4e2196e_0000085105.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie o recape asfáltico na Rua São Miguel, distrito do Jacutinga.</t>
   </si>
   <si>
     <t>6217</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6217/brn3c2af4e2196e_0000085107-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6217/brn3c2af4e2196e_0000085107-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tampa de 02(dois) bueiros na Rua Cambé próximos a UBS, distrito do Jacutinga.</t>
   </si>
   <si>
     <t>6218</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6218/brn3c2af4e2196e_0000085107-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6218/brn3c2af4e2196e_0000085107-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a pode das árvores da Escola Nilo Peçanha, distrito do Jacutinga.</t>
   </si>
   <si>
     <t>6219</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6219/brn3c2af4e2196e_0000085107-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6219/brn3c2af4e2196e_0000085107-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie quebra mola na Avenida Maranhão, próximo ao número 905.</t>
   </si>
   <si>
     <t>6225</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6225/brn3c2af4e2196e_0000085113.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6225/brn3c2af4e2196e_0000085113.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza e construção de calçadas na Rua Martins Afonso de Souza casa Grande II.</t>
   </si>
   <si>
     <t>6228</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6228/brn3c2af4e2196e_0000085116.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6228/brn3c2af4e2196e_0000085116.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tampa da boca de lobo que encontra se quebrada, na Rua Manoel de Nobrega esquina com Avenida Ladislau Gil Fernandes.</t>
   </si>
   <si>
     <t>6283</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6283/indicacao_375.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6283/indicacao_375.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um redutor de velocidade na Rua Augusto Urbanski nas proximidades do Detran, pois condutores estão desenvolvendo velocidade incompatível com o permitido.</t>
   </si>
   <si>
     <t>6286</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6286/brn3c2af4e2196e_0000085120.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6286/brn3c2af4e2196e_0000085120.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Avenida Tancredo neves, nas proximidades da lanchonete do Bolacha, número 310.</t>
   </si>
   <si>
     <t>6307</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6307/brn3c2af4e2196e_0000085123-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6307/brn3c2af4e2196e_0000085123-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a instalação de um play ground na praça do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6308</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6308/brn3c2af4e2196e_0000085123-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6308/brn3c2af4e2196e_0000085123-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie cascalho em toda extensão da Rua Progresso no distrito de Jacutinga, rua situada ao lado do cemitério.</t>
   </si>
   <si>
     <t>6309</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6309/brn3c2af4e2196e_0000085123-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6309/brn3c2af4e2196e_0000085123-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a revitalização e paisagismo da Praça da Igreja do distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>6311</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6311/brn3c2af4e2196e_0000085123-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6311/brn3c2af4e2196e_0000085123-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, veja a possibilidade de disponibilizar maior carga horaria de psicóloga e fisioterapeuta para atendimento na UBS do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6327</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6327/brn3c2af4e2196e_0000088738.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6327/brn3c2af4e2196e_0000088738.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie reforma e manutenção no bueiro na Rua Arnold Schimidt, número 530, esquina com a rua Rio Grande do Sul.</t>
   </si>
   <si>
     <t>6328</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6328/brn3c2af4e2196e_0000088740.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6328/brn3c2af4e2196e_0000088740.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie manutenção da ponte e roçada na pista Linear na Vila Santa Maria próximo a Madereira Madeporta.</t>
   </si>
   <si>
     <t>6329</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6329/brn3c2af4e2196e_0000088743.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6329/brn3c2af4e2196e_0000088743.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Augusto Urbanski, entre a Mercearia Suprilar até o Centro de eventos Coma Bem, no Jardim Itaipu</t>
   </si>
   <si>
     <t>6330</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6330/brn3c2af4e2196e_0000088746-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6330/brn3c2af4e2196e_0000088746-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria compentete, providencie pinturas das faixas de estacionamento de veículos que se encontra apagadas em frente a farmácia Droga Mais até a Loja Pernambucanas.</t>
   </si>
   <si>
     <t>6331</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6331/brn3c2af4e2196e_0000088746-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6331/brn3c2af4e2196e_0000088746-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie placas de sinalização especificando os pontos turísticos de Ivaiporã.</t>
   </si>
   <si>
     <t>6332</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6332/brn3c2af4e2196e_0000088746-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6332/brn3c2af4e2196e_0000088746-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie melhorias na iluminação em frente ao Posto Catuai 1, Avenida Italia, nº 2500.</t>
   </si>
   <si>
     <t>6333</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6333/brn3c2af4e2196e_0000088752.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6333/brn3c2af4e2196e_0000088752.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza (roçada) nas laterais da Rua Alfenas, fundos com Viveiro de mudas.</t>
   </si>
   <si>
     <t>6335</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6335/brn3c2af4e2196e_0000088761-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6335/brn3c2af4e2196e_0000088761-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pintura na ciclovia na Rua Durvalina Dias de Jesus no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>6336</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6336/brn3c2af4e2196e_0000088761-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6336/brn3c2af4e2196e_0000088761-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, analise a possibilidade de incluir no portal da prefeitura um link para consulta de débito pelo CPF do contribuinte.</t>
   </si>
   <si>
     <t>6337</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6337/brn3c2af4e2196e_0000088761-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6337/brn3c2af4e2196e_0000088761-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio do departamento competente, analise a possibilidade de o Poder Executivo encaminhar um Projeto a esta Casa de Leis, para que os servidores públicos que estão em débito com a Prefeitura, possam utilizar parte dos vencimentos relacionados a férias, e/ou licença prêmio vencidas, a fim quitar a dívida ativa.</t>
   </si>
   <si>
     <t>6338</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6338/brn3c2af4e2196e_0000088761-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6338/brn3c2af4e2196e_0000088761-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a Pintura da Quadra da Casa de Vivência.</t>
   </si>
   <si>
     <t>6339</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6339/brn3c2af4e2196e_0000088761-5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6339/brn3c2af4e2196e_0000088761-5.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de uma nova sala, ampliação da cozinha, reforma do telhado e pintura do Centro da Melhor Idade.</t>
   </si>
   <si>
     <t>6340</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6340/brn3c2af4e2196e_0000088761-6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6340/brn3c2af4e2196e_0000088761-6.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a reforma da cozinha do Projeto Renascer.</t>
   </si>
   <si>
     <t>6341</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6341/brn3c2af4e2196e_0000088761-7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6341/brn3c2af4e2196e_0000088761-7.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a contratação de mais dentistas para nosso Município.</t>
   </si>
   <si>
     <t>6343</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6343/brn3c2af4e2196e_0000091430.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6343/brn3c2af4e2196e_0000091430.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a reforma das cadeiras na sala de espera do UPA.</t>
   </si>
   <si>
     <t>6344</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6344/brn3c2af4e2196e_0000088775.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6344/brn3c2af4e2196e_0000088775.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pintura no muro lateral da UBS do distrito do Alto Porã.</t>
   </si>
   <si>
     <t>6345</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6345/brn3c2af4e2196e_0000088777.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6345/brn3c2af4e2196e_0000088777.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pintura das faixas de pedestres na Avenida Castelo Branco, cruzamento da Rua Bandeirantes, em frente ao Hospital Bom Jesus.</t>
   </si>
   <si>
     <t>6346</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>Gertrudes, Carniato, Fio Bertotti, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6346/brn3c2af4e2196e_0000088779.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6346/brn3c2af4e2196e_0000088779.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico da Avenida Tancredo Neves, no trecho entre o “Bar do Zé” e o Colégio Estadual Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>6347</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6347/brn3c2af4e2196e_0000088783.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6347/brn3c2af4e2196e_0000088783.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção da pintura das faixas de segurança na Avenida Tancredo Neves, em frente ao Colégio Mater.</t>
   </si>
   <si>
     <t>6350</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6350/brn3c2af4e2196e_0000091432.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6350/brn3c2af4e2196e_0000091432.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pintura da faixa de pedestre no cruzamento da Rua Andirá, com a Avenida Presidente Tancredo Neves.</t>
   </si>
   <si>
     <t>6351</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6351/brn3c2af4e2196e_0000091484.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6351/brn3c2af4e2196e_0000091484.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a colocação de placas indicando curvas e velocidade máxima permitida, na Rodovia Lázaro Bueno (Estrada do Ouro Verde).</t>
   </si>
   <si>
     <t>6352</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6352/brn3c2af4e2196e_0000091486.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6352/brn3c2af4e2196e_0000091486.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um estudo para implantação de um projeto, para colocação de aparelhos ortodônticos de forma gratuita nas crianças das escolas municipais de nossa cidade.</t>
   </si>
   <si>
     <t>6353</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6353/brn3c2af4e2196e_0000091489.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6353/brn3c2af4e2196e_0000091489.pdf</t>
   </si>
   <si>
     <t>Indicando ai senhor Prefeito Municipal, que por meio da secretaria competente, providencie roçada em volta o Ginásio de Esportes Sapecadão.</t>
   </si>
   <si>
     <t>6354</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6354/brn3c2af4e2196e_0000091738.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6354/brn3c2af4e2196e_0000091738.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico e pintura dos quebra-molas na Rua Guanabara – Vila Planalto.</t>
   </si>
   <si>
     <t>6355</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6355/brn3c2af4e2196e_0000091742.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6355/brn3c2af4e2196e_0000091742.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção da pintura das faixas de segurança na Avenida Brasil, a partir da Rodoviária até Avenida Pedro Koltun.</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6356/brn3c2af4e2196e_0000091744.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6356/brn3c2af4e2196e_0000091744.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua General Osorio, dando início na esquina da Rua Placídio Miranda até a esquina da Rua Joaquim Bonifácio, Vila João XXIII.</t>
   </si>
   <si>
     <t>6357</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6357/brn3c2af4e2196e_0000091747-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6357/brn3c2af4e2196e_0000091747-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a liberação de vacinas para animais de rua. (gatos e cachorros).</t>
   </si>
   <si>
     <t>6358</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6358/brn3c2af4e2196e_0000091747-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6358/brn3c2af4e2196e_0000091747-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie com maior frequência “Campanhas” informativas quanto a importância na separação do lixo.</t>
   </si>
   <si>
     <t>6359</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6359/brn3c2af4e2196e_0000091747-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6359/brn3c2af4e2196e_0000091747-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um “Projeto” para adquirir cadeira de roda, cadeira de banho, muletas, e cama hospitalar, e que estes itens fiquem à disposição da população quando houver necessidade.</t>
   </si>
   <si>
     <t>6360</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6360/brn3c2af4e2196e_0000091747-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6360/brn3c2af4e2196e_0000091747-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um número telefônico para que a população possa ligar quando se deparar com animais feridos, assim como um local adequado para que esse animal seja atendido.</t>
   </si>
   <si>
     <t>6361</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>Carniato, Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6361/brn3c2af4e2196e_0000091747-5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6361/brn3c2af4e2196e_0000091747-5.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a contratação de médico geriatra para atender demanda da população idosa. Considerando o envelhecimento da população, esta demanda tem aumentado muito.</t>
   </si>
   <si>
     <t>6362</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6362/brn3c2af4e2196e_0000091747-6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6362/brn3c2af4e2196e_0000091747-6.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie construção de um ponto de ônibus coberto na Avenida Maranhão, próximo do Bar do Carlinhos.</t>
   </si>
   <si>
     <t>6365</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6365/indicacao_413.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6365/indicacao_413.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma campanha de acolhimento para os moradores de rua, que nesses dias frios ficam expostos, disponibilizando local de aconchego – albergue, para os que aceitam; e distribuição de alimentos (sopa) e cobertores aos mais resistentes ao acolhimento.</t>
   </si>
   <si>
     <t>6366</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6366/indicacao_414.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6366/indicacao_414.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Capivari no Jardim Itaipu.</t>
   </si>
   <si>
     <t>6367</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6367/415.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6367/415.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de uma ponte de concreto, sobre o Rio Pindauva, na água da prata.</t>
   </si>
   <si>
     <t>6368</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6368/416.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6368/416.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie faixa elevada na Rua Manoel Ribas em frente ao portão principal do cemitério.</t>
   </si>
   <si>
     <t>6370</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6370/brn3c2af4e2196e_0000098962.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6370/brn3c2af4e2196e_0000098962.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção dos brinquedos quebrados do Lago Jardim Botânico.</t>
   </si>
   <si>
     <t>6371</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6371/418.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6371/418.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pedras irregulares na Rua Bento Rocha Neto, no Jardim Betel até a Rua Três Maria que liga Vila Santa Terezinha ao Jardim Iporã.</t>
   </si>
   <si>
     <t>6372</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6372/419.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6372/419.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie mão única na Rua Juarez Cleve, entre a Avenida Paraná e a Rua Joaquim Bonifácio, fundos do Supermercado Paulista.</t>
   </si>
   <si>
     <t>6373</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6373/420.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6373/420.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor velocidade na Avenida Brasil, esquina com a rua Placídio Miranda, sempre há acidentes neste local.</t>
   </si>
   <si>
     <t>6374</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6374/brn3c2af4e2196e_0000096440.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6374/brn3c2af4e2196e_0000096440.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Munucipal, que por meio da secretaria competente, providencie a tampa da boca de lobo na Rua Espanha, esquina com Rua Tamandaré, no Jardim Aeroporto.</t>
   </si>
   <si>
     <t>6375</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6375/422.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6375/422.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza e roçada dos matos no Campo de Futebol da Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>6376</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6376/brn3c2af4e2196e_0000096452-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6376/brn3c2af4e2196e_0000096452-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um parquinho equipado ou uma academia ATI na Colônia da Prefeitura, para promover a socialização e qualidade de vida</t>
   </si>
   <si>
     <t>6377</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6377/brn3c2af4e2196e_0000096452-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6377/brn3c2af4e2196e_0000096452-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um local apropriado para a construção de uma pista de Ciclismo BMX ou seja de Bicicross em nossa cidade.</t>
   </si>
   <si>
     <t>6378</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6378/brn3c2af4e2196e_0000096452-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6378/brn3c2af4e2196e_0000096452-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie manutenção nos postes e troca de lâmpadas na Rua Ucrânia, próximo ao número 757, na Xurupita atrás da Simex.</t>
   </si>
   <si>
     <t>6379</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6379/brn3c2af4e2196e_0000096452-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6379/brn3c2af4e2196e_0000096452-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie averiguação das instalações da piscina aquecida do Centro da Juventude no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>6380</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6380/427.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6380/427.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de um Módulo Policial no redondo da Avenida Souza Naves em frente à prefeitura, dando mais segurança aos visitantes da Torre Eiffel na Praça França.</t>
   </si>
   <si>
     <t>6381</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6381/brn3c2af4e2196e_0000098960.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6381/brn3c2af4e2196e_0000098960.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie manutenção das bocas de lobo que estão entupidas dos dois lados na Avenida Brasil, entre a Avenida Melvis Muchiuti até a FATEC.</t>
   </si>
   <si>
     <t>6382</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6382/429.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6382/429.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade na Avenida Brasil, próximo à Rua Chopim, no Jardim Itaipú, moradores reclamam de carros em alta velocidade neste local.</t>
   </si>
   <si>
     <t>6383</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6383/430.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6383/430.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a ligação de uma Rua entre os dois lagos. Jardim Botânico e Lago das Flores.</t>
   </si>
   <si>
     <t>6384</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6384/431.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6384/431.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a pintura da sinalização de trânsito em frete ao Projeto Renascer, visto que há parada de ônibus escolar e encontra-se bem apagada.</t>
   </si>
   <si>
     <t>6385</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6385/432.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6385/432.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie no viveiro da Prefeitura um espaço para cultivação de mudas de flores.</t>
   </si>
   <si>
     <t>6386</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6386/433.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6386/433.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie exames oftalmológico gratuitos para todos os alunos matriculados no ensino fundamental da Rede Pública, abrangendo do 1º ao 9º ano. A realização destes exames permite a identificação precoce dos distúrbios visuais.</t>
   </si>
   <si>
     <t>6388</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6388/brn3c2af4e2196e_0000096425.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6388/brn3c2af4e2196e_0000096425.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a limpeza e reforma na boca de lobo, na Avenida Osvaldo Cruz, em frente a residência de número 821.</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6492/brn3c2af4e2196e_0000098952-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6492/brn3c2af4e2196e_0000098952-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal,que por meio da secretaria competente, providencie tapa buraco na Rodovia Nicolau Koltun, trecho que liga Ivaiporã ao Distrito do Jacutinga, pois tem vários buracos.</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6493/brn3c2af4e2196e_0000098952-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6493/brn3c2af4e2196e_0000098952-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie implantação de um projeto semelhante ao Centro da Juventude, no Distrito do Jacutinga, tendo em vista a quantidade de moradores do local.</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6494/brn3c2af4e2196e_0000098952-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6494/brn3c2af4e2196e_0000098952-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, , providencie a limpeza e roçada dos matos nas laterais de toda a Estrada Ouro Verde, s/n- KM1, rural.</t>
   </si>
   <si>
     <t>6495</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6495/brn3c2af4e2196e_0000105805.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6495/brn3c2af4e2196e_0000105805.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie calçada na Rua Ceará, no trecho que fica nos fundos do Colégio Mater.</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6498/brn3c2af4e2196e_0000105808.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6498/brn3c2af4e2196e_0000105808.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie o aumento do número de bancos de espera na UBS do Jardim Nova Porã.</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6502/brn3c2af4e2196e_0000098952-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6502/brn3c2af4e2196e_0000098952-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de um Módulo Policial no distrito de Jacutinga, com uma viatura constantemente presente, trará mais ordem e segurança aos moradores.</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6525/brn3c2af4e2196e_0000098950.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6525/brn3c2af4e2196e_0000098950.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza da fossa que está transbordando na UBS Vila Rural – Ivainópolis, e fazer os reparos necessários.</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6527/brn3c2af4e2196e_0000098946-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6527/brn3c2af4e2196e_0000098946-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie rampa de acesso para cadeirantes na calçada da Radio Massa, Rua Mato Grosso.</t>
   </si>
   <si>
     <t>6529</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6529/brn3c2af4e2196e_0000098946-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6529/brn3c2af4e2196e_0000098946-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie 02 (dois) ventiladores para a UBS da VILA RURAL IVAINÓPOLIS.</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6535/brn3c2af4e2196e_0000098614.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6535/brn3c2af4e2196e_0000098614.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie melhorias na sinalização de Trânsito e pintura da faixa de pedestres na Avenida Curitiba, em frente ao SESC</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6571/brn3c2af4e2196e_0000098573.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6571/brn3c2af4e2196e_0000098573.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um campo sintético ao lado da Escola José Aparecido Peres no Distrito de Alto Porã onde fica o Barracão da Associação dos Produtores Rurais Do Distrito De Alto Porã, o mesmo encontra-se desativado.</t>
   </si>
   <si>
     <t>6572</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6572/brn3c2af4e2196e_0000098571.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6572/brn3c2af4e2196e_0000098571.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie construção de uma passarela na avenida Ladislau Gil Fernandes em frente ao nº440 junto com a 7 de setembro ligando os dois lados para maior segurança dos munícipes atravessar.</t>
   </si>
   <si>
     <t>6573</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6573/brn3c2af4e2196e_0000098549-6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6573/brn3c2af4e2196e_0000098549-6.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie mais iluminação no Lago do Furnas.</t>
   </si>
   <si>
     <t>6594</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6594/brn3c2af4e2196e_0000105810.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6594/brn3c2af4e2196e_0000105810.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie nova linha do transporte coletivo, nas ruas Beija-Flor e Luiz Fabo (antiga Rua Araras), fundos do Conjunto João de Barros, no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>6595</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6595/brn3c2af4e2196e_0000098549-5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6595/brn3c2af4e2196e_0000098549-5.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a contratação de um vigia para atuar no Lago Jardim Botânico e na Feira.</t>
   </si>
   <si>
     <t>6596</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6596/brn3c2af4e2196e_0000098549-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6596/brn3c2af4e2196e_0000098549-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por maio da secretaria competente, providencie a reforma da passarela localizada na Vila Ipiranga, divisa com Vila Luiz XV</t>
   </si>
   <si>
     <t>6597</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6597/brn3c2af4e2196e_0000098549-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6597/brn3c2af4e2196e_0000098549-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma academia A.T.I (Academia Terceira Idade), perto da igreja no Pindauva (estrada do jacutinga).</t>
   </si>
   <si>
     <t>6603</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6603/brn3c2af4e2196e_0000098549-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6603/brn3c2af4e2196e_0000098549-2.pdf</t>
   </si>
   <si>
     <t>INDICANDO ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça um faixa de estacionamento para cadeirante e idoso em frente a Academia Skendel Fitness na Rua Francisco Jacob Goedert, Centro.</t>
   </si>
   <si>
     <t>6605</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6605/brn3c2af4e2196e_0000098549-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6605/brn3c2af4e2196e_0000098549-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie reparos necessários e manutenção da fossa da ONG -Toca de Assis, Abrigo dos Animais, localizado na Rua Suburbana S/N.</t>
   </si>
   <si>
     <t>6606</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6606/brn3c2af4e2196e_0000105812-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6606/brn3c2af4e2196e_0000105812-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a cobertura em acrílico até o portão do CMEI Maria Buratto, no distrito do Alto Porã.</t>
   </si>
   <si>
     <t>6607</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6607/brn3c2af4e2196e_0000105812-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6607/brn3c2af4e2196e_0000105812-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a pintura da calçada e do muro da Capela Mortuária, no distrito do Alto Porã.</t>
   </si>
   <si>
     <t>6608</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6608/brn3c2af4e2196e_0000105812-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6608/brn3c2af4e2196e_0000105812-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma placa de Indicação da Mata do Placídio na Estrada do Ouro Verde.</t>
   </si>
   <si>
     <t>6609</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6609/brn3c2af4e2196e_0000105812-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6609/brn3c2af4e2196e_0000105812-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a construção de uma praça com playground no Distrito de Santa Bárbara beneficiando assim a comunidade local.</t>
   </si>
   <si>
     <t>6610</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6610/brn3c2af4e2196e_0000105820.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6610/brn3c2af4e2196e_0000105820.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tapa buracos e pintura da faixa de pedestre no cruzamento da Rua Ivaiporã no Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>6611</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6611/brn3c2af4e2196e_0000105822.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6611/brn3c2af4e2196e_0000105822.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie recape asfáltico na Rua Felicita Rother, com início a partir do N° 2115 até final da rua.</t>
   </si>
   <si>
     <t>6612</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6612/brn3c2af4e2196e_0000105830-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6612/brn3c2af4e2196e_0000105830-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie campanhas sobre a prevenção de doenças sexualmente transmissíveis.</t>
   </si>
   <si>
     <t>6613</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6613/brn3c2af4e2196e_0000105830-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6613/brn3c2af4e2196e_0000105830-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie campanhas intensivas sobre “Educação no Transito”.</t>
   </si>
   <si>
     <t>6614</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6614/brn3c2af4e2196e_0000105830-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6614/brn3c2af4e2196e_0000105830-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie o fornecimento de óculos gratuitos para crianças em idade escolar.</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6615/brn3c2af4e2196e_0000105830-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6615/brn3c2af4e2196e_0000105830-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a contratação de Assistente Social para atender a demanda na Educação Municipal.</t>
   </si>
   <si>
     <t>6616</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6616/brn3c2af4e2196e_0000105830-5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6616/brn3c2af4e2196e_0000105830-5.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie iluminação no campo de futebol do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6617</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6617/brn3c2af4e2196e_0000105830-6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6617/brn3c2af4e2196e_0000105830-6.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie retirada de entulhos, roçada e manutenção nos terrenos vazios que pertencem a prefeitura.</t>
   </si>
   <si>
     <t>6618</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6618/brn3c2af4e2196e_0000105836.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6618/brn3c2af4e2196e_0000105836.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie melhorias com paisagismo e iluminação na praça da Rua Travessa Esperança, esquina com avenida Pres. Tancredo Neves, em frente Bonfim Gás.</t>
   </si>
   <si>
     <t>6620</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6620/brn3c2af4e2196e_0000105839.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6620/brn3c2af4e2196e_0000105839.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade na Avenida Maranhão em frente à casa N° 5110, centro.</t>
   </si>
   <si>
     <t>6621</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6621/brn3c2af4e2196e_0000105841.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6621/brn3c2af4e2196e_0000105841.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tapa buracos na Rua das Flores na Vila Santa Maria, um quebra-molas e sinalização mais rígida visando a segurança no trânsito, pois há um cruzamento muito perigoso.</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6623/indicacao_469.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6623/indicacao_469.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, que providencie uma reforma na praça do Bairro Popular.</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6624/brn3c2af4e2196e_0000105845.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6624/brn3c2af4e2196e_0000105845.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um carrinho, modelo: carga plataforma, de aproximadamente 300 kg, para fazer o deslocamento da lenha que aquece a piscina do Centro da Juventude.</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6625/brn3c2af4e2196e_0000105847.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6625/brn3c2af4e2196e_0000105847.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza no calçamento atrás do Sesc, onde cruza do lado Sesc para o Lago Jardim das Flores, a pedido dos moradores da localidade.</t>
   </si>
   <si>
     <t>6628</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6628/brn3c2af4e2196e_0000108858.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6628/brn3c2af4e2196e_0000108858.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma cerca de proteção para as crianças não irem na rua, no parquinho Maria Alice Ando Albertin, na Avenida Pres. Tancredo Neves, próximo à Rodoviária.</t>
   </si>
   <si>
     <t>6629</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6629/brn3c2af4e2196e_0000108860.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6629/brn3c2af4e2196e_0000108860.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie um espaço para implantação do projeto ``Meu Campinho`` no Jardim Iporã, assim como já tem em outros bairros.</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6630/brn3c2af4e2196e_0000108861.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6630/brn3c2af4e2196e_0000108861.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie cobertura no ponto de ônibus na Rua Urubupungá, em frente a casa n° 250 na Vila Itaipu</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6631/brn3c2af4e2196e_0000108876.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6631/brn3c2af4e2196e_0000108876.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pedras irregulares na Rua Jupia na Vila Itaipu</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6632/brn3c2af4e2196e_0000108878.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6632/brn3c2af4e2196e_0000108878.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tampa buraco na Avenida Osvaldo Cruz, em frente ao número 820 – Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6634</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6634/brn3c2af4e2196e_0000108879.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6634/brn3c2af4e2196e_0000108879.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a manutenção da cerca de proteção do parquinho da Comunidade próximo a Casa de Vivencia e também a possibilidade de colocar iluminação.</t>
   </si>
   <si>
     <t>6635</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6635/brn3c2af4e2196e_0000108881.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6635/brn3c2af4e2196e_0000108881.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie tapa buraco na rua Ceará esquina com a rua Francisco Jacob Goedert em frente ao número 95.</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6636/brn3c2af4e2196e_0000108884.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6636/brn3c2af4e2196e_0000108884.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie roçada e limpeza da estrada que liga a cidade até Distrito de Santa Barbara.</t>
   </si>
   <si>
     <t>6637</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6637/brn3c2af4e2196e_0000108885.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6637/brn3c2af4e2196e_0000108885.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma ATI em frente ao Bonfim Ultragaz, Rua Jacob Goedert com a Rua Ceará e a Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>6638</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6638/brn3c2af4e2196e_0000108887.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6638/brn3c2af4e2196e_0000108887.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie instalação de uma ATI junto ao Parquinho Municipal Maria Alice Ando na Avenida Pres. Tancredo Neves.</t>
   </si>
   <si>
     <t>6639</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6639/brn3c2af4e2196e_0000108888.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6639/brn3c2af4e2196e_0000108888.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie pintura das faixas de pedestre, e sinalização da placa ‘PARE’ no cruzamento da Rua Antonina, esquina com Avenida Maranhão, em frente a Chocollates Panificadora.</t>
   </si>
   <si>
     <t>6640</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>Jaffer Ferreira, Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6640/brn3c2af4e2196e_0000108890-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6640/brn3c2af4e2196e_0000108890-1.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie parceria com o Centro de Tradições Gaúchas (CTG) Chão Vermelho. A proposta é permitir que o CTG utilize o recinto de leilões e a pista de laço localizado no parque de exposições do município para a realização de suas atividades culturais e esportivas.</t>
   </si>
   <si>
     <t>6641</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6641/brn3c2af4e2196e_0000108890-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6641/brn3c2af4e2196e_0000108890-2.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie implementação de sinalização de estacionamento e marcação de motos ao redor da igreja Bom Jesus, visando proporcionar maior segurança e comodidade aos fiéis que frequentam a paróquia.</t>
   </si>
   <si>
     <t>6642</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6642/brn3c2af4e2196e_0000108890-3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6642/brn3c2af4e2196e_0000108890-3.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie redutor de velocidade na subida da Rua Apinages próximo ao número 926, frente ao parquinho, e ao lado do campo sintético, no Jardim Alto da Glória. A pedido dos moradores dessa localidade.</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6643/brn3c2af4e2196e_0000108890-4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6643/brn3c2af4e2196e_0000108890-4.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a instalação de lixeiras da Capela Mortuária do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6644</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6644/brn3c2af4e2196e_0000108890-5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6644/brn3c2af4e2196e_0000108890-5.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, que providencie a pintura da Capela Mortuária do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6676</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6676/488.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6676/488.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie patrolamento e cascalhamento na estrada vicinal que liga a comunidade da Água do Milagre a estrada da Água da Laranjeira, muitos buracos dificultando o trafego.</t>
   </si>
   <si>
     <t>6679</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6679/489.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6679/489.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie quebra mola na Avenida presidente café filho de frente a casa N° 4050, casas populares.</t>
   </si>
   <si>
     <t>6740</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6740/490.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6740/490.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie construção de um ``campinho´´ e uma ATI, no loteamento Mirante do Ivaí, próximo ao Palazzo Eventos.</t>
   </si>
   <si>
     <t>6741</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6741/491.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6741/491.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a revitalização do campo de futebol suíço, na Vila Rural, atendendo reivindicação dos moradores.</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6752/492.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6752/492.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio da secretaria competente, providencie pintura das faixas de pedestres e tapa buracos no cruzamento da Rua Alvorada, esquina com Avenida Presidente Tancredo Neves, em frente ao Espaço Evoluir, cruzamento perigoso.</t>
   </si>
   <si>
     <t>6758</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6758/493.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6758/493.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie uma UBS no Jardim Paraná.</t>
   </si>
   <si>
     <t>6760</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6760/494.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6760/494.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie calçamento poliédrico (pedras irregulares) na Rua Cascavel no Jardim Paraná.</t>
   </si>
   <si>
     <t>6765</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6765/495.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6765/495.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie calçamento poliédrico (pedras irregulares) na Rua Mambore no Jardim Paraná.</t>
   </si>
   <si>
     <t>6766</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6766/496.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6766/496.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie limpeza (roçada) nas laterais da Rua Céu Azul no Jardim Paraná.</t>
   </si>
   <si>
     <t>6767</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6767/497.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6767/497.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie aquisição de novos ônibus para o transporte coletivo gratuito, realizando assim as trocas dos veículos mais antigos, bem como abertura de novas linhas.</t>
   </si>
   <si>
     <t>6768</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6768/498.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6768/498.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie manutenção da calçada e do meio fio que se encontra quebrado, e paver caindo dentro das bocas de lobo na Avenida Melvis Muchiuti, esquina com Avenida Souza Naves, Centro</t>
   </si>
   <si>
     <t>6776</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6776/indicacao_499_-_de_faixa_de_onibus_em_frente_ao_consorcio_de_saude_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6776/indicacao_499_-_de_faixa_de_onibus_em_frente_ao_consorcio_de_saude_assinado.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente providencie a criação de uma faixa de parada de ônibus em frente ao Consórcio Interestadual de Saúde – 22º Regional de Saúde. Devido ao grande fluxo de veículos na área para dar mais segurança aos usuários.</t>
   </si>
   <si>
     <t>6780</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6780/indicacao_500_-_pintura_faixas_de_pedestres_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6780/indicacao_500_-_pintura_faixas_de_pedestres_assinado.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a sinalização de faixas de pedestres e a pinturas de quebra - molas na Avenida Mangueira dando início na Panificadora Chocolates até a entrada de APAC.</t>
   </si>
   <si>
     <t>6783</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6783/indicacao_501_-_plaugrond_para_cmei_vila_santa_teresinha_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6783/indicacao_501_-_plaugrond_para_cmei_vila_santa_teresinha_assinado.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, providencie a substituição do parquinho de ferro que estão deteriorados e enferrujados, por Playground, no CMEI da Vila Santa Teresinha, para segurança das crianças.</t>
   </si>
   <si>
     <t>6803</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6803/indicacao_502_-_limpeza_de_terreno_rua_umurama_e_correio_de_mello_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6803/indicacao_502_-_limpeza_de_terreno_rua_umurama_e_correio_de_mello_assinado.pdf</t>
   </si>
   <si>
     <t>Indicando ao senhor Prefeito Municipal, que por meio da secretaria competente, , limpeza no terreno localizado na Rua Correio de Melo, esquina com a Rua Umuarama, atrás da Capela Mortuária. Os terrenos ali localizados salvo engano pertence ao município, devido ao mato alto estão causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>6899</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6899/indicacao_503_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6899/indicacao_503_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, a manutenção da tampa da rede esgoto estourada e manutenção da Placa de Sinalização de endereço da Avenida Maranhão esquina com rua Dorival Moreira da Silva, centro, segue foto em anexo.</t>
   </si>
   <si>
     <t>6900</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6900/indicacao_504_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6900/indicacao_504_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que faça a colocação da tampa da boca de lobo quebrada e colocação da grade protetora (está em falta) na Av Maranhão esquina com Arnoldo Schmidt segue foto em anexo.</t>
   </si>
   <si>
     <t>6901</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6901/505.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6901/505.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que junto ao Departamento competente providencie a contratação de um plantonista profissional de Odontologia.</t>
   </si>
   <si>
     <t>6904</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6904/506_506.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6904/506_506.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie melhorias na pedra irregular da estrada que liga Ivaiporã ao Distrito de Santa Bárbara, alguns lugares a buracos dificultando o Trafego.</t>
   </si>
   <si>
     <t>6905</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6905/507_507.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6905/507_507.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie melhorias no campo de futebol do distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>6906</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6906/508_508.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6906/508_508.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente câmeras de segurança no parque municipal Maria Alice Ando Albertin na Av: Tancredo Neves,  para evitar vândalos, visto que muitos brinquedos assim como sistemas de iluminação estão sendo destruídos.</t>
   </si>
   <si>
     <t>6907</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6907/509_varredor_de_rua_-_jardim_bella_casa_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6907/509_varredor_de_rua_-_jardim_bella_casa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento competente providencie varrição nas ruas do Jardins Bella Casa, Universitário e América.</t>
   </si>
   <si>
     <t>6908</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6908/510_-_redutor_de_velocidade_lombada_na_rua_cornelio_procopio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6908/510_-_redutor_de_velocidade_lombada_na_rua_cornelio_procopio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente implante um redutor de velocidades (lombada/quebra molas) na rua Cornélio Procópio próximo ao nº 347 muito fluxos de veículos no local. Conforme foto em anexo.</t>
   </si>
   <si>
     <t>6909</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6909/511-_semafaro_na_av_sao_paulo_com_av_brasil_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6909/511-_semafaro_na_av_sao_paulo_com_av_brasil_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente se possível fazer instalação de um semáforo no cruzamento da Avenida São Paulo com a Avenida Brasil, com a finalidade de melhor disciplinar o tráfego de veículos, considerando muito fluxos no local. Conforme foto em anexo.</t>
   </si>
   <si>
     <t>6910</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6910/512-_estacinamento_na_fatc_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6910/512-_estacinamento_na_fatc_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente ver a possibilidade para fazer pintura de faixas de estacionamento delimitando vagas para motos e carros na avenida São Paulo nº1958. Conforme foto em anexa.</t>
   </si>
   <si>
     <t>6911</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6911/sandra-placa_de_transito_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6911/sandra-placa_de_transito_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a sinalização indicando os nomes de ruas no Jardim Paraná.</t>
   </si>
   <si>
     <t>6912</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6912/sandra_-_ubs_jardim_ipora_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6912/sandra_-_ubs_jardim_ipora_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que veja a possibilidade e  providencie uma UBS no Jardim Iporã a pedido dos moradores.</t>
   </si>
   <si>
     <t>6913</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6913/515-sinalizacao_na_rua_araras_1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6913/515-sinalizacao_na_rua_araras_1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente venho por meio desta, solicitar que sejam instaladas sinalizações adequadas, como placas indicativas, faixas de pedestres, na Colônia da Prefeitura, localizada atrás do Detran, na Rua Luís Fabo, (antiga Araras) conforme pedido dos moradores. Os residentes da referida área têm expressado preocupação com a falta de sinalização e controle de velocidade, que comprometem a segurança dos pedestres e motoristas.</t>
   </si>
   <si>
     <t>6914</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6914/516.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6914/516.pdf</t>
   </si>
   <si>
     <t>INDICAR AO SENHOR PREFEITO MUNICIPAL LUIZ CARLOS GIL, que por meio do Departamento competente, providencie: o cascalho para a Rua ao lado do cemitério do distrito de Jacutinga, conhecida como “vila dos cachorro sentado”</t>
   </si>
   <si>
     <t>6915</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6915/brn3c2af4e2196e_0000119580.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6915/brn3c2af4e2196e_0000119580.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que realize a doação da atual sede do CREAS para Associação dos Autistas de Ivaiporã, e o executivo fornecer atendimento psicológico exclusivo para autistas neste local, e posteriormente tornar-se uma nova sede da CASA DO AUTISTA.</t>
   </si>
   <si>
     <t>6916</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6916/518_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6916/518_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que seja realizado uma limpeza e conserto na tampa do bueiro na rua Rui Barbosa nº 274, no Jardim Belo Horizonte. Conforme foto em anexo.</t>
   </si>
   <si>
     <t>6918</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6918/519.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6918/519.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente construa um espaço de recreação (parquinho, playgraund, A.T.I, ) no Bairro Bosque da Saúde.</t>
   </si>
   <si>
     <t>6919</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6919/520.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6919/520.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que: analise possibilidade de adequação (calçamento) da Rua Poços de Caldas, no trecho que liga a Rua Joaquim Bonifácio (antiga Rua Bandeirantes) à Rua Placídio Miranda.</t>
   </si>
   <si>
     <t>7335</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7335/521_-_sandra_-_faixa_de_moto_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7335/521_-_sandra_-_faixa_de_moto_assinado.pdf</t>
   </si>
   <si>
     <t>providencie a pintura de faixas de estacionamento delimitando vagas para motos e carros na Rua Santa Catarina em frente ao Moto Taxi, esquina com o Bar do Zé.</t>
   </si>
   <si>
     <t>7336</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7336/522-_sandra_-_deck_jardim_botanico_28229_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7336/522-_sandra_-_deck_jardim_botanico_28229_assinado.pdf</t>
   </si>
   <si>
     <t>providencie a manutenção e concertos no deck próximo ao lago ornamental no lago do Jardim Botânico.</t>
   </si>
   <si>
     <t>7337</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7337/523-sandra_-_apac_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7337/523-sandra_-_apac_assinado.pdf</t>
   </si>
   <si>
     <t>providencie a limpeza e  manutenção da boca de lobo na Rua Vereador Hélio Mathias s/n, Vila Nova Porã em frente à APAC.</t>
   </si>
   <si>
     <t>7338</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7338/524-_sandra_-_pode_de_arvores_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7338/524-_sandra_-_pode_de_arvores_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie podas das árvores que se faz necessária na Rua Poços de Caldas em frente ao n° 250, a pedido de morados alegando rua muito escura, e os galhos no meio dos fios de energia.</t>
   </si>
   <si>
     <t>7339</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7339/525-_sandra_recape_asfaltico_pocos_de_caldas_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7339/525-_sandra_recape_asfaltico_pocos_de_caldas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie recape asfáltico na Rua Poços de Caldas, centro.</t>
   </si>
   <si>
     <t>7340</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7340/526-_carniato_-_lombada_na_rodovia_lazaro_bueno_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7340/526-_carniato_-_lombada_na_rodovia_lazaro_bueno_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise e providencie uma lombada na Rodovia Lázaro Bueno, na entrada da Pindauvinha.</t>
   </si>
   <si>
     <t>7341</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7341/527-_carniato_-_paisagismo_na_praca_dorvalino_frederico_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7341/527-_carniato_-_paisagismo_na_praca_dorvalino_frederico_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie paisagismo na praça Dorvalino Frederico.</t>
   </si>
   <si>
     <t>7342</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7342/528-_bertotti_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7342/528-_bertotti_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie manutenção, com tampa e grade na boca de lobo da Rua Ivaiporã, no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7343</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7343/529-_ze_maria_-_maranhaozinho_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7343/529-_ze_maria_-_maranhaozinho_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça  uma camada asfáltica na Av maranhão da esquina da sete de setembro até a refrigeração refri regi onde se faz necessário segue fotos anexas</t>
   </si>
   <si>
     <t>7344</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7344/530-_ze_maria_-_parque_das_industrias1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7344/530-_ze_maria_-_parque_das_industrias1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça colocação de pedras regular na Rua das industrias uns 350 metros Vila das industrias perto do posto Catuai I segue fotos anexas</t>
   </si>
   <si>
     <t>7363</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7363/531-_ge_assinado_indicacao_1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7363/531-_ge_assinado_indicacao_1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que coloque um redutor de velocidades, na Rua Manoel Ribas, logo após o cemitério municipal, no cruzamento com a rua Guanabara.</t>
   </si>
   <si>
     <t>7368</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7368/532-_ge_assinado_indicacao_1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7368/532-_ge_assinado_indicacao_1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado um mapeamento da juventude de Ivaiporã, indicando índices de escolarização, renda e emprego, para uma maior atenção a este público.</t>
   </si>
   <si>
     <t>7375</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7375/533-_jafferfazer_instalacao_de_telas_xurupita_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7375/533-_jafferfazer_instalacao_de_telas_xurupita_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente ver a possibilidade de fazer instalação de telas mais alta envolta do campinho para dar mais segurança para as crianças, no bairro jardim Europa (Xurupita). Conforme foto em anexa.</t>
   </si>
   <si>
     <t>7377</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7377/534-_jaffer_linha_de_onibus_bairro_colonia_da_prefeitura_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7377/534-_jaffer_linha_de_onibus_bairro_colonia_da_prefeitura_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente fazer uma implantação de linha de ônibus para atender o bairro João de barro e bairro da colônia da prefeitura.</t>
   </si>
   <si>
     <t>7378</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7378/535-_animais_no_campinho_xurupita_28129_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7378/535-_animais_no_campinho_xurupita_28129_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que coloque uma placa no campinho no bairro jardim Europa (Xurupita) indicando que e proibido animais no campinho.</t>
   </si>
   <si>
     <t>7456</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7456/536_-_horario_flexiveis_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7456/536_-_horario_flexiveis_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a possibilidade dos CMEIs terem horários mais flexíveis para as mães que comprovadamente trabalham até mais tarde.</t>
   </si>
   <si>
     <t>7458</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7458/537_-_josane_atendimento_psicossocial_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7458/537_-_josane_atendimento_psicossocial_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente para que ampliem as equipes de atendimento Psicossocial em nosso município.</t>
   </si>
   <si>
     <t>7459</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7459/538-mulheres_vitimas_de_violencia_domestica._assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7459/538-mulheres_vitimas_de_violencia_domestica._assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente uma casa (local) para acolhimento de mulheres vítimas de violência doméstica, como também outros tipos de violência.</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7460/539-atendimento_odontologico_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7460/539-atendimento_odontologico_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente treinamento aos profissionais de Odontologia e atendimento a pessoa com deficiência assim como crianças com o TEA, assim como adequar o local para que estes atendimentos sejam confortáveis e acolhedor.</t>
   </si>
   <si>
     <t>7462</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7462/540-contratacao_de_mais_pediatra_e_neoropedriatra_assinado_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7462/540-contratacao_de_mais_pediatra_e_neoropedriatra_assinado_2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a contratação de mais um Pediatra, e um Neuropediatra para nosso município.</t>
   </si>
   <si>
     <t>7469</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7469/sabao_indicacao_tapa_buraco.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7469/sabao_indicacao_tapa_buraco.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie tapa buraco na Avenida Castelo Branco, no fundo da Igreja Bom Jesus ao lado da torre de telefone.</t>
   </si>
   <si>
     <t>7598</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7598/542-_carniato_indicacao_para_na_sala_de_procedimento_-_upa_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7598/542-_carniato_indicacao_para_na_sala_de_procedimento_-_upa_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie a instalação de um aparelho de ar condicionado e iluminação adequada na sala de procedimento da UPA – Unidade de Pronto Atendimento.</t>
   </si>
   <si>
     <t>7599</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7599/543-_2024_rocada_mato_lago_furnas_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7599/543-_2024_rocada_mato_lago_furnas_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a roçado no mato em volta do lago de Furnas na Rua Maria da Fé.</t>
   </si>
   <si>
     <t>7600</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7600/544_-_emerson_bertotti_indicacao_1_2_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7600/544_-_emerson_bertotti_indicacao_1_2_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie manutenção com cascalho ou pedra irregular na continuação da rua Polônia, atrás da companhia da Policia Militar, passando pela Diaconia Nossa Senhora Aparecida até PR 466.</t>
   </si>
   <si>
     <t>7601</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7601/545-2024_emerson_-1_2_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7601/545-2024_emerson_-1_2_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie troca da tampa do bueiro e pintura da faixa de pedestre, na avenida Osvaldo Cruz, esquina com a rua Valentim Talarico.</t>
   </si>
   <si>
     <t>7645</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7645/546-_sandra__assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7645/546-_sandra__assinado.pdf</t>
   </si>
   <si>
     <t>providencie a manutenção da tampa da boca de lobo que encontra se quebrada na Rua Antonina esquina com a avenida Presidente Tancredo Neves.</t>
   </si>
   <si>
     <t>7647</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7647/547-2024rodovia_lazaro_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7647/547-2024rodovia_lazaro_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça um redutor de velocidade na Rodovia Lazaro Bueno esquina com a Rua Campo Mourão entrada da vila Jardim Paraná.</t>
   </si>
   <si>
     <t>7648</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7648/548-_sanitarios_na_prefeitura_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7648/548-_sanitarios_na_prefeitura_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie sanitários com acessibilidade no prédio da prefeitura, de forma a atender o código de obras.</t>
   </si>
   <si>
     <t>7651</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7651/549-_tampa_de_bueiro_rua_pato_branco_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7651/549-_tampa_de_bueiro_rua_pato_branco_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente tampas de bueiros na Rua: Pato Branco em frente ao nº 969, Vila Monte Castelo.</t>
   </si>
   <si>
     <t>7659</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7659/550-_aquindauna_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7659/550-_aquindauna_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça uma camada asfáltica na Rua Aquidauana centro</t>
   </si>
   <si>
     <t>7661</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7661/551-_furnas_2024_mina_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7661/551-_furnas_2024_mina_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a revitalização da nascente de mina de Furnas que abastece o lago de Furnas.</t>
   </si>
   <si>
     <t>7664</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7664/552-_rotatoria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7664/552-_rotatoria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie uma rotatória na Rua Placídio Miranda no jardim casa grande 3, (próximo a pizzaria napolitana) devido ao entroncamento de ruas este local está muito perigoso.</t>
   </si>
   <si>
     <t>7665</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7665/553-_redutores_de_velocidade_na_avenida_souza_naves_28229_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7665/553-_redutores_de_velocidade_na_avenida_souza_naves_28229_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente. Se for possível implanta redutores de velocidade na Avenida Souza Naves nº2361 em frente o Projeto Renascer, os condutores não respeitam a velocidade e as crianças não consegue travessar Avenida devido aos fluxos dos carros</t>
   </si>
   <si>
     <t>7666</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7666/554-_placas_de_identificacao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7666/554-_placas_de_identificacao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente seja realizado um estudo para implantar placas de identificação de distritos, rodovias, bem como das áreas rurais indicando aos condutores da nossa cidade e os visitantes.</t>
   </si>
   <si>
     <t>7667</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7667/555-_sandra_-_ponto_de_onibus_jardim_alvorada_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7667/555-_sandra_-_ponto_de_onibus_jardim_alvorada_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que procidência a construção de um Ponto de ônibus na Rua Alvorada, esquina com a Rua Guanabara no Jardim Alvorada, para que os passageiros possam aguardar a chegada do ônibus com segurança e ter um local para se abrigar em dias de chuva, sol intenso .</t>
   </si>
   <si>
     <t>7668</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7668/556-_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7668/556-_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a manutenção da praça em frente a  FOX PAINÉIS na Vila Santa Maria, e um parquinho equipado ou uma academia ATI, para promover a socialização e qualidade de vida, dos moradores.</t>
   </si>
   <si>
     <t>7669</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7669/557_indicacao_84-2024_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7669/557_indicacao_84-2024_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado a pintura das calçadas da área externa do Centro da Juventude, visto que houve um problema de encanamento, e houve a necessidade de quebrar o piso para solucionar o problema.</t>
   </si>
   <si>
     <t>7670</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7670/558_indicacao_83-2024_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7670/558_indicacao_83-2024_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado uma reforma e pintura na área interna do prédio do Gestor da Secretaria de Assistência Social.</t>
   </si>
   <si>
     <t>7911</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7911/indicacao_559_-_emerson_assinado_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7911/indicacao_559_-_emerson_assinado_3.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie recuperação e manutenção dos bancos da Praça Espanha, na Avenida Pres. Tancredo Neves.</t>
   </si>
   <si>
     <t>7912</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7912/indicacao_560_-_emerson_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7912/indicacao_560_-_emerson_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie limpeza e manutenção da boca de lobo na Rua Joaquim Nabuco 515, esquina com a Rua Paulista.</t>
   </si>
   <si>
     <t>7920</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7920/indicacao_561_-_ze_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7920/indicacao_561_-_ze_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça uma cobertura no ponto de ônibus da Rua campo mourão esquina com Guaraniaçu  no jardim Paraná</t>
   </si>
   <si>
     <t>7922</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7922/indicacao_562_-_ze_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7922/indicacao_562_-_ze_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça um quebra mola na Av Maranhão esquina com Rua Pitanga em frente à igreja Espirito Santo a pedido do membros</t>
   </si>
   <si>
     <t>7923</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7923/indicacao_563_-_emerson_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7923/indicacao_563_-_emerson_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a construção de Playground para as crianças e uma ATI (academia ao ar livre), ao lado do campo da Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>7926</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7926/indicacao_564_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7926/indicacao_564_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie limpeza e construção de calçadas na Rua Clara Storoski,  sendo uma rua muito movimentada e os pedestres estão andando na rua.</t>
   </si>
   <si>
     <t>7927</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7927/indicacao_565_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7927/indicacao_565_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, faça um estudo e providencie melhorias no trânsito na Avenida Estevam Marciano dos Santos, esquina com a Avenida Paraná, em frente a Clinicão, devido alta velocidade dos motoristas tem ocorrido vários acidentes. A pedido dos moradores.</t>
   </si>
   <si>
     <t>7928</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7928/indicacao_566_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7928/indicacao_566_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça um estudo e providencie melhorias no trânsito na Rua Anhanguera em frente ao projeto Casa de Vivência,  o trânsito neste local é mais intenso com fluxo de carros e ônibus escolares.</t>
   </si>
   <si>
     <t>7929</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7929/indicacao_567_-_josane_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7929/indicacao_567_-_josane_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a construção de uma quadra de malha e bocha no Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>7931</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7931/brn3c2af4e2196e_0000127727.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7931/brn3c2af4e2196e_0000127727.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado a um quebra molas, sinalização de trânsito, vagas de estacionamento, e vaga exclusiva para ônibus escolar e faixa elevada de pedestres em frente a Escola Municipal José Aparecido Peres, no distrito de Alto Porã, Localizado na rua Beija Flor, n° 100.</t>
   </si>
   <si>
     <t>7932</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7932/brn3c2af4e2196e_0000127730.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7932/brn3c2af4e2196e_0000127730.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado a pintura faixa de estacionamento e faixa de pedestres em frente ao CMEI Emília Kuroda, localizado na rua Brasília n° 07.</t>
   </si>
   <si>
     <t>7933</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7933/brn3c2af4e2196e_0000127731.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7933/brn3c2af4e2196e_0000127731.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado a pintura faixa de estacionamento e faixa de pedestres em frente ao CMEI Paulo Freire, localizado na Avenida São Paulo, n° 122.</t>
   </si>
   <si>
     <t>7934</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7934/brn3c2af4e2196e_0000127733.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7934/brn3c2af4e2196e_0000127733.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado a um quebra molas, sinalização de trânsito e faixa de pedestres em frente ao CMEI Nossa Senhora de Lourdes, localizado na Rua São José, n° 11.</t>
   </si>
   <si>
     <t>7935</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7935/indicacao_572_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7935/indicacao_572_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente. Providencie um estudo na avenida BRASIL com avenida SOUZA NAVES próximo o núcleo regional com o colégio objetivo se for possível com urgência implantar uma rotatória e placas de sinalização, este local se encontra com um grande fluxo de carros, caminhões etc.</t>
   </si>
   <si>
     <t>7936</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7936/indicacao_573_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7936/indicacao_573_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente. Providencie uma Ciclo faixa na Rodovia Celso Fumio Makita no trecho que liga a vila Santa Maria até ao trevo, este local se encontra vários ciclistas.</t>
   </si>
   <si>
     <t>7939</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7939/indicacao_574_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7939/indicacao_574_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie um mapa em uma placa com localização de quadras e local dos túmulos na entrada do cemitério para que quando as pessoas de outras cidades vir para fazer visita ficar mais fácil para se localizar os túmulos dos parentes.</t>
   </si>
   <si>
     <t>7946</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7946/indicacao_575_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7946/indicacao_575_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente. Um redutor de velocidade na RUA-PEDRO VANZELA FILHO Jardim ITAPUÃ está rua se encontra com várias crianças</t>
   </si>
   <si>
     <t>7951</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7951/indicacao_576_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7951/indicacao_576_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie vestiário para a quadra de futsal e campinho de suíço, do Jardim Botânico.</t>
   </si>
   <si>
     <t>7954</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7954/indicacao_577_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7954/indicacao_577_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie a contratação de profissional de fisioterapia, para orientação e acompanhamento de pacientes acamados nas residências.</t>
   </si>
   <si>
     <t>7961</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7961/indicacao_578_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7961/indicacao_578_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie tampa para boca de lobo, na Av. Maranhão esquina com a Rua Ponta Grossa.</t>
   </si>
   <si>
     <t>7974</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7974/indicacao_579_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7974/indicacao_579_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente. Providenciar um redutor de velocidade na Avenida Maranhão em frente ao nº1174 e nº1855, os condutores não respeita a velocidade e neste trecho tem com várias crianças. Conforme fotos em anexo.</t>
   </si>
   <si>
     <t>7987</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7987/indicacao_nando_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7987/indicacao_nando_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Departamento Competente providencie melhoria paliativa nas ruas citadas abaixo, podendo ser com cascalho, visto que o departamento de licitação está com dificuldades para implantação de pedras irregulares. _x000D_
 Rua Bananeira, Rua Guaiambé, Rua Itararé, Rua Moreira, Rua Coqueiro, Rua Sabiá.</t>
   </si>
   <si>
     <t>8023</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8023/581_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8023/581_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie colocação da tampa da boca de lobo quebrada e a grade de proteção ambos na Rua Brasília, próximo ao CMEI Emilio Kuroda.</t>
   </si>
   <si>
     <t>8024</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8024/582_-_ze_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8024/582_-_ze_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que coloque a grade de ferro protetora e tampa de lobo quebrada Rua General Osorio 320 esquina com Placídio  Miranda Jardim Luís XV</t>
   </si>
   <si>
     <t>8025</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>Zé Maria, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8025/583_-_ze_maria_e_fio__assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8025/583_-_ze_maria_e_fio__assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que coloque uma academia na praça em frente mercado Damiao pois ali tinha foi tirado e a população pede que volte</t>
   </si>
   <si>
     <t>8027</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8027/584_-_gertrudes.assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8027/584_-_gertrudes.assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado a pintura faixa de estacionamento e faixa elevada de pedestres em frente a Escola Municipal Maria Diva, situada a Rua Bahia, n° 54, na Vila Santa Maria.</t>
   </si>
   <si>
     <t>8028</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>Gertrudes, Sabão - Edivaldo Montanheri, Sandra Mara</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8028/585_-_gertrudes.assinado_assinado_sandra1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8028/585_-_gertrudes.assinado_assinado_sandra1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado a pintura faixa de estacionamento e faixa elevada de pedestres em frente a Escola Municipal Bento Viana, situada a Rua Bela Vista, S/N, no Jardim nova Porã.</t>
   </si>
   <si>
     <t>8029</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8029/mai_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8029/mai_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizada uma faixa de mão única, para estacionamento de apenas um lado da rua, por se tratar de uma rua estreita, Placa de sinalização de ônibus escolar em frente a Escola Dom João VI no distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>8031</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8031/587_-_emerson_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8031/587_-_emerson_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie colocação de tampa e grade no bueiro na Rua Celso Ademir Rother, Jardim Novo Versalhes, atrás da Renato Pneus.</t>
   </si>
   <si>
     <t>8032</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8032/588_-_emerson_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8032/588_-_emerson_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie retirada de lixo, descartado incorretamente na Rua General Osorio, esquina com Rua José Bonifácio, no Bosque da Saúde</t>
   </si>
   <si>
     <t>8033</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8033/589_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8033/589_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a contratação de Médico Pediatra 24 horas no UPA em nossa cidade.</t>
   </si>
   <si>
     <t>8034</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8034/590_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8034/590_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a criação de um Centro de Atendimento de Saúde à Criança e ao Adolescente.</t>
   </si>
   <si>
     <t>8041</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8041/591_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8041/591_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie recape asfáltico na Rua Ipiranga dando início ao n° 500 ao n°513, centro.</t>
   </si>
   <si>
     <t>8042</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8042/592_-_gertrudes.assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8042/592_-_gertrudes.assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizado a pintura faixa de estacionamento frente ao CMEI José Fiorim, situada a Rua Uberlandia, n° 100,  no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>8043</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8043/593_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8043/593_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie um espaço de repouso e descanso para_x000D_
 motoristas plantonistas da UPA, considerando a importância de proporcionar condições adequadas de descanso para os motoristas que permanecem de plantão na UPA, sugiro a criação de um local específico destinado ao repouso desses profissionais. Esse espaço garantiria melhores condições de trabalho, promovendo maior segurança e bem-estar durante os turnos de plantão.</t>
   </si>
   <si>
     <t>8044</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8044/594_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8044/594_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente. Fazer um estudo para implantar uma lombada elevada com urgência, e fazer pintura e implementação de faixas de pedestres, sinalização com placas de redutor de velocidades na Avenida Brasil em frente ao nº130 igreja videira.</t>
   </si>
   <si>
     <t>8045</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8045/595_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8045/595_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente. Ver a possibilidade de instalação de grades protetoras nos bueiros de forma a impedir a passagem de detritos e entulhos pelos bueiros, com o consequente entupimento das galerias pluviais. Conforme fotos anexo.</t>
   </si>
   <si>
     <t>8130</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8130/indicacao_596_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8130/indicacao_596_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias na Rua Realeza – Jardim Alvorada, a pedido dos moradores.</t>
   </si>
   <si>
     <t>8135</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8135/brn3c2af4e2196e_0000128226.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8135/brn3c2af4e2196e_0000128226.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie pintura da faixa de pedestre e inversão de preferencial, da Rua Alvorada esquina com Rua Palotina, atendendo pedido dos moradores.</t>
   </si>
   <si>
     <t>8157</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8157/598_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8157/598_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie implantar uma lombada elevada com urgência, sinalização com placas de redutor de velocidades na Av. Castelo Branco, 875 em frente ao Colégio Estadual Idália Rocha.</t>
   </si>
   <si>
     <t>8158</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8158/599_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8158/599_assinado.pdf</t>
   </si>
   <si>
     <t>NDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie recape asfáltico na Rua Ceará  dando início ao n° 1.371 ao n°95, centro.</t>
   </si>
   <si>
     <t>8196</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8196/brn3c2af4e2196e_0000128224.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8196/brn3c2af4e2196e_0000128224.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie poda de uma arvore na Rua Guareta 180, Jardim Nova Porã, galhos podres com perigo de queda.</t>
   </si>
   <si>
     <t>8215</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8215/601_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8215/601_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de balança agropecuária comunitária no município.</t>
   </si>
   <si>
     <t>8216</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8216/602_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8216/602_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um programa de entrega domiciliar gratuita de medicamentos de uso contínuo às pessoas com deficiência e idosas, usuárias do Sistema Único de Saúde.</t>
   </si>
   <si>
     <t>8217</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8217/603_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8217/603_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizada uma faixa de pedestres, vaga para estacionamento de ônibus e placas de sinalização, na Escola Municipal Leila Diniz, Rua Tamandaré s/n – Jardim Aeroporto.</t>
   </si>
   <si>
     <t>8218</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8218/604_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8218/604_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, providencie uma faixa de pedestres, vaga para estacionamento de ônibus e placas de sinalização, na Escola Municipal Carlos Lacerda, Rua Atamis Athaíde, s/n° (portão principal) e Rua Eurico Gaspar Dutra s/n (portão Lateral) - Jardim Espírito Santo.</t>
   </si>
   <si>
     <t>8219</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>Gertrudes, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8219/brn3c2af4e2196e_0000128230.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8219/brn3c2af4e2196e_0000128230.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizada a instalação de um  Pergolado e bancos na Praça do Jardim Iporã.</t>
   </si>
   <si>
     <t>8220</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8220/606_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8220/606_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizada a Construção de um Ponto de Ônibus na estrada da Colônia da Água do Jacutinga.</t>
   </si>
   <si>
     <t>8258</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8258/607_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8258/607_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie recape asfáltico na Rua  Hortência, Jardim Operário, começando no  n° 07 ao fim da rua.</t>
   </si>
   <si>
     <t>8259</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8259/608_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8259/608_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie recape asfáltico na Rua  Jasmim, Jardim Operário, começando no  n° 10 ao n° 110.</t>
   </si>
   <si>
     <t>8260</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8260/609_-_sandra_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8260/609_-_sandra_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie piso de borracha para atletismo na pista de corrida do Lago Jardim Botânico, pois a tinta fica muito lisa nos dias de sereno/garoa /chuva, mesmo que leve impossibilita o pessoal de utilizar a pista.</t>
   </si>
   <si>
     <t>8262</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8262/610_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8262/610_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie melhorias na pista de atletismo e  instalação de iluminação noturna permanente na pista de atletismo do Estádio Municipal Manoel Fernandes Silva, para que os munícipes possam utilizar-se da pista, incentivando, assim, o esporte.</t>
   </si>
   <si>
     <t>8264</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8264/611_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8264/611_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie aquisição de mais um micro-ônibus para Secretaria Municipal de Esportes, devido  alta demanda de modalidades em viagens e competições.</t>
   </si>
   <si>
     <t>8265</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8265/612_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8265/612_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento competente, providencie limpeza na boca de lobo na Av. Tancredo Neves, na esquina com o INSS.</t>
   </si>
   <si>
     <t>8267</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8267/613_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8267/613_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise a possibilidade da construção de banheiros nas praças públicas, pois as pessoas que usam as praça tem dificuldade de encontrar banheiros..</t>
   </si>
   <si>
     <t>8268</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8268/614_-_carniato_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8268/614_-_carniato_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise a possibilidade de colocar uma linha de ônibus para atender as pessoas idosas que fazem hidroginástica no Centro da Juventude, horário de saída do terminal às 15 horas e retornando as 17 horas.</t>
   </si>
   <si>
     <t>8270</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8270/615_-_emerson_2_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8270/615_-_emerson_2_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de placas indicando acesso com nome do Distrito de Alto Porã, pois as mesmas foram retiradas e não colocadas de volta.</t>
   </si>
   <si>
     <t>8272</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8272/616_-_fernando_dorta_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8272/616_-_fernando_dorta_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie uma tampa de bueiro na rua Placídio Miranda esquina com a Visconde Rio Branco, próximo a Igreja Assembleia de Deus, Jardim Luiz XV.</t>
   </si>
   <si>
     <t>8283</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>Fio Bertotti, Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8283/617_-_emerson_assinado_1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8283/617_-_emerson_assinado_1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie o término do recape asfáltico na Rua Agostinho Cremasco e na RuaVasco da Gama, no Jardim Versalhes.</t>
   </si>
   <si>
     <t>8284</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8284/72_-_ponte_no_rio_pindauva.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8284/72_-_ponte_no_rio_pindauva.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie uma ponte sobre o rio Pindauvinha. Segunda estrada à esquerda após a fazenda Caioa.</t>
   </si>
   <si>
     <t>8285</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8285/619_-_sabao1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8285/619_-_sabao1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie uma torneira no campo sintético no Jardim Nova Porã para os jogadores beber água.</t>
   </si>
   <si>
     <t>8286</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>Nando Dorta, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8286/620_-_nando_assinado1_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8286/620_-_nando_assinado1_assinado1.pdf</t>
   </si>
   <si>
     <t>Indicação para o executivo municipal, realize o pedido de ampliação da rede de abastecimento de agua pela sanepar, objetivando atender os moradores da regiao da agua do jacutinga, pois com a ampliacao de 300 metros podera atender praticamente todos os moradores</t>
   </si>
   <si>
     <t>8287</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8287/621_-_jaffer_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8287/621_-_jaffer_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie fraldários nos banheiros de praças e parques públicos. Principalmente no parque de exposições. _x000D_
 Conforme foto em anexo.</t>
   </si>
   <si>
     <t>8288</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8288/622_-_jaffer_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8288/622_-_jaffer_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie construção de rotatória no cruzamento da Avenida Brasil com Avenida Pedro Koltun.</t>
   </si>
   <si>
     <t>8289</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8289/623_-_jaffer_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8289/623_-_jaffer_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie instalação de lixeira para coletas seletivas na Rua Bandeirante próximo ao nº400.</t>
   </si>
   <si>
     <t>8290</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8290/624_-_josane_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8290/624_-_josane_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente as tampas de bueiro no início da Rua Clevelândia, próximo ao Mercado Monte Castelo. (foto em anexo)</t>
   </si>
   <si>
     <t>8294</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8294/625_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8294/625_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a contratação de mais Fonoaudiólogo e Psicólogos para nosso município.</t>
   </si>
   <si>
     <t>8312</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8312/indicacao_97-2024.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8312/indicacao_97-2024.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizada uma faixa elevada no portão da Escola Municipal Ivaiporã, localizada a Rua Rio Grande do Norte n° 205.</t>
   </si>
   <si>
     <t>8313</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>Gertrudes, Sandra Mara</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8313/627_-_gertrudes_assinado_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8313/627_-_gertrudes_assinado_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que seja realizada a pintura de faixas de estacionamento, faixa de pedestres, quebra-molas e Placa de Indicação de Escola Infantil  no CMEI Odete Brasil, situado a rua Colibri, n° 30 no Jardim Nova Porã.</t>
   </si>
   <si>
     <t>8323</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8323/628_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8323/628_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie patrolamento e iluminação pública no prolongamento da Travessa Bulha – Vila Monte Castelo, que se encontra no escuro.</t>
   </si>
   <si>
     <t>8391</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8391/629_-_emerson_1_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8391/629_-_emerson_1_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de uma ATI, e um Playground, na praça no início da Avenida Souza Naves, próximo ao Colégio Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>8392</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8392/630_-_carniato_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8392/630_-_carniato_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie a compra de aparelho para medir diabetes, para paciente acamados e com mobilidade reduzida, que impossibilite a ida até uma unidade básica de saúde.</t>
   </si>
   <si>
     <t>8393</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8393/631_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8393/631_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie construção de um quebra-molas na Rua Ceará, próximo ao parquinho infantil. Os motoristas estão desenvolvendo alta velocidade nesse local, oferecendo risco para as crianças.</t>
   </si>
   <si>
     <t>8394</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8394/632_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8394/632_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie patrolamento no mini contraforte após o Frigocenter e antes do cinco encruzo, que dá acesso às propriedades.</t>
   </si>
   <si>
     <t>8396</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8396/633_-_emerson_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8396/633_-_emerson_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie recape asfáltico, sobre a pedra irregular na Rua Sergipe, atrás da casa da amizade, Vila São Jorge.</t>
   </si>
   <si>
     <t>8397</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8397/634_-_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8397/634_-_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie tapa buraco na rua Lapa em frente ao número 10, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>8432</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8432/635_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8432/635_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que analise e providencie uma Clínica de Reabilitação de dependentes químicos em nosso Município com uma equipe de apoio ou de Abordagem Social para atender os casos de acolhimento de pessoas adultas em situação de rua e também as que apresentam problemas com álcool, drogas e de saúde mental, por meio de ações de abordagens, acompanhamentos e sensibilização dessa população, com atendimento qualificado para garantir a elas o acesso à rede de serviços de proteção. Salienta-se que tal serviço pode ser executado com parceria de várias secretarias para garantir o bem-estar e a prevenção de situações de vulnerabilidade e risco social.</t>
   </si>
   <si>
     <t>8434</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8434/636_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8434/636_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie um espaço coberto para alongamentos / aulas coletivas no Lago Jardim Botânico  proporcionando conforto aos esportistas que frequentam o local.</t>
   </si>
   <si>
     <t>8436</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8436/637_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8436/637_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie recape asfáltico na Rua Jandaia, esquina com o número 1570, centro, nessa parte o asfalto está afundando.</t>
   </si>
   <si>
     <t>8437</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8437/638_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8437/638_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a tampa de bueiro na Rua Aparicio Bitencourt em frente ao nº 136. (foto em anexo).</t>
   </si>
   <si>
     <t>8584</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8584/indicacao_verbal_639_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8584/indicacao_verbal_639_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie ponto de ônibus na baixada do Jardim Alvorada, perto da bica d’água, a pedido dos moradores</t>
   </si>
   <si>
     <t>8585</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8585/indicacao_verbal_640_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8585/indicacao_verbal_640_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise e providencie o aumento dos horários das linhas de ônibus, pois o fluxo está grande. A pedido dos moradores do nosso município</t>
   </si>
   <si>
     <t>8590</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8590/641_-_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8590/641_-_fio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, a possibilidade de colocar uma pessoa como monitor em cada ônibus escolar, para auxiliar os alunos dando mais segurança durante o percurso.</t>
   </si>
   <si>
     <t>8591</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8591/642_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8591/642_fio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie o prolongamento da pista de caminhada, no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>8592</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8592/643_gertrudes_assinado_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8592/643_gertrudes_assinado_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que providencie um ponto de ônibus na rua Palotina n° 31, no Jardim Alvorada.</t>
   </si>
   <si>
     <t>8593</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8593/644_gertrudes_assinado_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8593/644_gertrudes_assinado_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que providencie faixas de estacionamento e faixa de pedestres no CMEI Maria Burato, situado a Rua Beija Flor s/n.</t>
   </si>
   <si>
     <t>8597</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8597/645_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8597/645_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie melhorias na limpeza e manutenção dos meios fios localizado na  Rua Rui Barbosa n° 590, Jardim Belo Horizonte.  A pedido dos moradores.</t>
   </si>
   <si>
     <t>8598</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8598/sandra_-faixa_de_estacionamento.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8598/sandra_-faixa_de_estacionamento.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie uma faixa de estacionamento para cadeirante e idoso em frente ao AME – AMBULATÓRIO MEDICO DE ESPECIALIDADES, na Rua Mato Grosso n° 715. Devido ao grande fluxo de veículos na área para dar mais segurança aos portadores de necessidades especiais.</t>
   </si>
   <si>
     <t>8599</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8599/647_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8599/647_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente um redutor de velocidade na Avenida Espanha nº 682.</t>
   </si>
   <si>
     <t>8600</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8600/648_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8600/648_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente um redutor de velocidade na Avenida Maranhão próximo ao nº 3435.</t>
   </si>
   <si>
     <t>8602</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8602/galeria_-_rua_turunas_-_jardim_alto_da_gloria.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8602/galeria_-_rua_turunas_-_jardim_alto_da_gloria.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise e providencie adequação da galeria pluvial na Rua Turunas, antes do nº 55, no Jardim Alto da Glória. A boca de lobo existente está em local mais alto, acontecendo acúmulo de água, que acaba invadindo as propriedades.</t>
   </si>
   <si>
     <t>8604</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8604/650_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8604/650_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise e providencie adequação e pintura do quebra-molas na Rodovia Tomio Makita, próximo a subestação da Copel.</t>
   </si>
   <si>
     <t>8608</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8608/651_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8608/651_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, ver a possibilidade de construir um CMEI no Jardim Europa.</t>
   </si>
   <si>
     <t>8621</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8621/652_-_ze_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8621/652_-_ze_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie tampa da boca de lobo na Rua Visconde do Rio Branco em frente ao número 22</t>
   </si>
   <si>
     <t>8625</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8625/653_-_ze_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8625/653_-_ze_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a grade protetora e a tampa da boca de lobo na Rua IBC Jardim Nova Porã em frente ao número 655</t>
   </si>
   <si>
     <t>8627</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8627/654_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8627/654_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie faixa elevada com urgência, sinalização com placas de redutor de velocidades no redondo da Igreja Bom Jesus esquina com a Av. Aparício Cardoso Bittencourt, proporcionando maior segurança aos pedestres.</t>
   </si>
   <si>
     <t>8628</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8628/655_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8628/655_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie um Ponto de ônibus na Av. Maranhão em frente ao n° 4050 no Jardim Espirito Santo, para que os passageiros possam aguardar a chegada do ônibus com segurança e ter um local para se abrigar em dias de chuva, sol intenso.</t>
   </si>
   <si>
     <t>8629</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8629/656_-_ze_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8629/656_-_ze_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie dois radares de velocidade na Rua Valverde Pirolo Jardim Versalhes, pois os motoristas estão passando em alta velocidade</t>
   </si>
   <si>
     <t>8667</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8667/657_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8667/657_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente, providencie limpeza da boca de lobo e galeria, na Av. Souza Naves com a rotatória, próximo da Prefeitura.</t>
   </si>
   <si>
     <t>8669</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8669/658_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8669/658_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente analise e providencie o aumento do horário de atendimento médico na UBS do Distrito de Santa Bárbara, para atender pedido da comunidade.</t>
   </si>
   <si>
     <t>8702</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8702/659_-_gertrudes.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8702/659_-_gertrudes.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que providencie faixas de estacionamento e placas de indicação de escola no CMEI Bom Jesus, situado a Rua Alvorada n° 130.</t>
   </si>
   <si>
     <t>8705</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8705/indicacao_-_limpeza_salao_-_monte_castelo-_sabao.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8705/indicacao_-_limpeza_salao_-_monte_castelo-_sabao.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie limpeza no Salão Comunitário, da rua Bulha n° 373, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>8706</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8706/brn3c2af4e2196e_0000130324.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8706/brn3c2af4e2196e_0000130324.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, ver a possibilidade de fazer um Mini Terminal Modular de Abrigo de Ônibus e taxis no distrito de Jacutinga e Alto Porã.</t>
   </si>
   <si>
     <t>8707</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8707/brn3c2af4e2196e_0000130326.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8707/brn3c2af4e2196e_0000130326.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie redutor de velocidade na Avenida Maranhão próximo ao nº 970.</t>
   </si>
   <si>
     <t>8767</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8767/102-_reforma_bueiro.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8767/102-_reforma_bueiro.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a reforma do bueiro na Av: Aparício Bitencourt próximo ao número 1006. (foto em anexo).</t>
   </si>
   <si>
     <t>8768</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8768/103-reforma.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8768/103-reforma.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a reforma do bueiro na Rua: Valentim Talarico em frente ao número 590 Jardim Ouro Preto. (foto em anexo).</t>
   </si>
   <si>
     <t>8769</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8769/665_-_sabao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8769/665_-_sabao.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie uma reforma completa da UBS da Vila Rural (um banheiro para os pacientes), a proporcionar um ambiente confortável e agradável.</t>
   </si>
   <si>
     <t>8771</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8771/666_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8771/666_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>NDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie implantar uma lombada elevada com urgência, sinalização com placas de redutor de velocidades no Colégio estadual Cívico Militar Antônio Dinis Pereira, R. Paulista, 600 - Vila João XXIII.</t>
   </si>
   <si>
     <t>8772</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8772/667_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8772/667_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie implantar uma lombada elevada com urgência, sinalização com placas de redutor de velocidades na CMEI Bom Jesus, situado a Rua Alvorada n° 130, A pedido dos funcionários, pais e responsáveis pelos alunos.</t>
   </si>
   <si>
     <t>8773</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8773/668_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8773/668_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a grade de proteção da boca de lobo e tapa buracos na Rua Placidio de Miranda, na lateral da escola Municipal Ignez de Souza Caetano.</t>
   </si>
   <si>
     <t>8794</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8794/669_ge_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8794/669_ge_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, seja realizado um espaço de atendimento do executivo e administração pública no distrito de Jacutinga, onde os moradores possam estar mais próximos da administração. Uma Mini Prefeitura.</t>
   </si>
   <si>
     <t>8849</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8849/670_-_fio_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8849/670_-_fio_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie manutenção na galeria pluvial da rua Anhanguera, esquina com rua Lea Valviverde Pirolo, em dias de chuvas mais fortes moradores relatam que a agua entra nas residências.</t>
   </si>
   <si>
     <t>8850</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8850/671_-_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8850/671_-_fio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie um redutor de velocidade (Quebra Molas), na Avenida Maranhão, esquina com rua Emilio Ganzert, decida para Furnas.</t>
   </si>
   <si>
     <t>8855</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8855/672_-_fio_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8855/672_-_fio_assinado_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie concerto e manutenção do poço artesiano, na comunidade do Três Ranchinhos.</t>
   </si>
   <si>
     <t>8856</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8856/673_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8856/673_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie a manutenção no vestiário do campo Complexo Esportivo Lago Jardim Botânico como a troca dos trincos das portas, pintura (teto está com muita umidade), vidros quebrados.</t>
   </si>
   <si>
     <t>8857</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8857/674_-_ge_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8857/674_-_ge_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, seja realizado a troca da placa de identificação do Centro da Melhor Idade.</t>
   </si>
   <si>
     <t>8858</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8858/675_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8858/675_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente ver a possível de colocar pedras irregulares na Rua Assai na Vila Nova Porã. Conforme foto anexo.</t>
   </si>
   <si>
     <t>8859</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8859/676_-_nando_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8859/676_-_nando_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente providencie   com a maior urgência possível, um trabalho de colocação de placas indicativas. Entres os Jardim  São Domingo e Jardim Belo Horizonte_x000D_
  Jardim São Domingo_x000D_
 Rua Ivaí_x000D_
 Rua Padre Anchieta_x000D_
 Rua Manoel da Nobrega_x000D_
 Rua Marechal Floriano_x000D_
 Rua José Geraldo de Almeida._x000D_
 Rua Ivo Merico _x000D_
 Rua Nilo Peçanha_x000D_
 Rua Marginal</t>
   </si>
   <si>
     <t>8864</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>Jaffer Ferreira, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8864/677_-_jaffer_assinado_2_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8864/677_-_jaffer_assinado_2_assinado.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie pedido à empresa responsável pelo recape asfáltico na Avenida Castelo Branco, dar finalidade ao trabalho com urgência.</t>
   </si>
   <si>
     <t>8869</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8869/678_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8869/678_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a poda das arvores do cemitério do Distrito do Jacutinga.</t>
   </si>
   <si>
     <t>8873</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8873/679_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8873/679_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente o recape asfáltico na Avenida Maranhão próximo ao nº 4.050, bairro Mourão Filho, (casas populares).</t>
   </si>
   <si>
     <t>8874</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8874/680_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8874/680_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a tampa de bueiro na Avenida Emilio Ganzert, próximo ao nº 15, Alto da Glória.</t>
   </si>
   <si>
     <t>8876</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8876/681_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8876/681_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a possibilidade de aumentar os horários de transporte coletivo para atender os alunos do IFPR.</t>
   </si>
   <si>
     <t>8877</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8877/682_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8877/682_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a contratação de mais professores, educadores e auxiliar de conservação e manutenção para as escolas, haja visto que a falta dos mesmos está levando coordenadores assumir sala de aula, e professores tendo que ir trabalhar na cozinha.</t>
   </si>
   <si>
     <t>8878</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8878/683_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8878/683_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie podas das árvores que se faz necessária na Rua Piracicaba, esquina com a Praça Praça Yvens Gueguem, a pedido de morados alegando rua muito escura, e os galhos quebrados em meio dos fios de energia.</t>
   </si>
   <si>
     <t>8880</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8880/684_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8880/684_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie jardinagem nos canteiros da Av. Aparício C. Bitencourt, no Jardim Ouro Preto.</t>
   </si>
   <si>
     <t>8881</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8881/685_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8881/685_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie pintura nos quebra-molas da Av. Ladislau Gil Fernandes</t>
   </si>
   <si>
     <t>9037</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9037/686_-fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9037/686_-fio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie recape asfáltico na Rua Cornélio Procópio, começando próximo a APAE até a Avenida Maranhão.</t>
   </si>
   <si>
     <t>9038</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9038/687_-_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9038/687_-_fio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a colocação de placas indicando Masculino/Feminino nos banheiros públicos do Cemitério Municipal.</t>
   </si>
   <si>
     <t>9071</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9071/688_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9071/688_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie o conserto do alambrado do Campo de Jacutinga.</t>
   </si>
   <si>
     <t>9074</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9074/689_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9074/689_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie a pintura da faixa de pedestres, sinalização com placas de redutor de velocidades na Rua Pindauva, Rua Ivaiporã e Rua Formoso em Jacutinga.</t>
   </si>
   <si>
     <t>9075</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9075/690_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9075/690_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie implantar uma lombada elevada com urgência, sinalização com placas de redutor de velocidades em frente ao Colégio Objetivo.</t>
   </si>
   <si>
     <t>9089</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9089/691_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9089/691_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a aquisição de uma ensiladeira de trator para atender os produtores rurais de nosso município.</t>
   </si>
   <si>
     <t>9090</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9090/692_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9090/692_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie em Ivaiporã a denominada “Rua do Grau”. Trata-se de um espaço exclusivo e adequado para manobras de motos e bicicletas.</t>
   </si>
   <si>
     <t>9093</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9093/693_-_sabao_assinado_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9093/693_-_sabao_assinado_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie corte de uma árvore na Rua Ucrânia em frente à casa nº 751, Jardim Europa (Xurupita).</t>
   </si>
   <si>
     <t>9098</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9098/694_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9098/694_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie aquisição de 04 (quatro) moto-rotativa ou moto-cultivador, por meio do Departamento Municipal da Agricultura, do tipo tobata, para apoio ao plantio de culturas agrícolas do pequeno produtor rural.</t>
   </si>
   <si>
     <t>9099</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9099/695_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9099/695_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie guaritas ou abrigos em frente às escolas para alunos e professores que aguarda o ônibus coletivo chegar.</t>
   </si>
   <si>
     <t>9100</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9100/696_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9100/696_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie plantão de um (a) profissional Dentista, com atendente, no horário das 18:00h (dezoito horas) até as 21:00h (vinte e uma horas). Para pessoas que trabalham em horário comercial.</t>
   </si>
   <si>
     <t>9101</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9101/697_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9101/697_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a priorização das questões voltadas ao meio ambiente.</t>
   </si>
   <si>
     <t>9102</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9102/698_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9102/698_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a possibilidade de criar um projeto onde seja trabalhado a Educação Ambiental com ênfase em Proteção aos animais.</t>
   </si>
   <si>
     <t>9104</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9104/699_-_carniato_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9104/699_-_carniato_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente, analise a possibilidade para a construção de um mirante no alto da Vila João XXIII, de forma a visualizar toda a cidade</t>
   </si>
   <si>
     <t>9105</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9105/700_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9105/700_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente para que providencie tampa para bueiro na Rua Clara Staroski, próximo ao rio.</t>
   </si>
   <si>
     <t>9211</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9211/701_-_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9211/701_-_fio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie para colocar estacionamento apenas de um lado da Rua Dona Leopoldina, no trecho em frente a AABB, até a Avenida Ladislau Gil Fernandes, devido ao aumento do fluxo de veículos com a abertura de alguns loteamentos, onde fica o Hospital Regional.</t>
   </si>
   <si>
     <t>9252</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9252/702_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9252/702_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie melhorias como paisagismo, iluminação, playground com acessibilidade para crianças com deficiência na praça em frente a Prefeitura Municipal de Ivaiporã/ Câmara de Vereadores.</t>
   </si>
   <si>
     <t>9253</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9253/703_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9253/703_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias no trânsito na Avenida Melvis Muchiuti esquina com a Avenida Paraíba, pintura da faixa de pedestres, sinalização com placas de redutor de velocidade. Devido alta velocidade dos motoristas tem ocorrido vários acidentes. A pedido dos moradores.</t>
   </si>
   <si>
     <t>9254</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9254/704_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9254/704_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias no trânsito na Rua Castro Alves, Rua Rui Barbosa no Jardim Nova Porã, pintura da faixa de pedestres, sinalização com placas de redutor de velocidade. A pedido dos moradores.</t>
   </si>
   <si>
     <t>9255</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9255/705_-_ze_maria.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9255/705_-_ze_maria.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a tampa da boca de lobo na Avenida Melvis Muchiuti esquina com Jaguapitã, centro.</t>
   </si>
   <si>
     <t>9256</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9256/706_-_ze_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9256/706_-_ze_maria_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie troca da tampa da boca de lobo que encontra se quebrada na Rua Júlio Guerra esquina com Plácido Miranda Vila João XXIII</t>
   </si>
   <si>
     <t>9265</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9265/707_-_sabao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9265/707_-_sabao.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a tampa do bueiro na rua Rio Grande do Norte esquina com a rua Faxinal.</t>
   </si>
   <si>
     <t>9266</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9266/708_-_sabao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9266/708_-_sabao.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a tampa do bueiro na rua José Abbá no Casa Grande IV.</t>
   </si>
   <si>
     <t>9305</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9305/709_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9305/709_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um conserto na tampa de lombo na avenida Osvaldo Cruz nº787.Confome foto anexo.</t>
   </si>
   <si>
     <t>9310</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9310/710__ge_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9310/710__ge_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, seja realizado o Projeto “Baldinho do Bem”, que tem como iniciativa de compostar os resíduos orgânicos doados por voluntários fomentando a agricultura circular.</t>
   </si>
   <si>
     <t>9422</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9422/711_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9422/711_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que  junto ao departamento competente, providencie a implantação do projeto “Meu Campinho” no Jardim Alvorada.</t>
   </si>
   <si>
     <t>9423</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9423/712_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9423/712_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que junto ao departamento competente, providencie um local especifico para atendimento apenas para idosos. (Unidade de Pronto atendimento do Idoso)</t>
   </si>
   <si>
     <t>9424</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9424/713_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9424/713_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, junto ao departamento competente, providencie recape asfáltico e galerias fluviais na Rua Aquidauana, centro, próximo a Oficina do Heitor.</t>
   </si>
   <si>
     <t>9425</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9425/714_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9425/714_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, junto ao departamento competente, providencie pedras irregulares no final da Rua Chopim, no Jardim Itaipú.</t>
   </si>
   <si>
     <t>9426</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9426/715_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9426/715_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, junto ao departamento competente, analise possibilidade de contratação de Equipe Multidisciplinar para atendimentos as crianças com TEA (Transtorno de Espectro Autista), assim como os pais dos mesmos</t>
   </si>
   <si>
     <t>9427</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9427/716_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9427/716_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a manutenção e concertos  com Urgência na grade de proteção e no deck ao lado do parquinho perto do campo sintético no lago jardim Botânico.</t>
   </si>
   <si>
     <t>9428</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9428/717_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9428/717_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie à implantação de um ponto de água no parque infantil Maria Alice Ando Albertin, da Avenida Tancredo Neves, próximo a rodoviária.</t>
   </si>
   <si>
     <t>9429</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9429/718_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9429/718_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que  providencie a implantação de sinalização horizontal de trânsito com os dizeres “Pare” e “Área Escolar” nos cruzamentos das vias existentes, em todas as escolas Municipais, com a finalidade de advertir os motoristas acerca da circulação de estudantes na região, e, por conseguinte, contribuir para que os motoristas reduzam a velocidade de seus veículos quando passarem por aquela área.</t>
   </si>
   <si>
     <t>9430</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9430/719_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9430/719_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente, providencie manutenção e troca de lâmpadas que estão queimadas/mal funcionamento na iluminação pública do Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>9431</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9431/720_-_carniato_assinado_assinado-1_assinado_1-2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9431/720_-_carniato_assinado_assinado-1_assinado_1-2.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie a colocação de placa indicando a entrada para o hospital regional, a fim de orientar motoristas de outras cidades.</t>
   </si>
   <si>
     <t>9432</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9432/721_-_sabao_assinado_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9432/721_-_sabao_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a roçada na rotatória da Rodovia Celso Fumio Makita, atrás da Empresa Disfranco.</t>
   </si>
   <si>
     <t>9433</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9433/722_-_sabao_assinado_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9433/722_-_sabao_assinado_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a troca da tampa da boca de lobo que está quebrada na Avenida Presidente Tancredo Neves com a rua Paranavaí.</t>
   </si>
   <si>
     <t>9435</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9435/723_-_sabao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9435/723_-_sabao.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie o conserto das tampas da boca de lobo na rua Pato Branco esquina com a Travessa Lapa, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>9436</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9436/724_ge__assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9436/724_ge__assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie faixa de pedestre e faixa de estacionamento no CMEI Nossa Senhora Aparecida, na rua Anhanguera, chácara nº 05.</t>
   </si>
   <si>
     <t>9437</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9437/725_ge_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9437/725_ge_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie quebra-molas na rua Bela Vista, s/n, na Vila Nova Porã, em frente à Escola Municipal Bento Viana.</t>
   </si>
   <si>
     <t>9492</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9492/726_-_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9492/726_-_fio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie recape asfáltico na Rua Para, na altura do número 275, muitos buracos dificultando o trafego.</t>
   </si>
   <si>
     <t>9494</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9494/727_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9494/727_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a limpeza, (roçada) nos matos no Posto Central.</t>
   </si>
   <si>
     <t>9497</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9497/728_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9497/728_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a tampa do bueiro na Rua: Mafra em frente ao número 27, Vila Residencial de Furnas.</t>
   </si>
   <si>
     <t>9514</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9514/729_-_gil_assinado1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9514/729_-_gil_assinado1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que  providencie o conserto das tampas da boca de lobo na rua Ivaiporã, esquina com a rua São Miguel, no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>9515</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9515/730_-_ger_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9515/730_-_ger_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que  providencie a sinalização da placa de PARE, no Cruzamento da Rua Pará,  com a rua Mandaguari, próximo ao Posto Ivaiporã.</t>
   </si>
   <si>
     <t>9516</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9516/731_-_ge__assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9516/731_-_ge__assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que  providencie um portão para o Campo de futebol do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>9530</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9530/brn3c2af4e2196e_0000131973.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9530/brn3c2af4e2196e_0000131973.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente que faça um Programa para trabalhar a inclusão digital e a saúde mental, através de vídeo game e raciocínio lógico.</t>
   </si>
   <si>
     <t>9539</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9539/733_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9539/733_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade na Rua Júlio Guerra próximo ao número 360 na Vila João XXIII, este local se encontra com muito fluxo de carros e motos.</t>
   </si>
   <si>
     <t>9540</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9540/734_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9540/734_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie se for possível um quebra-molas em torno da Igreja Bom Jesus próximo ao restaurante Zilio.</t>
   </si>
   <si>
     <t>9541</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9541/735_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9541/735_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma limpeza no projeto Casa de Vivencia a grama está muito alta e pode juntar vários insetos tipo escorpião e aranhas etc. Conforme foto anexo.</t>
   </si>
   <si>
     <t>9542</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9542/736_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9542/736_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo na Rodovia Ladislao Gil Fernandes (na rotatória próximo ao torno Ivaí), para ser implantado um semáforo, e a pintura das faixas de pedestre.</t>
   </si>
   <si>
     <t>9543</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9543/737_-_sabao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9543/737_-_sabao.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie tampa na boca de lobo na frente do cemitério na rua Manoel Ribas esquina com a rua Corrêa de Melo.</t>
   </si>
   <si>
     <t>9544</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9544/738_-_sabao.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9544/738_-_sabao.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie tampa na boca de lobo na rua Presidente Tancredo Neves esquina com a rua Sertaneja.</t>
   </si>
   <si>
     <t>9575</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9575/739_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9575/739_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo para a implantação da Guarda Municipal no Município de Ivaiporã, conforme preceitua o Art 144, § 8º da Constituição Federal, atendendo também o Plano Nacional da Segurança Pública, instituído pela Lei 13.022 de 08/08/2014 pelo Estatuto geral das Guardas municipais.</t>
   </si>
   <si>
     <t>9576</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9576/740_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9576/740_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, Secretaria Municipal do Esporte, Lazer oferte aulas de natação para as crianças com o Transtorno do Espectro Autista (TEA),</t>
   </si>
   <si>
     <t>9577</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9577/741_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9577/741_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providenciar um estudo para a criação de uma Secretaria da Criança e do Adolescente, que trabalha desempenhando ações específicas para jovens e crianças,</t>
   </si>
   <si>
     <t>9578</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9578/742_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9578/742_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um levantamento em relação aos salários de Fisioterapeuta junto a Secretária de saúde para que reveja, pois está ferindo o estatuto dessa classe.</t>
   </si>
   <si>
     <t>9579</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9579/743_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9579/743_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie limpeza (roçada) na Escola Municipal Carlos Lacerda, a pedidos dos Pais dos alunos.</t>
   </si>
   <si>
     <t>9580</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9580/744_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9580/744_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente, providencie roçada e limpeza no pátio do Centro de Saúde.</t>
   </si>
   <si>
     <t>9581</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9581/745_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9581/745_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente, providencie pintura das faixas de segurança no cruzamento da Av. Castelo Branco c/ Rua Londrina. O local é ao lado do colégio, onde o número de criança que passam nesse cruzamento é muito grande</t>
   </si>
   <si>
     <t>9582</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9582/_ge_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9582/_ge_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que  providencie a sinalização com placas indicando “Perímetro Urbano” em um ponto após aos trevos primário e secundário de Ivaiporã.</t>
   </si>
   <si>
     <t>9584</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9584/747_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9584/747_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente que seja criado uma Secretaria de Transito no município.</t>
   </si>
   <si>
     <t>9585</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9585/748_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9585/748_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente que faça a mudança do nome na legenda do ônibus que está escrito Xurupita para Jardim Aeroporto.</t>
   </si>
   <si>
     <t>9588</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9588/749_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9588/749_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente que crie espaços alternativos para realização de: shows musicais, espetáculos teatrais, exposições, recital de poesias e eventos de hip-hop.  Vale salientar que o Centro Cultural Olívia Hauptmann não dá conta de realizar tantas agendas. Dessa forma, se faz necessário a construção de espaço para atender essa demanda. Portanto, venho solicitar a construção de uma CONCHA ACÚSTICA no Jardim Botânico, ou em outro espaço que possa comportar os eventos antes mencionados.</t>
   </si>
   <si>
     <t>9589</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9589/750_-_sandra_assinado_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9589/750_-_sandra_assinado_1.pdf</t>
   </si>
   <si>
     <t>NDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie um toldo no portão da Escola Municipal Ignez de Souza Caetano,  pois os pais e responsáveis pelos alunos ficam no sol/chuva esperando alunos.</t>
   </si>
   <si>
     <t>9592</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9592/751_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9592/751_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente, providencie alambrado para o fechamento do parquinho infantil Maria Alice Ando, na Avenida Tancredo Neves, pois tem pessoas com idade não apropriada fazendo uso dos brinquedos.</t>
   </si>
   <si>
     <t>9642</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9642/752_-_carniato_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9642/752_-_carniato_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do departamento competente, analise a possibilidade de organizar atividade física masculina acompanhada por professor de educação física, como acontece para o público feminino.</t>
   </si>
   <si>
     <t>9643</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9643/753_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9643/753_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie  a ampliação dos cursos técnicos para cuidadores de idosos, incluindo pessoas debilitadas e acamadas no Município de Ivaiporã-PR. A ampliação dos cursos, é uma medida essencial para atender às necessidades crescentes. Os cursos técnicos proporcionam aos cuidadores as habilidades necessárias para oferecer cuidados de qualidade, promovendo a saúde, o bem-estar e a dignidade dos indivíduos atendidos. Isso inclui conhecimentos em cuidados básicos de saúde, administração de medicamentos, técnicas de mobilização e posicionamento, prevenção de úlceras de pressão, além de habilidades comunicativas e de interação humana.</t>
   </si>
   <si>
     <t>9644</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9644/754_-_ge_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9644/754_-_ge_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que providencie um ponto de ônibus na Rua Esperança, no distrito de Jacutinga.</t>
   </si>
   <si>
     <t>9645</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9645/755_-_ge_assinado_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9645/755_-_ge_assinado_.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, por meio da secretaria competente, que providencie a sinalização de trânsito vertical no distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>9674</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9674/756_-_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9674/756_-_fio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie melhorias na galeria pluvial, na Avenida Paraná, em frente prédio da ACISI, em dias de chuva mais forte a dificuldade no escoamento de água.</t>
   </si>
   <si>
     <t>9676</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9676/757_-_ze_maria_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9676/757_-_ze_maria_assinado.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça colocação de cascalho na Rua Osvaldino Gomes da Conceição perto da APAE segue fotos anexas</t>
   </si>
   <si>
     <t>9678</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9678/758_-_sabao_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9678/758_-_sabao_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie tampa na boca de lobo na rua Placidio Miranda nº 1.105.</t>
   </si>
   <si>
     <t>9680</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9680/759_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9680/759_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie faixa de mão única na Rua Emilio Ganzert, para estacionamento de apenas um lado da rua, por se tratar de uma rua estreita, como tambem placas de sinalização.</t>
   </si>
   <si>
     <t>9693</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9693/760_-_sandra_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9693/760_-_sandra_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a manutenção dos banheiros como: tintura e troca dos espelhos do Centro da Melhor Idade.</t>
   </si>
   <si>
     <t>9695</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9695/761_-_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9695/761_-_josane_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente que veja a possibilidade de fazer a limpeza no bueiro na Rua: Paulista, em frente ao número 70, próximo ao Lago das Flores. (foto em anexo)</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4067/req._no_01-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4067/req._no_01-2024.pdf</t>
   </si>
   <si>
     <t>Requerer, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO ao Sr. GILVANI COELHO, pelos seus relevantes serviços prestados a comunidade rural. Frente ao programa municipal de inseminação artificial.</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4078/requeirmento_02-_sandra_marcelo_alves.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4078/requeirmento_02-_sandra_marcelo_alves.docx</t>
   </si>
   <si>
     <t>Requer, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO ao Sr. MARCELO ALVES, pelos seus relevantes trabalhos no SINE (Agência do Trabalhador).</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4434/requerimento_03-_jafferdocx.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4434/requerimento_03-_jafferdocx.docx</t>
   </si>
   <si>
     <t>Requer o envio deste ao Senhor Prefeito Municipal, para que através do departamento competente, informe e apresente a esta Casa: 1)	Quais as ruas e avenidas que serão mudadas o trajeto para melhor informar a nossa população</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4459/requerimento_04-_jaffer_-___voto_de_pesar__pai_do_lek_lek.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4459/requerimento_04-_jaffer_-___voto_de_pesar__pai_do_lek_lek.docx</t>
   </si>
   <si>
     <t>Requer, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor VALDECIR DONIZETTE, POPULAR MACUCO, pelo seu falecimento ocorrido no dia 25 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4460/requerimento_5_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4460/requerimento_5_2024.pdf</t>
   </si>
   <si>
     <t>Requer, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor ROSALVO JOSÉ BOTELHO, pelo seu falecimento ocorrido no dia 25 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4562/requerimento_06-_nando_-_voto_de_pesar_-_senhor_antonio_homenczuck.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4562/requerimento_06-_nando_-_voto_de_pesar_-_senhor_antonio_homenczuck.docx</t>
   </si>
   <si>
     <t>Requer, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor do Antônio Homenczuck, pelo seu falecimento ocorrido no dia 27 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4659/requerimento_07.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4659/requerimento_07.docx</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Vereadora que o presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO ao Farmacêutico da Secretaria Municipal da Prefeitura de Ivaiporã, Sr. Fabiano Ricardo da Silva, pela sua coordenação no Projeto Sangue Bom Ivaiporã</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4726/requerimento_8_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4726/requerimento_8_2024.pdf</t>
   </si>
   <si>
     <t>A Vereadora Josane G. D. Teixeira REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, solicitando ao Departamento Competente, para que informe a esta Casa de Leis, o valor gasto e o valor arrecadado na Expovale que aconteceu em novembro de 2023.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4766/requerimento_9_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4766/requerimento_9_2024.pdf</t>
   </si>
   <si>
     <t>Requer uma moção de aplauso ao Dr. Fernando Salla pelo seu exemplar compromisso e dedicação à saúde e bem estar dos animais em nosso município de Ivaiporã.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4804/requerimento_10_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4804/requerimento_10_2024.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplauso a Sr. Rosemari Costa dos Santos Emílio.</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5016/requerimento_11_-_mocao_de_aplausos_subtentente_trova.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5016/requerimento_11_-_mocao_de_aplausos_subtentente_trova.docx</t>
   </si>
   <si>
     <t>Requer que após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma moção de Aplaudo ao Senhor CLEBER TROVA, pelos relevantes serviços prestados ao Município de Ivaiporã.</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5051/requerimento_12_-_mocao_de_aplausos_juvec.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5051/requerimento_12_-_mocao_de_aplausos_juvec.docx</t>
   </si>
   <si>
     <t>REQUER após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO ao GRUPO DE JOVENS JUVEC, pelos relevantes serviços prestados ao Município de Ivaiporã.</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5062/requerimento_13_-_voto_de_pesar_gelson_amaral.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5062/requerimento_13_-_voto_de_pesar_gelson_amaral.docx</t>
   </si>
   <si>
     <t>REQUER após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Gerson do Amaral, pelo seu falecimento ocorrido no dia 01 março corrente ano.</t>
   </si>
   <si>
     <t>5496</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5496/requerimento_14_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5496/requerimento_14_2024.pdf</t>
   </si>
   <si>
     <t>JAFFER GUILHERME SAGANSKI FERREIRA, Vereador que o presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após menção do Plenário, para que se informe e apresente a esta Casa de Leis, referente as Emendas Impositivas do Vereador Jaffer Guilherme Saganski Ferreira, do ano de 2023: _x000D_
 •	Quais os motivos das mesmas ainda não terem sido executadas?_x000D_
 •	Quais emendas do ano de 2023 foram incluídas no orçamento? _x000D_
 •	Qual a previsão de execução das emendas do ano de 2023? Se houver emendas executadas especificar.</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5537/requerimento_15_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5537/requerimento_15_2024.pdf</t>
   </si>
   <si>
     <t>Requer, uma MOÇÃO DE APLAUSO a Pastora Elizana Silva Vidal e ao Pastor Péricles Ferreira Cortês, pelos relevantes serviços que vêm realizando no âmbito religioso no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5609/requerimento_16_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5609/requerimento_16_2024.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, que por meio do departamento competente, informe os nomes e as funções dos funcionários do Centro de Referência Especializado em Assistência Social do Município de Ivaiporã, e também informar se comissionados ou concursados.</t>
   </si>
   <si>
     <t>5676</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5676/requerimento_17_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5676/requerimento_17_2024.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Vereadora que o presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO ao SENHOR PAULO CEZAR DOS SANTOS GONÇALVES, pelos relevantes serviços prestados no âmbito religioso ao Município de Ivaiporã.</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5728/requerimento_18_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5728/requerimento_18_2024.pdf</t>
   </si>
   <si>
     <t>Requer Voto de Pesar aos familiares da Senhora Irene Walecki Ferreira, pelo seu falecimento ocorrido no dia doze de abril do corrente ano.</t>
   </si>
   <si>
     <t>5824</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5824/requerimento_19_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5824/requerimento_19_2024.pdf</t>
   </si>
   <si>
     <t>Requer após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor ALFREDO CARLOS JÚNIOR pelo seu falecimento ocorrido no dia quinze de abril corrente ano.</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5827/requerimento_20_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5827/requerimento_20_2024.pdf</t>
   </si>
   <si>
     <t>Requer após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para Gilberto Claudemir Cordioli pelo trabalho que está realizando aqui na Cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>6068</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6068/brn3c2af4e2196e_0000083010.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6068/brn3c2af4e2196e_0000083010.pdf</t>
   </si>
   <si>
     <t>JOSE MARIA CARNEIRO, Vereadora que o presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO a Senhora Maria Mazon Buratto, pelos relevantes serviços prestados no âmbito escolar ao Município de Ivaiporã.</t>
   </si>
   <si>
     <t>6071</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6071/brn3c2af4e2196e_0000083013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6071/brn3c2af4e2196e_0000083013.pdf</t>
   </si>
   <si>
     <t>JAFFER GUILHERME SAGANSKI FERREIRA, vereador que o presente subscreve, em pleno uso de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da pelo seu falecimento ELIAS KOZAN ocorrido no dia vinte e três de abril corrente ano.</t>
   </si>
   <si>
     <t>6101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6101/brn3c2af4e2196e_0000083455.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6101/brn3c2af4e2196e_0000083455.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para EUGENIO HOMENZUK JÚNIOR pelo trabalho que está realizando aqui na Cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>6102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6102/brn3c2af4e2196e_0000083456.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6102/brn3c2af4e2196e_0000083456.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para ANTONIO CARLOS HOMENZUK pelo trabalho que está realizando aqui na Cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>6118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6118/brn3c2af4e2196e_0000083454.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6118/brn3c2af4e2196e_0000083454.pdf</t>
   </si>
   <si>
     <t>JAFFER GUILHERME SAGANSKI FERREIRA, vereador que o presente subscreve, em pleno uso de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Srª.Verônica Seola Maizon, pelo seu falecimento ocorrido no dia três de maio corrente ano.</t>
   </si>
   <si>
     <t>6138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6138/brn3c2af4e2196e_0000084318.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6138/brn3c2af4e2196e_0000084318.pdf</t>
   </si>
   <si>
     <t>FERNANDO R. DORTA, vereador que o presente subscreve, em pleno uso de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor MARCELO REIS pelo seu falecimento ocorrido no dia 05 de maio corrente ano.</t>
   </si>
   <si>
     <t>6142</t>
   </si>
   <si>
     <t>Josane Disner, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6142/requerimento_no_27-2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6142/requerimento_no_27-2024.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA e JAFFER GUILHERMER SAGANSKI FERREIRA, vereadores que a presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após menção do Plenário, para que se informe e apresente a esta Casa de Leis, do ano de 2024:</t>
   </si>
   <si>
     <t>6325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6325/brn3c2af4e2196e_0000085174.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6325/brn3c2af4e2196e_0000085174.pdf</t>
   </si>
   <si>
     <t>JAFFER G. S. FERREIRA, Vereador que o presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, que informe e a presente a esta Casa de Leis:_x000D_
 _x000D_
 1.	Que indique quais são as empresas que prestam serviços terceirizados junto ao Município;_x000D_
 2.	Relação de controle de prestação de serviços;_x000D_
 3.	Relação com os nomes das pessoas terceirizadas;_x000D_
 4.	Valor administrativo cobrado pela empresa para que se possa fiscalizar;_x000D_
 5.	Comprovante dos valores financeiros pagos, pois tem a relação das empresas e os funcionários vinculados, mas não tem informação financeira.</t>
   </si>
   <si>
     <t>6326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6326/brn3c2af4e2196e_0000085173.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6326/brn3c2af4e2196e_0000085173.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA e JAFFER GUILHERME SAGANSKI FERREIRA, Vereadores que o presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER o envio deste ao Senhor Prefeito Municipal, para que através do departamento competente, informe e apresente a esta Casa:_x000D_
 _x000D_
 1. Nome dos funcionários da empresa Solar Materiais Elétricos, que trabalharam na execução dos serviços; do Contrato nº 3363-2023, da Obra de Iluminação Pública do Lago de Furnas; _x000D_
 2. comprovação do vínculo empregatício junto a Empresa Solar Materiais Elétricos.</t>
   </si>
   <si>
     <t>6334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6334/brn3c2af4e2196e_0000088623.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6334/brn3c2af4e2196e_0000088623.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador que o presente subscreve, em pleno uso de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Zenir Maria Araújo, pelo seu falecimento ocorrido no dia vinte de maio corrente ano.</t>
   </si>
   <si>
     <t>6349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6349/brn3c2af4e2196e_0000088737.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6349/brn3c2af4e2196e_0000088737.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador que o presente subscreve, em pleno uso de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor Hélio José da Silva pelo seu falecimento ocorrido no dia vinte e três de maio corrente ano.</t>
   </si>
   <si>
     <t>6363</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6363/brn3c2af4e2196e_0000091429.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6363/brn3c2af4e2196e_0000091429.pdf</t>
   </si>
   <si>
     <t>JAFFER G. S. FERREIRA, vereador que o presente subscreve, em pleno uso de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Senhora Gilda Lizotti Chambó, pelo seu falecimento ocorrido no dia primeiro de junho corrente ano.</t>
   </si>
   <si>
     <t>6369</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6369/brn3c2af4e2196e_0000096108.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6369/brn3c2af4e2196e_0000096108.pdf</t>
   </si>
   <si>
     <t>REQUER FERNANDO RODRIGUES DORTA, Vereador que o presente subscreve requer que seja lavrado pelo Egrégio Plenário desta Casa de Leis VOTO DE PESAR aos familiares da senhora CLEMENTINA FERREIRA MACHADO, pelo seu falecimento ocorrido no dia 30 de maio do corrente ano.</t>
   </si>
   <si>
     <t>6389</t>
   </si>
   <si>
     <t>Requer-se a Controladoria da Prefeitura Municipal de Ivaiporã/PR, para que providencie resposta diante as seguintes indagações requeridas:_x000D_
 1) Como ocorreu a negociação entre o proprietário da pedreira em Manoel Ribas com a Prefeitura de Ivaiporã? Que tipo de contrato, doação sem onerosidade a municipalidade (doação pura), ou há algum tipo de convênio/parceria? Está documentado?_x000D_
 2) Qual a quantidade de “pedra rachão” já utilizada, ou o seu total a ser recolhido para Ivaiporã? Qual o valor de mercado e como está sendo mensurado?_x000D_
 3) A despesa com combustível, hora máquina e dia-homem(s), é compensatório ao erário público, ou seja, custo-benefício;_x000D_
 4) Por que o Poder Legislativo não foi comunicado para que os tramites legais fossem cumpridos no rito comum, como já demonstrado acima?_x000D_
 Tem prazo regimental para resposta da Controladoria Municipal de 15 (quinze) dias, conforme artigo 181, inciso I do Regimento Interno desta Casa de Leis.</t>
   </si>
   <si>
     <t>6400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6400/brn3c2af4e2196e_0000096483.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6400/brn3c2af4e2196e_0000096483.pdf</t>
   </si>
   <si>
     <t>REQUER após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da MARIA MARGARIDA DA SILVA pelo seu falecimento  ocorrido no dia sete de junho corrente ano.</t>
   </si>
   <si>
     <t>6405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6405/brn3c2af4e2196e_0000096110.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6405/brn3c2af4e2196e_0000096110.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para Sirineu Fernandes da Silva pela condução do caminhão pipa pertencente ao Município de Ivaiporã para o Estado do Rio Grande do Sul, em prol da ação solidária das famílias prejudicadas pela catástrofe ocorrida no Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>6598</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6598/brn3c2af4e2196e_0000098398.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6598/brn3c2af4e2196e_0000098398.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, a Andrea Lisboa Marques Stresser, pelos relevantes serviços prestados à comunidade, pois a mesma atua na área de Assistente Social e Técnica de atividades no SESC.</t>
   </si>
   <si>
     <t>6627</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6627/requerimento_38_2024.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6627/requerimento_38_2024.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, JAFFER GUILHERME SAGANSKI FERREIRA, EMERSON DA SILVA BERTOTTI, FERNANDO RODRIGUES DORTA, GERTRUDES BERNARDY, JOSÉ MARIA CARNEIRO, JOSÉ MAURINO CARNIATO, SANDRA MARA DA SILVA, Vereadores que o presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vêm mui respeitosamente perante Vossa Excelência, REQUERER, após menção do Plenário, que seja oficializado o Egrégio Congresso Nacional, na pessoa do Excelentíssimo Senhor Senador Rodrigo Otávio Soares Pacheco, Presidente do Senado Federal e ao Senhor Arthur Lira, Presidente da Câmara dos Deputados, para apresentar uma MOÇÃO DE APOIO ao Congresso Nacional, em razão do movimento ofensivo ao Conselho Federal de Medicina – CFM, iniciado com a publicação da Resolução CFM nº 2.378/2024, que seja desagravado o referido Conselho, e mantido em suas atribuições próprias.</t>
   </si>
   <si>
     <t>6633</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6633/brn3c2af4e2196e_0000108573.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6633/brn3c2af4e2196e_0000108573.pdf</t>
   </si>
   <si>
     <t>REQUER um VOTO DE PESAR aos familiares da Senhora, GRASIELLE FRANCISQUINI MAGALHÃES pelo seu falecimento ocorrido no dia 25 de junho do corrente ano.</t>
   </si>
   <si>
     <t>6645</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6645/brn3c2af4e2196e_0000108572.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6645/brn3c2af4e2196e_0000108572.pdf</t>
   </si>
   <si>
     <t>SANDRA MARA, Vereadora que o presente subscreve requer que, após manifestação do Plenário, seja lavrado pelo Egrégio Plenário desta Casa de Leis, REQUER um VOTO DE PESAR aos familiares da Srª Gracia de Lourdes Vido pelo seu falecimento ocorrido no dia 27 de junho do corrente ano.</t>
   </si>
   <si>
     <t>6898</t>
   </si>
   <si>
     <t>Fio Bertotti, Carniato, Gertrudes, Jaffer Ferreira, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6898/requerimento_voto_de_pesar_41_2024.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6898/requerimento_voto_de_pesar_41_2024.docx</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Senhora Vitória Gonçalves Castro, pelo seu falecimento ocorrido no dia sete de julho do corrente ano.</t>
   </si>
   <si>
     <t>7671</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7671/requerimento_42-2024_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7671/requerimento_42-2024_assinado.pdf</t>
   </si>
   <si>
     <t>Vossa Excelência, requerer que informe e apresente a esta casa: venho através deste requerimento pedir informações ao departamento competente. Sobre quanto o município arrecada com taxa de alvará e de licença sanitária.</t>
   </si>
   <si>
     <t>8046</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8046/brn3c2af4e2196e_0000128119.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8046/brn3c2af4e2196e_0000128119.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da JOICE MARA DE OLIVEIRA GONÇALVES DOS SANTOS pelo seu falecimento ocorrido no dia vinte e um de agosto corrente ano.</t>
   </si>
   <si>
     <t>8137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8137/brn3c2af4e2196e_0000128207.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8137/brn3c2af4e2196e_0000128207.pdf</t>
   </si>
   <si>
     <t>REQUERER, que os Veículos da Câmara Municipal, sejam utilizados apenas pelo corpo efetivo ou com o motorista desta casa de Leis, com a assinatura do diário de bordo, durante todo o período eleitoral, solicitando assim a resposta deste.</t>
   </si>
   <si>
     <t>8146</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8146/brn3c2af4e2196e_0000128214.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8146/brn3c2af4e2196e_0000128214.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor Marco Aurélio Louzada, pelo seu falecimento ocorrido no dia vinte oito de agosto do corrente ano.</t>
   </si>
   <si>
     <t>8242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8242/requerimento_mocao_de_apoio_46-_edivaldo.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8242/requerimento_mocao_de_apoio_46-_edivaldo.docx</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um Moção de Apoio aos Policiais Militares a ser encaminhada ao Governo do Estado, em razão da tramitação da reestruturação da carreira militar._x000D_
 _x000D_
 JUSTIFICATIVA: A polícia Militar do - PR é composta por heróis que arriscam suas vidas em prol da segurança dos cidadãos paranaenses. São homens que vivem honrando a farda militar, pelotão de choque do combate à criminalidade, precisam de remuneração digna, valorização e estrutura funcional.</t>
   </si>
   <si>
     <t>8853</t>
   </si>
   <si>
     <t>Fio Bertotti, Carniato, Gertrudes, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8853/requerimento_47_-_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8853/requerimento_47_-_fio_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor Mariano Shavarski, pelo seu falecimento ocorrido no dia oito de outubro do corrente ano.</t>
   </si>
   <si>
     <t>8854</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8854/requerimento_48_-_fio_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8854/requerimento_48_-_fio_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares de Cleber Alexandre Reis, pelo seu falecimento ocorrido no dia oito de outubro do corrente ano.</t>
   </si>
   <si>
     <t>8879</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8879/requerimento_49_josane_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8879/requerimento_49_josane_assinado.pdf</t>
   </si>
   <si>
     <t>1. quais as Oficinas que estão sendo realizadas na Escola Municipal Maria Diva que funciona em tempo integral;_x000D_
 2. Nome dos professores que estão realizando estas Oficinas;_x000D_
 3. se os professores têm as especializações para realizarem estas oficinas_x000D_
 4. se o espaço na escola Maria Diva está adequado para a realização das oficinas;</t>
   </si>
   <si>
     <t>9036</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9036/req_-_50_mocao_de_aplausos_-christiane_sing_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9036/req_-_50_mocao_de_aplausos_-christiane_sing_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, a:_x000D_
 •	Christiane Sing Bezerra Bou Khezam.</t>
   </si>
   <si>
     <t>9421</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9421/brn3c2af4e2196e_0000132423.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9421/brn3c2af4e2196e_0000132423.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, aos Soldado Matheus Souza Alves,  Soldado Leandro Oliveira Borda, Soldado Tiago Branco de Carvalho, pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>9439</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9439/requerimento_nc2ba_52-2024_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9439/requerimento_nc2ba_52-2024_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, para que se informe e apresente a esta Casa de Leis, através do Departamento de Recursos de Humanos porque não está sendo pago o piso salarial aos dentistas 40 horas.</t>
   </si>
   <si>
     <t>9477</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9477/requerimento_53.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9477/requerimento_53.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO ao SENHOR RONIELISON BARBOSA FERREIRA, pelos relevantes serviços prestados no âmbito acadêmico e social, ao Município de Ivaiporã.</t>
   </si>
   <si>
     <t>9675</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9675/requerimento_54_-_jaffer_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9675/requerimento_54_-_jaffer_assinado.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, Vereador que o presente subscreve, em pleno exercício de suas prerrogativas parlamentares, vem mui respeitosamente perante Vossa Excelência, REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para Nicollas Padilha de Souza pelo trabalho que está realizando aqui na Cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>10019</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>Chapa para Eleição de Membros da Mesa Diretora.</t>
   </si>
   <si>
     <t>Ilsinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/10019/registro_de_chapa_ilsinho.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/10019/registro_de_chapa_ilsinho.pdf</t>
   </si>
   <si>
     <t>Registro de Chapa "União"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -11224,68 +11224,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4768/pelom_1_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4179/plc_01-2024_-_dispoe_sobre_a_criacao_de_zona_residencial_e_de_servicos__-_-_lc_______-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6122/plc_02-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022__-_-_lc______-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6604/plc_04-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_res._paris_lot._casa_branca_ampliacao_residencial_-_-_lc______-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6689/plc_05-2024_-_dispoe_sobre_a_criacao_de_zona_residencial_jardim_nova_pora___-_-_lc__________-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6691/plc_06-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_predio_prox._colegio_mater_-_-_lc______-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8241/plc_07-2024_-_altera_a_lc_50-2023_zona_azul_-_-_lc_______-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9587/pll_josane_zona_azul.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9646/plc_09-2024_-_regulamenta_as_datas_para_vencimento_de_alvaras_e_licencas_municipais_para_o_exercicio_de_2025__-_-_lc______-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4044/ple_01-2024_-_introduz_alteracoes_na_l_3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4043/ple_02-2024_-_revoga_o_inciso_v_do_art._5_da_lei_municipal_3.887-2023_-_bolsa_esporte_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4178/ple_03-2024_-_dispoe_sobre_diretrizes_gerais_para_implantacao_da_politica_de_educacao_em_tempo_integral_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4699/ple_5_2024_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4725/ple_6_2024_atualizado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4753/ple_07-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_arlindo_pedrini_-_-_l______-_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4754/ple_8_2024_atualizado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4758/projeto_de_lei_do_executivo_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4769/ple_10_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5295/ple_12-2024_-_institui__o_programa___municipal_de_incentivo_a_seguranca_hidrica_-_-_l_________-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5398/ple_13_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5786/ple_15_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5733/ple_16_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5785/ple_17-2024_-_revoga_a_lei_3.738-2022_-_rede_intersetorial_de_enfrentamento_a_violencia_-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5787/ple_19-2024_-_institui_a_rede_intersetorial_de_atencao_e_protecao_social__-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5790/ple_20-2024_-_introduz_alteracoes_na_lei_3.964-2023_-__leilao_de_veiculos__-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5967/ple_21-2024_-_autoriza_a_abertura_de_02_ruas_no_loteamento_florais_do_parana_-_-_l______-_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5968/ple_22-2024_-_introduz_alteracoes_na_l_1.268-2005_-_art._186__estatuto_dos_servidores_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5969/ple_23-2024_-_introduz_alteracoes_na_l_1.269-2005_-_art._18_plano_de_cargos_e_salarios_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6140/ple_24-2024_-_abre_credito_adcional_especial___r_3.718.30819_-_-_l____-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6125/ple_25-2024_-_dispoe_sobre_a_cessao_de_servidor_ao_iat_-_andrew_magri_martins_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6139/ple-26-2016.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6141/ple_27-2024_-_abre_credito_adicional_especial___r_8.210.96958_-_-_l____-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6159/ple_28-2024_-altera_a_lei_3.993-2024_-_credito_adicional_-_-_l____-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6401/ple_29-2024_-_introduz_alteracoes_na_lei_2.485-2014_-_fundo_municipal_de_saneamento_basico__-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6438/ple_30_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6504/ple_31_2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6506/ple_32-2024_-_institui_o_programa_de_loteamentos_populares_de_interesse_social_-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6509/ple_33-2024_-_introduz_alteracoes_na_lei_3.980-2024_-_politica_de_educacao_em_tempo_integral__-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6599/projeto_34-2024_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6622/ple_36-2024_-_abre_credito_adicional_especial___r_477.50000_-_-_l_____-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6646/ple_37_2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6647/ple_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6649/ple_39-2023_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_diversas_secretarias__-_-_l_________-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6903/ple_41-2024_-_dispoe_sobre_a_criacao_do_conselho_e_fundo_municipal_dos_direitos_do_idoso__-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7817/pl_44-2024..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7393/pl_46-2024_-__ldo_2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7910/pl_48-2024_-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7909/pl_49-2024_-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7986/ple_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8096/ple_51-2024_-_cria_a_casa_da_memoria_de_ivaipora_e_da_outras_providencias_-_-_l_________-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8240/ple_52-2024_-_institui_a_costela_do_sapecado_como_prato_tipico_do_municipio_de_ivaipora_-_-_l_________-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8314/pl_56-2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8452/ple_57-2024_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_18_casas_alto_pora-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8582/pl_58-2024_-_pl_patrocinio_expovale_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8583/pl_59-2024_-_lago_das_flores_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8749/ple_60-2024_-_abre_credito_adicional_especial___pavimentacao_poliedrica.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9320/pl_62-2024--.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8885/pl_63-2024_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9086/pl_64-2024_-_patrocinio_expovale_-_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9321/ple_65-2024_-_autoriza_a_realizacao_de_processo_seletivo_simplificado_-_pss_diversas_secretarias_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9434/projeto_de_lei_loa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9438/ple_67-2024_-_autoriza_o_recebimento_de_doacao_de_imovel_com_encargos_-_antigo_hotel_de_furnas_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9440/ple_68_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9583/ple_69-2024__-_institui_o_plano_municipal_de_cultura__plamcult_-_-_l__________-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9593/pl_70-2024_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9679/pl_71-2024-.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9692/ple_72-2024_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_da_escola_ivaipora-_-_l___________-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9696/ple_73-2024_-_autoriza_a_realizacao_de_processo_seletivo_simplificado_-_pss_educacao_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9694/pl_74-2024_-_credito_especial-..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9810/projeto__75-_especial_-_diversas_secretarias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9906/projeto__-_especial_-_excesso_cultura_convenio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8354/camara_-_mensagem_aditiva_ao_ple_55-2024_-_horario_func._bares_-_-_of._655-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4079/pll_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4175/pll_03-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4198/pll_4_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4238/pll_05-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4535/pll_06-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4658/pll_07-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4626/pll_8_2024_gertrudes_mulheres_pela_paz.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4646/pll_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5763/pllno_10-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5893/pll_11_carniato.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6029/pll_12-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6342/pll_no_14-2024_inclusao_em_sites_oficiais_dos_poderes_publicos_1.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6387/projeto_de_lei_iptu_social_15-2024_-_vereador_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6399/pll_no_16-2024_josane_disner.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6721/pll_19_2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6917/projeto_de_lei_do_legislativo_no_20-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7485/pll_nc2ba_21-2024_rua_joao_burato_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8234/pll_revoga_lei_1380_horario_de_funcionamento.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8888/pll_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9054/ple_nba_24-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9103/projeto_alzheimer_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9106/projeto_de_lei_no_26-2024_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9742/maria_wessler_brott-_campinho.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4823/veto_da_no_lei_3969.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4825/veto_da_no_lei_3970.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4826/veto_da_no_lei_3971.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4828/veto_da_no_lei_3972.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4830/veto_da_no_lei_3973.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9681/lei_4052_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4184/pdl_nc2ba_01-2024_titulo_de_cidadao_honorario_sueli_ramos_dos_santos_gevert_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4671/pdl_02-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5422/projeto_de_decreto_3_-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5556/pdl_4_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5894/pdl_5_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6321/pdl_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6717/pdl_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6795/pdl_nc2ba_08-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7502/titulo_mauro_merigue_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9294/pdl_no_10-2024_titulo_de_cidadao_honorario_fabio_costa.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4041/projeto_de_resolucao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4042/projeto_de_resolucao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7503/projeto_de_resolucao_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8200/projeto_04-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8067/pea_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9743/pea_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6143/emenda_modificativa_01-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6144/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6867/pem_03-2024_ao_pll_nc2ba_15-2024__assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6871/pem_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6974/pem5_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9107/pem_06-2024_ao_plc_no_07-2024_.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9385/pem_07-2024_ao_pl_no_53-2024_.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4045/indicacao_sabao_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4046/indicacao_sabao_2.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4047/indicacao_sabao_3.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4048/indicacao_emerson_4.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4049/indicacao_5-_emerson.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4050/indicacao_6-_emerson.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4051/indicacao_7-_emerson.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4052/indicacao_8-_emerson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4053/indicacao_9-_josanepdf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4054/indicacao_10_-_josane.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4056/indicacao_11_-_josane.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4057/indicacao_12-_josane.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4058/indicacao_13-_josane.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4059/indicacao_14_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4060/indicacao_15_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4061/indicacao_16_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4062/indicacao_17_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4064/indicacao_18_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4065/indicacao_19_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4066/indicacao_20_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4068/indicacao_21-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4069/indicacao_22-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4070/indicacao_23__jaffer.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4071/brn3c2af4e2196e_0000083406.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4072/indicacao_25-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4073/indicacao_26_-_ge.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4074/indicacao_27-_ge.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4075/indicacao_28-_ge.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4076/indicacao_29-_ge.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4077/indicacao_30-_ge.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4080/indicacao_31-_sandra.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4081/indicacao_32_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4082/indicacao_33-_sandra.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4083/34_-_sandra_-_cascalhamento_1.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4084/indicacao_35-_sandra_-_semafaro_1.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4085/indicacao_36-_carniato.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4086/indicacao_37-_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4087/38.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4088/39.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4089/40.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4090/41.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4091/42.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4092/43.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4093/44.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4094/45.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4095/46.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4096/47.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4097/48.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4098/49.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4099/50.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4101/51.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4102/52.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4103/53.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4104/54.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4105/55.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4106/56.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4108/57.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4109/58.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4111/59.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4112/60.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4120/62.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4174/63.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4177/64.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4299/65.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4300/66.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4301/67.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4302/68.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4303/69.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4304/70.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4305/indicacao_71_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4306/indicacao_72_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4307/indicacao_73_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4308/indicacao_74_-_jose_maria_-_cascalhamento.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4316/75.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4317/indicacao_73_-_jose_maria_carneiro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4318/77.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4320/indicacao_78_-_josane_e_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4323/79.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4336/80.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4338/81.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4341/82.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4347/83.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4360/84.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4364/85.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4367/indicacao_86_-_nando_e_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4371/87.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4375/88.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4378/89.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4381/90.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4386/91.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4388/92.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4396/93.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4398/94.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4400/95.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4401/96.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4435/97.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4515/indicacao_98_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4516/indicacao_99_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4517/indicacao_100_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4518/indicacao_101_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4519/indicacao_102_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4520/indicacao_103_-_josane.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4522/indicacao_104_-_josane.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4524/indicacao_105_-_josane.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4527/indicacao_106_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4541/indicacao_107_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4542/indicacao_108_-_josane.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4561/indicacao_109_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4567/indicacao_110-_sabao_-___meu_campinho.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4568/indicacao_111_-_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4579/indicacao_112_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4582/indicacao_113_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4585/indicacao_114_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4588/indicacao_115_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4589/indicacao_116_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4590/indicacao_117_-__sabao_e_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4591/indicacao_118-_josane.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4592/indicacao_119-_sandra.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4594/indicacao_120-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4596/indicacao_121_-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4599/indicacao_122-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4602/indicacao_123-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4603/indicacao_124-_nando_e_vereadores.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4604/indicacao_125-_ge.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4606/indicacao_126_-_ge_e_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4609/indicacao_127_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4613/indicacao_128-_ge_-_escola.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4614/indicacao_129_-_ge.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4697/indicacao_132_2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4714/brn3c2af4e2196e_0000078661.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4728/160.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4729/161.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4730/162.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4941/brn3c2af4e2196e_0000078255.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4948/brn3c2af4e2196e_0000078381.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4967/brn3c2af4e2196e_0000078257.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5001/brn3c2af4e2196e_0000078259.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5004/brn3c2af4e2196e_0000078261.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5008/brn3c2af4e2196e_0000078263.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5009/brn3c2af4e2196e_0000078264.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5013/204.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5025/205.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5027/206.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5042/207.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5045/208.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5049/209.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5054/210.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5058/211.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5059/212.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5061/213.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5102/214.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5105/215.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5106/216.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5111/217.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5114/218.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5116/brn3c2af4e2196e_0000078384.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5119/brn3c2af4e2196e_0000078281.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5177/brn3c2af4e2196e_0000078282.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5178/brn3c2af4e2196e_0000078374.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5203/brn3c2af4e2196e_0000078284.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5269/brn3c2af4e2196e_0000078556.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5275/brn3c2af4e2196e_0000078560.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5280/brn3c2af4e2196e_0000078561.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5361/brn3c2af4e2196e_0000078563.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5383/brn3c2af4e2196e_0000078565.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5386/brn3c2af4e2196e_0000078572.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5387/brn3c2af4e2196e_0000078575.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5410/brn3c2af4e2196e_0000078598.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5411/brn3c2af4e2196e_0000078600.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5417/brn3c2af4e2196e_0000078601.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5421/brn3c2af4e2196e_0000078602.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5426/brn3c2af4e2196e_0000078603.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5427/brn3c2af4e2196e_0000078604.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5434/brn3c2af4e2196e_0000078607.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5436/brn3c2af4e2196e_0000078614.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5443/brn3c2af4e2196e_0000078615.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5447/brn3c2af4e2196e_0000078622.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5451/brn3c2af4e2196e_0000078629.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5455/brn3c2af4e2196e_0000078648.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5457/brn3c2af4e2196e_0000078651.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5460/brn3c2af4e2196e_0000078652.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5463/brn3c2af4e2196e_0000078654.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5467/brn3c2af4e2196e_0000078659.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5468/brn3c2af4e2196e_0000078660.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5630/brn3c2af4e2196e_0000079489.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5631/brn3c2af4e2196e_0000079518.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5632/brn3c2af4e2196e_0000079522.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5639/brn3c2af4e2196e_0000079524.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5652/brn3c2af4e2196e_0000079526.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5653/254.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5655/255.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5657/brn3c2af4e2196e_0000079553.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5665/brn3c2af4e2196e_0000079555.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5666/brn3c2af4e2196e_0000079559.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5669/259.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5670/260.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5671/261.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5672/262.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5674/263.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5675/264.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5682/brn3c2af4e2196e_0000079691.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5683/brn3c2af4e2196e_0000079693.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5684/brn3c2af4e2196e_0000079695.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5694/brn3c2af4e2196e_0000079698.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5695/269.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5702/270.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5703/271.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5708/272.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5723/273.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5724/274.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5769/275.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5813/276.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5814/277.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5823/brn3c2af4e2196e_0000081186.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5825/brn3c2af4e2196e_0000081188.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5831/280.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5832/281.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5833/282.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5834/283.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5838/brn3c2af4e2196e_0000081302.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5839/brn3c2af4e2196e_0000081341.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5843/brn3c2af4e2196e_0000081343.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5844/brn3c2af4e2196e_0000081345.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5847/brn3c2af4e2196e_0000081350.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5849/brn3c2af4e2196e_0000081351.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5851/290.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5854/291.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5855/292_-_2.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5866/293.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5868/294.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5870/brn3c2af4e2196e_0000081366.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5871/296.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5881/297.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5887/298.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5902/299.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5985/brn3c2af4e2196e_0000083045.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5991/301.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5998/302.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5999/303.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6004/304.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6007/305.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6008/306.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6011/308.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6016/309.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6031/brn3c2af4e2196e_0000083067.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6033/brn3c2af4e2196e_0000083069-1.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6034/brn3c2af4e2196e_0000083069-2.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6035/brn3c2af4e2196e_0000083069-3.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6036/314_2_314_merged.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6053/brn3c2af4e2196e_0000083069-6.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6054/brn3c2af4e2196e_0000083069-7.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6058/brn3c2af4e2196e_0000083083.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6059/318.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6069/319.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6070/320.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6096/brn3c2af4e2196e_0000083396.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6097/brn3c2af4e2196e_0000083398.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6098/brn3c2af4e2196e_0000083409.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6099/brn3c2af4e2196e_0000083411.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6100/325.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6103/326.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6104/327.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6105/328.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6106/329.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6107/330.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6108/331.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6109/brn3c2af4e2196e_0000083427.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6110/333.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6111/334.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6112/brn3c2af4e2196e_0000084314.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6113/336.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6114/337.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6115/338.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6116/indicacao_339.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6117/340.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6119/brn3c2af4e2196e_0000084306-5.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6120/brn3c2af4e2196e_0000084306-4.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6121/brn3c2af4e2196e_0000084306-3.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6123/brn3c2af4e2196e_0000084306-2.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6124/brn3c2af4e2196e_0000084306-1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6126/brn3c2af4e2196e_0000084300.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6127/brn3c2af4e2196e_0000084298.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6128/brn3c2af4e2196e_0000084290-8.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6129/brn3c2af4e2196e_0000084290-7.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6130/brn3c2af4e2196e_0000084290-6.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6131/brn3c2af4e2196e_0000084290-5.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6132/brn3c2af4e2196e_0000084290-4.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6133/brn3c2af4e2196e_0000084290-3.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6134/brn3c2af4e2196e_0000084290-2.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6135/brn3c2af4e2196e_0000084290-1.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6136/brn3c2af4e2196e_0000084392.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6137/brn3c2af4e2196e_0000084390.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6145/brn3c2af4e2196e_0000085079-1.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6146/brn3c2af4e2196e_0000085079-2.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6149/brn3c2af4e2196e_0000085079-3.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6182/brn3c2af4e2196e_0000085085.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6183/brn3c2af4e2196e_0000085088.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6184/brn3c2af4e2196e_0000085089-1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6185/brn3c2af4e2196e_0000085089-2.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6186/brn3c2af4e2196e_0000085089-3.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6187/brn3c2af4e2196e_0000085095.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6203/brn3c2af4e2196e_0000085100.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6204/brn3c2af4e2196e_0000085103.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6210/brn3c2af4e2196e_0000085105.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6217/brn3c2af4e2196e_0000085107-1.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6218/brn3c2af4e2196e_0000085107-2.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6219/brn3c2af4e2196e_0000085107-3.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6225/brn3c2af4e2196e_0000085113.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6228/brn3c2af4e2196e_0000085116.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6283/indicacao_375.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6286/brn3c2af4e2196e_0000085120.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6307/brn3c2af4e2196e_0000085123-1.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6308/brn3c2af4e2196e_0000085123-2.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6309/brn3c2af4e2196e_0000085123-3.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6311/brn3c2af4e2196e_0000085123-4.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6327/brn3c2af4e2196e_0000088738.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6328/brn3c2af4e2196e_0000088740.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6329/brn3c2af4e2196e_0000088743.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6330/brn3c2af4e2196e_0000088746-1.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6331/brn3c2af4e2196e_0000088746-2.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6332/brn3c2af4e2196e_0000088746-3.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6333/brn3c2af4e2196e_0000088752.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6335/brn3c2af4e2196e_0000088761-1.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6336/brn3c2af4e2196e_0000088761-2.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6337/brn3c2af4e2196e_0000088761-3.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6338/brn3c2af4e2196e_0000088761-4.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6339/brn3c2af4e2196e_0000088761-5.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6340/brn3c2af4e2196e_0000088761-6.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6341/brn3c2af4e2196e_0000088761-7.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6343/brn3c2af4e2196e_0000091430.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6344/brn3c2af4e2196e_0000088775.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6345/brn3c2af4e2196e_0000088777.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6346/brn3c2af4e2196e_0000088779.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6347/brn3c2af4e2196e_0000088783.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6350/brn3c2af4e2196e_0000091432.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6351/brn3c2af4e2196e_0000091484.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6352/brn3c2af4e2196e_0000091486.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6353/brn3c2af4e2196e_0000091489.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6354/brn3c2af4e2196e_0000091738.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6355/brn3c2af4e2196e_0000091742.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6356/brn3c2af4e2196e_0000091744.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6357/brn3c2af4e2196e_0000091747-1.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6358/brn3c2af4e2196e_0000091747-2.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6359/brn3c2af4e2196e_0000091747-3.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6360/brn3c2af4e2196e_0000091747-4.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6361/brn3c2af4e2196e_0000091747-5.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6362/brn3c2af4e2196e_0000091747-6.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6365/indicacao_413.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6366/indicacao_414.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6367/415.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6368/416.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6370/brn3c2af4e2196e_0000098962.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6371/418.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6372/419.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6373/420.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6374/brn3c2af4e2196e_0000096440.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6375/422.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6376/brn3c2af4e2196e_0000096452-4.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6377/brn3c2af4e2196e_0000096452-3.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6378/brn3c2af4e2196e_0000096452-2.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6379/brn3c2af4e2196e_0000096452-1.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6380/427.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6381/brn3c2af4e2196e_0000098960.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6382/429.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6383/430.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6384/431.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6385/432.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6386/433.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6388/brn3c2af4e2196e_0000096425.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6492/brn3c2af4e2196e_0000098952-4.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6493/brn3c2af4e2196e_0000098952-3.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6494/brn3c2af4e2196e_0000098952-2.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6495/brn3c2af4e2196e_0000105805.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6498/brn3c2af4e2196e_0000105808.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6502/brn3c2af4e2196e_0000098952-1.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6525/brn3c2af4e2196e_0000098950.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6527/brn3c2af4e2196e_0000098946-2.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6529/brn3c2af4e2196e_0000098946-1.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6535/brn3c2af4e2196e_0000098614.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6571/brn3c2af4e2196e_0000098573.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6572/brn3c2af4e2196e_0000098571.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6573/brn3c2af4e2196e_0000098549-6.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6594/brn3c2af4e2196e_0000105810.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6595/brn3c2af4e2196e_0000098549-5.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6596/brn3c2af4e2196e_0000098549-4.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6597/brn3c2af4e2196e_0000098549-3.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6603/brn3c2af4e2196e_0000098549-2.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6605/brn3c2af4e2196e_0000098549-1.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6606/brn3c2af4e2196e_0000105812-1.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6607/brn3c2af4e2196e_0000105812-2.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6608/brn3c2af4e2196e_0000105812-3.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6609/brn3c2af4e2196e_0000105812-4.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6610/brn3c2af4e2196e_0000105820.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6611/brn3c2af4e2196e_0000105822.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6612/brn3c2af4e2196e_0000105830-1.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6613/brn3c2af4e2196e_0000105830-2.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6614/brn3c2af4e2196e_0000105830-3.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6615/brn3c2af4e2196e_0000105830-4.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6616/brn3c2af4e2196e_0000105830-5.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6617/brn3c2af4e2196e_0000105830-6.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6618/brn3c2af4e2196e_0000105836.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6620/brn3c2af4e2196e_0000105839.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6621/brn3c2af4e2196e_0000105841.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6623/indicacao_469.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6624/brn3c2af4e2196e_0000105845.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6625/brn3c2af4e2196e_0000105847.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6628/brn3c2af4e2196e_0000108858.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6629/brn3c2af4e2196e_0000108860.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6630/brn3c2af4e2196e_0000108861.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6631/brn3c2af4e2196e_0000108876.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6632/brn3c2af4e2196e_0000108878.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6634/brn3c2af4e2196e_0000108879.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6635/brn3c2af4e2196e_0000108881.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6636/brn3c2af4e2196e_0000108884.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6637/brn3c2af4e2196e_0000108885.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6638/brn3c2af4e2196e_0000108887.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6639/brn3c2af4e2196e_0000108888.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6640/brn3c2af4e2196e_0000108890-1.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6641/brn3c2af4e2196e_0000108890-2.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6642/brn3c2af4e2196e_0000108890-3.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6643/brn3c2af4e2196e_0000108890-4.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6644/brn3c2af4e2196e_0000108890-5.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6676/488.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6679/489.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6740/490.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6741/491.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6752/492.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6758/493.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6760/494.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6765/495.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6766/496.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6767/497.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6768/498.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6776/indicacao_499_-_de_faixa_de_onibus_em_frente_ao_consorcio_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6780/indicacao_500_-_pintura_faixas_de_pedestres_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6783/indicacao_501_-_plaugrond_para_cmei_vila_santa_teresinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6803/indicacao_502_-_limpeza_de_terreno_rua_umurama_e_correio_de_mello_assinado.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6899/indicacao_503_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6900/indicacao_504_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6901/505.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6904/506_506.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6905/507_507.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6906/508_508.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6907/509_varredor_de_rua_-_jardim_bella_casa_assinado.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6908/510_-_redutor_de_velocidade_lombada_na_rua_cornelio_procopio_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6909/511-_semafaro_na_av_sao_paulo_com_av_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6910/512-_estacinamento_na_fatc_assinado.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6911/sandra-placa_de_transito_assinado.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6912/sandra_-_ubs_jardim_ipora_assinado.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6913/515-sinalizacao_na_rua_araras_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6914/516.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6915/brn3c2af4e2196e_0000119580.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6916/518_assinado.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6918/519.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6919/520.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7335/521_-_sandra_-_faixa_de_moto_assinado.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7336/522-_sandra_-_deck_jardim_botanico_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7337/523-sandra_-_apac_assinado.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7338/524-_sandra_-_pode_de_arvores_assinado.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7339/525-_sandra_recape_asfaltico_pocos_de_caldas_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7340/526-_carniato_-_lombada_na_rodovia_lazaro_bueno_assinado.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7341/527-_carniato_-_paisagismo_na_praca_dorvalino_frederico_assinado.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7342/528-_bertotti_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7343/529-_ze_maria_-_maranhaozinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7344/530-_ze_maria_-_parque_das_industrias1_assinado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7363/531-_ge_assinado_indicacao_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7368/532-_ge_assinado_indicacao_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7375/533-_jafferfazer_instalacao_de_telas_xurupita_assinado.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7377/534-_jaffer_linha_de_onibus_bairro_colonia_da_prefeitura_assinado.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7378/535-_animais_no_campinho_xurupita_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7456/536_-_horario_flexiveis_assinado.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7458/537_-_josane_atendimento_psicossocial_assinado.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7459/538-mulheres_vitimas_de_violencia_domestica._assinado.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7460/539-atendimento_odontologico_assinado.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7462/540-contratacao_de_mais_pediatra_e_neoropedriatra_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7469/sabao_indicacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7598/542-_carniato_indicacao_para_na_sala_de_procedimento_-_upa_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7599/543-_2024_rocada_mato_lago_furnas_assinado.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7600/544_-_emerson_bertotti_indicacao_1_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7601/545-2024_emerson_-1_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7645/546-_sandra__assinado.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7647/547-2024rodovia_lazaro_assinado.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7648/548-_sanitarios_na_prefeitura_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7651/549-_tampa_de_bueiro_rua_pato_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7659/550-_aquindauna_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7661/551-_furnas_2024_mina_assinado.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7664/552-_rotatoria_assinado.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7665/553-_redutores_de_velocidade_na_avenida_souza_naves_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7666/554-_placas_de_identificacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7667/555-_sandra_-_ponto_de_onibus_jardim_alvorada_assinado.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7668/556-_assinado.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7669/557_indicacao_84-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7670/558_indicacao_83-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7911/indicacao_559_-_emerson_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7912/indicacao_560_-_emerson_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7920/indicacao_561_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7922/indicacao_562_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7923/indicacao_563_-_emerson_assinado.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7926/indicacao_564_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7927/indicacao_565_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7928/indicacao_566_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7929/indicacao_567_-_josane_assinado1.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7931/brn3c2af4e2196e_0000127727.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7932/brn3c2af4e2196e_0000127730.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7933/brn3c2af4e2196e_0000127731.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7934/brn3c2af4e2196e_0000127733.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7935/indicacao_572_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7936/indicacao_573_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7939/indicacao_574_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7946/indicacao_575_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7951/indicacao_576_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7954/indicacao_577_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7961/indicacao_578_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7974/indicacao_579_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7987/indicacao_nando_assinado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8023/581_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8024/582_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8025/583_-_ze_maria_e_fio__assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8027/584_-_gertrudes.assinado.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8028/585_-_gertrudes.assinado_assinado_sandra1.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8029/mai_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8031/587_-_emerson_assinado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8032/588_-_emerson_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8033/589_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8034/590_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8041/591_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8042/592_-_gertrudes.assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8043/593_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8044/594_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8045/595_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8130/indicacao_596_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8135/brn3c2af4e2196e_0000128226.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8157/598_assinado.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8158/599_assinado.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8196/brn3c2af4e2196e_0000128224.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8215/601_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8216/602_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8217/603_assinado.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8218/604_assinado.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8219/brn3c2af4e2196e_0000128230.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8220/606_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8258/607_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8259/608_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8260/609_-_sandra_assinado1.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8262/610_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8264/611_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8265/612_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8267/613_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8268/614_-_carniato_assinado1.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8270/615_-_emerson_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8272/616_-_fernando_dorta_assinado.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8283/617_-_emerson_assinado_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8284/72_-_ponte_no_rio_pindauva.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8285/619_-_sabao1.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8286/620_-_nando_assinado1_assinado1.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8287/621_-_jaffer_assinado1.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8288/622_-_jaffer_assinado1.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8289/623_-_jaffer_assinado1.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8290/624_-_josane_assinado1.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8294/625_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8312/indicacao_97-2024.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8313/627_-_gertrudes_assinado_assinado1.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8323/628_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8391/629_-_emerson_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8392/630_-_carniato_assinado1.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8393/631_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8394/632_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8396/633_-_emerson_assinado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8397/634_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8432/635_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8434/636_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8436/637_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8437/638_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8584/indicacao_verbal_639_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8585/indicacao_verbal_640_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8590/641_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8591/642_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8592/643_gertrudes_assinado_.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8593/644_gertrudes_assinado_.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8597/645_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8598/sandra_-faixa_de_estacionamento.docx" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8599/647_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8600/648_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8602/galeria_-_rua_turunas_-_jardim_alto_da_gloria.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8604/650_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8608/651_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8621/652_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8625/653_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8627/654_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8628/655_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8629/656_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8667/657_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8669/658_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8702/659_-_gertrudes.docx" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8705/indicacao_-_limpeza_salao_-_monte_castelo-_sabao.docx" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8706/brn3c2af4e2196e_0000130324.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8707/brn3c2af4e2196e_0000130326.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8767/102-_reforma_bueiro.docx" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8768/103-reforma.docx" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8769/665_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8771/666_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8772/667_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8773/668_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8794/669_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8849/670_-_fio_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8850/671_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8855/672_-_fio_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8856/673_assinado.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8857/674_-_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8858/675_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8859/676_-_nando_assinado.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8864/677_-_jaffer_assinado_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8869/678_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8873/679_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8874/680_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8876/681_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8877/682_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8878/683_assinado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8880/684_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8881/685_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9037/686_-fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9038/687_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9071/688_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9074/689_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9075/690_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9089/691_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9090/692_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9093/693_-_sabao_assinado_.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9098/694_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9099/695_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9100/696_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9101/697_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9102/698_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9104/699_-_carniato_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9105/700_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9211/701_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9252/702_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9253/703_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9254/704_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9255/705_-_ze_maria.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9256/706_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9265/707_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9266/708_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9305/709_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9310/710__ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9422/711_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9423/712_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9424/713_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9425/714_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9426/715_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9427/716_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9428/717_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9429/718_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9430/719_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9431/720_-_carniato_assinado_assinado-1_assinado_1-2.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9432/721_-_sabao_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9433/722_-_sabao_assinado_.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9435/723_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9436/724_ge__assinado.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9437/725_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9492/726_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9494/727_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9497/728_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9514/729_-_gil_assinado1.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9515/730_-_ger_assinado.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9516/731_-_ge__assinado.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9530/brn3c2af4e2196e_0000131973.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9539/733_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9540/734_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9541/735_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9542/736_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9543/737_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9544/738_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9575/739_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9576/740_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9577/741_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9578/742_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9579/743_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9580/744_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9581/745_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9582/_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9584/747_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9585/748_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9588/749_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9589/750_-_sandra_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9592/751_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9642/752_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9643/753_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9644/754_-_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9645/755_-_ge_assinado_.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9674/756_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9676/757_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9678/758_-_sabao_assinado.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9680/759_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9693/760_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9695/761_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4067/req._no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4078/requeirmento_02-_sandra_marcelo_alves.docx" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4434/requerimento_03-_jafferdocx.docx" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4459/requerimento_04-_jaffer_-___voto_de_pesar__pai_do_lek_lek.docx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4460/requerimento_5_2024.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4562/requerimento_06-_nando_-_voto_de_pesar_-_senhor_antonio_homenczuck.docx" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4659/requerimento_07.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4726/requerimento_8_2024.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4766/requerimento_9_2024.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4804/requerimento_10_2024.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5016/requerimento_11_-_mocao_de_aplausos_subtentente_trova.docx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5051/requerimento_12_-_mocao_de_aplausos_juvec.docx" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5062/requerimento_13_-_voto_de_pesar_gelson_amaral.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5496/requerimento_14_2024.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5537/requerimento_15_2024.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5609/requerimento_16_2024.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5676/requerimento_17_2024.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5728/requerimento_18_2024.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5824/requerimento_19_2024.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5827/requerimento_20_2024.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6068/brn3c2af4e2196e_0000083010.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6071/brn3c2af4e2196e_0000083013.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6101/brn3c2af4e2196e_0000083455.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6102/brn3c2af4e2196e_0000083456.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6118/brn3c2af4e2196e_0000083454.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6138/brn3c2af4e2196e_0000084318.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6142/requerimento_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6325/brn3c2af4e2196e_0000085174.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6326/brn3c2af4e2196e_0000085173.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6334/brn3c2af4e2196e_0000088623.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6349/brn3c2af4e2196e_0000088737.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6363/brn3c2af4e2196e_0000091429.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6369/brn3c2af4e2196e_0000096108.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6400/brn3c2af4e2196e_0000096483.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6405/brn3c2af4e2196e_0000096110.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6598/brn3c2af4e2196e_0000098398.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6627/requerimento_38_2024.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6633/brn3c2af4e2196e_0000108573.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6645/brn3c2af4e2196e_0000108572.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6898/requerimento_voto_de_pesar_41_2024.docx" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7671/requerimento_42-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8046/brn3c2af4e2196e_0000128119.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8137/brn3c2af4e2196e_0000128207.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8146/brn3c2af4e2196e_0000128214.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8242/requerimento_mocao_de_apoio_46-_edivaldo.docx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8853/requerimento_47_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8854/requerimento_48_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8879/requerimento_49_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9036/req_-_50_mocao_de_aplausos_-christiane_sing_assinado.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9421/brn3c2af4e2196e_0000132423.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9439/requerimento_nc2ba_52-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9477/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9675/requerimento_54_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/10019/registro_de_chapa_ilsinho.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4768/pelom_1_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4179/plc_01-2024_-_dispoe_sobre_a_criacao_de_zona_residencial_e_de_servicos__-_-_lc_______-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6122/plc_02-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022__-_-_lc______-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6604/plc_04-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_res._paris_lot._casa_branca_ampliacao_residencial_-_-_lc______-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6689/plc_05-2024_-_dispoe_sobre_a_criacao_de_zona_residencial_jardim_nova_pora___-_-_lc__________-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6691/plc_06-2024_-_altera_o_zoneamento_da_zr1_constante_no_mapa_ii_da_lc_34-2022_predio_prox._colegio_mater_-_-_lc______-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8241/plc_07-2024_-_altera_a_lc_50-2023_zona_azul_-_-_lc_______-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9587/pll_josane_zona_azul.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9646/plc_09-2024_-_regulamenta_as_datas_para_vencimento_de_alvaras_e_licencas_municipais_para_o_exercicio_de_2025__-_-_lc______-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4044/ple_01-2024_-_introduz_alteracoes_na_l_3.866-2023_-_leilao_de_imoveis_-_vila_de_furnas_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4043/ple_02-2024_-_revoga_o_inciso_v_do_art._5_da_lei_municipal_3.887-2023_-_bolsa_esporte_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4178/ple_03-2024_-_dispoe_sobre_diretrizes_gerais_para_implantacao_da_politica_de_educacao_em_tempo_integral_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4699/ple_5_2024_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4725/ple_6_2024_atualizado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4753/ple_07-2024_-_autoriza_a_permuta_de_imoveis_com_torna_-_arlindo_pedrini_-_-_l______-_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4754/ple_8_2024_atualizado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4758/projeto_de_lei_do_executivo_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4769/ple_10_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5295/ple_12-2024_-_institui__o_programa___municipal_de_incentivo_a_seguranca_hidrica_-_-_l_________-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5398/ple_13_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5786/ple_15_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5733/ple_16_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5785/ple_17-2024_-_revoga_a_lei_3.738-2022_-_rede_intersetorial_de_enfrentamento_a_violencia_-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5787/ple_19-2024_-_institui_a_rede_intersetorial_de_atencao_e_protecao_social__-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5790/ple_20-2024_-_introduz_alteracoes_na_lei_3.964-2023_-__leilao_de_veiculos__-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5967/ple_21-2024_-_autoriza_a_abertura_de_02_ruas_no_loteamento_florais_do_parana_-_-_l______-_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5968/ple_22-2024_-_introduz_alteracoes_na_l_1.268-2005_-_art._186__estatuto_dos_servidores_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5969/ple_23-2024_-_introduz_alteracoes_na_l_1.269-2005_-_art._18_plano_de_cargos_e_salarios_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6140/ple_24-2024_-_abre_credito_adcional_especial___r_3.718.30819_-_-_l____-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6125/ple_25-2024_-_dispoe_sobre_a_cessao_de_servidor_ao_iat_-_andrew_magri_martins_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6139/ple-26-2016.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6141/ple_27-2024_-_abre_credito_adicional_especial___r_8.210.96958_-_-_l____-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6159/ple_28-2024_-altera_a_lei_3.993-2024_-_credito_adicional_-_-_l____-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6401/ple_29-2024_-_introduz_alteracoes_na_lei_2.485-2014_-_fundo_municipal_de_saneamento_basico__-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6438/ple_30_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6504/ple_31_2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6506/ple_32-2024_-_institui_o_programa_de_loteamentos_populares_de_interesse_social_-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6509/ple_33-2024_-_introduz_alteracoes_na_lei_3.980-2024_-_politica_de_educacao_em_tempo_integral__-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6599/projeto_34-2024_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6622/ple_36-2024_-_abre_credito_adicional_especial___r_477.50000_-_-_l_____-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6646/ple_37_2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6647/ple_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6649/ple_39-2023_-_dispoe_sobre_a_ampliacao_de_vagas_de_cargos_constantes_na_lei_1.269-2005_diversas_secretarias__-_-_l_________-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6903/ple_41-2024_-_dispoe_sobre_a_criacao_do_conselho_e_fundo_municipal_dos_direitos_do_idoso__-_-_l_______-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7817/pl_44-2024..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7393/pl_46-2024_-__ldo_2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7910/pl_48-2024_-.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7909/pl_49-2024_-.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7986/ple_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8096/ple_51-2024_-_cria_a_casa_da_memoria_de_ivaipora_e_da_outras_providencias_-_-_l_________-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8240/ple_52-2024_-_institui_a_costela_do_sapecado_como_prato_tipico_do_municipio_de_ivaipora_-_-_l_________-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8314/pl_56-2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8452/ple_57-2024_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_18_casas_alto_pora-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8582/pl_58-2024_-_pl_patrocinio_expovale_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8583/pl_59-2024_-_lago_das_flores_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8749/ple_60-2024_-_abre_credito_adicional_especial___pavimentacao_poliedrica.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9320/pl_62-2024--.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8885/pl_63-2024_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9086/pl_64-2024_-_patrocinio_expovale_-_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9321/ple_65-2024_-_autoriza_a_realizacao_de_processo_seletivo_simplificado_-_pss_diversas_secretarias_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9434/projeto_de_lei_loa_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9438/ple_67-2024_-_autoriza_o_recebimento_de_doacao_de_imovel_com_encargos_-_antigo_hotel_de_furnas_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9440/ple_68_2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9583/ple_69-2024__-_institui_o_plano_municipal_de_cultura__plamcult_-_-_l__________-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9593/pl_70-2024_1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9679/pl_71-2024-.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9692/ple_72-2024_-_autoriza_o_executivo_a_realizar_desapropriacao_de_imovel_-_ampliacao_da_escola_ivaipora-_-_l___________-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9696/ple_73-2024_-_autoriza_a_realizacao_de_processo_seletivo_simplificado_-_pss_educacao_-_-_l________-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9694/pl_74-2024_-_credito_especial-..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9810/projeto__75-_especial_-_diversas_secretarias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9906/projeto__-_especial_-_excesso_cultura_convenio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8354/camara_-_mensagem_aditiva_ao_ple_55-2024_-_horario_func._bares_-_-_of._655-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4079/pll_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4175/pll_03-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4198/pll_4_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4238/pll_05-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4535/pll_06-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4658/pll_07-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4626/pll_8_2024_gertrudes_mulheres_pela_paz.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4646/pll_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5763/pllno_10-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5893/pll_11_carniato.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6029/pll_12-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6342/pll_no_14-2024_inclusao_em_sites_oficiais_dos_poderes_publicos_1.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6387/projeto_de_lei_iptu_social_15-2024_-_vereador_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6399/pll_no_16-2024_josane_disner.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6721/pll_19_2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6917/projeto_de_lei_do_legislativo_no_20-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7485/pll_nc2ba_21-2024_rua_joao_burato_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8234/pll_revoga_lei_1380_horario_de_funcionamento.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8888/pll_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9054/ple_nba_24-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9103/projeto_alzheimer_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9106/projeto_de_lei_no_26-2024_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9742/maria_wessler_brott-_campinho.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4823/veto_da_no_lei_3969.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4825/veto_da_no_lei_3970.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4826/veto_da_no_lei_3971.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4828/veto_da_no_lei_3972.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4830/veto_da_no_lei_3973.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9681/lei_4052_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4184/pdl_nc2ba_01-2024_titulo_de_cidadao_honorario_sueli_ramos_dos_santos_gevert_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4671/pdl_02-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5422/projeto_de_decreto_3_-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5556/pdl_4_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5894/pdl_5_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6321/pdl_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6717/pdl_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6795/pdl_nc2ba_08-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7502/titulo_mauro_merigue_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9294/pdl_no_10-2024_titulo_de_cidadao_honorario_fabio_costa.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4041/projeto_de_resolucao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4042/projeto_de_resolucao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7503/projeto_de_resolucao_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8200/projeto_04-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8067/pea_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9743/pea_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6143/emenda_modificativa_01-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6144/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6867/pem_03-2024_ao_pll_nc2ba_15-2024__assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6871/pem_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6974/pem5_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9107/pem_06-2024_ao_plc_no_07-2024_.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9385/pem_07-2024_ao_pl_no_53-2024_.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4045/indicacao_sabao_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4046/indicacao_sabao_2.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4047/indicacao_sabao_3.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4048/indicacao_emerson_4.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4049/indicacao_5-_emerson.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4050/indicacao_6-_emerson.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4051/indicacao_7-_emerson.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4052/indicacao_8-_emerson.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4053/indicacao_9-_josanepdf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4054/indicacao_10_-_josane.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4056/indicacao_11_-_josane.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4057/indicacao_12-_josane.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4058/indicacao_13-_josane.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4059/indicacao_14_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4060/indicacao_15_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4061/indicacao_16_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4062/indicacao_17_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4064/indicacao_18_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4065/indicacao_19_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4066/indicacao_20_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4068/indicacao_21-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4069/indicacao_22-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4070/indicacao_23__jaffer.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4071/brn3c2af4e2196e_0000083406.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4072/indicacao_25-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4073/indicacao_26_-_ge.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4074/indicacao_27-_ge.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4075/indicacao_28-_ge.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4076/indicacao_29-_ge.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4077/indicacao_30-_ge.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4080/indicacao_31-_sandra.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4081/indicacao_32_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4082/indicacao_33-_sandra.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4083/34_-_sandra_-_cascalhamento_1.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4084/indicacao_35-_sandra_-_semafaro_1.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4085/indicacao_36-_carniato.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4086/indicacao_37-_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4087/38.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4088/39.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4089/40.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4090/41.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4091/42.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4092/43.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4093/44.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4094/45.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4095/46.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4096/47.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4097/48.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4098/49.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4099/50.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4101/51.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4102/52.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4103/53.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4104/54.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4105/55.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4106/56.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4108/57.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4109/58.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4111/59.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4112/60.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4120/62.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4174/63.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4177/64.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4299/65.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4300/66.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4301/67.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4302/68.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4303/69.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4304/70.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4305/indicacao_71_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4306/indicacao_72_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4307/indicacao_73_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4308/indicacao_74_-_jose_maria_-_cascalhamento.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4316/75.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4317/indicacao_73_-_jose_maria_carneiro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4318/77.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4320/indicacao_78_-_josane_e_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4323/79.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4336/80.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4338/81.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4341/82.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4347/83.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4360/84.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4364/85.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4367/indicacao_86_-_nando_e_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4371/87.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4375/88.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4378/89.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4381/90.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4386/91.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4388/92.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4396/93.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4398/94.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4400/95.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4401/96.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4435/97.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4515/indicacao_98_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4516/indicacao_99_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4517/indicacao_100_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4518/indicacao_101_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4519/indicacao_102_-_emerson.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4520/indicacao_103_-_josane.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4522/indicacao_104_-_josane.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4524/indicacao_105_-_josane.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4527/indicacao_106_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4541/indicacao_107_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4542/indicacao_108_-_josane.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4561/indicacao_109_-_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4567/indicacao_110-_sabao_-___meu_campinho.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4568/indicacao_111_-_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4579/indicacao_112_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4582/indicacao_113_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4585/indicacao_114_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4588/indicacao_115_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4589/indicacao_116_-_carniato.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4590/indicacao_117_-__sabao_e_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4591/indicacao_118-_josane.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4592/indicacao_119-_sandra.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4594/indicacao_120-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4596/indicacao_121_-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4599/indicacao_122-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4602/indicacao_123-_jaffer.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4603/indicacao_124-_nando_e_vereadores.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4604/indicacao_125-_ge.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4606/indicacao_126_-_ge_e_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4609/indicacao_127_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4613/indicacao_128-_ge_-_escola.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4614/indicacao_129_-_ge.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4697/indicacao_132_2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4714/brn3c2af4e2196e_0000078661.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4728/160.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4729/161.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4730/162.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4941/brn3c2af4e2196e_0000078255.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4948/brn3c2af4e2196e_0000078381.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4967/brn3c2af4e2196e_0000078257.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5001/brn3c2af4e2196e_0000078259.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5004/brn3c2af4e2196e_0000078261.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5008/brn3c2af4e2196e_0000078263.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5009/brn3c2af4e2196e_0000078264.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5013/204.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5025/205.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5027/206.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5042/207.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5045/208.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5049/209.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5054/210.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5058/211.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5059/212.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5061/213.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5102/214.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5105/215.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5106/216.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5111/217.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5114/218.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5116/brn3c2af4e2196e_0000078384.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5119/brn3c2af4e2196e_0000078281.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5177/brn3c2af4e2196e_0000078282.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5178/brn3c2af4e2196e_0000078374.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5203/brn3c2af4e2196e_0000078284.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5269/brn3c2af4e2196e_0000078556.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5275/brn3c2af4e2196e_0000078560.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5280/brn3c2af4e2196e_0000078561.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5361/brn3c2af4e2196e_0000078563.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5383/brn3c2af4e2196e_0000078565.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5386/brn3c2af4e2196e_0000078572.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5387/brn3c2af4e2196e_0000078575.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5410/brn3c2af4e2196e_0000078598.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5411/brn3c2af4e2196e_0000078600.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5417/brn3c2af4e2196e_0000078601.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5421/brn3c2af4e2196e_0000078602.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5426/brn3c2af4e2196e_0000078603.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5427/brn3c2af4e2196e_0000078604.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5434/brn3c2af4e2196e_0000078607.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5436/brn3c2af4e2196e_0000078614.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5443/brn3c2af4e2196e_0000078615.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5447/brn3c2af4e2196e_0000078622.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5451/brn3c2af4e2196e_0000078629.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5455/brn3c2af4e2196e_0000078648.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5457/brn3c2af4e2196e_0000078651.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5460/brn3c2af4e2196e_0000078652.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5463/brn3c2af4e2196e_0000078654.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5467/brn3c2af4e2196e_0000078659.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5468/brn3c2af4e2196e_0000078660.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5630/brn3c2af4e2196e_0000079489.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5631/brn3c2af4e2196e_0000079518.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5632/brn3c2af4e2196e_0000079522.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5639/brn3c2af4e2196e_0000079524.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5652/brn3c2af4e2196e_0000079526.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5653/254.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5655/255.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5657/brn3c2af4e2196e_0000079553.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5665/brn3c2af4e2196e_0000079555.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5666/brn3c2af4e2196e_0000079559.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5669/259.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5670/260.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5671/261.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5672/262.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5674/263.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5675/264.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5682/brn3c2af4e2196e_0000079691.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5683/brn3c2af4e2196e_0000079693.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5684/brn3c2af4e2196e_0000079695.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5694/brn3c2af4e2196e_0000079698.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5695/269.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5702/270.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5703/271.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5708/272.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5723/273.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5724/274.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5769/275.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5813/276.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5814/277.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5823/brn3c2af4e2196e_0000081186.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5825/brn3c2af4e2196e_0000081188.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5831/280.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5832/281.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5833/282.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5834/283.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5838/brn3c2af4e2196e_0000081302.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5839/brn3c2af4e2196e_0000081341.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5843/brn3c2af4e2196e_0000081343.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5844/brn3c2af4e2196e_0000081345.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5847/brn3c2af4e2196e_0000081350.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5849/brn3c2af4e2196e_0000081351.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5851/290.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5854/291.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5855/292_-_2.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5866/293.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5868/294.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5870/brn3c2af4e2196e_0000081366.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5871/296.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5881/297.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5887/298.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5902/299.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5985/brn3c2af4e2196e_0000083045.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5991/301.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5998/302.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5999/303.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6004/304.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6007/305.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6008/306.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6011/308.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6016/309.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6031/brn3c2af4e2196e_0000083067.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6033/brn3c2af4e2196e_0000083069-1.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6034/brn3c2af4e2196e_0000083069-2.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6035/brn3c2af4e2196e_0000083069-3.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6036/314_2_314_merged.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6053/brn3c2af4e2196e_0000083069-6.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6054/brn3c2af4e2196e_0000083069-7.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6058/brn3c2af4e2196e_0000083083.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6059/318.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6069/319.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6070/320.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6096/brn3c2af4e2196e_0000083396.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6097/brn3c2af4e2196e_0000083398.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6098/brn3c2af4e2196e_0000083409.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6099/brn3c2af4e2196e_0000083411.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6100/325.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6103/326.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6104/327.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6105/328.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6106/329.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6107/330.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6108/331.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6109/brn3c2af4e2196e_0000083427.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6110/333.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6111/334.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6112/brn3c2af4e2196e_0000084314.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6113/336.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6114/337.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6115/338.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6116/indicacao_339.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6117/340.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6119/brn3c2af4e2196e_0000084306-5.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6120/brn3c2af4e2196e_0000084306-4.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6121/brn3c2af4e2196e_0000084306-3.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6123/brn3c2af4e2196e_0000084306-2.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6124/brn3c2af4e2196e_0000084306-1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6126/brn3c2af4e2196e_0000084300.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6127/brn3c2af4e2196e_0000084298.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6128/brn3c2af4e2196e_0000084290-8.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6129/brn3c2af4e2196e_0000084290-7.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6130/brn3c2af4e2196e_0000084290-6.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6131/brn3c2af4e2196e_0000084290-5.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6132/brn3c2af4e2196e_0000084290-4.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6133/brn3c2af4e2196e_0000084290-3.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6134/brn3c2af4e2196e_0000084290-2.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6135/brn3c2af4e2196e_0000084290-1.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6136/brn3c2af4e2196e_0000084392.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6137/brn3c2af4e2196e_0000084390.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6145/brn3c2af4e2196e_0000085079-1.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6146/brn3c2af4e2196e_0000085079-2.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6149/brn3c2af4e2196e_0000085079-3.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6182/brn3c2af4e2196e_0000085085.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6183/brn3c2af4e2196e_0000085088.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6184/brn3c2af4e2196e_0000085089-1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6185/brn3c2af4e2196e_0000085089-2.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6186/brn3c2af4e2196e_0000085089-3.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6187/brn3c2af4e2196e_0000085095.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6203/brn3c2af4e2196e_0000085100.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6204/brn3c2af4e2196e_0000085103.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6210/brn3c2af4e2196e_0000085105.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6217/brn3c2af4e2196e_0000085107-1.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6218/brn3c2af4e2196e_0000085107-2.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6219/brn3c2af4e2196e_0000085107-3.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6225/brn3c2af4e2196e_0000085113.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6228/brn3c2af4e2196e_0000085116.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6283/indicacao_375.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6286/brn3c2af4e2196e_0000085120.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6307/brn3c2af4e2196e_0000085123-1.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6308/brn3c2af4e2196e_0000085123-2.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6309/brn3c2af4e2196e_0000085123-3.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6311/brn3c2af4e2196e_0000085123-4.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6327/brn3c2af4e2196e_0000088738.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6328/brn3c2af4e2196e_0000088740.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6329/brn3c2af4e2196e_0000088743.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6330/brn3c2af4e2196e_0000088746-1.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6331/brn3c2af4e2196e_0000088746-2.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6332/brn3c2af4e2196e_0000088746-3.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6333/brn3c2af4e2196e_0000088752.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6335/brn3c2af4e2196e_0000088761-1.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6336/brn3c2af4e2196e_0000088761-2.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6337/brn3c2af4e2196e_0000088761-3.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6338/brn3c2af4e2196e_0000088761-4.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6339/brn3c2af4e2196e_0000088761-5.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6340/brn3c2af4e2196e_0000088761-6.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6341/brn3c2af4e2196e_0000088761-7.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6343/brn3c2af4e2196e_0000091430.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6344/brn3c2af4e2196e_0000088775.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6345/brn3c2af4e2196e_0000088777.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6346/brn3c2af4e2196e_0000088779.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6347/brn3c2af4e2196e_0000088783.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6350/brn3c2af4e2196e_0000091432.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6351/brn3c2af4e2196e_0000091484.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6352/brn3c2af4e2196e_0000091486.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6353/brn3c2af4e2196e_0000091489.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6354/brn3c2af4e2196e_0000091738.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6355/brn3c2af4e2196e_0000091742.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6356/brn3c2af4e2196e_0000091744.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6357/brn3c2af4e2196e_0000091747-1.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6358/brn3c2af4e2196e_0000091747-2.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6359/brn3c2af4e2196e_0000091747-3.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6360/brn3c2af4e2196e_0000091747-4.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6361/brn3c2af4e2196e_0000091747-5.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6362/brn3c2af4e2196e_0000091747-6.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6365/indicacao_413.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6366/indicacao_414.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6367/415.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6368/416.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6370/brn3c2af4e2196e_0000098962.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6371/418.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6372/419.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6373/420.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6374/brn3c2af4e2196e_0000096440.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6375/422.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6376/brn3c2af4e2196e_0000096452-4.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6377/brn3c2af4e2196e_0000096452-3.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6378/brn3c2af4e2196e_0000096452-2.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6379/brn3c2af4e2196e_0000096452-1.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6380/427.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6381/brn3c2af4e2196e_0000098960.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6382/429.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6383/430.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6384/431.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6385/432.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6386/433.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6388/brn3c2af4e2196e_0000096425.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6492/brn3c2af4e2196e_0000098952-4.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6493/brn3c2af4e2196e_0000098952-3.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6494/brn3c2af4e2196e_0000098952-2.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6495/brn3c2af4e2196e_0000105805.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6498/brn3c2af4e2196e_0000105808.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6502/brn3c2af4e2196e_0000098952-1.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6525/brn3c2af4e2196e_0000098950.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6527/brn3c2af4e2196e_0000098946-2.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6529/brn3c2af4e2196e_0000098946-1.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6535/brn3c2af4e2196e_0000098614.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6571/brn3c2af4e2196e_0000098573.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6572/brn3c2af4e2196e_0000098571.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6573/brn3c2af4e2196e_0000098549-6.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6594/brn3c2af4e2196e_0000105810.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6595/brn3c2af4e2196e_0000098549-5.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6596/brn3c2af4e2196e_0000098549-4.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6597/brn3c2af4e2196e_0000098549-3.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6603/brn3c2af4e2196e_0000098549-2.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6605/brn3c2af4e2196e_0000098549-1.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6606/brn3c2af4e2196e_0000105812-1.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6607/brn3c2af4e2196e_0000105812-2.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6608/brn3c2af4e2196e_0000105812-3.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6609/brn3c2af4e2196e_0000105812-4.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6610/brn3c2af4e2196e_0000105820.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6611/brn3c2af4e2196e_0000105822.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6612/brn3c2af4e2196e_0000105830-1.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6613/brn3c2af4e2196e_0000105830-2.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6614/brn3c2af4e2196e_0000105830-3.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6615/brn3c2af4e2196e_0000105830-4.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6616/brn3c2af4e2196e_0000105830-5.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6617/brn3c2af4e2196e_0000105830-6.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6618/brn3c2af4e2196e_0000105836.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6620/brn3c2af4e2196e_0000105839.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6621/brn3c2af4e2196e_0000105841.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6623/indicacao_469.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6624/brn3c2af4e2196e_0000105845.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6625/brn3c2af4e2196e_0000105847.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6628/brn3c2af4e2196e_0000108858.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6629/brn3c2af4e2196e_0000108860.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6630/brn3c2af4e2196e_0000108861.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6631/brn3c2af4e2196e_0000108876.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6632/brn3c2af4e2196e_0000108878.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6634/brn3c2af4e2196e_0000108879.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6635/brn3c2af4e2196e_0000108881.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6636/brn3c2af4e2196e_0000108884.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6637/brn3c2af4e2196e_0000108885.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6638/brn3c2af4e2196e_0000108887.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6639/brn3c2af4e2196e_0000108888.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6640/brn3c2af4e2196e_0000108890-1.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6641/brn3c2af4e2196e_0000108890-2.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6642/brn3c2af4e2196e_0000108890-3.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6643/brn3c2af4e2196e_0000108890-4.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6644/brn3c2af4e2196e_0000108890-5.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6676/488.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6679/489.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6740/490.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6741/491.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6752/492.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6758/493.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6760/494.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6765/495.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6766/496.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6767/497.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6768/498.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6776/indicacao_499_-_de_faixa_de_onibus_em_frente_ao_consorcio_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6780/indicacao_500_-_pintura_faixas_de_pedestres_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6783/indicacao_501_-_plaugrond_para_cmei_vila_santa_teresinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6803/indicacao_502_-_limpeza_de_terreno_rua_umurama_e_correio_de_mello_assinado.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6899/indicacao_503_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6900/indicacao_504_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6901/505.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6904/506_506.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6905/507_507.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6906/508_508.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6907/509_varredor_de_rua_-_jardim_bella_casa_assinado.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6908/510_-_redutor_de_velocidade_lombada_na_rua_cornelio_procopio_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6909/511-_semafaro_na_av_sao_paulo_com_av_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6910/512-_estacinamento_na_fatc_assinado.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6911/sandra-placa_de_transito_assinado.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6912/sandra_-_ubs_jardim_ipora_assinado.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6913/515-sinalizacao_na_rua_araras_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6914/516.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6915/brn3c2af4e2196e_0000119580.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6916/518_assinado.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6918/519.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6919/520.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7335/521_-_sandra_-_faixa_de_moto_assinado.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7336/522-_sandra_-_deck_jardim_botanico_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7337/523-sandra_-_apac_assinado.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7338/524-_sandra_-_pode_de_arvores_assinado.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7339/525-_sandra_recape_asfaltico_pocos_de_caldas_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7340/526-_carniato_-_lombada_na_rodovia_lazaro_bueno_assinado.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7341/527-_carniato_-_paisagismo_na_praca_dorvalino_frederico_assinado.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7342/528-_bertotti_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7343/529-_ze_maria_-_maranhaozinho_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7344/530-_ze_maria_-_parque_das_industrias1_assinado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7363/531-_ge_assinado_indicacao_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7368/532-_ge_assinado_indicacao_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7375/533-_jafferfazer_instalacao_de_telas_xurupita_assinado.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7377/534-_jaffer_linha_de_onibus_bairro_colonia_da_prefeitura_assinado.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7378/535-_animais_no_campinho_xurupita_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7456/536_-_horario_flexiveis_assinado.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7458/537_-_josane_atendimento_psicossocial_assinado.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7459/538-mulheres_vitimas_de_violencia_domestica._assinado.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7460/539-atendimento_odontologico_assinado.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7462/540-contratacao_de_mais_pediatra_e_neoropedriatra_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7469/sabao_indicacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7598/542-_carniato_indicacao_para_na_sala_de_procedimento_-_upa_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7599/543-_2024_rocada_mato_lago_furnas_assinado.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7600/544_-_emerson_bertotti_indicacao_1_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7601/545-2024_emerson_-1_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7645/546-_sandra__assinado.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7647/547-2024rodovia_lazaro_assinado.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7648/548-_sanitarios_na_prefeitura_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7651/549-_tampa_de_bueiro_rua_pato_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7659/550-_aquindauna_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7661/551-_furnas_2024_mina_assinado.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7664/552-_rotatoria_assinado.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7665/553-_redutores_de_velocidade_na_avenida_souza_naves_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7666/554-_placas_de_identificacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7667/555-_sandra_-_ponto_de_onibus_jardim_alvorada_assinado.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7668/556-_assinado.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7669/557_indicacao_84-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7670/558_indicacao_83-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7911/indicacao_559_-_emerson_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7912/indicacao_560_-_emerson_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7920/indicacao_561_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7922/indicacao_562_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7923/indicacao_563_-_emerson_assinado.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7926/indicacao_564_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7927/indicacao_565_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7928/indicacao_566_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7929/indicacao_567_-_josane_assinado1.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7931/brn3c2af4e2196e_0000127727.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7932/brn3c2af4e2196e_0000127730.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7933/brn3c2af4e2196e_0000127731.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7934/brn3c2af4e2196e_0000127733.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7935/indicacao_572_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7936/indicacao_573_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7939/indicacao_574_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7946/indicacao_575_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7951/indicacao_576_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7954/indicacao_577_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7961/indicacao_578_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7974/indicacao_579_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7987/indicacao_nando_assinado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8023/581_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8024/582_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8025/583_-_ze_maria_e_fio__assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8027/584_-_gertrudes.assinado.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8028/585_-_gertrudes.assinado_assinado_sandra1.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8029/mai_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8031/587_-_emerson_assinado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8032/588_-_emerson_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8033/589_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8034/590_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8041/591_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8042/592_-_gertrudes.assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8043/593_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8044/594_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8045/595_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8130/indicacao_596_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8135/brn3c2af4e2196e_0000128226.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8157/598_assinado.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8158/599_assinado.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8196/brn3c2af4e2196e_0000128224.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8215/601_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8216/602_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8217/603_assinado.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8218/604_assinado.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8219/brn3c2af4e2196e_0000128230.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8220/606_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8258/607_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8259/608_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8260/609_-_sandra_assinado1.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8262/610_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8264/611_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8265/612_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8267/613_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8268/614_-_carniato_assinado1.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8270/615_-_emerson_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8272/616_-_fernando_dorta_assinado.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8283/617_-_emerson_assinado_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8284/72_-_ponte_no_rio_pindauva.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8285/619_-_sabao1.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8286/620_-_nando_assinado1_assinado1.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8287/621_-_jaffer_assinado1.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8288/622_-_jaffer_assinado1.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8289/623_-_jaffer_assinado1.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8290/624_-_josane_assinado1.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8294/625_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8312/indicacao_97-2024.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8313/627_-_gertrudes_assinado_assinado1.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8323/628_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8391/629_-_emerson_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8392/630_-_carniato_assinado1.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8393/631_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8394/632_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8396/633_-_emerson_assinado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8397/634_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8432/635_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8434/636_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8436/637_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8437/638_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8584/indicacao_verbal_639_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8585/indicacao_verbal_640_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8590/641_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8591/642_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8592/643_gertrudes_assinado_.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8593/644_gertrudes_assinado_.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8597/645_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8598/sandra_-faixa_de_estacionamento.docx" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8599/647_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8600/648_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8602/galeria_-_rua_turunas_-_jardim_alto_da_gloria.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8604/650_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8608/651_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8621/652_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8625/653_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8627/654_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8628/655_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8629/656_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8667/657_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8669/658_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8702/659_-_gertrudes.docx" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8705/indicacao_-_limpeza_salao_-_monte_castelo-_sabao.docx" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8706/brn3c2af4e2196e_0000130324.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8707/brn3c2af4e2196e_0000130326.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8767/102-_reforma_bueiro.docx" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8768/103-reforma.docx" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8769/665_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8771/666_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8772/667_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8773/668_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8794/669_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8849/670_-_fio_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8850/671_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8855/672_-_fio_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8856/673_assinado.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8857/674_-_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8858/675_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8859/676_-_nando_assinado.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8864/677_-_jaffer_assinado_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8869/678_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8873/679_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8874/680_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8876/681_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8877/682_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8878/683_assinado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8880/684_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8881/685_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9037/686_-fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9038/687_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9071/688_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9074/689_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9075/690_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9089/691_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9090/692_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9093/693_-_sabao_assinado_.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9098/694_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9099/695_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9100/696_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9101/697_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9102/698_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9104/699_-_carniato_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9105/700_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9211/701_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9252/702_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9253/703_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9254/704_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9255/705_-_ze_maria.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9256/706_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9265/707_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9266/708_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9305/709_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9310/710__ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9422/711_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9423/712_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9424/713_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9425/714_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9426/715_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9427/716_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9428/717_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9429/718_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9430/719_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9431/720_-_carniato_assinado_assinado-1_assinado_1-2.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9432/721_-_sabao_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9433/722_-_sabao_assinado_.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9435/723_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9436/724_ge__assinado.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9437/725_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9492/726_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9494/727_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9497/728_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9514/729_-_gil_assinado1.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9515/730_-_ger_assinado.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9516/731_-_ge__assinado.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9530/brn3c2af4e2196e_0000131973.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9539/733_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9540/734_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9541/735_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9542/736_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9543/737_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9544/738_-_sabao.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9575/739_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9576/740_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9577/741_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9578/742_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9579/743_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9580/744_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9581/745_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9582/_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9584/747_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9585/748_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9588/749_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9589/750_-_sandra_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9592/751_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9642/752_-_carniato_assinado.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9643/753_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9644/754_-_ge_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9645/755_-_ge_assinado_.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9674/756_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9676/757_-_ze_maria_assinado.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9678/758_-_sabao_assinado.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9680/759_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9693/760_-_sandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9695/761_-_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4067/req._no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4078/requeirmento_02-_sandra_marcelo_alves.docx" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4434/requerimento_03-_jafferdocx.docx" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4459/requerimento_04-_jaffer_-___voto_de_pesar__pai_do_lek_lek.docx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4460/requerimento_5_2024.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4562/requerimento_06-_nando_-_voto_de_pesar_-_senhor_antonio_homenczuck.docx" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4659/requerimento_07.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4726/requerimento_8_2024.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4766/requerimento_9_2024.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/4804/requerimento_10_2024.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5016/requerimento_11_-_mocao_de_aplausos_subtentente_trova.docx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5051/requerimento_12_-_mocao_de_aplausos_juvec.docx" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5062/requerimento_13_-_voto_de_pesar_gelson_amaral.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5496/requerimento_14_2024.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5537/requerimento_15_2024.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5609/requerimento_16_2024.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5676/requerimento_17_2024.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5728/requerimento_18_2024.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5824/requerimento_19_2024.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/5827/requerimento_20_2024.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6068/brn3c2af4e2196e_0000083010.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6071/brn3c2af4e2196e_0000083013.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6101/brn3c2af4e2196e_0000083455.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6102/brn3c2af4e2196e_0000083456.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6118/brn3c2af4e2196e_0000083454.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6138/brn3c2af4e2196e_0000084318.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6142/requerimento_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6325/brn3c2af4e2196e_0000085174.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6326/brn3c2af4e2196e_0000085173.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6334/brn3c2af4e2196e_0000088623.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6349/brn3c2af4e2196e_0000088737.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6363/brn3c2af4e2196e_0000091429.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6369/brn3c2af4e2196e_0000096108.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6400/brn3c2af4e2196e_0000096483.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6405/brn3c2af4e2196e_0000096110.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6598/brn3c2af4e2196e_0000098398.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6627/requerimento_38_2024.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6633/brn3c2af4e2196e_0000108573.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6645/brn3c2af4e2196e_0000108572.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/6898/requerimento_voto_de_pesar_41_2024.docx" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/7671/requerimento_42-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8046/brn3c2af4e2196e_0000128119.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8137/brn3c2af4e2196e_0000128207.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8146/brn3c2af4e2196e_0000128214.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8242/requerimento_mocao_de_apoio_46-_edivaldo.docx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8853/requerimento_47_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8854/requerimento_48_-_fio_assinado.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/8879/requerimento_49_josane_assinado.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9036/req_-_50_mocao_de_aplausos_-christiane_sing_assinado.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9421/brn3c2af4e2196e_0000132423.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9439/requerimento_nc2ba_52-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9477/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/9675/requerimento_54_-_jaffer_assinado.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2024/10019/registro_de_chapa_ilsinho.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H944"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="114.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="211.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="210.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>