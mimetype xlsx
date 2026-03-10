--- v0 (2025-10-16)
+++ v1 (2026-03-10)
@@ -54,132 +54,132 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Luiz Carlos Gil</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_01.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a disponibilizar a pessoas físicas ou jurídicas, mediante concessão de uso gratuito ou em condições especiais, imóveis de sua propriedade, posse ou domínio, para finalidades de interesse público ou social ou de aproveitamento econômico de interesse municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2/ple_72_2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2/ple_72_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a alienação de bens imóveis que especifica, mediante processo licitatório na modalidade leilão, e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/4/ple_76_2023_a_merged.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/4/ple_76_2023_a_merged.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2275/ple_94_2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2275/ple_94_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a alienação de imóveis de sua propriedade, para fins de construção de unidades habitacionais no âmbito do programa Minha Casa Minha Vida, gerido pela Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2940/ple_99_2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2940/ple_99_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a custear despesas de tabelionato, registro e outros referentes a transferência de lote sob nº 48.890 à COHAPAR e dá outras providências.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Marcelo dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/3575/projeto_de_lei_n_109-2023_-_autorizacao_abertura_de_operacao_de_credito-assinado_e_com_anexo.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/3575/projeto_de_lei_n_109-2023_-_autorizacao_abertura_de_operacao_de_credito-assinado_e_com_anexo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito com a Agência de Fomento do Paraná S.A.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/67/pem_01-2023_ao_ple_no_01-2023_.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/67/pem_01-2023_ao_ple_no_01-2023_.docx</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 01/2023 do Poder Executivo, para fins de adequação das normas legislativas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -486,67 +486,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2/ple_72_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/4/ple_76_2023_a_merged.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2275/ple_94_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2940/ple_99_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/3575/projeto_de_lei_n_109-2023_-_autorizacao_abertura_de_operacao_de_credito-assinado_e_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/67/pem_01-2023_ao_ple_no_01-2023_.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2/ple_72_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/4/ple_76_2023_a_merged.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2275/ple_94_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2940/ple_99_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/3575/projeto_de_lei_n_109-2023_-_autorizacao_abertura_de_operacao_de_credito-assinado_e_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/67/pem_01-2023_ao_ple_no_01-2023_.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="165.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="164.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>