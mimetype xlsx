--- v0 (2026-01-23)
+++ v1 (2026-03-12)
@@ -54,198 +54,198 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/700/28092023164711arquivo_projetodeleilegislativo_12-2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/700/28092023164711arquivo_projetodeleilegislativo_12-2023.pdf</t>
   </si>
   <si>
     <t>Institui, no Município de Ivaiporã, o Roteiro Turístico Nossa Senhora do Mel, e dá outras providências.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/659/27092023152601arquivo_projetodeleilegislativo_16-2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/659/27092023152601arquivo_projetodeleilegislativo_16-2023.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Ivaiporã, Estado do Paraná, o Programa “A Câmara vai à Escola e a Escola vai à Câmara”.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/616/27092023112803arquivo_projetodeleilegislativo_21-2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/616/27092023112803arquivo_projetodeleilegislativo_21-2023.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização sobre a Carga Tributária, e dá outras providências.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Jaffer Ferreira, Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o calendário oficial do município de Ivaiporã- PR "Semana Municipal de Conscientização sobre a Doação de Sangue".</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
     <t>Institui o Banco do Brinquedo e do Livro de Ivaiporã-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_do_legislativo_no_28_-_2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_do_legislativo_no_28_-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição no Calendário Oficial do Município de Ivaiporã o evento intitulado “Festa Country”, e dá outras providências.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Carniato</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/705/projeto_de_lei_do_legislativo_no_29-_2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/705/projeto_de_lei_do_legislativo_no_29-_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “Dia do Marceneiro”, e dá outras providencias.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2321/pll_no_42-2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2321/pll_no_42-2023.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Ivaiporã, o mês “setembro caramelo”, dedicado às ações de adoção consciente de animais domésticos.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2354/pll_no_43-2023.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2354/pll_no_43-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Incentivo à Doação de Cabelo para Pessoas em Tratamento Contra o Câncer e dá outras providências.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2444/projeto_de_lei_nc2ba_45-2023_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2444/projeto_de_lei_nc2ba_45-2023_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Cultura Evangélica e o Dia Municipal do Evangélico.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_nc2ba_46-2023_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_nc2ba_46-2023_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a campanha de conscientização contra a mendicância "Não Dê Esmolas, Dê Oportunidades", no âmbito do Município de Ivaiporã-PR.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/3320/projeto_de_lei_nc2ba_48-2023_assinado.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/3320/projeto_de_lei_nc2ba_48-2023_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o programa “Sementes do Futuro” no município de Ivaiporã, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -552,67 +552,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/700/28092023164711arquivo_projetodeleilegislativo_12-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/659/27092023152601arquivo_projetodeleilegislativo_16-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/616/27092023112803arquivo_projetodeleilegislativo_21-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_do_legislativo_no_28_-_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/705/projeto_de_lei_do_legislativo_no_29-_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2321/pll_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2354/pll_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2444/projeto_de_lei_nc2ba_45-2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_nc2ba_46-2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/3320/projeto_de_lei_nc2ba_48-2023_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/700/28092023164711arquivo_projetodeleilegislativo_12-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/659/27092023152601arquivo_projetodeleilegislativo_16-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/616/27092023112803arquivo_projetodeleilegislativo_21-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_do_legislativo_no_28_-_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/705/projeto_de_lei_do_legislativo_no_29-_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2321/pll_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2354/pll_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2444/projeto_de_lei_nc2ba_45-2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei_nc2ba_46-2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2023/3320/projeto_de_lei_nc2ba_48-2023_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="124.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>