--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -54,10197 +54,10197 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11409</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Marcelo dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/11409/projeto_de_lei_complementar_n_01-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/11409/projeto_de_lei_complementar_n_01-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder a isenção do Imposto de Transmissão Sobre Bens Imóveis - ITBI sobre a permuta realizada entre os imóveis de que trata a Lei Municipal n° 3.653/2022.</t>
   </si>
   <si>
     <t>11428</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Luiz Carlos Gil</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/11428/projeto_de_lei_complementar_n_20-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/11428/projeto_de_lei_complementar_n_20-2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta as datas para vencimento de alvarás e licenças municipais para o exercício de 2023, concede descontos, e dá outras providências.</t>
   </si>
   <si>
     <t>7364</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7364/projeto_de_lei_01.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7364/projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder revisão geral anual dos salários e vencimentos dos servidores municipais correspondente ao período de Jan/2020 a Dez/2020 e dê outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_02.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/169/projeto_de_lei_03.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/169/projeto_de_lei_03.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.592, de 1° de setembro de 2021, que dispõe sobre a contratação de pessoal por tempo determinado, para a prestação de serviços no Departamento Municipal de Saúde, de forma a suprir a necessidade temporária de excepcional interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_04.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>Súmula: Autoriza a doação de terreno ao INSTITUTO FEDERAL DO PARANÁ – CAMPUS IVAIPORÃ, e dá outras providências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_05.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_05.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (R$. 1.778.000,00 (Um milhão, setecentos e setenta e oito mil reais).</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_06.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_06.pdf</t>
   </si>
   <si>
     <t>Súmula: Abre um Crédito Adicional Especial e dá outras providências._x000D_
 _x000D_
    O CHEFE DO PODER EXECUTIVO MUNICIPAL DE IVAIPORÃ/PR, SUBMETE À ANÁLISE E APROVAÇÃO DO PODER LEGISLATIVO O SEGUINTE PROJETO DE LEI:_x000D_
 _x000D_
 Art. 1.º: - Fica o Executivo Municipal autorizado a abrir no corrente exercício financeiro, um Crédito Adicional Especial na quantia de até R$. 2.060.000,00 (Dois milhões e sessenta mil reais), destinados a atender dotações não constantes do orçamento programa em execução, conforme classificação como segue:</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_07.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_07.pdf</t>
   </si>
   <si>
     <t>Súmula: Abre um Crédito Adicional Especial e dá outras providências._x000D_
 _x000D_
    O CHEFE DO PODER EXECUTIVO MUNICIPAL DE IVAIPORÃ/PR, SUBMETE À ANÁLISE E APROVAÇÃO DO PODER LEGISLATIVO O SEGUINTE PROJETO DE LEI:_x000D_
 _x000D_
 Art. 1º: - Fica o Executivo Municipal autorizado a abrir no corrente exercício financeiro, um Crédito Adicional Especial na quantia de até R$ 24.000,00 (Vinte e quatro mil reais), destinados a atender dotações não constantes do orçamento programa em execução, conforme classificação como segue:</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_08.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_08.pdf</t>
   </si>
   <si>
     <t>Súmula: Abre um Crédito Adicional Especial e dá outras providências._x000D_
 _x000D_
    O CHEFE DO PODER EXECUTIVO MUNICIPAL DE IVAIPORÃ/PR, SUBMETE À ANÁLISE E APROVAÇÃO DO PODER LEGISLATIVO O SEGUINTE PROJETO DE LEI:_x000D_
 _x000D_
 Art. 1.º: - Fica o Executivo Municipal autorizado a abrir no corrente exercício financeiro, um Crédito Adicional Especial na quantia de até R$. 250.000,00 (Duzentos e cinquenta mil reais), destinados a atender dotações não constantes do orçamento programa em execução, conforme classificação como segue:</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_09.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_09.pdf</t>
   </si>
   <si>
     <t>Súmula: Abre um Crédito Adicional Especial e dá outras providências._x000D_
 _x000D_
    O CHEFE DO PODER EXECUTIVO MUNICIPAL DE IVAIPORÃ/PR, SUBMETE À ANÁLISE E APROVAÇÃO DO PODER LEGISLATIVO O SEGUINTE PROJETO DE LEI:_x000D_
 _x000D_
 Art. 1.º: - Fica o Executivo Municipal autorizado a abrir no corrente exercício financeiro, um Crédito Adicional Especial na quantia de até R$. 249.970,00 (Duzentos e quarenta e nove mil, novecentos e setenta reais), destinados a atender dotações não constantes do orçamento programa em execução, conforme classificação como segue:</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_10.pdf</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_11.pdf</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_12.pdf</t>
   </si>
   <si>
     <t>Súmula: Autoriza a abertura de Créditos Adicionais   suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_de_lei_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_de_lei_18.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial, dos imóveis e frações ideais que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_de_lei_20.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_de_lei_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de novos cargos e suas respectivas atribuições e a ampliação de vagas do quadro de pessoal efetivo do Município de Ivaiporã/PR, em conformidade com a Lei Municipal 1.269, de 16/05/2005, e dá outras providências.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_21.pdf</t>
   </si>
   <si>
     <t>Estabelece normas e procedimentos relativos a ampliação do número de vagas para o Emprego Público na Administração Direta, em conformidade com o disposto em Lei Municipal n° 1.410, de 10 de maio de 2007, e dá outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_22.pdf</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_24.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.538/2021 que autoriza a doação de terreno ao ESTADO DO PARANÁ, e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_25.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_25.pdf</t>
   </si>
   <si>
     <t>Altera a denominação o Centro de Eventos Vera Vargas neste município para “Centro de Eventos Olívia Veríssima do Carmo Hauptmann”, e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_26.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_26.pdf</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_27.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_27.pdf</t>
   </si>
   <si>
     <t>9260</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9260/ple_no_28-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9260/ple_no_28-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ordenamento e circulação dos carrinhos movidos por propulsão humana, carroças por tração animal e veículos automotores utilizados pelos trabalhadores informais, na coleta de resíduos sólidos recicláveis, nos logradouros públicos, no âmbito do município de lvaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_29.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_29.pdf</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/227/projeto_de_lei_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/227/projeto_de_lei_30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado, para a prestação de serviços na Secretaria Municipal de Educação, de forma a suprir a necessidade temporária de excepcional interesse público e dá outras providências.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/228/projeto_de_lei_31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/228/projeto_de_lei_31.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de interesse público da Diretoria Municipal de Agricultura a Abastecimento, Diretoria Municipal de Meio Ambiente e Serviços Urbanos e Diretoria Municipal de Indústria, Comércio, Turismo e Agronegócios, Tecnologia e Inovação, nos termos do inciso IX do artigo 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/229/projeto_de_lei_32.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/229/projeto_de_lei_32.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.177, de 18 de julho de 2018, a qual dispõe sobre a ocupação de próprios residenciais municipais ou de outros imóveis utilizados em serviço público municipal de domínio do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/230/projeto_de_lei_33.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/230/projeto_de_lei_33.pdf</t>
   </si>
   <si>
     <t>Define como Área de ZEIS – Zona Especial de Interesse Social para Regularização Fundiária, e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/231/projeto_de_lei_34.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/231/projeto_de_lei_34.pdf</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/232/projeto_de_lei_35.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/232/projeto_de_lei_35.pdf</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/233/projeto_de_lei_36.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/233/projeto_de_lei_36.pdf</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/234/projeto_de_lei_37.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/234/projeto_de_lei_37.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exploração do serviço temporário de passeio turístico por meio de TRENZINHOS DA ALEGRIA e dá outras providências.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/235/projeto_de_lei_38.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/235/projeto_de_lei_38.pdf</t>
   </si>
   <si>
     <t>Transfere a denominação do “Centro de Eventos Vera Vargas” neste município para o Centro da Melhor Idade, denomina o “Centro de Eventos Olívia Veríssima do Carmo Hauptmann” e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/237/projeto_de_lei_39.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/237/projeto_de_lei_39.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a disponibilizar recursos financeiros à Câmara da Mulher Empreendedora e Gestora de Ivaiporã – CMEG, para a locação de ônibus e dá outras providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_40.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_40.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder revisão geral anual dos salários e vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_41.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_41.pdf</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_lei_43.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_lei_43.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal dos Direitos da Pessoa com Deficiência, da criação do Conselho Municipal da Pessoa com Deficiência de Ivaiporã – CMPCDI, do Fundo Municipal da Pessoa com Deficiência de Ivaiporã – FMPDI e dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_44.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_44.pdf</t>
   </si>
   <si>
     <t>Acrescenta artigos a Lei Municipal nº 2.099/2011, institui a utilização e distribuição de sacolas biodegradáveis com cores distintas no comércio varejista do ramo de gêneros alimentícios e congêneres, para colaboração da separação de resíduos sólidos, pela população do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_45.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_45.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de interesse público da Diretoria Municipal Assistência Social, nos termos do inciso IX do artigo 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_de_lei_46.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_de_lei_46.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.520/2021, que autoriza o Executivo Municipal a realizar a desapropriação amigável ou judicial, da fração ideal do imóvel que específica e dá outras providências.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/262/projeto_de_lei_47.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/262/projeto_de_lei_47.pdf</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_48.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_48.pdf</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_49.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_49.pdf</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_50.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_50.pdf</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/283/projeto_de_lei_51.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/283/projeto_de_lei_51.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar desapropriação amigável ou judicial do imóvel que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_52.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_52.pdf</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/285/projeto_de_lei_53.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/285/projeto_de_lei_53.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Ivaiporã/PR a receber em forma de DOAÇÃO SEM ÔNUS, o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_54.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_54.pdf</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_55.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_55.pdf</t>
   </si>
   <si>
     <t>Fixa o valor da diária do Prefeito, Vice-Prefeito, Diretores, Procuradores, Controlador Interno, Assessores, Gerentes e Servidores do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_56.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_56.pdf</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_57.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_57.pdf</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_59.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_59.pdf</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_60.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_60.pdf</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_de_lei_61.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_de_lei_61.pdf</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/293/projeto_de_lei_62.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/293/projeto_de_lei_62.pdf</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/294/projeto_de_lei_63.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/294/projeto_de_lei_63.pdf</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/295/projeto_de_lei_64.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/295/projeto_de_lei_64.pdf</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_de_lei_65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_de_lei_65.pdf</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_66.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_66.pdf</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_67.pdf</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_68.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_68.pdf</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/306/projeto_de_lei_69.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/306/projeto_de_lei_69.pdf</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_lei_70.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_lei_70.pdf</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_71.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_71.pdf</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_72.pdf</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_73.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_73.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.502/2020, que autoriza o Executivo Municipal a permutar parte das áreas institucionais para equipamentos comunitários do Loteamento Recanto das Oliveiras por obras de infraestrutura na rua Três Marias, Jardim Iporã, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_74.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/317/projeto_de_lei_75.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/317/projeto_de_lei_75.pdf</t>
   </si>
   <si>
     <t>Institui a REDE INTERSETORIAL DE PROTEÇÃO E ENFRENTAMENTO A VIOLÊNCIA CONTRA CRIANÇAS, ADOLESCENTES E IDOSOS no município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/319/projeto_de_lei_76.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/319/projeto_de_lei_76.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do novo piso de vencimento dos Agentes Comunitários de Saúde - ACS e de Agentes de Combate às Endemias - ACE e dá outras providências.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/321/projeto_de_lei_77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/321/projeto_de_lei_77.pdf</t>
   </si>
   <si>
     <t>Súmula: Abre um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_78.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_78.pdf</t>
   </si>
   <si>
     <t>Suprime o item 237 do Anexo I, da Lei Municipal n° 3.490/2020 e o item 101 do Anexo I, da Lei 3.527/2021, que autorizam o Poder Executivo Municipal a promover LEILÃO PÚBLICO DE BENS INSERVÍVEIS para alienar veículos, equipamentos e sucatas inservíveis de propriedade da Prefeitura Municipal de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_79.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei_80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei_80.pdf</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_81.pdf</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_82.pdf</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_83.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.655/2022, que dispõe sobre a criação de novos cargos e suas respectivas atribuições e a ampliação de vagas do quadro de pessoal efetivo do Município de Ivaiporã/PR, em conformidade com a Lei Municipal 1.269, de 16/05/2005, e dá outras providências</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar a doação de imóveis aos titulares do Programa SUB-50, instituído pela Lei Municipal n° 2.864/2016, e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_85.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal de Ivaiporã – REFIS IVAIPORÃ 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_86.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_86.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_87.pdf</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_89.pdf</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_90.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.409/2019, que que dispõe sobre o Plano de Cargos, Carreira a Remuneração do Magistério Público Municipal de Ivaiporã - Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_91.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_91.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Esporte e Lazer, institui a Conferência Municipal de Esporte e Lazer e cria o Fundo Municipal de Esporte e Lazer do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/357/projeto_de_lei_92.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/357/projeto_de_lei_92.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 2.354/2013, que institui a semana da Pátria no Município de Ivaiporã, Estado do Paraná, a ser comemorada anualmente, de 01 a 07 de setembro e dá outras providências.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_93.pdf</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_94.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 1.940/2011, que dispõe sobre a política de Desenvolvimento Industrial do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_95.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da realização do procedimento de cadastramento anual na modalidade "Prova de Vida", dos aposentados e pensionistas vinculados ao Município de Ivaiporã/PR, para fins de manutenção dos benefícios de aposentadoria e pensão e dá outras providências.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_96.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.549, de 15 de junho de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_97.pdf</t>
   </si>
   <si>
     <t>Institui o CONSELHO MUNICIPAL DE CULTURA e o FUNDO MUNICIPAL DE CULTURA em apoio ao desenvolvimento da Cultura do Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_98.pdf</t>
   </si>
   <si>
     <t>Introduz alterações nas Leis Municipais n°s 3.716 e 3.718/2022, que autorizam o Executivo Municipal a realizar a desapropriação amigável ou judicial de imóveis e dão outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei_99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei_99.pdf</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/369/projeto_de_lei_100.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/369/projeto_de_lei_100.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de “Manoel Lourenço Filho" ao Parque Industrial II, nesta cidade de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_101.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_101.pdf</t>
   </si>
   <si>
     <t>Denomina a rua DAVID BENUTTI, no município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_102.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_102.pdf</t>
   </si>
   <si>
     <t>Súmula: Estima Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_103.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_103.pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_104.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_104.pdf</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_105.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_105.pdf</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_106.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_106.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 2.790/2016, que institui o Programa de Aprendizagem no âmbito do Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_107.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_107.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.635/2021, que dispõe sobre a concessão de incentivos à inovação e à pesquisa científica e tecnológica no ambiente produtivo, social e ambiental e dá outras providências no âmbito do Município de Ivaiporã/PR, conforme o disposto nas Leis Federais nº 10.973/2004 e alterações, e 13.243/2016, no que couber e dá outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_108.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_108.pdf</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_109.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_109.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover LEILÃO PÚBLICO para alienar veículos inservíveis de propriedade da Prefeitura Municipal de Ivaiporã/PR, e dá outras providências</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_110.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_110.pdf</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_111.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_111.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 2.872, de 13 de outubro de 2016, a qual dispõe sobre a Estrutura Administrativa da Prefeitura do Município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_112.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_112.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel a UEM - UNIVERSIDADE ESTADUAL DE MARINGÁ, e dá outras providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_113.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_113.pdf</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_114.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_114.pdf</t>
   </si>
   <si>
     <t>Denomina o “Parque de Exposições de Ivaiporã”, neste município, Estado do Paraná</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_115.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_115.pdf</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/152/projeto_de_lei_116.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/152/projeto_de_lei_116.pdf</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/153/projeto_de_lei_117.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/153/projeto_de_lei_117.pdf</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_118.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_118.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a deixar de aplicar a correção inflacionária referente ao exercício fiscal de 2023 em relação ao Imposto sobre Propriedade Territorial e Predial Urbana (IPTU) e à Contribuição para o Custeio da Iluminação Pública (COSIP), e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_119.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_119.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_120.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_120.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_121.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_121.pdf</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_122.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_122.pdf</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_123.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_123.pdf</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_124.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_124.pdf</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_125.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_125.pdf</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Nando Dorta, Josane Disner, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Introduz alterações na Lei nº 2.515, de 18 de Setembro de 2014. alterando a competência exclusiva da Presidência da Mesa diretiva.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2086/brn3c2af4e2196e_0000065436.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2086/brn3c2af4e2196e_0000065436.pdf</t>
   </si>
   <si>
     <t>Concede reajuste, a titulo de revisão geral anual aos subsídios dos vereadores da Cãmara municipal de Ivaiporã, relativa a inflação acumulada no ano de 2021, e dá outras  providências.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2087/brn3c2af4e2196e_0000065447.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2087/brn3c2af4e2196e_0000065447.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 1º da Lei Municipal nº 2.422 de 15 de janeiro de 2014.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2089/brn3c2af4e2196e_0000065453.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2089/brn3c2af4e2196e_0000065453.pdf</t>
   </si>
   <si>
     <t>Projeto '' uma criança, Uma Árvore no Âmbito do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2092/brn3c2af4e2196e_0000065460.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2092/brn3c2af4e2196e_0000065460.pdf</t>
   </si>
   <si>
     <t>Introduz alteraçoes na lei 2.515 de 18 de setembro de 2014</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2107/brn3c2af4e2196e_0000065471.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2107/brn3c2af4e2196e_0000065471.pdf</t>
   </si>
   <si>
     <t>Ved A VACINAÇÃO COMPULSÓRIA E A COBRANÇA DO PASSAPORTE.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2120/brn3c2af4e2196e_0000065475.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2120/brn3c2af4e2196e_0000065475.pdf</t>
   </si>
   <si>
     <t>institui negociação de débitos com concessionárias de energia elétrica e de agua, e da outras proviências.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2122/brn3c2af4e2196e_0000065483.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2122/brn3c2af4e2196e_0000065483.pdf</t>
   </si>
   <si>
     <t>Institui o projeto  Valorização da cultura Municipal.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2130/brn3c2af4e2196e_0000065487.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2130/brn3c2af4e2196e_0000065487.pdf</t>
   </si>
   <si>
     <t>Institui a campanha Esporte nota 100.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2131/brn3c2af4e2196e_0000065495.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2131/brn3c2af4e2196e_0000065495.pdf</t>
   </si>
   <si>
     <t>Programa Lanche solidário</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>Carniato</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2132/01112023083010arquivo_projetodeleilegislativo_12-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2132/01112023083010arquivo_projetodeleilegislativo_12-2022.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO PELO AUTOR EM 02/05/2022</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2133/01112023083843arquivo_projetodeleilegislativo_13-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2133/01112023083843arquivo_projetodeleilegislativo_13-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a utilizar cascalhamento em carreadores de acesso a propriedades rurais produtivas, e dá outras providências._x000D_
 ARQUIVADO</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2136/01112023085931arquivo_projetodeleilegislativo_14-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2136/01112023085931arquivo_projetodeleilegislativo_14-2022.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei nº 3.572, de 26 de julho de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2152/01112023094943arquivo_projetodeleilegislativo_16-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2152/01112023094943arquivo_projetodeleilegislativo_16-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 16/2022, do Legislativo. Autoria: Gertrudes Bernardy. Súmula: Reconhece a União de Câmaras, Vereadores e Gestores Públicos do PARANÁ - UVEPAR, como entidade representativa da Câmara Municipal de Ivaiporã e dá outras providências. (Através da filiação, a Câmara Municipal, Parlamentares e demais agentes públicos passarão a contar com um pacote exclusivo de benefícios).</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Institui o Mês "Maio Amarelo", como o mês de prevenção de acidentes de trânsito no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2167/01112023104617arquivo_projetodeleilegislativo_18-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2167/01112023104617arquivo_projetodeleilegislativo_18-2022.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 18/2022, do Legislativo. Autoria: Gertrudes Bernardy. Súmula: Institui o Agente Mirim de Combate à Dengue no município de Ivaiporã e da outra providencias.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2172/01112023111607arquivo_projetodeleilegislativo_19-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2172/01112023111607arquivo_projetodeleilegislativo_19-2022.pdf</t>
   </si>
   <si>
     <t>Institui a divulgação da listagem dos medicamentos disponíveis e em falta na rede pública municipal de Saúde.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2178/01112023132348arquivo_projetodeleilegislativo_20-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2178/01112023132348arquivo_projetodeleilegislativo_20-2022.pdf</t>
   </si>
   <si>
     <t>Institui a “Semana de Conscientização, prevenção e combate à Sepse”, no âmbito do Município de Ivaiporã, e dá outras providências. (A sepse é um conjunto de manifestações graves em todo o organismo produzidas por uma infecção, a qual era conhecida antigamente como septicemia ou infecção no sangue).</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2180/01112023132755arquivo_projetodeleilegislativo_21-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2180/01112023132755arquivo_projetodeleilegislativo_21-2022.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal de Luta para a Redução da Mortalidade Materna no Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2182/01112023133328arquivo_projetodeleilegislativo_22-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2182/01112023133328arquivo_projetodeleilegislativo_22-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Prêmio Mulheres Empreendedoras de Ivaiporã no município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2186/01112023134345arquivo_projetodeleilegislativo_23-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2186/01112023134345arquivo_projetodeleilegislativo_23-2022.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal de Luta pela Saúde da Mulher no Município de Ivaiporã e dá outras providências._x000D_
 ARQUIVADO</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2191/01112023141507arquivo_projetodeleilegislativo_24-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2191/01112023141507arquivo_projetodeleilegislativo_24-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre treinamento em noções básicas de primeiros socorros, de professores e funcionários, dos Centros Municipais de Educação Infantil (CMEI) e Escolas Municipais.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>Gertrudes, Carniato, Fio Bertotti, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Vila Real, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2195/01112023143414arquivo_projetodeleilegislativo_25-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2195/01112023143414arquivo_projetodeleilegislativo_25-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Educação Ambiental das Escolas Municipais, e a Política de Educação Ambiental no Município de Ivaiporã/PR, na forma estabelecida nesta Lei, e dá outras providências. Autoria: todos os vereadores</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2202/01112023144024arquivo_projetodeleilegislativo_26-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2202/01112023144024arquivo_projetodeleilegislativo_26-2022.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal nº 3.643/2022, que dispõe sobre a Lei Orçamentária Anual e dá outras providências.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2206/01112023144531arquivo_projetodeleilegislativo_27-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2206/01112023144531arquivo_projetodeleilegislativo_27-2022.pdf</t>
   </si>
   <si>
     <t>"Institui Outubro como mês de Conscientização e Proteção dos Direitos dos Animais" no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2208/01112023144748arquivo_projetodeleilegislativo_28-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2208/01112023144748arquivo_projetodeleilegislativo_28-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha do Agasalho "Vamos aquecer um Coração Ivaiporãense", no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>Gertrudes, Carniato, Fio Bertotti, Jaffer Ferreira, Sabão - Edivaldo Montanheri, Vila Real, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2212/01112023145009arquivo_projetodeleilegislativo_29-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2212/01112023145009arquivo_projetodeleilegislativo_29-2022.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei nº 2.114/2012, que fixa valores de diárias pagas aos membros do Poder Legislativo do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2217/01112023145613arquivo_projetodeleilegislativo_30-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2217/01112023145613arquivo_projetodeleilegislativo_30-2022.pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal da saúde mental, no âmbito do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>Josane Disner, Carniato</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2219/01112023150029arquivo_projetodeleilegislativo_31-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2219/01112023150029arquivo_projetodeleilegislativo_31-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Banco de Ração do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>Carniato, Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2221/01112023150322arquivo_projetodeleilegislativo_32-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2221/01112023150322arquivo_projetodeleilegislativo_32-2022.pdf</t>
   </si>
   <si>
     <t>Fixa percentual mínimo de unidades dos programas habitacionais implantados em Ivaiporã, para mulheres vítimas de violência, e dá outras providências.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2223/01112023150537arquivo_projetodeleilegislativo_33-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2223/01112023150537arquivo_projetodeleilegislativo_33-2022.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal nº 3.575, de 26 de julho de 2021, modificando o nome do Roteiro Turístico “das Santas Chagas de Cristo” para “Caminho Jesus das Santas Chagas”.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2224/01112023150740arquivo_projetodeleilegislativo_34-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2224/01112023150740arquivo_projetodeleilegislativo_34-2022.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de “Josias Ferreira da Silva” ao Campo de futebol do Bairro Alto da Glória, nesta cidade de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2227/01112023151028arquivo_projetodeleilegislativo_35-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2227/01112023151028arquivo_projetodeleilegislativo_35-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Semana da Valorização da Família na Rede Municipal de Ensino de Ivaiporã e da outra providencias.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2298/06112023101650arquivo_projetodeleilegislativo_36-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2298/06112023101650arquivo_projetodeleilegislativo_36-2022.pdf</t>
   </si>
   <si>
     <t>Institui os Jogos Escolares Municipais no município de Ivaiporã e da outra providencias.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2301/06112023102055arquivo_projetodeleilegislativo_37-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2301/06112023102055arquivo_projetodeleilegislativo_37-2022.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário do Município de Ivaiporã a “Semana Municipal da Criatividade e Inovação”, e dá outras providências.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2305/06112023102248arquivo_projetodeleilegislativo_38-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2305/06112023102248arquivo_projetodeleilegislativo_38-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa "Incubadora Industrial" no Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>Josane Disner, Nando Dorta</t>
   </si>
   <si>
     <t>Institui o Banco Municipal de Órteses, Próteses e Aparelhos Locomotores para atendimento às pessoas com deficiência e/ou mobilidade reduzida, do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2310/06112023102659arquivo_projetodeleilegislativo_40-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2310/06112023102659arquivo_projetodeleilegislativo_40-2022.pdf</t>
   </si>
   <si>
     <t>Institui o “Programa de Cooperação e Código Sinal Vermelho”, com medida de enfrentamento e de prevenção á violência doméstica e familiar, nos termos da Lei Federal nº 11.340, de 7 de agosto de 2006, e do Decreto Lei nº 2.848, de 7 de dezembro de 1940, do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2312/06112023102819arquivo_projetodeleilegislativo_41-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2312/06112023102819arquivo_projetodeleilegislativo_41-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o município da instituir a prioridade no atendimento dos portadores de diabetes, do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2313/06112023103009arquivo_projetodeleilegislativo_42-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2313/06112023103009arquivo_projetodeleilegislativo_42-2022.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "Sadi Marcondes Mendes" a Praça do Distrito do Alto Porã, nesta cidade de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2314/06112023103209arquivo_projetodeleilegislativo_43-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2314/06112023103209arquivo_projetodeleilegislativo_43-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Conectividade para as escolas públicas municipais de Ivaiporã - PR.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>Fio Bertotti, Carniato, Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2315/06112023103352arquivo_projetodeleilegislativo_44-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2315/06112023103352arquivo_projetodeleilegislativo_44-2022.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Orlando Sanchez" a Unidade Básica de Saúde do Distrito do Alto Porã em Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2317/06112023103641arquivo_projetodeleilegislativo_45-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2317/06112023103641arquivo_projetodeleilegislativo_45-2022.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua "B", no Loteamento Florais do Paraná, neste Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2323/06112023103914arquivo_projetodeleilegislativo_46-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2323/06112023103914arquivo_projetodeleilegislativo_46-2022.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "Professor Roberto Gallo" à Escola Municipal localizada na Avenida Espanha, Jardim Europa, lote (48-a-rem-rem-A)-rem em Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2326/06112023104120arquivo_projetodeleilegislativo_47-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2326/06112023104120arquivo_projetodeleilegislativo_47-2022.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "Iraci Fraga Matias" a Unidade Básica de Saúde da Vila Nova Porã, no Município de Ivaiporã, Estado do Paraná._x000D_
 ARQUIVADO PELO AUTOR</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>Gertrudes, Carniato, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2329/06112023104428arquivo_projetodeleilegislativo_48-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2329/06112023104428arquivo_projetodeleilegislativo_48-2022.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "Victor Augusto Dardani Moreira da Silva" a Unidade Básica de Saúde do Jardim Luiz XV, no Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>Nando Dorta, Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2330/06112023104618arquivo_projetodeleilegislativo_49-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2330/06112023104618arquivo_projetodeleilegislativo_49-2022.pdf</t>
   </si>
   <si>
     <t>Denomina as Ruas Projetadas "A", "C", "D" e "E", no Loteamento Industrial Florais do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2331/06112023104841arquivo_projetodeleilegislativo_50-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2331/06112023104841arquivo_projetodeleilegislativo_50-2022.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada "A", no Conjunto Habitacional Waldomiro Bleis Guergoletti, e dá outras providências.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2332/06112023105201arquivo_projetodeleilegislativo_51-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2332/06112023105201arquivo_projetodeleilegislativo_51-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Combate à Dengue e outras Endemias, no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2333/06112023105350arquivo_projetodeleilegislativo_52-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2333/06112023105350arquivo_projetodeleilegislativo_52-2022.pdf</t>
   </si>
   <si>
     <t>Denomina o Ambulatório Médico de Especialidades de Ivaiporã-PR, como Dr. Marcos Gevert, e dá outras providências.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2334/06112023105542arquivo_projetodeleilegislativo_53-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2334/06112023105542arquivo_projetodeleilegislativo_53-2022.pdf</t>
   </si>
   <si>
     <t>Denomina a Casa da Memória de Ivaiporã -PR, como Josefa Aparecida Pacheco, e dá outras providências._x000D_
 RETIRADO PELO AUTOR EM 19/12/2022</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2337/06112023105806arquivo_projetodeleilegislativo_54-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2337/06112023105806arquivo_projetodeleilegislativo_54-2022.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Praça FRANÇA, no Bairro Jardim Europa, neste Município de Ivaiporã, Estado do Paraná. (Praça Adel Celestino Carneiro)</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2340/06112023110755arquivo_projetodeleilegislativo_55-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2340/06112023110755arquivo_projetodeleilegislativo_55-2022.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada “A”, no Jardim Pires, e dá outras providências. (Rua José Maria Faustino)</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2341/06112023110955arquivo_projetodeleilegislativo_56-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2341/06112023110955arquivo_projetodeleilegislativo_56-2022.pdf</t>
   </si>
   <si>
     <t>Dá denominação de “Praça França” a Praça situada na Avenida Souza Naves, núm. 615, Centro, em Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2344/06112023111327arquivo_projetodeleilegislativo_57-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2344/06112023111327arquivo_projetodeleilegislativo_57-2022.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua Projetada "F", no Conjunto Habitacional Waldomiro Bleis Guergoletti, e dá outras providências. (Rua Leopoldo Bernardy)</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Transfere a denominação da “Praça José Pedro de Andrade” para a “Praça Alemanha” no Jardim Europa e faz adequação da denominação da “Praça José Pedro de Andrade” para “Praça Japão” situada nas confluências da Rua Arapongas com a Avenida Castelo Branco, Centro, em Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2351/06112023112312arquivo_projetodeleilegislativo_59-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2351/06112023112312arquivo_projetodeleilegislativo_59-2022.pdf</t>
   </si>
   <si>
     <t>Da denominação de "Parque de Exposições de Ivaiporã - EXPOVALE" às frações ideais desapropriadas do parque de exposições situado no trevo de acesso para Ivaiporã, no encontro da PR-466 com a Rodovia Municipal Lazaro Bueno, em Ivaiporã, no Estado do Paraná._x000D_
 ARQUIVADO  EM 01/12/2022</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2391/06112023153529arquivo_projetodeleilegislativo_60-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2391/06112023153529arquivo_projetodeleilegislativo_60-2022.pdf</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2393/06112023153915arquivo_projetodeleilegislativo_61-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2393/06112023153915arquivo_projetodeleilegislativo_61-2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Emílio Ganzert, em toda a extensão, a via pública que se inicia na Praça Mário Moreira Bonfim e finda na Estrada Pedro Galeano, nesta cidade de Ivaiporã, Estado do Paraná, nos moldes do art. 61, XIII, ‘a’ da Lei Orgânica Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2395/06112023154055arquivo_projetodeleilegislativo_62-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2395/06112023154055arquivo_projetodeleilegislativo_62-2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Benedito Prado, em toda sua extensão, a via pública que se inicia na Avenida Maranhão (entre as chácaras-cidade 372-A e 406), passando pela estrada rural e findando na Rua Santo Antônio, no Jardim Iporã, nesta cidade de Ivaiporã, Estado do Paraná, nos moldes do art. 61, XIII, ‘a’ da Lei Orgânica Municipal, e dá outras providências</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/4196/pll_63_2022_josane_disner.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/4196/pll_63_2022_josane_disner.pdf</t>
   </si>
   <si>
     <t>Denomina o Condominio do Idoso de Ivaiporã-PR, como Carlos Pereira "Carlito", e da outras providências.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>Gertrudes, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2398/06112023154419arquivo_projetodeleilegislativo_64-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2398/06112023154419arquivo_projetodeleilegislativo_64-2022.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal nº 2.515, de 18 de setembro de 2014, criando as funções gratificadas de Gestor de Contrato e de Agente de Planejamento da Contratação, e dá outras providências.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2399/06112023154624arquivo_projetodeleilegislativo_65-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2399/06112023154624arquivo_projetodeleilegislativo_65-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha “Esporte Nota 100”, no Município de Ivaiporã e dá outras providências._x000D_
 ARQUIVADO PELA AUTORA.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2400/06112023154925arquivo_projetodeleilegislativo_66-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2400/06112023154925arquivo_projetodeleilegislativo_66-2022.pdf</t>
   </si>
   <si>
     <t>Fixa o Subsídio dos Vereadores e Presidente do Poder Legislativo do Município de Ivaiporã, para o período da Legislatura de 2025 a 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2405/06112023155604arquivo_projetodeleilegislativo_67-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2405/06112023155604arquivo_projetodeleilegislativo_67-2022.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito, do Procurador Geral do Município e dos Diretores Municipais do Poder Executivo de Ivaiporã para o período da Legislatura de 2025 a 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2410/06112023160758arquivo_projetodeleilegislativo_68-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2410/06112023160758arquivo_projetodeleilegislativo_68-2022.pdf</t>
   </si>
   <si>
     <t>Institui direitos sociais aos agentes políticos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>7753</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7753/projeto_de_decreto_02.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7753/projeto_de_decreto_02.pdf</t>
   </si>
   <si>
     <t>Concede Títulos de Cidadão Honorário de Ivaiporã, Estado do Paraná, ao Senhor ADEMAR LUIZ TRAIANO e dá outras providências.</t>
   </si>
   <si>
     <t>7752</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7752/projeto_de_decreto_03.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7752/projeto_de_decreto_03.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Ivaiporã, Estado do Paraná, ao Senhor Odacir Antônio Zanatta.</t>
   </si>
   <si>
     <t>7751</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7751/projeto_de_decreto_04.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7751/projeto_de_decreto_04.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Sérgio de Souza.</t>
   </si>
   <si>
     <t>7750</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7750/projeto_de_decreto_05.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7750/projeto_de_decreto_05.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Senhor NOBERTO ANACLETO ORTIGARA e dá outras providências.</t>
   </si>
   <si>
     <t>7749</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7749/projeto_de_decreto_06.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7749/projeto_de_decreto_06.pdf</t>
   </si>
   <si>
     <t>Referenda a doação de móveis ao Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>7748</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7748/projeto_de_decreto_07.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7748/projeto_de_decreto_07.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de licença ao Prefeito Municipal, Sr. Luiz Carlos Gil e dá outras providências.</t>
   </si>
   <si>
     <t>7745</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Vila Real, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7745/projeto_de_decreto_08.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7745/projeto_de_decreto_08.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para a realização de Concurso Público, e dá outras providências.</t>
   </si>
   <si>
     <t>7736</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7736/projeto_de_decreto_09.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7736/projeto_de_decreto_09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestação de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2019.</t>
   </si>
   <si>
     <t>7735</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7735/projeto_de_decreto_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7735/projeto_de_decreto_10.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Senhor EDSON AIRES DA SILVA e dá outras providências.</t>
   </si>
   <si>
     <t>7734</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7734/projeto_de_decreto_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7734/projeto_de_decreto_11.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Senhor Carlos Alberto Gebrim Preto ( Beto Preto) e dá outras providências.</t>
   </si>
   <si>
     <t>7733</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7733/projeto_de_decreto_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7733/projeto_de_decreto_12.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de licença ao Prefeito Municipal, Sr. Luiz Carlos Gil, e dá outras providências.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3315/pr_1_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3315/pr_1_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3314/pr_2_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3314/pr_2_2022.pdf</t>
   </si>
   <si>
     <t>Ficam os senhores Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes da Lei nº 2.114/2012, a partir do dia 1º de fevereiro de 2022 à 31 de dezembro de 2022.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3313/pr_3_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3313/pr_3_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento administrativo para a realização de pesquisa de preços para a aquisição de bens e contratação de serviços em geral, no âmbito do Poder Legislativo de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3304/pr_4_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3304/pr_4_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a filiação da Câmara Municipal de Ivaiporã, à União de Câmaras, Vereadores e Gestores Públicos do Paraná - UVEPAR.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3302/pr_5_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3302/pr_5_2022.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Resolução nº 6/2015, que institui o Plano de Cargos, Carreiras e Salários dos Servidores da Câmara do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3301/pr_6_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3301/pr_6_2022.pdf</t>
   </si>
   <si>
     <t>Súmula: Introduz alterações na Resolução nº 5/2007, que estabelece o Regimento Interno da Câmara Municipal de Ivaiporã, Estado do Paraná._x000D_
 Ementa: Objetiva a punição pecuniária ao vereador membro da Comissão Permanente, ao ultrapassar o número máximo de faltas designadas pelo Regimento Interno desta Casa de Leis e a tolerância para eventual atraso do Vereador.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3300/pr_7_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3300/pr_7_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as etapas do planejamento da contratação para aquisição de bens e contratações de serviços sob o regime de execução indireta, no âmbito do Poder Legislativo de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GP</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3299/pr_8_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3299/pr_8_2022.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial no valor de R$ 10.000,00 (Dez Mil Reais), destinados a atender dotações constantes no orçamento programa da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>8904</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8904/indicacao_198-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8904/indicacao_198-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, a extensão do quebra mola na Rua Mangueira em frente ao bar do bugio, o quebra mola não se estende por toda rua, sendo assim os motorista estão desviando. Estudar uma maneira que os motoristas não possam desviar. foto em anexo.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>EAG</t>
   </si>
   <si>
     <t>Emenda Aglutinativa</t>
   </si>
   <si>
     <t>Comissões Permanentes - CP</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3303/pr_5_2022_ea_3_2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3303/pr_5_2022_ea_3_2022.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos do Projeto de Lei nº 5/2022 do Poder Legislativo, para fins de adequação da norma legislativa.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Carniato, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2129/brn3c2af4e2196e_0000065485.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2129/brn3c2af4e2196e_0000065485.pdf</t>
   </si>
   <si>
     <t>proposta de emenda modificativa nº 02/2022 ao projeto 09/2022</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>Zé Maria, Carniato, Fio Bertotti, Vila Real</t>
   </si>
   <si>
     <t>emenda substitutiva ao projeto  de lei 7/2022</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente para que realize uma melhoria nos meios fios e nas “bocas de lobo” na Avenida Maranhão em toda sua extensão onde se faz necessário, vez que, na referida Avenida os meios fios e as bocas de lobo se encontram bem danificados ou até mesmo com ausência da tampa de proteção.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>Fio Bertotti, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3238/indicacao_2-2022_emerson_e_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3238/indicacao_2-2022_emerson_e_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a aquisição de um Raio-X odontológico, para agilizar e melhorar o atendimento de pacientes que procuram o Centro Odontológico Municipal.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie melhorias de urbanização e a construção de calçadas e alargamento, da rua Três Marias que liga a vila Santa Terezinha ao Jardim Iporã.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3241/indicacao_4-2022_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3241/indicacao_4-2022_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o recapeamento da rua Mangueira que dá acesso a Vila Nova Porã, muitos buracos dificultando o tráfego.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3242/indicacao_5-2022_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3242/indicacao_5-2022_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a colocação de barras de proteção (Guard Rail) na ponte recém construída no final da avenida Brasil, no Jardim Itaipu, evitando assim possíveis acidentes.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3243/indicacao_6-2022_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3243/indicacao_6-2022_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento de competente, providencie a colocação de um semáforo no cruzamento da Avenida Castelo Branco com a Rua Placídio Miranda, local de muito movimento, onde já aconteceram vários acidentes.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Vila Real, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3244/indicacao_7-2022_nando_e_outros.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3244/indicacao_7-2022_nando_e_outros.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento de competente, providencie pavimentação asfáltica na Rua IBC na Vila Nova Porã.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3245/indicacao_8-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3245/indicacao_8-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a colocação de placas com os nomes das ruas e avenidas, facilitando o trabalho de entregadores, motoristas e na atualização de aplicativos de mobilidade.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3246/indicacao9-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3246/indicacao9-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo na Avenida Ladislao Gil Fernandes (na rotatória   próximo ao Torno Ivaí) e próximo a pixel painel, analisando a viabilidade de implantação de um semáforo, e a pintura das faixas de pedestre.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3247/indicacao_10-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3247/indicacao_10-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a reforma na quadra esportiva do distrito do Alto Porã.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3248/indicacao_11-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3248/indicacao_11-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, realize um estudo para incentivos como doação de terrenos para as indústrias, fabricas para que possam instalar em Ivaiporã e fomentar a geração de empregos, além de apoiar no sentido da parte tributária como isenção de alguns impostos municipais.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3687/indicacao_12-2022_edivaldo.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3687/indicacao_12-2022_edivaldo.pdf</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3282/indicacao_18-2022_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3282/indicacao_18-2022_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente. Providencie limpeza na frete do colégio e na área interno do Colégio Leila Dinis próximo ao Ginásio de Esporte Sapecadão onde se encontra com matos altos.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3283/indicacao_19-2022_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3283/indicacao_19-2022_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de um redutor de velocidade na Avenida Maranhão n° 1.620 perto da antiga Tapeçaria Taborda.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3284/indicacao_20-2022_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3284/indicacao_20-2022_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie refazer o redutor de velocidade na Avenida Brasil em frente o Colchões Nippon, pois o que existe se encontra muito baixo, tornando-se perigoso em razão da grande velocidade desenvolvida pelos veículos na localidade, inclusive velocidades incompatíveis no local.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3285/indicacao_22-2022_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3285/indicacao_22-2022_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de um sistema de monitoramento para melhorar a vigilância no Cemitério Municipal, coibindo assim os furtos de objetos que vem acontecendo nos túmulos.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3286/indicacao_23-2022_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3286/indicacao_23-2022_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a reforma e manutenção do campo de futebol da Vila Santa Terezinha, com isso incentivando crianças e jovens a pratica de esportes.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3578/indicacao_24-2022_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3578/indicacao_24-2022_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias na calçada da Rua Alvorada próximo ao muro do Cemitério, melhorando as condições dos pedestres evitando que andem na rua.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3579/indicacao_25-2022_emerson.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3579/indicacao_25-2022_emerson.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de um Módulo Policial no redondo da avenida Souza Naves em frente à prefeitura, dando mais segurança aos visitantes da Torre Eiffel na Praça França, que é um dos cartões postais da nossa cidade.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3580/indicacao_26-2022_emerson_e_ze_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3580/indicacao_26-2022_emerson_e_ze_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento de competente, providencie a abertura e continuação da Rua Orlando Buratto, para dar acesso ao Jardim Belo Horizonte, melhorando o acesso dos moradores ao centro da cidade.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>Sandra Mara</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3581/indicacao_29-2022_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3581/indicacao_29-2022_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente para que realize a reforma do Centro de Educação Infantil (CMEI) localizado na Rua Mangueira, Vila Nova Porã.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3582/indicacao_32-2022_jose_maria.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3582/indicacao_32-2022_jose_maria.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de uma passarela ou a implantação de uma lombada eletrônica na rodovia Ladislau Gil Fernandes, as margens da Escola Municipal Leila Diniz._x000D_
 A presente indicação se faz de grande urgência, pois trata-se de uma Rodovia com grande fluxo de veículos e maioria das crianças que ali estudam precisam atravessar a autovia, correndo risco de sofrer acidentes.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3585/indicacao_34-2022_sandra_mara.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3585/indicacao_34-2022_sandra_mara.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a pavimentação poliédrica para a comunidade do Perobão que vem sofrendo nos dias chuvosos.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3587/indicacao_35-2022_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3587/indicacao_35-2022_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de pontos de ônibus coberto na Avenida Ladislau Gil Fernandes, em frente a oficina krassouski.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3590/indicacao_36-2022__carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3590/indicacao_36-2022__carniato.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que institua projeto para adequação das calçadas de todas as calçadas do município, conforme dispõe a Lei Municipal nº 2696, de 23 de outubro de 2015, eliminando obstáculos que comprometam a circulação das pessoas, em especial dos PcD (Pessoa com Deficiência), idosos e gestantes.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3592/indicacao_37-2022_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3592/indicacao_37-2022_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie academia ao ar livre nas localidades do Cruzeirinho e do Palmeirinha do Campo Novo.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3595/indicacao_38-2022_carniato.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3595/indicacao_38-2022_carniato.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a instalação de sistema retenção de resíduos nas Bocas de Lobo do período urbano.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3609/indicacao_39-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3609/indicacao_39-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade na Rua - Placídio Miranda próximo a lanchonete do Nunes local com muito fluxos de veículos.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3610/indicacao_40-2022_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3610/indicacao_40-2022_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a manutenção das iluminações no parquinho da Vila Monte Castelo.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3612/indicacao_41-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3612/indicacao_41-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, realize com periodicidade a limpeza e a dedetização das Escolas e nos CMEIS, para que as crianças fiquem mais seguras.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3614/indicacao_42-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3614/indicacao_42-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a manutenção na Rua Alvorada próximo ao cemitério, a rua encontra-se com buracos fundos causando acidentes e com as bocas de lobo quebradas.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie pedras irregulares na Rua Magno Felix da Silva no bairro Santa Maria.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3619/indicacao_44-2022_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3619/indicacao_44-2022_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie faixas de pedestre no cruzamento da Rua Santa Catarina com a Rua Aparício Bitencourt próximo ao Bar do Zé.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3620/indicacao_45-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3620/indicacao_45-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a cobertura na entrada e no cruzeiro no Cemitério Municipal de Ivaiporã e melhore a iluminação na parte interna. É importante tratarmos com respeito e carinho o local onde nossos parentes e amigos se encontram. Grande é o número de pessoas que vão diariamente ao cemitério para matar saudade dos pais, filhos, avós e mais parentes que ali se encontram. Portanto, a Administração Pública tem o dever de cuidar das áreas do cemitério, realizando periodicamente a limpeza e manutenção do local.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3624/indicacao_46-2022_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3624/indicacao_46-2022_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie a pavimentação asfalto da Rua Bem Te VI, localizada na Vila Nova Porã.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3642/indicacao_47-2022_nando.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3642/indicacao_47-2022_nando.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie com urgência uma ambulância para atender a população do Distrito de Santa Barbara.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3688/indicacao_48-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3688/indicacao_48-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente para que providencie um redutor de velocidade na Rua Pires próximo ao número 209 na Vila Nova Porã.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>Fio Bertotti, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3689/indicacao_49-2022_ze_maria_e_fio.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3689/indicacao_49-2022_ze_maria_e_fio.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente para que seja implantado um retorno na rodovia Ladislau Gil Fernandes defronte a Oficina Krassouski, sentido trevo principal.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3692/indicacao_51-2022_sandra.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3692/indicacao_51-2022_sandra.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie a instalação e contratação de profissionais para equipes de Saúde Bucal nas UBS do município para atender as pessoas de baixa renda</t>
   </si>
   <si>
     <t>7839</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7839/14082024094714arquivo_indicacao_51-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7839/14082024094714arquivo_indicacao_51-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie a instalação e contratação de profissionais para equipes de Saúde Bucal nas UBS do município para atender as pessoas de baixa renda, conforme ofício em anexo.</t>
   </si>
   <si>
     <t>7840</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7840/14082024094955arquivo_indicacao_53-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7840/14082024094955arquivo_indicacao_53-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a reforma e manutenção dos banheiros do cemitério Municipal, para dar mais conforto as pessoas que visitam seus entes queridos já falecidos.</t>
   </si>
   <si>
     <t>7841</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7841/14082024095205arquivo_indicacao_54-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7841/14082024095205arquivo_indicacao_54-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a construção de uma ciclovia, revitalização e colocação de bancos na Avenida Brasil, área central da cidade, pois é uma avenida que corta praticamente toda a cidade, e de grande movimento.</t>
   </si>
   <si>
     <t>7842</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7842/14082024095406arquivo_indicacao_55-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7842/14082024095406arquivo_indicacao_55-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de calçadas no canteiro da Avenida Souza Naves, próximo ao colégio Barão do Cerro Azul, atendendo um pedido antigo dos moradores que passam pelo local. Segue foto em anexo;</t>
   </si>
   <si>
     <t>7843</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7843/14082024095535arquivo_indicacao_56-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7843/14082024095535arquivo_indicacao_56-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma cozinha, lavanderia, sala de vacinação e uma sala de inalação na UBS do Alto Porã.</t>
   </si>
   <si>
     <t>7844</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7844/14082024095800arquivo_indicacao_57-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7844/14082024095800arquivo_indicacao_57-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, providencie roçada e manutenção em torno do Ginásio de Esporte Sapecadão, mato muito alto no local.</t>
   </si>
   <si>
     <t>7845</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7845/14082024100041arquivo_indicacao_58-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7845/14082024100041arquivo_indicacao_58-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma rotatória ou redutor de velocidade, e colocar placas na Avenida Paraná com Avenida Maranhão próximo a Clinicão, local com grande fluxo de carros e motos, vários acidentes ocorridos neste local.</t>
   </si>
   <si>
     <t>7846</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7846/14082024100212arquivo_indicacao_59-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7846/14082024100212arquivo_indicacao_59-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma rotatória na Rua Placídio Miranda no Jardim Casa Grande III, próximo a Pizzaria Napolitana o local está muito perigoso, pois no local tem um entroncamento de várias ruas.</t>
   </si>
   <si>
     <t>7847</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7847/14082024100552arquivo_indicacao_60-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7847/14082024100552arquivo_indicacao_60-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo na Avenida Brasil com Avenida Souza Naves próximo o núcleo regional com o colégio objetivo se for possível com urgência implantar uma rotatória e placas de sinalização, este local se encontra com grandes fluxos de carros, caminhões.</t>
   </si>
   <si>
     <t>7848</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7848/14082024100800arquivo_indicacao_61-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7848/14082024100800arquivo_indicacao_61-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a Pavimentação Poliédrica da Rua Jardim, localizada no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7849</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie uma linha de ônibus para atender aos moradores da Colônia da Prefeitura.</t>
   </si>
   <si>
     <t>7850</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7850/14082024101313arquivo_indicacao_63-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7850/14082024101313arquivo_indicacao_63-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que faça um redutor de velocidade na Rua Estevão Marciano de frente a casa número 600, os veículos estão passando em alta velocidade.</t>
   </si>
   <si>
     <t>7851</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7851/14082024101622arquivo_indicacao_64-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7851/14082024101622arquivo_indicacao_64-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Presidente desta Casa de Leis, FERNANDO RODRIGUES DORTA, que por meio do Departamento de Finanças e Licitações, para que realize processo licitatório para a reativação e normal utilização do elevador do prédio da Câmara de Vereadores, haja vista que pessoas portadoras de deficiência física ou acometidos temporariamente de enfermidades não podem subir ao segundo andar da edificação. É o que indica, por ser necessidade de utilidade pública e acessibilidade a todo cidadão na Casa do Povo.</t>
   </si>
   <si>
     <t>7853</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7853/14082024102017arquivo_indicacao_65-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7853/14082024102017arquivo_indicacao_65-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção (cascalho) da Estrada dos Baianos, descendo no Reciclado. Os moradores da Vila Rural estão tendo que passar por causa da ponte que se encontra em manutenção. Fotos em anexo.</t>
   </si>
   <si>
     <t>7854</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Carniato, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7854/14082024102213arquivo_indicacao_66-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7854/14082024102213arquivo_indicacao_66-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie estudos para melhora do valor do VALE ALIMENTAÇÃO, elevando dos atuais R$ 180,00 (Cento e oitenta reais) para R$ 230,00 (Duzentos e trinta reais). Transformando o valor em VALE ALIMENTAÇÃO, porque na cesta básica muitas vezes vem alimentos que foge a dieta. E com o Vale Alimentação dá maior liberdade de escolha na hora da compra de produtos.</t>
   </si>
   <si>
     <t>7855</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7855/indicacao_67-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7855/indicacao_67-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que por meio do Departamento competente providencie uma área coberta com mesas, para melhor conforto no ponto de encontro dos moradores e um ponto de ônibus coberto na praça central no Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>7856</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7856/14082024102806arquivo_indicacao_68-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7856/14082024102806arquivo_indicacao_68-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento do competente providencie a construção de redutor de velocidade na Avenida Maranhão cruzamento com a Rua Joaquim Bonifácio.</t>
   </si>
   <si>
     <t>7857</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7857/14082024102937arquivo_indicacao_69-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7857/14082024102937arquivo_indicacao_69-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie reforma no campo da Santa Maria providenciando, alambrado, conjunto de traves novas e redes para atender pedido da comunidade.</t>
   </si>
   <si>
     <t>7858</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7858/14082024103141arquivo_indicacao_70-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7858/14082024103141arquivo_indicacao_70-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie a construção de lombada na Avenida Maranhão próximo a entrada do Reservado, onde os motoristas estão desenvolvendo velocidade incompatível com a via, possibilitando a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>7859</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7859/14082024104720arquivo_indicacao_71-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7859/14082024104720arquivo_indicacao_71-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, junto ao departamento responsável, para que se realize a reestruturação da ponte sobre o rio da Bulha, haja vista que a mesma é de madeira e muito antiga. No presente momento, a ponte encontra-se deteriorada, oferece risco aos transeuntes, veículos, assim como caminhões que escoam a produção agrícola daquela região, de forma preventiva indica-se tal obra, pois, em caso de acidente com vítimas, a responsabilização recaíra sobre o chefe do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>7860</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7860/14082024104909arquivo_indicacao_72-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7860/14082024104909arquivo_indicacao_72-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a continuação da pavimentação poliédrica na Rua Pindauva (aproximadamente 200m), localizada no Distrito de Jacutinga. Fotos em anexo.</t>
   </si>
   <si>
     <t>7861</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7861/14082024105107arquivo_indicacao_73-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7861/14082024105107arquivo_indicacao_73-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie refazer o redutor de velocidade na Avenida Brasil próximo ao açougue do Godói.</t>
   </si>
   <si>
     <t>7862</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7862/14082024105303arquivo_indicacao_74-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7862/14082024105303arquivo_indicacao_74-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de placas indicando curvas e velocidade máxima permitida, na Rodovia Municipal Lázaro Bueno (Estrada do Ouro Verde) recentemente pavimentada, e também possibilidade de iluminação da mesma dando mais segurança aos ciclistas e pessoas que usam para fazer caminhada.</t>
   </si>
   <si>
     <t>7863</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7863/14082024105528arquivo_indicacao_75-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7863/14082024105528arquivo_indicacao_75-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a mudança na maneira de estacionar na quadra da Avenida Aparício Bitencourt em frente ao Bar e Restaurante do Zé, seguindo o modelo da quadra anterior, onde os carros estacionam de frente para o canteiro, aumentando o número de vagas.</t>
   </si>
   <si>
     <t>7864</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7864/14082024105738arquivo_indicacao_76-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7864/14082024105738arquivo_indicacao_76-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a revitalização do Campo de Areia no Conjunto Mourão Filho, com a possibilidade de implantação do projeto meu campinho. Segue foto em anexo;</t>
   </si>
   <si>
     <t>7865</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7865/14082024105907arquivo_indicacao_77-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7865/14082024105907arquivo_indicacao_77-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a colocação de uma faixa de pedestre elevada na Rua Emílio Ganzert, em frente ao hospital do Rim.</t>
   </si>
   <si>
     <t>7866</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7866/14082024110049arquivo_indicacao_78-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7866/14082024110049arquivo_indicacao_78-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, providencie a construção de uma ATI, (academia ao ar livre), na Rua Marginal próximo ao Torno Ivaí, incentivando assim as pessoas a pratica de esportes.</t>
   </si>
   <si>
     <t>7867</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7867/14082024110336arquivo_indicacao_79-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7867/14082024110336arquivo_indicacao_79-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie um redutor de velocidade na Avenida Espanha no Jardim Aeroporto, de frente a casa n° 11, o movimento é grande devido ao Hospital Regional onde muitos trafegam em alta velocidade. Fotos em anexo;</t>
   </si>
   <si>
     <t>7868</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7868/14082024110539arquivo_indicacao_80-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7868/14082024110539arquivo_indicacao_80-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que se faça um redutor de velocidade na Rua Tiradentes, no Jardim Versalhes, de frente casa n° 855. Onde muitos trafegam em alta velocidade. Fotos em anexo.</t>
   </si>
   <si>
     <t>7869</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7869/14082024110709arquivo_indicacao_81-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7869/14082024110709arquivo_indicacao_81-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie junto ao órgão competente um estudo para a sinalização com placas informando a saída secundária de nossa cidade na Avenida Brasil esquina com a Avenida Paraíba, em frente ao Posto Panorama.</t>
   </si>
   <si>
     <t>7870</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7870/14082024110846arquivo_indicacao_82-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7870/14082024110846arquivo_indicacao_82-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um local adequado para a construção de um novo canil, que seja analisado como uma questão de saúde pública, visando o recolhimento e acolhimento de cães abandonados, proporcionando-lhes um local maior e aptos para abrigá-los.</t>
   </si>
   <si>
     <t>7873</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7873/14082024111153arquivo_indicacao_83-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7873/14082024111153arquivo_indicacao_83-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo para a redução da taxa de iluminação pública de nossa cidade. A taxa de iluminação constante nas contas de luz tem acarretado uma grande aflição em nossa população, pois os valores estão muito altos, e nesse tempo de crise e muito desemprego as famílias estão sofrendo com uma taxa tão abusiva.</t>
   </si>
   <si>
     <t>7875</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7875/14082024111329arquivo_indicacao_84-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7875/14082024111329arquivo_indicacao_84-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade de contratar Fisioterapeuta para programa de reabilitação de crianças portadoras de doenças degenerativas (doenças que causam lesões nas células, podendo afetar a visão, os ossos, os tecidos, os vasos sanguíneos, entre outros): utilizando a piscina no Centro da Juventude para atender a vários casos de nosso município. Há estudos que a hidroginástica é muito importante para o desenvolvimento biopsicossocial, autoconfiança, disciplina e postura corporal.</t>
   </si>
   <si>
     <t>7876</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7876/14082024113005arquivo_indicacao_85-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7876/14082024113005arquivo_indicacao_85-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma academia ar livre, para os moradores do Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>7877</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7877/14082024113129arquivo_indicacao_86-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7877/14082024113129arquivo_indicacao_86-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade na Rua Getúlio Vargas próximo ao Colégio Ignez de Souza.</t>
   </si>
   <si>
     <t>7878</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7878/14082024113315arquivo_indicacao_87-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7878/14082024113315arquivo_indicacao_87-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo para que faça um campinho na Vila Nova Porã para que as crianças brincarem.</t>
   </si>
   <si>
     <t>7913</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7913/15082024085239arquivo_indicacao_88-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7913/15082024085239arquivo_indicacao_88-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, realize um estudo para a reforma da ponte que liga a Vila Nova Porã ao Cinco Encruzo.</t>
   </si>
   <si>
     <t>7914</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7914/15082024085755arquivo_indicacao_89-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7914/15082024085755arquivo_indicacao_89-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie implantação de mais bancos nos Parquinhos das crianças no lago Jardim Botânico, os pais não têm onde sentar quando deixa seus filhos brincando.</t>
   </si>
   <si>
     <t>7915</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, realize um estudo para a instalação de um redutor de velocidade (quebra-molas) na Avenida Brasil próximo a Lancheria, pois alguns motoristas não respeitam o limite de velocidade, fazendo com que diminua o risco de acidentes naquele local.</t>
   </si>
   <si>
     <t>7916</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7916/15082024090322arquivo_indicacao_91-2022.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7916/15082024090322arquivo_indicacao_91-2022.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a revitalização e a implantação de um novo parquinho para as crianças na Escola Municipal João Pessoa localizada no Santa Luzia, para melhor atendimento das crianças. Fotos em anexo.</t>
   </si>
   <si>
     <t>7917</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7917/15082024090501arquivo_indicacao_92-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7917/15082024090501arquivo_indicacao_92-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie no redondo do Colégio Raul Rodrigues Gomes, e no Colégio Barão do Céu Azul, a implantação de uma Academia da Terceira Idade (ATI).</t>
   </si>
   <si>
     <t>7918</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7918/15082024090616arquivo_indicacao_93-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7918/15082024090616arquivo_indicacao_93-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo, se possível um processo licitatório para a aquisição e o fornecimento de um lanche adequado às pessoas que utilizam o ônibus da Saúde para viajar e realizar seus tratamentos. Muitas dessas pessoas não têm condição de comprar um salgado para comer e acaba passando o dia todo sem se alimentar.</t>
   </si>
   <si>
     <t>7919</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7919/15082024090801arquivo_indicacao_94-2022.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7919/15082024090801arquivo_indicacao_94-2022.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a manutenção do bueiro que está com a tampa quebrada, localizado na Rua Lapa, esquina com a Rua Brasília na Vila Monte Castelo. Foto em anexo.</t>
   </si>
   <si>
     <t>7937</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7937/15082024090920arquivo_indicacao_95-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7937/15082024090920arquivo_indicacao_95-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que contrate um médico veterinário para recompor a equipe de Vigilância Sanitária.</t>
   </si>
   <si>
     <t>7938</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7938/15082024135842arquivo_indicacao_96-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7938/15082024135842arquivo_indicacao_96-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de dois pontos de ônibus coberto na Rua Emilio Ganzert, no Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>7940</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7940/15082024140005arquivo_indicacao_97-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7940/15082024140005arquivo_indicacao_97-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento do competente, providencie paisagismo nos canteiros da Avenida Ladislau Gil Fernandes até o trevo na PR 466.</t>
   </si>
   <si>
     <t>7941</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7941/15082024140152arquivo_indicacao_98-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7941/15082024140152arquivo_indicacao_98-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento do competente providencie recape asfáltico na Avenida Tancredo Neves, entre a Praça Espanha e a Rua Francisco Jacob Goedert e a reativação do chafariz da Praça Espanha, que desativado pode ser um criadouro do mosquito da Dengue.</t>
   </si>
   <si>
     <t>7942</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie a construção de uma praça e instalação de playgrounds para atende a população dos Jardins Casa Grande I, II, III e IV.</t>
   </si>
   <si>
     <t>7944</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7944/15082024140459arquivo_indicacao_100-2022.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7944/15082024140459arquivo_indicacao_100-2022.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie o plantio de árvores no canteiro em frente o escritório Freitas &amp; Goedert localizado na Avenida Souza Naves. Foto em anexo.</t>
   </si>
   <si>
     <t>7945</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7945/15082024140832arquivo_indicacao_101-2022.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7945/15082024140832arquivo_indicacao_101-2022.docx</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a manutenção do bueiro localizado na Rua Londrina esquina com a Rua Uberlândia, atrás do Lar Santo Antônio. Foto em anexo.</t>
   </si>
   <si>
     <t>7947</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7947/15082024141007arquivo_indicacao_102-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7947/15082024141007arquivo_indicacao_102-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, a possibilidade de implantação do projeto ` Meu Campinho´ no jardim Casa Grande III, para incentivar as crianças e jovens a prática de esporte</t>
   </si>
   <si>
     <t>7948</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7948/15082024141217arquivo_indicacao_103-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7948/15082024141217arquivo_indicacao_103-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a troca ou colocação onde não houver lixeiras no lago Jardim Botânico e na avenida Paraná, área central da cidade.</t>
   </si>
   <si>
     <t>7949</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7949/15082024141353arquivo_indicacao_104-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7949/15082024141353arquivo_indicacao_104-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o recape asfáltico na Avenida Ladislau Gil Fernandes, está com muitos buracos dificultando o tráfego, entrada principal da nossa cidade.</t>
   </si>
   <si>
     <t>7950</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7950/15082024141530arquivo_indicacao_105-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7950/15082024141530arquivo_indicacao_105-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a contratação de uma médica especialista em dermatologia, para atender a necessidade da Rede Pública de Saúde.</t>
   </si>
   <si>
     <t>7952</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7952/15082024141711arquivo_indicacao_106-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7952/15082024141711arquivo_indicacao_106-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, a possibilidade de uma cobertura sobre os Quiosques do Lago Jardim Botânico, dando mais comodidade aos frequentadores do local.</t>
   </si>
   <si>
     <t>7953</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7953/15082024141855arquivo_indicacao_107-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7953/15082024141855arquivo_indicacao_107-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma academia ao ar livre e um Parquinho no Conjunto Valdomiro Bleis Guergoletti.</t>
   </si>
   <si>
     <t>7955</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7955/15082024142042arquivo_indicacao_108-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7955/15082024142042arquivo_indicacao_108-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de um semáforo na Avenida Brasil esquina com a Avenida Paraíba, em frente ao Posto Panorama, neste local tem um cruzamento com muita movimentação de veículos.</t>
   </si>
   <si>
     <t>7956</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7956/15082024142249arquivo_indicacao_109-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7956/15082024142249arquivo_indicacao_109-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de um campo de bocha e malha no terreno na Rua Ivaiporã ao lado da UBS no Distrito de Santa Barbara.</t>
   </si>
   <si>
     <t>7957</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7957/15082024142425arquivo_indicacao_110-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7957/15082024142425arquivo_indicacao_110-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de um ponto de ônibus próximo as Lojas Pernambucanas, pois tem muitos trabalhadores que ficam ao relento em dias chuvosos.</t>
   </si>
   <si>
     <t>7958</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7958/15082024142601arquivo_indicacao_111-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7958/15082024142601arquivo_indicacao_111-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o recape asfáltico na Rua Suburbana (Rua Toca de Assis).</t>
   </si>
   <si>
     <t>7959</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7959/15082024142734arquivo_indicacao_112-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7959/15082024142734arquivo_indicacao_112-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a reforma dos trapiches no Lago Residencial de Furnas, pois os mesmos se encontram deteriorados.</t>
   </si>
   <si>
     <t>7960</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7960/15082024142944arquivo_indicacao_113-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7960/15082024142944arquivo_indicacao_113-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo para implantar uma câmera de monitoramento ou um radar no semáforo em frente do posto Ivaiporã, os motoristas não estão respeitando.</t>
   </si>
   <si>
     <t>7962</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7962/15082024143225arquivo_indicacao_114-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7962/15082024143225arquivo_indicacao_114-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, que tome as devidas providências visando à construção de moradias populares. Há um grande déficit de moradias em nosso Município, afetando principalmente as famílias de baixa renda, que têm dificuldade em pagar aluguéis devido ao alto valor presente em nosso mercado imobiliário. A moradia é um direito humano universal, estabelecido pela ONU em todas as partes do mundo. Pedimos ao Sr. Prefeito que tome as medidas cabíveis para construir novos lares, realizando o sonho de muitos em conquistar a casa própria e melhorando a qualidade de vida dos interessados.</t>
   </si>
   <si>
     <t>7964</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7964/15082024143429arquivo_indicacao_115-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7964/15082024143429arquivo_indicacao_115-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, melhoria no transporte escolar tanto na área urbana, quanto na área rural, nos aspectos de mais horários, aumentar mais linhas e fazer a manutenção adequada se possível.</t>
   </si>
   <si>
     <t>7965</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7965/15082024143659arquivo_indicacao_116-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7965/15082024143659arquivo_indicacao_116-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a substituição das lâmpadas da Iluminação Pública antigas por lâmpadas de Led pela melhoria dos moradores na Vila Nova Porã (Maneco), Vila Monte Castelo e Jardim Porã atendendo assim a reivindicação dos moradores daquela região.</t>
   </si>
   <si>
     <t>7966</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7966/15082024143908arquivo_indicacao_117-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7966/15082024143908arquivo_indicacao_117-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um campinho de futebol no Jardim Europa (Vila Xurupita).</t>
   </si>
   <si>
     <t>7967</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7967/15082024144109arquivo_indicacao_118-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7967/15082024144109arquivo_indicacao_118-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um ônibus para a cidade de Foz de Iguaçu, para as mulheres empreendedoras receber a premiação, em comemoração ao Dia Internacional da Mulher, neste evento elas são homenageadas, conforme ofício em anexo</t>
   </si>
   <si>
     <t>7968</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7968/15082024144319arquivo_indicacao_119-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7968/15082024144319arquivo_indicacao_119-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça o corte de mamonas e matos que estão por cima das calçadas na Rua Martins Afonso de Souza no Jardim Casa grande II.</t>
   </si>
   <si>
     <t>7969</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7969/15082024144457arquivo_indicacao_120-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7969/15082024144457arquivo_indicacao_120-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a limpeza na Rua Toledo no Jardim Alvorada.</t>
   </si>
   <si>
     <t>7970</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7970/15082024145522arquivo_indicacao_121-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7970/15082024145522arquivo_indicacao_121-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de um quebra mola na Avenida Maranhão, nº 446, próximo a Capela Aliança.</t>
   </si>
   <si>
     <t>7971</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7971/15082024145654arquivo_indicacao_122-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7971/15082024145654arquivo_indicacao_122-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de um semáforo na Avenida Tancredo Neves esquina com a Rua Emilio Ganzert, em frente ao Mercado Beto Center, descendo para Vila de Furnas.</t>
   </si>
   <si>
     <t>7972</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7972/15082024145848arquivo_indicacao_123-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7972/15082024145848arquivo_indicacao_123-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie melhorias na iluminação pública na rua Travessa Vicente Machado, Jardim Luiz XV, próximo a funilaria do Gardim.</t>
   </si>
   <si>
     <t>7973</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7973/15082024150036arquivo_indicacao_124-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7973/15082024150036arquivo_indicacao_124-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a troca de lugar do quebra-molas na Rua Mangueira, esquina com a Avenida Maranhão, pois com a pavimentação da Avenida ficou no meio do cruzamento das vias. Segue foto em anexo</t>
   </si>
   <si>
     <t>8038</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8038/22082024102429arquivo_indicacao_125-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8038/22082024102429arquivo_indicacao_125-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a poda de uma arvore na Avenida Castelo Branco na altura do número 890, próximo ao Colégio Idália Rocha, os galhos estão atrapalhando a iluminação e sujeito a queda em dias de vento.</t>
   </si>
   <si>
     <t>8039</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8039/22082024102822arquivo_indicacao_126-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8039/22082024102822arquivo_indicacao_126-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a colocação de uma faixa elevada na rua Manoel Ribas, entre a Capela Mortuária e o Cemitério, dando mais segurança na travessia dos pedestres.</t>
   </si>
   <si>
     <t>8040</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8040/22082024103051arquivo_indicacao_127-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8040/22082024103051arquivo_indicacao_127-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o recape asfáltico na Rua José Bonifácio, no trecho entre a Avenida Aparício C. Bitencourt- Jardim Ouro Preto e a Rua Luiz Pasteur- Jardim Imperial, que se apresenta bastante danificada e os moradores sofrem para transitar, pois há muitos idosos e mulheres com crianças. Essa rua é importante via de acesso ao Jardim Botânico para os moradores da Vila João XXIII e bairro adjacentes.</t>
   </si>
   <si>
     <t>8168</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8168/28082024135354arquivo_indicacao_128-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8168/28082024135354arquivo_indicacao_128-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de uma praça com Playground e uma A.T.I. (academia ao ar livre) no Jardim Alvorada, beneficiando assim a comunidade local.</t>
   </si>
   <si>
     <t>8169</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8169/28082024135538arquivo_indicacao_129-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8169/28082024135538arquivo_indicacao_129-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a instalação de um Ponto de Ônibus na Avenida Melvis Muchiuti próximo a Capela Santo Antonio, bem como placas de sinalização de quebra-molas existente naquele local.</t>
   </si>
   <si>
     <t>8171</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8171/28082024135751arquivo_indicacao_130-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8171/28082024135751arquivo_indicacao_130-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie melhorias (paisagismo, pintura etc.) e uma camada asfáltica no Terminal Rodoviário de Ivaiporã. Fotos em anexo.</t>
   </si>
   <si>
     <t>8172</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8172/28082024135932arquivo_indicacao_131-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8172/28082024135932arquivo_indicacao_131-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que realize a limpeza e manutenção de boca de lobo na rua Campo Grande na Vila Ipiranga, a rua encontra-se com muito lixo e entulhos. Fotos em anexo;</t>
   </si>
   <si>
     <t>8173</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8173/28082024140109arquivo_indicacao_132-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8173/28082024140109arquivo_indicacao_132-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a ligação da rua Ponta Porã com a rua Campo Grande no Jardim Imperial. Foto em anexo;</t>
   </si>
   <si>
     <t>8174</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8174/28082024140257arquivo_indicacao_133-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8174/28082024140257arquivo_indicacao_133-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, analise e providencie a implantação de um parquinho infantil na Vila Rural Ivainópolis.</t>
   </si>
   <si>
     <t>8176</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8176/28082024140438arquivo_indicacao_134-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8176/28082024140438arquivo_indicacao_134-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, analise e providencie a colocação de playgrounds com acessibilidade em todas praças e parquinhos do Município de Ivaiporã para as crianças portadoras de deficiência.</t>
   </si>
   <si>
     <t>8178</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8178/28082024140952arquivo_indicacao_135-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8178/28082024140952arquivo_indicacao_135-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, analise e providencie a reforma da Praça da Vila Nova Porã, com paver, bancos, iluminação, paisagismo, arborização, academia ao ar livre e playground com acessibilidade para crianças portadoras de deficiência.</t>
   </si>
   <si>
     <t>8180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8180/28082024141158arquivo_indicacao_136-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8180/28082024141158arquivo_indicacao_136-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a limpeza do terreno na Avenida Minas Gerais S/N, ao lado do Núcleo de Educação, onde se encontra com mato muito alto, procriação de insetos, bichos peçonhentos como ratos, cobras etc. Segue fotos em anexo.</t>
   </si>
   <si>
     <t>8181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8181/28082024141356arquivo_indicacao_137-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8181/28082024141356arquivo_indicacao_137-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a limpeza da quadra de esporte situada na Rua General Luiz Carlos Guedes, no conjunto Mourão Filho, onde se encontra grande acúmulo de lixo e mármores quebrado. Fotos anexo</t>
   </si>
   <si>
     <t>8183</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8183/28082024141623arquivo_indicacao_138-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8183/28082024141623arquivo_indicacao_138-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie que a Empresa Broti, retome com urgência os trabalhos na colocação de pedras irregulares na localidade do Jacutinga ao Cruzeirinho, trabalhos esses que estão parados há mais de 5 (cinco) meses.</t>
   </si>
   <si>
     <t>8185</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8185/28082024141822arquivo_indicacao_139-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8185/28082024141822arquivo_indicacao_139-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a instalação de Ponto de Ônibus coberto no Jardim Bella Casa, em frente ao Hospital Regional</t>
   </si>
   <si>
     <t>8186</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8186/28082024142039arquivo_indicacao_140-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8186/28082024142039arquivo_indicacao_140-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que: por meio do Departamento competente analise a possibilidade de enviar proposta ao SESC para que seja firmado convênio na especialidade de atendimento odontológico e psicológico, bem como academia para os funcionários públicos, dependente e familiares. Serviço Social do Comércio (SESC), instituição sem fins lucrativos mantida no Brasil com o intuito de promover a assistência, cultura, educação, lazer e saúde dos funcionários de companhias do comércio, assim como de seus dependentes e da sociedade em geral. A celebração do convênio estende este atendimento dos trabalhadores do comércio aos servidores públicos.</t>
   </si>
   <si>
     <t>8189</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8189/28082024142258arquivo_indicacao_141-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8189/28082024142258arquivo_indicacao_141-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, analise e providencie a construção de acostamento na Rodovia Celso Fumio Makita– em frente aos Bombeiros. Os pedestres acabam caminhando na rodovia por falta de acostamento, colocando-se em riscos.</t>
   </si>
   <si>
     <t>8190</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8190/28082024142635arquivo_indicacao_142-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8190/28082024142635arquivo_indicacao_142-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie recapeamento asfáltico no Pátio de Máquinas do Município.</t>
   </si>
   <si>
     <t>8193</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8193/28082024142932arquivo_indicacao_143-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8193/28082024142932arquivo_indicacao_143-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie melhorias como pedra irregular na rua Travessa Bulha e Iluminação Pública em frente a chácara n° 70 na Vila Monte Castelo. Segue anexo fotos.</t>
   </si>
   <si>
     <t>8194</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8194/28082024143147arquivo_indicacao_144-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8194/28082024143147arquivo_indicacao_144-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do departamento competente, analise e providencie a denominação do Centro Cultural, sendo “Centro Cultural Olivia Hauptmann”, em forma de homenagem.</t>
   </si>
   <si>
     <t>8247</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Vila Real, Carniato, Fio Bertotti, Gertrudes, Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8247/03092024134508arquivo_indicacao_145-2022_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8247/03092024134508arquivo_indicacao_145-2022_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, notifique a Empresa responsável pela estação de tratamento para que tampem os buracos que foram feitos durante a obra na rodovia Nicolau Koltun que liga ao Distrito de Jacutinga, pois esta muito perigoso.</t>
   </si>
   <si>
     <t>8248</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8248/03092024134804arquivo_indicacao_146-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8248/03092024134804arquivo_indicacao_146-2022.pdf</t>
   </si>
   <si>
     <t>INDICAREM ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pedras irregular na estrada que vai da Rodovia Lázaro Bueno até a comunidade do Pindauvinha, facilitando o acesso em dias de chuva.</t>
   </si>
   <si>
     <t>8249</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8249/03092024135004arquivo_indicacao_147-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8249/03092024135004arquivo_indicacao_147-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pedras irregular na estrada que vai da rodovia Lázaro Bueno, até a comunidade do Pindauvinha, facilitando o acesso em dias de chuva.</t>
   </si>
   <si>
     <t>8250</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8250/03092024135123arquivo_indicacao_148-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8250/03092024135123arquivo_indicacao_148-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o patrolamento e cascalhamento na rua Luiz Fabo (antiga Rua Ararás), fundos do conjunto João de Barro, Vila Nova Porã.</t>
   </si>
   <si>
     <t>8251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8251/03092024135248arquivo_indicacao_149-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8251/03092024135248arquivo_indicacao_149-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a colocação de uma mureta de proteção (Guard Rail), no final da Rua Luiz Pasteur, para dar segurança ao playgraund do Lago das Flores.</t>
   </si>
   <si>
     <t>8252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8252/03092024135427arquivo_indicacao_150-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8252/03092024135427arquivo_indicacao_150-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, analise e providencie a cobertura transparente de policarbonato e pintura no CMEI Emília Kuroda, pois há uma grande parte descoberta e quando chove as crianças e professores são prejudicados pela chuva.</t>
   </si>
   <si>
     <t>8298</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8298/03092024135427arquivo_indicacao_150-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8298/03092024135427arquivo_indicacao_150-2022.pdf</t>
   </si>
   <si>
     <t>8300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8300/05092024100231arquivo_indicacao_152-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8300/05092024100231arquivo_indicacao_152-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, analise e providencie a disponibilização do barracão que fica localizado na Rodovia Celso Fumio Makita, nas proximidades da antiga Marmoraria Arte e Gesso e Alimentos Sanches, com a finalidade de uso para agricultores que queiram comercializar seus produtos como: hortifrutigranjeiro, café beneficiado, feijão, compota, pães e etc. A indicação tem o propósito de ter um procedimento igualitário ao Mercadão Municipal e Cooperativas, com o objetivo de incentivar o pequeno e médio agricultor e em um futuro próximo, o local se tornar uma grande central de abastecimento de hortifrutigranjeiro para Ivaiporã e a Região Central do Paraná. Segue fotos em anexo.</t>
   </si>
   <si>
     <t>8301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8301/05092024100403arquivo_indicacao_153-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8301/05092024100403arquivo_indicacao_153-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, analise e providencie um parque linear, no trecho compreendido entre a Vila Santa Maria até o Jardim Belo Horizonte na rua Marginal, com Pista de caminhada e revitalização.</t>
   </si>
   <si>
     <t>8302</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8302/05092024100529arquivo_indicacao_154-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8302/05092024100529arquivo_indicacao_154-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, analise e providencie a colocação de pedras poliédricas em seis quadras nas vielas existente no Jardim Belo Horizonte, entre a Rua Padre Anchieta, até a Rua Marginal, que vão dar aceso ao futuro Parque Linear, uma antiga reivindicação da comunidade para tirar os moradores do barro e da poeira.</t>
   </si>
   <si>
     <t>8303</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a decretação de estado de calamidade pública para todo nosso Município em função a estiagem que afetou diretamente todas as lavouras do nosso município (soja, milho, feijão).</t>
   </si>
   <si>
     <t>8304</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8304/05092024100848arquivo_indicacao_156-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8304/05092024100848arquivo_indicacao_156-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a limpeza na ponte de acesso secundário (Vila Santa Maria), que se encontra com mato muito alto, impossibilitando a visualização para trafegar com segurança na pista, bem como o alargamento da mesma.</t>
   </si>
   <si>
     <t>8305</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8305/05092024101015arquivo_indicacao_157-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8305/05092024101015arquivo_indicacao_157-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a implantação de faixa elevada e sinalização na Rua Dorvalina de Jesus, Vila Nova Porã próximo a oficina do Bodão, onde houve dois graves acidentes recentemente pois há pouca visibilidade devido a curva.</t>
   </si>
   <si>
     <t>8307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8307/05092024102642arquivo_indicacao_158-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8307/05092024102642arquivo_indicacao_158-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade de implantação do modelo 3-D de faixa de pedestre no trânsito, bem como, disponibilizar a capacitação para a equipe de pintura. Foto em anexo.</t>
   </si>
   <si>
     <t>8308</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8308/05092024102804arquivo_indicacao_159-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8308/05092024102804arquivo_indicacao_159-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie cascalhamento na estrada do Bulha F, entre os Sítios São João e Santa Rita.</t>
   </si>
   <si>
     <t>8309</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8309/05092024102952arquivo_indicacao_160-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8309/05092024102952arquivo_indicacao_160-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que analise e providencie a construção de uma praça com a instalação de academia e playground no Jardim Universitário, no espaço reservado para este fim.</t>
   </si>
   <si>
     <t>8310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8310/05092024103113arquivo_indicacao_161-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8310/05092024103113arquivo_indicacao_161-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a manutenção e reparos em todas as academias da terceira idade.</t>
   </si>
   <si>
     <t>8311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8311/05092024103234arquivo_indicacao_162-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8311/05092024103234arquivo_indicacao_162-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que analise a possibilidade de implantação de uma farmácia de manipulação, para produção de medicamentos de baixo custo para à população a serem fornecidos pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>8330</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8330/06092024140254arquivo_indicacao_163-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8330/06092024140254arquivo_indicacao_163-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie colocação de tampa na boca de lobo na avenida Tancredo Neves, esquina com rua Cornélio Procópio – em frente ao mercado Novo Ponto.</t>
   </si>
   <si>
     <t>8331</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8331/06092024140446arquivo_indicacao_164-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8331/06092024140446arquivo_indicacao_164-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a aquisição de gaiolas de segurança para borracharia do pátio de máquinas.</t>
   </si>
   <si>
     <t>8332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8332/06092024140625arquivo_indicacao_165-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8332/06092024140625arquivo_indicacao_165-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie o calçamento com pedras irregulares no prolongamento da rua Joaquim Bonifácio até a rua tupiniquins no jardim alto da gloria.</t>
   </si>
   <si>
     <t>8333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8333/06092024140858arquivo_indicacao_166-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8333/06092024140858arquivo_indicacao_166-2022.pdf</t>
   </si>
   <si>
     <t>requerer o envio deste a Senhora Presidente desta Casa de Leis, para que através do Departamento Competente, determine o repasse do veículo, marca Fiat/UNO, modelo Mille Economy, ano de fabricação 2009, modelo 2010, na cor preta, Placa ARB-9420, a prefeitura municipal para posterior doação, pois o veículo pertencente a esta casa encontrasse em condições precárias de uso. Solicita-se na ocasião que se faça um estudo para aquisição de um novo veículo que atenda o deslocamento em áreas rurais.</t>
   </si>
   <si>
     <t>8334</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8334/06092024141240arquivo_indicacao_167-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8334/06092024141240arquivo_indicacao_167-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie pedras irregulares e também fazer uma limpeza no mato que está invadindo a Rua Magno Felix da Silva no Bairro Santa Maria. Conforme as fotos em anexo.</t>
   </si>
   <si>
     <t>8335</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8335/06092024141358arquivo_indicacao_168-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8335/06092024141358arquivo_indicacao_168-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade na Rua Lea Valviverde Pirolo, no bairro jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>8336</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8336/06092024141455arquivo_indicacao_169-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8336/06092024141455arquivo_indicacao_169-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie tampas de bueiro na Rua Visconde do Rio Branco, na Vila João XXIII.</t>
   </si>
   <si>
     <t>8337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8337/06092024141643arquivo_indicacao_170-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8337/06092024141643arquivo_indicacao_170-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a implantação um redutor de velocidades na Avenida Brasil, centro, próximo da igreja comunidade videira.</t>
   </si>
   <si>
     <t>8338</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8338/06092024142004arquivo_indicacao_171-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8338/06092024142004arquivo_indicacao_171-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, sejam tomadas as devidas providências, para a criação de um Projeto de Lei que “Institui e concede a Bolsa Atleta aos atletas do município de Ivaiporã PR”, como incentivo para participantes de competições relevantes, e que levam o nome do município em diversas modalidades. JUSTIFICATIVA A criação desse Projeto de Lei é uma forma de criar uma política pública de incentivo aos talentos locais do esporte, através de ajuda financeira, como custeio para viagens, inscrições, hospedagem e alimentação para os atletas. Temos alguns atletas de futsal que jogam as séries prata e bronze. Temos potencial no tênis de mesa basquete e vôlei além de outras modalidades. A maioria dos praticantes de esportes muitas vezes deixam de praticar mais intensamente por questões financeiras uma vez que o tempo que poderiam dispor para os treinamentos são obrigados a trabalharem para seu sustento e até mesmo para custear seus estudos,</t>
   </si>
   <si>
     <t>8339</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8339/06092024142134arquivo_indicacao_172-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8339/06092024142134arquivo_indicacao_172-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que se faça uma cobertura do ponto de ônibus na rua Xavantes no Jardim Itaipú de frente a casa n 1.210 pois os bancos encontram se quebrados e cheio de matos. Segue fotos anexa.</t>
   </si>
   <si>
     <t>8340</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8340/06092024142258arquivo_indicacao_173-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8340/06092024142258arquivo_indicacao_173-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que se faça a manutenção da boca de lobo que se encontra entupida na rua Avaiandava no jardim Itaipu . Segue fotos anexa.</t>
   </si>
   <si>
     <t>8341</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8341/06092024142510arquivo_indicacao_174-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8341/06092024142510arquivo_indicacao_174-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que se faça cascalhamento da rua Osvaldino Chaves Conceição, no Bairro Jardim São Pedro.</t>
   </si>
   <si>
     <t>8342</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8342/06092024142712arquivo_indicacao_175-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8342/06092024142712arquivo_indicacao_175-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie recapeamento asfáltico na Avenida Ladislau Gil Fernandes próximo a mercearia do Damião.</t>
   </si>
   <si>
     <t>8343</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8343/06092024142902arquivo_indicacao_176-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8343/06092024142902arquivo_indicacao_176-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente faça a manutenção da boca de lobo, bem como limpeza e lacre, na Rua José de Alencar, no Jardim Belo Horizonte. (Segue foto anexo)</t>
   </si>
   <si>
     <t>8344</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8344/06092024143303arquivo_indicacao_177-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8344/06092024143303arquivo_indicacao_177-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente se faça capina na rua Madureira antiga rua da Estrada Usina Velha, próximo a Diaconia São José consiste numa reinvindicação constante dos moradores, os quais reclamam que o mato está invadindo a rua.</t>
   </si>
   <si>
     <t>8345</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8345/06092024143833arquivo_indicacao_178-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8345/06092024143833arquivo_indicacao_178-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie pavimentação asfáltica, na Rua Ivaiporã, no Distrito de Jacutinga, que se encontra com pavimentação de pedras irregulares, apresentando hoje muitos defeitos como, buracos e desníveis, atrapalhando o transito de veículos leves e pesados, para carga e descarga, junto ao Laticínio Kolac.</t>
   </si>
   <si>
     <t>8347</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8347/06092024143955arquivo_indicacao_179-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8347/06092024143955arquivo_indicacao_179-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente realize a pavimentação asfáltica nas ruas Ministro Arames Athaíde, Rua Carlos Gomes e Helio Bittencourt, na Vila Betel.</t>
   </si>
   <si>
     <t>8348</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8348/06092024144207arquivo_indicacao_180-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8348/06092024144207arquivo_indicacao_180-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o patrolamento e cascalhamento da estrada da capitação de água da Sanepar, rua da Caixa D`Agua, próximo ao cemitério, com as chuvas recentes muitos buracos apareceram dificultando o tráfego.</t>
   </si>
   <si>
     <t>8350</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8350/06092024144207arquivo_indicacao_180-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8350/06092024144207arquivo_indicacao_180-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a recuperação e manutenção do canteiro central, na Avenida Maranhão, próximo ao número 1.570, vários lugares com meio fio quebrado.</t>
   </si>
   <si>
     <t>8351</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8351/06092024144231arquivo_indicacao_181-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8351/06092024144231arquivo_indicacao_181-2022.pdf</t>
   </si>
   <si>
     <t>8352</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a reforma, pintura e manutenção da escola municipal da comunidade de Santa luzia, melhorando assim as condições de estudo dos alunos.</t>
   </si>
   <si>
     <t>8890</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8890/indicacao_184-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8890/indicacao_184-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, providencie a correção de massa asfáltica na rua Cornélio Procópio, Vila São Pedro, muitos buracos dificultando o trafego.</t>
   </si>
   <si>
     <t>8891</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8891/indicacao_185-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8891/indicacao_185-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie placa de identificação nas ruas Londrina esquina com rua Pará, bem como colocação de tampa no bueiro e construção de quebra mola na rua Pará.</t>
   </si>
   <si>
     <t>8892</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8892/indicacao_186-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8892/indicacao_186-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a construção de um ponto de ônibus coberto na Avenida Maranhão, ao lado da Igreja Espírito Santo, e outro na entrada da Vila Monte Castelo.</t>
   </si>
   <si>
     <t>8893</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8893/indicacao_187-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8893/indicacao_187-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o recape asfáltico na rua Joaquim Nabuco esquina com a rua Jacarezinho, no Jardim Luiz XV, que se apresenta bastante danificada e os moradores sofrem para transitar.</t>
   </si>
   <si>
     <t>8894</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8894/indicacao_188-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8894/indicacao_188-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que seja requisitado ao Senhor Comandante da 6ª Companhia Independente de Polícia Militar do Paraná, que analise a possibilidade de realizar ronda ostensiva na cidade, para coibir o uso de som automotivo acima dos limites permitidos durante o período noturno e do uso de carro ou moto com escapamento barulhento.</t>
   </si>
   <si>
     <t>8895</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8895/indicacao_189-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8895/indicacao_189-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de criar um Conselho Municipal de Pessoa com Deficiência em nosso município.</t>
   </si>
   <si>
     <t>8896</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8896/indicacao_190-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8896/indicacao_190-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de ELEIÇÕES para Diretores dos CMEIS (Centro Municipal de Educação Infantil), como ocorre nas escolas municipais. É importante destacar a relevância do pleito para garantir o processo democrático dos CMEIS, a participação da comunidade na escolha de seus gestores permitindo maiores autonomia nas instituições, além de respeitar as características próprias do Centro de Educação Infantil.</t>
   </si>
   <si>
     <t>8897</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de pedras irregulares na estrada do Pindauvinha.</t>
   </si>
   <si>
     <t>8898</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8898/indicacao_192-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8898/indicacao_192-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a revitalização das duas praças do Jardim Europa (Xurupita), indicação antiga dos moradores da localidade.</t>
   </si>
   <si>
     <t>8899</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8899/indicacao_193-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8899/indicacao_193-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, coloque placas indicativas em todo território rural do município, para indicar bairros e estradas facilitando o deslocamento dos munícipes e visitantes.</t>
   </si>
   <si>
     <t>8900</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8900/indicacao_194-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8900/indicacao_194-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie um estacionamento de bicicletas no Lago Jardim Botânico, para os usuários que se deslocam com a sua bicicleta para ter acesso aos quiosques.</t>
   </si>
   <si>
     <t>8901</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8901/indicacao_195-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8901/indicacao_195-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, analise e providencie a implantação de uma pavimentação poliédrica no Campo Novo, até o Aterro Sanitário e Cooperativa COPEMARI, para facilitar o acesso dos caminhões e funcionários.</t>
   </si>
   <si>
     <t>8902</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8902/indicacao_196-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8902/indicacao_196-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, um recape asfáltico na Rua Rio Grande do Sul no trecho da Avenida Paraná com a Rua Paraíba centro.</t>
   </si>
   <si>
     <t>8903</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8903/indicacao_197-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8903/indicacao_197-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, que faça um estudo na Avenida Brasil em frente ao Monzak Estética Automotiva até Pampas Moto Peças, para viabilizar mais vagas do lado esquerdo devido à falta de estacionamento. Anexo assinado.</t>
   </si>
   <si>
     <t>8905</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8905/indicacao_198-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8905/indicacao_198-2022.pdf</t>
   </si>
   <si>
     <t>8906</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8906/indicacao_199-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8906/indicacao_199-2022.pdf</t>
   </si>
   <si>
     <t>8907</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8907/indicacao_200-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8907/indicacao_200-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, se for possível implantar uma internet gratuita para população do distrito do ALTO PORÃ na praça pública.</t>
   </si>
   <si>
     <t>8968</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8968/indicacao_201-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8968/indicacao_201-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a recuperação asfáltica da Rua Aquidauana, Centro ao lado do posto de molas Dal Cool. fotos em anexo.</t>
   </si>
   <si>
     <t>8969</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8969/indicacao_202-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8969/indicacao_202-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade da implantação de “boca de lobo inteligente” nos logradouros do nosso Município.</t>
   </si>
   <si>
     <t>8970</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8970/indicacao_203-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8970/indicacao_203-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade: da instalação de redutor de velocidades na Rua Alvorada em frente a quitanda da Michele, pois trafegam em alta velocidade.</t>
   </si>
   <si>
     <t>8971</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8971/indicacao_204-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8971/indicacao_204-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade da elaboração de Carteirinhas para idosos, no sentido de que os mesmos possam ter em qualquer área um tratamento diferenciado.</t>
   </si>
   <si>
     <t>8972</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8972/indicacao_205-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8972/indicacao_205-2022.pdf</t>
   </si>
   <si>
     <t>para que seja visto a possibilidade de realizar a roçada na estrada entre o campo do Vani e a Copemari.</t>
   </si>
   <si>
     <t>8973</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8973/indicacao_206-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8973/indicacao_206-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção da boca de lobo entupida e tampa quebrada na Rua Apucarana ao lado da auto elétrica Ivaí Dínamo.</t>
   </si>
   <si>
     <t>8974</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8974/indicacao_207-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8974/indicacao_207-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a continuação da rede de iluminação pública até o final da rua Brigadeiro Correa de Melo, no conjunto Mourão Filho</t>
   </si>
   <si>
     <t>8976</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pedra irregular na estrada que liga o Jardim Iporã, até a estrada de Santa Bárbara, atrás da Vila Residencial Furnas.</t>
   </si>
   <si>
     <t>8977</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8977/indicacao_209-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8977/indicacao_209-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a correção de massa asfáltica e manutenção na rua Ponta Grossa, começando na Avenida Brasil, até a Rua Juarez Cleve.</t>
   </si>
   <si>
     <t>8980</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8980/indicacao_210-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8980/indicacao_210-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a colocação de mão única na rua Professora Diva Proença, em frente ao Espetinho do Gilbertinho, diminuindo o trafego e facilitando o deslocamento das ambulâncias do Samu.</t>
   </si>
   <si>
     <t>8981</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8981/indicacao_211-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8981/indicacao_211-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, que realize um estudo em relação as propriedades rurais que necessitam de uma máquina para fazer um explanado, um carreador, enfim fazer o que for necessário para colaborar com nossos agricultores do nosso munícipio.</t>
   </si>
   <si>
     <t>8982</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8982/indicacao_212-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8982/indicacao_212-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo se possível para fazer a pedra Irregular da Colônia da Prefeitura até o conjunto João de Barro.</t>
   </si>
   <si>
     <t>8984</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8984/indicacao_213-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8984/indicacao_213-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma conversa com o Prefeito de Jardim Alegre Sr. Furlan para fazer uma parceria e melhorar a sinalização (Iluminação,limpeza faixas etc ) dois Trevos que pertencem ao Município de Jardim Alegre, devido a vários acidentes que ocorrem nesses locais, precisamos dar mais segurança a todos que ali trafegam.</t>
   </si>
   <si>
     <t>8986</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8986/indicacao_214-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8986/indicacao_214-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo para colocar mais um Médico no atendimento no postinho do distrito do Alto Porã para melhor atender nossa população desta localidade.</t>
   </si>
   <si>
     <t>8988</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8988/indicacao_215-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8988/indicacao_215-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, contratar um padeiro para que volta a funcionar a padaria do projeto renascer. Pois em outros mandatos sempre funcionou.</t>
   </si>
   <si>
     <t>8989</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, a possibilidade de construção de um Parque e um lago no final da rua Bangu, no Jardim Guanabara II, contendo pista de caminhada, playground para as crianças e academia ao ar livre, beneficiando os moradores também do Jardim Pires, conjunto João de Barro e Vila Nova Porã.</t>
   </si>
   <si>
     <t>8991</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8991/indicacao_217-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8991/indicacao_217-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento do competente providencie recape asfáltico na Rua Rio Grande do Sul, entre as Ruas Orlando Buratto e Jacob Goedert.</t>
   </si>
   <si>
     <t>8992</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8992/indicacao_218-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8992/indicacao_218-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie tampa para boca de lobo no cruzamento da rua Apucarana com a Av Ladislau Gil Fernandes.</t>
   </si>
   <si>
     <t>8994</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8994/indicacao_219-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8994/indicacao_219-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie adequação, patrolamento e cascalhamento na estrada que liga estrada do Santa Barbara à Agua da Prata, passando pela antiga Diaconia Santa Isabel.</t>
   </si>
   <si>
     <t>8995</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8995/indicacao_220-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8995/indicacao_220-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que por meio do Departamento competente analise e providencie a sinalização e implantação de redutor de velocidade, se necessário, no encontro da Rua Tamandaré com a Rua Dona Leopoldina e Avenida Espanha, defronte ao portão da AABB, no Jardim Aeroporto. Em razão do fluxo de veículos neste local ter aumentado, aumentou também o risco de acidente.</t>
   </si>
   <si>
     <t>9004</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9004/indicacao_221-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9004/indicacao_221-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente analise e providencie Semana Interna de Prevenção de Acidente de Trabalho (SIPAT), em comemoração “Dia Mundial da Segurança e Saúde no Trabalho e Dia Nacional em Memória das Vítimas de Acidentes e Doenças do Trabalho” celebrado em 28/04.</t>
   </si>
   <si>
     <t>9005</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9005/indicacao_222-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9005/indicacao_222-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade da instalação de redutor de velocidade na Rua Mauá nº 25 em frente a Escola Estadual Nilo Peçanha/ Escola Municipal do Campo Jacutinga, bem como melhorar a iluminação no local.</t>
   </si>
   <si>
     <t>9006</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9006/indicacao_223-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9006/indicacao_223-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, Luiz Carlos Gil, que por meio do departamento competente, providencie um redutor de velocidade na Rua Xavantes n° 34, no Jardim Itaipú, a pedido dos moradores.</t>
   </si>
   <si>
     <t>9108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9108/indicacao_224-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9108/indicacao_224-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie estacionamento de bicicletas no centro da cidade, em especial nas áreas onde será feita as ciclovias.</t>
   </si>
   <si>
     <t>9109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9109/indicacao_225-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9109/indicacao_225-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie um centro de controle (almoxarifado) para o recebimento de produtos, armazenagem, expedição e distribuição dos materiais, sendo imprescindível que este departamento seja único, visando controle da administração logística e contenção de custos. Como exemplo a cidade vizinha de Palmital.</t>
   </si>
   <si>
     <t>9110</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9110/indicacao_226-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9110/indicacao_226-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a Construção de Calçadas para os Canteiros da Avenida Souza Naves entre a Câmara Municipal até o Colégio Estadual Barão do Cerro Azul, os canteiros estão em situação precárias, e em alguns trecos já não há mais calçadas.</t>
   </si>
   <si>
     <t>9111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9111/indicacao_227-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9111/indicacao_227-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de pontos de ônibus pelo município, pois em muitos bairros e vilas e até mesmo nos distritos ainda não possuem o dito.</t>
   </si>
   <si>
     <t>9112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9112/indicacao_228-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9112/indicacao_228-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie uma quadra de basquete atrás do SESC Ivaiporã, bem como providencie uma quadra de areia naquele local.</t>
   </si>
   <si>
     <t>9113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9113/indicacao_229-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9113/indicacao_229-2022.pdf</t>
   </si>
   <si>
     <t>NDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, instale placas com horários e itinerários em todos os pontos de ônibus do transporte coletivo e Terminal Rodoviário.</t>
   </si>
   <si>
     <t>9115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9115/indicacao_230-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9115/indicacao_230-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que faça a poda seletiva de árvores com vida útil comprometida, que podem ocasionar acidentes em toda nossa cidade.</t>
   </si>
   <si>
     <t>9116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9116/indicacao_231-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9116/indicacao_231-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade da elaboração de um Projeto para construção de uma Ciclovia ligando Ivaiporã á Jardim Alegre/PR . Foto anexo.</t>
   </si>
   <si>
     <t>9117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9117/indicacao_232-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9117/indicacao_232-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que realize a limpeza (roçada) e a implantação redutor de velocidade na Rua: Zacarias Góis e Vasconcelos, Vila Santa Maria em frente a Madeporta.</t>
   </si>
   <si>
     <t>9118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9118/indicacao_233-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9118/indicacao_233-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de limpeza e colocação de tampas nos bueiros da Rua Mafra, na Vila Residencial de furnas.</t>
   </si>
   <si>
     <t>9119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9119/indicacao_234-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9119/indicacao_234-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a construção de faixa elevada na Av. Itália, em frente ao nº 350 – Jardim Europa. A velocidade que os veículos vêm desenvolvendo nesse local é incompatível com vias urbanas.</t>
   </si>
   <si>
     <t>9120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9120/indicacao_235-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9120/indicacao_235-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie adequação no quebra-molas em frente a APAE, transformando-o em faixa elevada, a fim de diminuir a velocidade dos veículos naquele local.</t>
   </si>
   <si>
     <t>9121</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9121/indicacao_236-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9121/indicacao_236-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie recape asfáltico na rua Prudente de Moraes, no Jardim Luiz XV que se apresenta com calçamento danificado e com drenagem deficiente.</t>
   </si>
   <si>
     <t>9122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9122/indicacao_237-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9122/indicacao_237-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a construção de um Estádio Municipal de Futebol, afim de incentivar e resgatar os bons tempos do futebol amador e profissional da nossa cidade.</t>
   </si>
   <si>
     <t>9123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9123/indicacao_238-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9123/indicacao_238-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a reconstrução de parte do muro do Cemitério do Distrito de Alto Porã, com as fortes chuvas e ventos veio a cair, danificando até alguns túmulos.</t>
   </si>
   <si>
     <t>9124</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9124/indicacao_239-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9124/indicacao_239-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a colocação de mão única na rua Rio Grande do Sul, próximo ao deposito do Supermercado Paraná, devido ao grande fluxo de caminhões que encostam para carga e descarga de mercadorias, deixando o trânsito complicado.</t>
   </si>
   <si>
     <t>9125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9125/indicacao_240-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9125/indicacao_240-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie recape asfáltico e manutenção na avenida Castelo Branco, em torno da Praça do Japão, próximo a Aggimotos.</t>
   </si>
   <si>
     <t>9126</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9126/indicacao_241-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9126/indicacao_241-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie a manutenção do meio fio quebrado na Rua Faxinal de frente a casa n° 260, boca de lobo que se encontra sem tampa na rua Faxinal de frente a casa n° 315, Vila Nova Porã (Maneco). Segue fotos anexa.</t>
   </si>
   <si>
     <t>9127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9127/indicacao_242-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9127/indicacao_242-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente: 1 Providencie ao Departamento que faça um estudo para fazer o calçamento com pedras poliédricas (pedras irregulares), no trecho que liga o Distrito de Jacutinga a Estrada do Painerinha, passando pelo contraforte FD Bonfati, compreendendo a extensão de 5.000 quilômetros. Plenário Vereador Pedro Goedert, ao dia treze de abril do ano de dois mil e vinte dois.</t>
   </si>
   <si>
     <t>9128</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9128/indicacao_243-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9128/indicacao_243-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, Luiz Carlos Gil, que por meio do departamento competente, providencie a construção da ponte da Água das Mamonas.</t>
   </si>
   <si>
     <t>9129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9129/indicacao_244-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9129/indicacao_244-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, Luiz Carlos Gil, que por meio do departamento rodoviário, providencie o alargamento (terceira faixa do asfalto) da Água do Jacutinga, como foi feito no Pindauva, intenso movimento.</t>
   </si>
   <si>
     <t>9130</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9130/indicacao_245-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9130/indicacao_245-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providenciar um aparelho de Eletrocardiograma ECG para cada UBS nos distritos de Jacutinga Santa Barbará e Alto Porã para facilitar e agilizar, para que os pacientes que necessitam fazer esse exame não precisarem virem para a cidade.</t>
   </si>
   <si>
     <t>9131</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie uma Incubadora Industrial Tecnológica para desenvolvimento de Startups e novos empreendimentos.</t>
   </si>
   <si>
     <t>9132</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9132/indicacao_247-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9132/indicacao_247-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providenciar um Toldo ou uma cobertura adequada e bancos fixos para os pacientes que que vão consultar na UBS Jacutinga não fiquem do lado de fora esperando abrir, pois as vezes os pacientes chegam antes do horário de abrir(07:30) e tem que ficar no tempo, temos que acolher melhor nossos munícipes.</t>
   </si>
   <si>
     <t>9133</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9133/indicacao_248-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9133/indicacao_248-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie reestruturar o organograma de Departamento de Saúde, estabelecendo um nova organização em que haja melhor agilidade e eficiência no atendimento da população.</t>
   </si>
   <si>
     <t>9134</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie padronização dos pontos de utilização do Transporte Escolar do Município, com placas informativas para que as crianças tenham mais segurança.</t>
   </si>
   <si>
     <t>9135</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9135/indicacao_250-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9135/indicacao_250-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, que faça a instalação da iluminação no campo de futebol do distrito do Jacutinga.</t>
   </si>
   <si>
     <t>9136</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9136/indicacao_251-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9136/indicacao_251-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie um muro no CMEI Maria Borato no Alto Porã, vendo a necessidade do muro que ao lado do CMEI tem plantação de cana e lavoura onde por várias vezes as professoras se depararam com cobras na parte externa do CMEI, também uma rampa de acesso no CMEI até a quadra do distrito e um toldo de acesso do portão principal até a porta de entrada do CMEI para as crianças fazer suas recreação no período de sol e chuva.</t>
   </si>
   <si>
     <t>9198</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9198/indicacao_252-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9198/indicacao_252-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a instalação de containers de lixo para coleta seletiva.</t>
   </si>
   <si>
     <t>9199</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9199/indicacao_253-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9199/indicacao_253-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a restauração do campo de futebol do Alto Porã, com iluminação, traves de gol e a colocação de grama</t>
   </si>
   <si>
     <t>9200</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9200/indicacao_254-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9200/indicacao_254-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade da flexibilização no horário de atendimento do CRAS, principalmente no horário de almoço.</t>
   </si>
   <si>
     <t>9201</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9201/indicacao_255-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9201/indicacao_255-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de instalação de hortas comunitárias nos terrenos baldios no quadro urbano, como forma de produção de alimentos, terapia ocupacional e integração entre moradores. Diante do momento especial que vivemos, onde a escassez de alimentos assola uma parcela da sociedade, que estão em situação de riscos social, o que tem afetado diretamente o emocional de muitas pessoas. O trabalho ainda que comunitário têm se demostrado como uma excelente terapia, além de melhorar o convívio social e estabelecer momentos para integrar os cidadãos a vida e a participação nas politicas públicas.</t>
   </si>
   <si>
     <t>9202</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9202/indicacao_256-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9202/indicacao_256-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de contratar um agente de saúde para atender a região do Pindauvinha (Alto Porã), Campo Novo, Santa Terezinha (Santa Barbara) onde se encontram descobertas, sabemos que os agentes atuam como membro da equipe de saúde, da unidade de saúde familiar, responsável por cadastramento de todas as pessoas, desenvolvendo atividades de promoção de saúde, mantendo um elo entre a população e as unidades de saúde, serviço necessário.</t>
   </si>
   <si>
     <t>9203</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9203/indicacao_257-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9203/indicacao_257-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a perfuração de um poço artesiano na comunidade do Paineirinha, pois nos períodos de estiagem a comunidade fica sem água para o consumo.</t>
   </si>
   <si>
     <t>9204</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9204/indicacao_258-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9204/indicacao_258-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de instalação de Brinquedos novos e adaptados no CMEI Nossa Senhora de Lourdes em Jacutinga.</t>
   </si>
   <si>
     <t>9262</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9262/indicacao_259-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9262/indicacao_259-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a reforma e manutenção do campo de futebol no Jardim Alto da Glória, com a possibilidade de implantação do projeto “ Meu Campinho”</t>
   </si>
   <si>
     <t>9263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9263/indicacao_260-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9263/indicacao_260-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de pedra irregular na rua Alvares de Azevedo próximo ao lago das Flores.</t>
   </si>
   <si>
     <t>9264</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9264/indicacao_261-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9264/indicacao_261-2022.pdf</t>
   </si>
   <si>
     <t>NDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie recape asfáltico sobre as pedras irregulares nas ruas Maria Bino e Gripina, ambas na Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>9268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9268/indicacao_262-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9268/indicacao_262-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de galeria pluvial, e colocação de pedras irregular na rua São João do Ivaí, na Vila Nova Porã, próximo Escola Municipal Bento Viana.</t>
   </si>
   <si>
     <t>9269</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9269/indicacao_263-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9269/indicacao_263-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que conceda a revisão geral anual aos servidores do Poder Executivo, com base no índice do IPCA.</t>
   </si>
   <si>
     <t>9270</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9270/indicacao_264-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9270/indicacao_264-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que realize a correção inflacionária da cesta básica, bem como volte a entrega-la em forma de produtos, conforme ocorria anteriormente, aos servidores públicos municipais.</t>
   </si>
   <si>
     <t>9271</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9271/indicacao_265-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9271/indicacao_265-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que por meio do Departamento competente que analise e providencie o aumento da capacidade do reservatório da Vila Rural Ivainópolis. Com o aumento do número de famílias de 76 para 96, tem gerado constantes episódios de falta de água.</t>
   </si>
   <si>
     <t>9272</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9272/indicacao_266-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9272/indicacao_266-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que por meio do Departamento competente providencie tampa para o bueiro no cruzamento da Rua Alvorada com Rua Ceará.</t>
   </si>
   <si>
     <t>9273</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9273/indicacao_267-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9273/indicacao_267-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade da instalação de um redutor de velocidade (quebra-molas) na Avenida Maranhão entre o número 1.085 á 1.174.</t>
   </si>
   <si>
     <t>9274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9274/indicacao_268-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9274/indicacao_268-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a troca das lâmpadas da Iluminação Pública na rua Beija-Flor próximo a mercearia São João na Vila Nova Porã.</t>
   </si>
   <si>
     <t>9275</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9275/indicacao_269-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9275/indicacao_269-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie placas de sinalização indicando a comunidade do Pindauvinha, na estrada da Rodovia Municipal Lázaro Bueno, conhecida como Estrada do Ouro Verde. Fotos em anexo.</t>
   </si>
   <si>
     <t>9276</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9276/indicacao_270-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9276/indicacao_270-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente fazer uma ponte de concreto na Água da Prata do trecho que liga a Vila Nova Porã a Vila Rural. Fotos em anexo.</t>
   </si>
   <si>
     <t>9277</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9277/indicacao_271-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9277/indicacao_271-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que façam a manutenção na Rua IBC do nº 505 ao 695, necessitando de um Caminhão de cascalho na Vila Nova Porã. Segue fotos e abaixo-assinado em anexo.</t>
   </si>
   <si>
     <t>9278</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9278/indicacao_272-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9278/indicacao_272-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção de buracos fundos na Rua Geraldo Furquim de Castro descendo lateral direita esquina com a Rua Martins Afonso de Souza, Casa Grande I.</t>
   </si>
   <si>
     <t>9279</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9279/indicacao_273-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9279/indicacao_273-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie calçamento com pista de caminhada na estrada Padre Milton Gomes no distrito do Jacutinga, a pedido dos moradores.</t>
   </si>
   <si>
     <t>9280</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9280/indicacao_274-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9280/indicacao_274-2022.pdf</t>
   </si>
   <si>
     <t>9281</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9281/indicacao_275-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9281/indicacao_275-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente que faça uma faixa elevada na Rua Plácido Miranda de frente a Igreja Assembleia de Deus, na Vila João XXIII, antigo Campo do Araçá.</t>
   </si>
   <si>
     <t>9282</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9282/indicacao_276-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9282/indicacao_276-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie lombada na Rua Bela Vista, em frente à Escola Bento Viana - na Vila Nova Porã, para atender reivindicação dos moradores do Bairro.</t>
   </si>
   <si>
     <t>9283</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Gertrudes, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9283/indicacao_277-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9283/indicacao_277-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie pontos de apoio para os ciclistas servindo para descanso com sombra e bancos, para a proteção do sol e chuva, mapas de localização e rotas, torneiras para reabastecer a garrafa de água, dispositivos para encher os pneus dos ciclistas e estacionamento para bicicletas.</t>
   </si>
   <si>
     <t>9284</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9284/indicacao_278-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9284/indicacao_278-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie se for possível providenciar uma sala de espera com um espaço maior na area da farmácia do posto de saúde.</t>
   </si>
   <si>
     <t>9285</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9285/indicacao_279-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9285/indicacao_279-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade na Av: São Paulo em frente do (CMEI) Paulo Freire muita motorista não respeita a velocidade neste local.</t>
   </si>
   <si>
     <t>9286</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9286/indicacao_280-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9286/indicacao_280-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie se for possível implantar uma quadra de tênis com marcação de tênis no lago jardim botânico.</t>
   </si>
   <si>
     <t>9287</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9287/indicacao_281-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9287/indicacao_281-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um estudo para implantar uma câmara de monitoramento ou um Radar no Semáforo em frente do posto Ivaiporã a motorista não está respeitando.</t>
   </si>
   <si>
     <t>9288</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9288/indicacao_282-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9288/indicacao_282-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie providencia câmara de vigilância na estrada do ouro verde neste trecho as pessoas estão quebrando garrafas e jogando entulhos.</t>
   </si>
   <si>
     <t>9289</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9289/indicacao_283-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9289/indicacao_283-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, junto ao departamento responsável, para que se realize a aplicação de faixas de pedestre no cruzamento em frente a Associação Atlética do Banco do Brasil (AABB), entre Rua Dona Leopoldina, Avenida Espanha e Rua Tamandaré, haja vista o fluxo de veículos e pedestres tem provocado acidentes e colisões que potencial de gerar fatalidades.</t>
   </si>
   <si>
     <t>9332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9332/indicacao_284-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9332/indicacao_284-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie mutirão para cascalhar todos os carreadores do município de Ivaiporã.</t>
   </si>
   <si>
     <t>9334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9334/indicacao_285-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9334/indicacao_285-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie um Caminhão de lixo com capacidade de dezesseis toneladas para o Departamento de Meio Ambiente.</t>
   </si>
   <si>
     <t>9335</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9335/indicacao_286-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9335/indicacao_286-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a reforma da quadra e implantação de um centro poli esportivo no ginásio de esportes Mourão Filho. Contendo pista de caminhada, playground com acessibilidade para crianças com deficiência, academia ao ar livre, campo sintético, iluminação e bancos, paisagismo e arborização.</t>
   </si>
   <si>
     <t>9337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9337/indicacao_287-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9337/indicacao_287-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, implante Zona Azul para estacionamento no centro da cidade, pelo fato de ter muitas lojas, que necessitam de rotatividade de estacionamento.</t>
   </si>
   <si>
     <t>9339</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção e cascalhamento da Rua Arlindo Martins Proença N:126 Vila Bosque da saúde. fotos anexas.</t>
   </si>
   <si>
     <t>9340</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9340/indicacao_289-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9340/indicacao_289-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça uma faixa elevada na Rua João Maria Stresser (Centro) de frente ao parquinho municipal.</t>
   </si>
   <si>
     <t>9341</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de uma sede própria do Conselho Tutelar, tendo em vista que o local que é feio o atendimento é de situação precária, com pouca privacidade e sem acessibilidade alguma para as pessoas com deficiência e também de difícil acesso para as pessoas idosas.</t>
   </si>
   <si>
     <t>9342</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9342/indicacao_291-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9342/indicacao_291-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de 20 (vinte) casas populares na Vila Cachorro Sentado, distrito de Jacutinga, Rua Progresso e Rua Guaiambé nas proximidades do Cemitério, oferecendo melhores condições de habitação as famílias desta localidade</t>
   </si>
   <si>
     <t>9343</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9343/indicacao_292-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9343/indicacao_292-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie um Condomínio para Idosos, parte do Programa Viver Mais Paraná, com 40 (Quarenta) casas destinadas a melhor idade.</t>
   </si>
   <si>
     <t>9344</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9344/indicacao_293-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9344/indicacao_293-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie as laterais da ponte da estrada Agua da Prata, para a proteção dos que ali passa.</t>
   </si>
   <si>
     <t>9345</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9345/indicacao_294-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9345/indicacao_294-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de melhorias em toda a Rua: Céu Azul, Jardim Paraná.</t>
   </si>
   <si>
     <t>9346</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9346/indicacao_295-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9346/indicacao_295-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a reforma do Salão Comunitário do Conjunto João de Barro.</t>
   </si>
   <si>
     <t>9347</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9347/indicacao_296-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9347/indicacao_296-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie melhorias na iluminação do estacionamento do Lago Jardim botânico, melhorando as condições de segurança dos visitantes.</t>
   </si>
   <si>
     <t>9348</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9348/indicacao_297-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9348/indicacao_297-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a colocação de bancos tipo praça na UBS do Conjunto João de Barro, para dar mais conforto as pessoas enquanto esperam ser atendidos na mesma.</t>
   </si>
   <si>
     <t>9349</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Fio Bertotti, Carniato</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9349/indicacao_298-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9349/indicacao_298-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de galeria pluvial no final da rua Júlio Guerra, no Jardim Luiz XV, em dias de chuvas mais forte a agua invade as casas trazendo transtornos aos moradores.</t>
   </si>
   <si>
     <t>9350</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o calçamento com pedra irregular na rua Bem Te Vi, Vila Nova Porã.</t>
   </si>
   <si>
     <t>9351</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9351/indicacao_300-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9351/indicacao_300-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, Meio Ambiente para Resgatar os coletores de resíduos e criar Ecopontos para a coleta de resíduos considerados perigosos.</t>
   </si>
   <si>
     <t>9478</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9478/indicacao_301-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9478/indicacao_301-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente para que faça um estudo em frente ao posto Ivaiporã próximo a Azambuja ali no semáfaro pois direto os motoristas ficam se fechando devido a largura ser estreita.</t>
   </si>
   <si>
     <t>9479</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9479/indicacao_302-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9479/indicacao_302-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente para que melhore a iluminação no Jardim Casa Grande 4, onde tem a academia na José Abbá, ultima rua próximo a mata é muito escuro.</t>
   </si>
   <si>
     <t>9480</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9480/indicacao_303-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9480/indicacao_303-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, Meio Ambiente para criar programas de Educação Ambiental em parceria com os Departamentos de Educação, Esporte, Cultura e Lazer: palestras nas diversas áreas do meio ambiente, separação de resíduos, preservação ambiental, poluição, entre outros.</t>
   </si>
   <si>
     <t>9481</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9481/indicacao_304-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9481/indicacao_304-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie um redutor de velocidade na Rua Clara Storoski Vila São José próximo ao bar de Marinho.</t>
   </si>
   <si>
     <t>9482</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9482/indicacao_305-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9482/indicacao_305-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, Luiz Carlos Gil, que por meio do departamento competente providencie a instalação de um redutor de velocidade (quebra-molas), na Rua Arapongas (Jardim Brasília) no distrito de Jacutinga, pelo fato de veículos estarem transitando em alta velocidade.</t>
   </si>
   <si>
     <t>9483</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9483/indicacao_306-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9483/indicacao_306-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, para que providencie a construção de campinho (gramado, cercado e iluminado) e uma ATI (Academia da Terceira Idade) no Jardim Paraná, para atender demanda dos moradores da comunidade. Na localidade há um terreno que pertence ao município, onde os jovens já praticam atividades físicas, mas não dispõe das condições adequadas para a prática esportiva.</t>
   </si>
   <si>
     <t>9484</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9484/indicacao_307-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9484/indicacao_307-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente realize estudos para a criação do Mercado Municipal e assim favorecer a população de baixa renda.</t>
   </si>
   <si>
     <t>9485</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9485/indicacao_308-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9485/indicacao_308-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente realize estudos para duplicação da saída de Santa Bárbara – transformando mão única a Rua Apinagés, no sentido bairro; e pavimentando a estrada antiga no sentido centro. Fazendo também ligação pavimentada direta com o centro da cidade por meio da rua suburbana. Com o crescimento dos bairros aumentou muito o fluxo de veículo na Rua Apinagés o que vem prejudicando o trânsito.</t>
   </si>
   <si>
     <t>9486</t>
   </si>
   <si>
     <t>Carniato, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9486/indicacao_309-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9486/indicacao_309-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a abertura de um Poço Artesiano para atender as comunidades do Banco de Areia e Procópio, no Distrito de Santa Bárbara. Os moradores da comunidade, dentre eles o Srs. Daniel Cândido de Souza e José Bergamaschi Neto, relatam que em período prolongado de seca está faltando água até para o consumo humano e trazendo dificuldades, em especial aos produtores de leite.</t>
   </si>
   <si>
     <t>9487</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9487/indicacao_310-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9487/indicacao_310-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie tapa buraco em dois pontos na Rua Juares Clever, Centro - atrás da Lourdes Noivas.</t>
   </si>
   <si>
     <t>9488</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9488/indicacao_311-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9488/indicacao_311-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de banheiro público na Praça França.</t>
   </si>
   <si>
     <t>9489</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9489/indicacao_312-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9489/indicacao_312-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que crie uma Biblioteca Municipal Digital. A disponibilização de livros na plataforma digital é entendida como uma importante ferramenta para a construção de políticas públicas, que contribuirá para a formação do conhecimento e cidadania. Reduzirá custos com aquisição de livros, uma vez que a na plataforma o compartilhamento da informação permite acesso simultâneo a vários leitores nas 24 horas do dia.</t>
   </si>
   <si>
     <t>9490</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9490/indicacao_313-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9490/indicacao_313-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie tampa para os bueiros que estão abertos, nos cruzamentos da Av. Maranhão com as ruas Alvorada e Cuba, oferecendo riscos de acidentes, inclusive para as crianças que aguardam o ônibus do transporte escolar naqueles locais.</t>
   </si>
   <si>
     <t>9491</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9491/indicacao_314-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9491/indicacao_314-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente que analise a instalação de semáforo para pedestre, com objetivo de organizar melhor o trânsito.</t>
   </si>
   <si>
     <t>9493</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9493/indicacao_315-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9493/indicacao_315-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, para contratar inspetor de pátio fixo para que os diretores e professores tenha confiança em deixar seus alunos, contratar em todas as escolas municipais.</t>
   </si>
   <si>
     <t>9495</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9495/indicacao_316-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9495/indicacao_316-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie novos uniformes para todos os garis e protetor solar.</t>
   </si>
   <si>
     <t>9496</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9496/indicacao_317-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9496/indicacao_317-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, se for possível instalar um televisão na sala infantil 2 e sala 3 no CMEI Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>9498</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9498/indicacao_318-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9498/indicacao_318-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a fiscalização dos estacionamentos preferenciais de idosos e deficientes pois os motoristas não estão respeitando as referidas vagas.</t>
   </si>
   <si>
     <t>9499</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9499/indicacao_319-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9499/indicacao_319-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o patrolamento e cascalhamento na estrada da fazenda Santa Rosa, na comunidade do Severiano, muitos buracos na estrada atrapalhando o trafego e o escoamento do leite e produtos agrícolas.</t>
   </si>
   <si>
     <t>9500</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9500/indicacao_320-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9500/indicacao_320-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a continuação do calçamento com pedra irregular no final da rua Visconde do Rio Branco, Jardim Luiz XV.</t>
   </si>
   <si>
     <t>9501</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9501/indicacao_321-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9501/indicacao_321-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie roçada e paisagismo na praça em frente à Escola Municipal José de Matos Leão, no Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>9502</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9502/indicacao_322-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9502/indicacao_322-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, Luiz Carlos Gil, que por meio do departamento competente, providencie uma linha de transporte público, apenas para o distrito de Jacutinga.</t>
   </si>
   <si>
     <t>9503</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9503/indicacao_323-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9503/indicacao_323-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de pavimentação poliédrica (pedras irregulares) na Rua: José Castro Conde, no Reservado.</t>
   </si>
   <si>
     <t>9504</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9504/indicacao_324-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9504/indicacao_324-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade da instalação de um redutor de velocidade na Rua: Suburbana, em frente ao Abrigo Toca de Assis.</t>
   </si>
   <si>
     <t>9505</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9505/indicacao_325-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9505/indicacao_325-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de pavimentação poliédrica (pedras irregulares) na Rua: D, Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>9506</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9506/indicacao_326-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9506/indicacao_326-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providenciar a Retomada da feira do produtor, oferecendo apoio e comercialização dos produtos, de origem animal e vegetal.</t>
   </si>
   <si>
     <t>9507</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9507/indicacao_327-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9507/indicacao_327-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o patrolamento e cascalhamento na estrada do sitio do Demetto e sitio do Viola na comunidade do Ouro Verde, ali tem muitos sitiantes que trafegam por essas estradas e necessitam escoar os seus produtos e a produção agrícola.</t>
   </si>
   <si>
     <t>9508</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9508/indicacao_328-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9508/indicacao_328-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a troca da tampa da boca de lobo que se encontra quebrada na Rua Joaquim Nabuco esquina com Ladislau Gil Fernandes Jd. Aeroporto segue fotos anexas:</t>
   </si>
   <si>
     <t>9509</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9509/indicacao_329-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9509/indicacao_329-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça uma limpeza nas canaletas estão entupidas na av. Ladislau Gil Fernandes Jardim. Aeroporto esquina com oficina mecânica central segue fotos anexa</t>
   </si>
   <si>
     <t>9510</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>Gertrudes, Fio Bertotti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9510/indicacao_330-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9510/indicacao_330-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de 18 (dezoito) casas populares, atrás da quadra municipal no Distrito de Alto Porã. Oferecendo melhores condições de habitação as famílias desta localidade.</t>
   </si>
   <si>
     <t>9511</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de um Centro de Socioeducação (CENSE).</t>
   </si>
   <si>
     <t>9512</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9512/indicacao_332-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9512/indicacao_332-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie um monumento aos ciclistas no centro da futura rotatória nas proximidades do Mercado Popular e Cemitério, estimulando os ciclistas que ali passam para o uso da ciclofaixa, indicação feita pelos moradores do Conjunto Mourão Filho.</t>
   </si>
   <si>
     <t>9513</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9513/indicacao_333-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9513/indicacao_333-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de uma Trilha Ecológica no Parque Natural Municipal Mata do Plácidio.</t>
   </si>
   <si>
     <t>9517</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9517/indicacao_334-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9517/indicacao_334-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a sinalização da faixa central da Rodovia Nicolau Koltun.</t>
   </si>
   <si>
     <t>9518</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>Vila Real, Gertrudes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9518/indicacao_335-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9518/indicacao_335-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma rotatória nas proximidades do Mercado Popular e Cemitério, próximo ao Conjunto Mourão Filho.</t>
   </si>
   <si>
     <t>9519</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9519/indicacao_336-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9519/indicacao_336-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma linha exclusiva de transporte escolar para os alunos do IFPR,. Ou uma mudança nos horários do transporte já existente até o IFPR.</t>
   </si>
   <si>
     <t>9520</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9520/indicacao_337-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9520/indicacao_337-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que realize o recape asfáltico na Avenida Aparício Bitencourt próximo ao SESC.</t>
   </si>
   <si>
     <t>9521</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9521/indicacao_338-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9521/indicacao_338-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja feito a limpeza no final da Rua: Bangu, Jardim Guanabara II, onde há acumulo de água parada.</t>
   </si>
   <si>
     <t>9522</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9522/indicacao_339-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9522/indicacao_339-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a sinalização do quebra mola em frente ao posto Catuai e a Case, Av Ladislau Fernandes.</t>
   </si>
   <si>
     <t>9523</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9523/indicacao_340-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9523/indicacao_340-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção da tampa da boca de lobo quebrada na Rua guareta de frente a casa 265 vila nova porã foto anexa.</t>
   </si>
   <si>
     <t>9524</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie cascalhamento da estrada, aproximadamente (2 Km), que dá acesso ao poço que abastece o Distrito de Santa Bárbara, e arrumar ponte. Nesse local tem um aluno da APAE, que depende de transporte para ir na escola todos os dias e as condições da estrada e da ponte está dificultando o trânsito.</t>
   </si>
   <si>
     <t>9525</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9525/indicacao_342-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9525/indicacao_342-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja feito recape asfáltico e limpeza nos bueiros na Rua: Júlio Guerra, próximo ao nº 235, Jardim Luiz XV.</t>
   </si>
   <si>
     <t>9526</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9526/indicacao_343-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9526/indicacao_343-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie indicação ao executivo e o departamento competente voltar o ponto de ônibus na rua ucrânia a pedido dos moradores.</t>
   </si>
   <si>
     <t>9527</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9527/indicacao_344-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9527/indicacao_344-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, para proveniência um espaço para montar uma pista de gaiola Cross e Motocross.</t>
   </si>
   <si>
     <t>9528</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9528/indicacao_345-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9528/indicacao_345-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, comunicar a Secretaria da Cultura para que se possível contratar Músicos e DJ,para fazer show na praça nos dias que os comércios são aberto até as cinco horas da tarde, para dar oportunidade para nossos profissional da cidade e dar um apoio para nossos comerciantes atraindo mais movimentos de pessoas.</t>
   </si>
   <si>
     <t>9529</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9529/indicacao_346-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9529/indicacao_346-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o recape asfáltico e manutenção na Rua Cuba, atrás da Sanepar, muitos buracos dificultando trafego.</t>
   </si>
   <si>
     <t>9531</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9531/indicacao_347-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9531/indicacao_347-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie melhorias na galeria pluvial da Avenida Espanha, em frente ao número 568, Jardim Europa, com a correção de massa asfáltica sobre a pedra irregular acabou tampando o bueiro, não dando vazão as aguas da chuva. Segue foto em anexo;</t>
   </si>
   <si>
     <t>9532</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9532/indicacao_348-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9532/indicacao_348-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias com paisagismo, iluminação na praça da Rua Travessa Esperança esquina com Avenida Presidente Tancredo Neves, em frente ao Bonfim Gás. Segue foto em anexo</t>
   </si>
   <si>
     <t>9533</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9533/indicacao_349-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9533/indicacao_349-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias na Praça Mário Moreira Bonfim situada na Avenida Paraná em nossa cidade, com instalação de mais lâmpadas, paisagismo e reparos necessários, deixando assim a praça mais bonita.</t>
   </si>
   <si>
     <t>9534</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9534/indicacao_350-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9534/indicacao_350-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja feito a limpeza e reforma nos banheiros da Praça Henrique Portelinha em frente ao Banco do Brasil. e demais melhorias que fizerem necessárias neste local.</t>
   </si>
   <si>
     <t>9535</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9535/indicacao_351-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9535/indicacao_351-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie, patrolamento e cascalhamento na Estrada do Bairro Berro da Onça.</t>
   </si>
   <si>
     <t>9536</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9536/indicacao_352-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9536/indicacao_352-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a manutenção e recape asfáltico na rua Andirá, fundos do colégio Unidade Pólo – (Bento Mussurunga),</t>
   </si>
   <si>
     <t>9537</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9537/indicacao_353-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9537/indicacao_353-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a pintura dos pontos de ônibus do município.</t>
   </si>
   <si>
     <t>9538</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9538/indicacao_354-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9538/indicacao_354-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie o recape asfáltico da R/AV Osvaldo Cruz entre o Torno Ivaí até o CMEI Prof. Antônio Carlos Costa.</t>
   </si>
   <si>
     <t>9616</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9616/indicacao_355-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9616/indicacao_355-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a reforma, colocação de grama sintética e paisagismo no Parquinho Municipal, onde os brinquedos ainda são de madeira e precisam de reparo.</t>
   </si>
   <si>
     <t>9617</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9617/indicacao_356-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9617/indicacao_356-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a construção de galerias na R. Campo Mourão no Bairro Jardim Paraná e se possível recape asfáltico, pedido da população que ali se localiza.</t>
   </si>
   <si>
     <t>9618</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9618/indicacao_357-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9618/indicacao_357-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade de promover melhoria no Campinho de Suíço da Vila Rural, com (nivelamento e substituição da grama).</t>
   </si>
   <si>
     <t>9619</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9619/indicacao_358-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9619/indicacao_358-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade de promover a reforma na UBS – (Unidade Básica de Saúde) do Distrito de Santa Bárbara, incluído a construção de mais um sanitário, melhorando o espaço da cozinha e pintura geral.</t>
   </si>
   <si>
     <t>9621</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9621/indicacao_359-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9621/indicacao_359-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade de promover recape asfáltico nos dois sentidos da Avenida Maranhão, do Antigo Bar do Marinho até a Rua Alvorada. Esse trecho apresenta muitos buracos, prejudicando o trânsito.</t>
   </si>
   <si>
     <t>9622</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9622/indicacao_360-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9622/indicacao_360-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça colocação de pedras regular na Rua das industrias uns 350 metros (Vila das industrias) perto do posto Catuai II fotos anexas.</t>
   </si>
   <si>
     <t>9623</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9623/indicacao_361-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9623/indicacao_361-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a colocação de câmeras na entrada e saída do setor rodoviário pois está acontecendo roubos nos veículos segue fotos.</t>
   </si>
   <si>
     <t>9624</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9624/indicacao_362-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9624/indicacao_362-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a colocação da boca de lobo na rua Ivaí na Vila são Pedro ( descendo) a Apae. foto anexa.</t>
   </si>
   <si>
     <t>9626</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9626/indicacao_363-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9626/indicacao_363-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o recape asfáltico e manutenção na Rua Juarez Cleve, em toda sua extensão.</t>
   </si>
   <si>
     <t>9632</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9632/indicacao_364-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9632/indicacao_364-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, a possibilidade de colocação de uma faixa elevada, no cruzamento da Rua Prof. Diva Proença com Avenida Paraná, próximo a Associação Comercial, área central da cidade e com grande fluxo de pedestre.</t>
   </si>
   <si>
     <t>9633</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9633/indicacao_365-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9633/indicacao_365-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie recape asfáltico na rua Brigadeiro Correa de Melo ao lado da Capela Aliança. Fotos em anexo.</t>
   </si>
   <si>
     <t>9634</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9634/indicacao_366-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9634/indicacao_366-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie recape asfáltico na rua Bulha em frente a Unidade Básica de Saúde da Vila Monte Castelo e melhorias na boca de lobo. Fotos em anexo.</t>
   </si>
   <si>
     <t>9635</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9635/indicacao_367-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9635/indicacao_367-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, que faça um redutor de velocidade na rua Jurumirim no bairro do jardim Itaipu.</t>
   </si>
   <si>
     <t>9636</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9636/indicacao_368-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9636/indicacao_368-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade de construir uma lombada elevada na Rua Periquito, em frente ao nº 33 e 36, no Distrito de Alto Porã. Segundo os moradores, os motoristas e motoqueiros estão trafegando em alta velocidade naquele local.</t>
   </si>
   <si>
     <t>9637</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9637/indicacao_369-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9637/indicacao_369-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, por meio do Fundo Social de Solidariedade e Secretaria Municipal de Assistência Social, poderia realizar o primeiro arrastão da Campanha do Agasalho percorrer diversos bairros da cidade em busca das doações de roupas, agasalhos e cobertores.</t>
   </si>
   <si>
     <t>9638</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9638/indicacao_370-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9638/indicacao_370-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, que se possível passar a máquina na estrada rural próximo ao carte bichara localizada ao trevo estrada que dá acesso a chácara da Luciane de lima Ferreira Barreto.</t>
   </si>
   <si>
     <t>9639</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9639/indicacao_371-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9639/indicacao_371-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, que faça corte de 2 arvores na rua Maria Bina número 35 no bairro vila santa Terezinha.</t>
   </si>
   <si>
     <t>9640</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie cinquenta Casas Populares da COHAPAR no Distrito de Jacutinga, essas casas deverão ser destinadas aos moradores de jacutinga, e mais cinquenta casas destinadas aos moradores de Ivaiporã. Obs.: Essas casas não serão destinadas a populares da vila do cachorro sentado, do Distrito de Jacutinga, Rua Progresso e Guaiambé, por conta de que já existe um pedido de casas populares especifico (Desfavelamento-Indicação nº 291) para essa localidade em razão da falta de saneamento básico e más condições do local, dos populares que lá habitam.</t>
   </si>
   <si>
     <t>9641</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9641/indicacao_373-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9641/indicacao_373-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, tome as providências necessárias junto a COPEL e demais empresas que realizam o cabeamento de internet e telefonia, pois as instalações dos fios estão ficando irregulares (muito baixa) podendo causar acidentes.</t>
   </si>
   <si>
     <t>9647</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9647/indicacao_374-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9647/indicacao_374-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a instalação de um redutor de velocidade na Rua: Placídio Miranda próximo ao Mercado Bom Preço e Mercado Casa Grande II.</t>
   </si>
   <si>
     <t>9648</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9648/indicacao_375-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9648/indicacao_375-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja contratado mais um médico para atendimento na U.P.A.</t>
   </si>
   <si>
     <t>9649</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9649/indicacao_376-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9649/indicacao_376-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a instalação de um redutor de velocidade na Av. Maranhão, próximo ao nº 905.</t>
   </si>
   <si>
     <t>9650</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9650/indicacao_377-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9650/indicacao_377-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o alargamento da ponte sobre o Rio Da Bulha, estrada que liga Ivaiporã, ao distrito de Lageado, com as novas tecnologias os maquinários agrícolas estão cada vez maiores, e assim estão tendo que desviar, aumentando o percurso.</t>
   </si>
   <si>
     <t>9651</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9651/indicacao_378-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9651/indicacao_378-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a manutenção da calçada de passeio na Avenida Brasil em frente à casa do criador, após feito alargamento da via para estacionamento ficou inacabada, e também a possibilidade de continuação do estacionamento do lado esquerdo na próxima quadra em frente ao Bar do Marinho.</t>
   </si>
   <si>
     <t>9652</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito Municipal, que faça colocação da tampa da boca de lobo na Rua Joanino Bevilaqua em frente a casa 235 vila Nova Porã.</t>
   </si>
   <si>
     <t>9653</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito Municipal, que faça uma manutenção no brinquedo do lago jardim Botânico.</t>
   </si>
   <si>
     <t>9654</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9654/indicacao_381-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9654/indicacao_381-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a necessidade de poda da árvore na Ceará entre as ruas Andirá e Pitanga. Os caminhões baús que vem para descarga no depósito de alimentos estão batendo nos galhos sobre a ruA.</t>
   </si>
   <si>
     <t>9655</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por providencie a construção de duas lombadas na Rua Araras. Uma nas proximidades da Colônia da Prefeitura, na Rua Luís Fabo, e outra na esquina da com Rua Pires. Os veículos estão desenvolvendo velocidade incompatível com perímetro urbano nesse trecho da via.</t>
   </si>
   <si>
     <t>9656</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9656/indicacao_383-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9656/indicacao_383-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade para instalação de um restaurante popular municipal. Hoje o grande número de pessoas que se encontra morando nas ruas e aqueles que buscam o sustento nos sinaleiros, justificam a instalação deste tipo de restaurante, que não influenciará no comércio já estabelecido.</t>
   </si>
   <si>
     <t>9657</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9657/indicacao_384-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9657/indicacao_384-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a colocação de pedras irregulares na Rua: Uberlândia, Vila Esperança, próximo ao CEMEI José Fiorim.</t>
   </si>
   <si>
     <t>9658</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9658/indicacao_385-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9658/indicacao_385-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, verificar a possibilidade de colocar pedras irregulares na Estrada do Córrego Imbaúba até o Jardim Casa grande I ligando a Rodovia Celso Fumio Makita.</t>
   </si>
   <si>
     <t>9659</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9659/indicacao_386-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9659/indicacao_386-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, se possível pedir a nossa Secretária Municipal de Saúde Cristiane Pantaleão abrir o posto de saúde mais cedo para que as pessoas de idade, gestantes, crianças enfim a população em geral que necessita de atendimento não fique lá na chuva no frio esperando abrir para pegar a consulta.</t>
   </si>
   <si>
     <t>9660</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9660/indicacao_387-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9660/indicacao_387-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, se possível fazer o recape asfáltico em cima das pedras irregulares na Rua beija flor ao lado do centro da juventude Vila Nova Porã.</t>
   </si>
   <si>
     <t>9661</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9661/indicacao_388-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9661/indicacao_388-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie ações para difundir a Justiça Restaurativa nas escolas, por meio da realização de eventos, palestras, bem como capacitação dos profissionais da educação contemplando práticas e habilidades interpessoais de gestão de conflitos para a transformação social e a promoção da cultura da paz no ambiente escolar.</t>
   </si>
   <si>
     <t>9662</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9662/indicacao_389-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9662/indicacao_389-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que faça a limpeza e manutenção da boca de lobo na rua Placídio Miranda com esquina à rua Professora Diva Proença próximo ao deposito de bebidas K10. Fotos em anexo.</t>
   </si>
   <si>
     <t>9663</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9663/indicacao_390-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9663/indicacao_390-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a limpeza do mato e realizem a roçada em toda a Rua: Mamborê no Jardim Alvorada, inclusive nos bueiros.</t>
   </si>
   <si>
     <t>9664</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9664/indicacao_391-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9664/indicacao_391-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, para que faça instalação de câmeras de segurança nas UBS e na UPA e nas entradas e saídas da cidade.</t>
   </si>
   <si>
     <t>9665</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9665/indicacao_392-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9665/indicacao_392-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, para que realize o conserto na boca de lobo e seja instalado uma grade de segurança na mesma, localizada na Avenida Presidente Tancredo Neves nº 4250. Próximo a escola de inglês KNN. fotos em anexo.</t>
   </si>
   <si>
     <t>9666</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9666/indicacao_393-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9666/indicacao_393-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, se possível ter um carro exclusivo para o pessoal do agendamento de exame da saúde.</t>
   </si>
   <si>
     <t>9667</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9667/indicacao_394-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9667/indicacao_394-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade na Rua Osvaldo Cruz próximo ao número 805.</t>
   </si>
   <si>
     <t>9668</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9668/indicacao_395-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9668/indicacao_395-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie o patrolamento e cascalhamento da estrada que liga Ivaiporã, a comunidade da Água do Milagre, muitos buracos causados pelas fortes chuvas dos últimos dias. fotos em anexo;</t>
   </si>
   <si>
     <t>9669</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9669/indicacao_396-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9669/indicacao_396-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, providencie a construção de duas bocas de lobo (bueiro) uma na rua Araras esquina com a rua Beija Flor, e outra na rua Papagaio, ambas no conjunto João de Barro, pois em dias de chuva mais forte a água acaba entrando nas residências.</t>
   </si>
   <si>
     <t>9670</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9670/indicacao_397-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9670/indicacao_397-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias como maior sinalização e também se possível mais iluminação no trevo de acesso ao distrito de Alto Porã, por ser em uma reta os carros desenvolvem velocidade alta, colocando em risco quem entra e sai do distrito.</t>
   </si>
   <si>
     <t>9671</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9671/indicacao_398-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9671/indicacao_398-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a limpeza nos bueiros em toda a Rua: Rui Barbosa, Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>9672</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9672/indicacao_399-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9672/indicacao_399-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a instalação de um redutor de velocidade na Rua: Carlos Gomes próximo ao nº 45.</t>
   </si>
   <si>
     <t>9673</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9673/indicacao_400-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9673/indicacao_400-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, promova a implantação de uma Escola Cívico Militar naquela área próximo a UEM (Universidade Estadual de Maringá), em parceria do Município como o Ministério de Educação e o Governo do Estado.</t>
   </si>
   <si>
     <t>9682</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9682/indicacao_401-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9682/indicacao_401-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie o recape asfáltico na Rua Maria Cesarina Teixeira, em frente à Igreja Santos Reis localizada no Jardim Belho Horizonte.</t>
   </si>
   <si>
     <t>9683</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9683/indicacao_402-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9683/indicacao_402-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie um Caminhão Prancha na categoria Truk para o Departamento de Viação para o transporte de máquinas.</t>
   </si>
   <si>
     <t>9684</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9684/indicacao_402-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9684/indicacao_402-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie uma Ponte de concreto no Bairro Formosinho sobre o Rio, que liga a estrada até Porto de Areia do Mario Hort onde o fluxo de caminhão que retira areia do porto é constante e a manutenção é necessária pois a ponte é de madeira.</t>
   </si>
   <si>
     <t>9685</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9685/indicacao_404-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9685/indicacao_404-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie melhorias na iluminação da Praça Central Manoel Theodoro da Rocha.</t>
   </si>
   <si>
     <t>9686</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9686/indicacao_405-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9686/indicacao_405-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade para solicitar a TIM prestadora de serviços de telefonia celular/internet para melhorar esse tipo de serviço nas seguintes localidades: Jardim Espírito Santo, Jardim Paraná e Jardim.</t>
   </si>
   <si>
     <t>9687</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9687/indicacao_406-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9687/indicacao_406-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente que analise a necessidade da contratação de médico geriatra, para atendimento da população com idade mais avançada.</t>
   </si>
   <si>
     <t>9688</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9688/indicacao_407-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9688/indicacao_407-2022.pdf</t>
   </si>
   <si>
     <t>9689</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9689/indicacao_408-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9689/indicacao_408-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que providencie a construção de módulo policial no complexo do Jardim Botânico, para maior segurança dos frequentadores daquele local.</t>
   </si>
   <si>
     <t>9690</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9690/indicacao_409-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9690/indicacao_409-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que seja feito melhorias como (iluminação, alambrado, troca de gramado), no campinho que fica ao lado do Centro da Juventude.</t>
   </si>
   <si>
     <t>9691</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9691/indicacao_410-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9691/indicacao_410-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja construído um CEMEI- no bairro Jardim Europa.</t>
   </si>
   <si>
     <t>9749</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9749/indicacao_411-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9749/indicacao_411-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção com colocação de 150 metros de cascalho na rua Pindauva nº01, Chácara Horizonte no Jardim São Domingos.</t>
   </si>
   <si>
     <t>9750</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9750/indicacao_412-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9750/indicacao_412-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção uma camada asfáltica e trocas de meios fios quebrados na avenida presidente Castelo branco próximo o ginásio Alcebíades Alves fotos anexas.</t>
   </si>
   <si>
     <t>9751</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9751/indicacao_413-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9751/indicacao_413-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de pedra irregular na estrada que começa na PR-466 e vai até a comunidade do Bulha, estrada que também liga na comunidade do Lageado.</t>
   </si>
   <si>
     <t>9752</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9752/indicacao_414-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9752/indicacao_414-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, a possibilidade de implantação de um sistema de monitoramento através de câmaras de segurança no centro de nossa cidade, coibindo assim furtos nas lojas e vandalismo com patrimônio público.</t>
   </si>
   <si>
     <t>9753</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9753/indicacao_415-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9753/indicacao_415-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a limpeza dos bueiros, e termino da galeria pluvial, na rua Ivaiporã, e onde houver necessário no Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>9755</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9755/indicacao_416-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9755/indicacao_416-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, a possibilidade de construção de uma Capela Mortuária, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>9757</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9757/indicacao_417-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9757/indicacao_417-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente que analise e providencie a substituição das lâmpadas da iluminação pública no bairro Reservado por lâmpadas de mais potente, a fim melhorar a iluminação dessa localidade.</t>
   </si>
   <si>
     <t>9758</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9758/indicacao_418-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9758/indicacao_418-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade de promover recape asfáltico sobre calçamento poliédrico na Rua General Osório – Jardim Luiz XV, para atender pedido dos moradores da localidade. O calçamento se apresenta com muita irregularidade, dificultando o trânsito de pessoas e de veículos.</t>
   </si>
   <si>
     <t>9761</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9761/indicacao_418-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9761/indicacao_418-2022.pdf</t>
   </si>
   <si>
     <t>9763</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9763/indicacao_420-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9763/indicacao_420-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, fazer manutenção no bueiro e trocar a tampa que está quebrada localizada no final da Rua Felicita Rother próximo a lar Santo Antônio e o lago das flores. Conforme as fotos em anexo.</t>
   </si>
   <si>
     <t>9764</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9764/indicacao_421-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9764/indicacao_421-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias nos cemitérios do Distrito do alto Porã, Santa Barbara e Jacutinga.</t>
   </si>
   <si>
     <t>9765</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9765/indicacao_422-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9765/indicacao_422-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que o Departamento do Meio Ambiente faça vídeos e fotos de divulgação para população de Ivaiporã, sobre a Cooperativa de Reciclagem – COPEMARI e o Aterro Sanitário, para que os munícipes possam ter conhecimento e saber como é importante separar o lixo em suas residências, e o quanto isso irá contribuir para a preservação do Meio Ambiente. Pois muitas pessoas não conhecem o Aterro Sanitário e o trabalho da COPEMARI.</t>
   </si>
   <si>
     <t>9766</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9766/indicacao_423-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9766/indicacao_423-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o nivelamento e fechamento das valetas, na Rua Ivaiporã de frente ao nº 177, próximo ao cemitério, no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>9767</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9767/indicacao_424-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9767/indicacao_424-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja feito o recape asfáltico na Rua: Sertanópolis, próximo ao número 20.</t>
   </si>
   <si>
     <t>9768</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9768/indicacao_425-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9768/indicacao_425-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a instalação de um redutor de velocidade na rua Neblon em frente ao nº 164, esquina rua: Mangueira no Jardim Guanabara 2.</t>
   </si>
   <si>
     <t>9769</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9769/indicacao_426-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9769/indicacao_426-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a aquisição de um caminhão prancha porte médio para transporte de veículos leves para a frota do município.</t>
   </si>
   <si>
     <t>9770</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9770/indicacao_427-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9770/indicacao_427-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma manutenção asfáltica na Rua Brigadeiro Correia de Melo, em frente ao nº 124, no Conjunto Mourão Filho. (Obs. No local mora uma senhora que usa cadeira de rodas, e que está com dificuldade de locomoção, por conta do estado que se encontra o asfalto no local.)</t>
   </si>
   <si>
     <t>9771</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9771/indicacao_428-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9771/indicacao_428-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a continuação da correção de massa asfáltica na Avenida Pres. Tancredo Neves, na altura do número 2650, até cruzamento com Rua Sertaneja.</t>
   </si>
   <si>
     <t>9772</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9772/indicacao_429-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9772/indicacao_429-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, a possibilidade de construção de Modulo Policial no Distrito de Jacutinga, com uma viatura lá constantemente, trará mais ordem e segurança aos moradores.</t>
   </si>
   <si>
     <t>9773</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9773/indicacao_430-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9773/indicacao_430-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, fazer manutenção em um bueiro na Rua Luiz Antonio Peres nº 37. Jardim Casa Grande V. Foto em anexo.</t>
   </si>
   <si>
     <t>9774</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9774/indicacao_431-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9774/indicacao_431-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma rotatória ou redutor de velocidade colocar placas na AV: PARANÁ com AV: MARANHÃO próximo a clínicão neste local tem um grande fluxo de carros e motos, vários acidentes ocorridos neste local.</t>
   </si>
   <si>
     <t>9775</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9775/indicacao_432-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9775/indicacao_432-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a implantação de redutores de velocidade, placas e faixas de sinalização de trânsito, no cruzamento da Rua Ceará nº 1690 com a Rua Placídio Miranda, para atender as demandas dos munícipes, pois estas ruas possuem um grande fluxo de veículos e pessoas.</t>
   </si>
   <si>
     <t>9776</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9776/indicacao_433-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9776/indicacao_433-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade da instalação de uma casa de apoio à mulher vítima de violência doméstica, familiar ou sexual, disponibilizando apoio jurídico e psicossocial.</t>
   </si>
   <si>
     <t>9868</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9868/indicacao_434-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9868/indicacao_434-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie um estudo para criação de uma Escola Agrícola Municipal. O poder Executivo poderá realizar convênios com o Governo Estadual e/ou Federal ou parceria Publico Privada, para implementação da Escola Agrícola Municipal.</t>
   </si>
   <si>
     <t>9869</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9869/indicacao_435-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9869/indicacao_435-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie o patrolamento e compactação com rolo nas ruas da vila rural Ivainópolis, para atender pedido dos moradores daquela localidade.</t>
   </si>
   <si>
     <t>9870</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9870/indicacao_436-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9870/indicacao_436-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie a realização de convênios visando a inclusão da atividade de Artes Marciais nas escolas públicas da Rede Municipal. Com esse esporte os alunos aprendem a lidar melhor com suas emoções e criar uma conexão mais forte entre a mente e o corpo.</t>
   </si>
   <si>
     <t>9871</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9871/indicacao_437-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9871/indicacao_437-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie limpeza de boca de lobo no cruzamentos das Avenidas Paraíba e Tancredo Neves.</t>
   </si>
   <si>
     <t>9872</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9872/indicacao_438-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9872/indicacao_438-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a pavimentação poliétrica, ou malha asfáltica na Rua Poços de Caldas, atrás do CMEI José Fiorim, área central da cidade. fotos em anexo</t>
   </si>
   <si>
     <t>9873</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9873/indicacao_439-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9873/indicacao_439-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie o recape asfáltico, e serviço de arborização, na Rua Visconde do Rio Branco, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>9874</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9874/indicacao_440-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9874/indicacao_440-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie melhorias na galeria na Avenida Estevão Marciano dos Santos, em frente ao número 695, em dias de chuva mais forte agua está passando sobre o meio fio. fotos em Anexo</t>
   </si>
   <si>
     <t>9875</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9875/indicacao_441-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9875/indicacao_441-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que através do Departamento competente providencie a colocação das grades nas bocas de lobo na Rua Francisco Jacob nos cruzamentos com as seguintes avenidas: Av. Castelo Branco e com a Av. Maranhão.</t>
   </si>
   <si>
     <t>9876</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9876/indicacao_442-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9876/indicacao_442-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que através do Departamento competente que providencie: patrolamento na estrada da Pedreirinha, região da Santa Bárbara.</t>
   </si>
   <si>
     <t>9877</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9877/indicacao_443-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9877/indicacao_443-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que através do Departamento competente providencie o recape da Av. Castelo Branco atrás da igreja Bom Jesus, colocação de tampa nas bocas de lobo e poda das árvores das grandes portes que estão sobre a rua.</t>
   </si>
   <si>
     <t>9940</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9940/indicacao_444-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9940/indicacao_444-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção das bocas de lobo entupidas da rua Ceará em frente casa nº 145, perto do Corpo de Bombeiros.</t>
   </si>
   <si>
     <t>9942</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9942/indicacao_445-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9942/indicacao_445-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, definir com placas informativas limites de velocidades adequada em Ruas e Avenidas do nosso município de Ivaiporã criando um contexto físico e visual induzindo velocidades apropriadas, se possível colocar uma fiscalização eletrônica onde se fizer necessário.</t>
   </si>
   <si>
     <t>9944</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9944/indicacao_446-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9944/indicacao_446-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente fazer um estudo e se possível fazer a confecção de placas para a serem instaladas gratuitamente de fronte as propriedades rurais, contendo publicidade relacionada com os produtos agrícola ali comercializados.</t>
   </si>
   <si>
     <t>9946</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9946/indicacao_447-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9946/indicacao_447-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente se faça a revitalização da Praça Largo Dom Pedro II ao lado do Ivaiporã Country Club, para garantir um espaço agradável e confortável aos munícipes de Ivaiporã.</t>
   </si>
   <si>
     <t>9947</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9947/indicacao_448-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9947/indicacao_448-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma melhoria da faixa elevada, na Avenida Brasil Número 990 em frente á Agencia de Turismo CVC, a pedido dos populares, por conta dos acidentes que vem ocorrendo no local.</t>
   </si>
   <si>
     <t>9958</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9958/indicacao_449-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9958/indicacao_449-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, que faça uma limpeza no campo no distrito do Alto Porã no local foi jogado entulhos.</t>
   </si>
   <si>
     <t>9959</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9959/indicacao_450-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9959/indicacao_450-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção da estrada indo pela agua do milagre quando passa a igrejinha entra a esquerda uns 2000 metros necessita de cascalho.</t>
   </si>
   <si>
     <t>9960</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9960/indicacao_451-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9960/indicacao_451-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, que apedido dos pais com seus filhos que frequenta o parquinho Municipal Maria Alice Ando Albertin, localizada na Avenida Presidente. Tancredo Neves com a Rua Sete de Setembro se possível fazer uma cerca em volta do parquinho para ter mais segurança para as crianças.</t>
   </si>
   <si>
     <t>9961</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9961/indicacao_452-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9961/indicacao_452-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, (Secretária Municipal de Educação. e Secretária Municipal de Saúde), realize prevenção de saúde Bucal na escolas Municipais e Creches, conforme adesão feita entre os setores da Saúde e da Educação com o desenvolvimento local do PSE. Esse programa de Saúde da Escola (PSE), que realiza ações odontológicas e orientação educativa, triagem de risco, escovação supervisionada com aplicação de flúor.</t>
   </si>
   <si>
     <t>9963</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9963/indicacao_453-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9963/indicacao_453-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, se possível a coletar os exames de colesterol, diabetes , triglicerídeos, no postinho do Distrito Alto Porã, Jacutinga e Santa Bárbara.</t>
   </si>
   <si>
     <t>9964</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9964/indicacao_454-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9964/indicacao_454-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie patrolamento e cascalhamento na estrada que começa na rua Bulha, Vila Monte Castelo, até a comunidade do Bairro dos Cunha, muitos buracos dificultando o trafego.</t>
   </si>
   <si>
     <t>9965</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>Gertrudes, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9965/indicacao_455-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9965/indicacao_455-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a reforma do ponto de ônibus na Vila Nova Porã, que fica anexo a praça, na saída para o Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>9966</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9966/indicacao_456-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9966/indicacao_456-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que seja analisado a construção de calçadas na Vila Nova Porã, dando início no Centro Da Juventude até a saída para o Distrito do Jacutinga, dos dois lados da via, para melhor deslocação dos pedestres.</t>
   </si>
   <si>
     <t>9969</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9969/indicacao_457-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9969/indicacao_457-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a construção de galerias pluviais na Avenida Maranhão, próximo da propriedade do Rubão Sapateiro, onde vem gerando transtorno a todos os moradores da localidade, devido ao grande fluxo de água nos dias de chuva, que inicia no Bonfim Gás.</t>
   </si>
   <si>
     <t>9970</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9970/indicacao_458-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9970/indicacao_458-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, se possível fazer pedras irregulares na Rua Sabiá no distrito do Alto Porã.</t>
   </si>
   <si>
     <t>9972</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9972/indicacao_459-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9972/indicacao_459-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie adequação e cascalhamento da estrada que liga da estrada da água da mamona à estrada da pedreirinha.</t>
   </si>
   <si>
     <t>9973</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9973/indicacao_460-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9973/indicacao_460-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que providencie a aquisição de rampa para alinhamento e balanceamento de veículos, e kits de ferramentas para o pátio da prefeitura.</t>
   </si>
   <si>
     <t>9974</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9974/indicacao_461-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9974/indicacao_461-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie galerias pluviais e colocação de pedras poliédricas nas Ruas Feliciano Vidal, Marialva, Kalore, Assai, Ibiporã, localizadas na Vila Nova Porã.</t>
   </si>
   <si>
     <t>9975</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9975/indicacao_462-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9975/indicacao_462-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie um transporte (carro), para que a agente de saúde possa realizar visitas na área rural no Distrito de Santa Barbara.</t>
   </si>
   <si>
     <t>9976</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9976/indicacao_463-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9976/indicacao_463-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie atendimento odontológico no Distrito de Santa Barbara.</t>
   </si>
   <si>
     <t>9977</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9977/indicacao_464-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9977/indicacao_464-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie transporte escolar na Rua: Mamborê até a Rua: Bulha, no bairro Jardim Alvorada</t>
   </si>
   <si>
     <t>9978</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9978/indicacao_465-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9978/indicacao_465-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise a possibilidade de transformar a Rua Colibri em mão única. Nessa rua está localizada a UBS – Unidade Básica de Saúde da Vila Nova Porã.</t>
   </si>
   <si>
     <t>9979</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9979/indicacao_466-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9979/indicacao_466-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção da calçada tem paver caindo dentro das bocas de lobo e meio fios quebrados Av. Melvis Muchiuti esquina com Souza Naves.</t>
   </si>
   <si>
     <t>9980</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9980/indicacao_467-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9980/indicacao_467-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie melhores EPI`S, (Equipamento de proteção Individual), como mascaras, luvas, botas etc. para os garis, melhorando assim as condições de trabalho.</t>
   </si>
   <si>
     <t>9981</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9981/indicacao_468-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9981/indicacao_468-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie reforma e manutenção na escada e rampa do canteiro na Avenida Alcir Wieleski, no conjunto Mourão filho, ambas estão bastante deterioradas podendo provocar acidentes aos pedestres. foto em anexo;</t>
   </si>
   <si>
     <t>9982</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9982/indicacao_469-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9982/indicacao_469-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie recape e manutenção da pista de caminhada do Lago das Flores, há lugares que a terra entra na pista em dias de chuva, dificultando a caminhada.</t>
   </si>
   <si>
     <t>9983</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9983/indicacao_470-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9983/indicacao_470-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, providencie a colocação de pedra irregular na Rua Santa Vicentina, no Jardim Iporã.</t>
   </si>
   <si>
     <t>9985</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9985/indicacao_471-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9985/indicacao_471-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, providencie roçada e manutenção na rua Clara Storoski, no jardim Belo Horizonte., próximo rio. foto em anexo;</t>
   </si>
   <si>
     <t>9986</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9986/indicacao_472-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9986/indicacao_472-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie o pagamento do Piso Salarial aos Garis.</t>
   </si>
   <si>
     <t>9987</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9987/indicacao_473-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9987/indicacao_473-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie para que seja instalado um semáforo no cruzamento da Avenida Brasil com a Rua Vereador Orlando Buratto, o trânsito naquele local é intenso, o que eleva o risco de acidentes.</t>
   </si>
   <si>
     <t>9988</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente elabore estudo para melhorar o sistema de drenagem das enxurradas do cemitério da cidade que está destruindo o muro e alcançando a rua.</t>
   </si>
   <si>
     <t>9989</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9989/indicacao_475-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9989/indicacao_475-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção da tampa quebrada da boca de lobo Rua Joaquim Nabuco de frente a igreja Assembleia de Deus vila João XXIII. foto anexa.</t>
   </si>
   <si>
     <t>9990</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9990/indicacao_476-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9990/indicacao_476-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie com urgência tampa para o bueiro na Rua: José de Alencar nº 100, Jardim Belo Horizonte. Segue foto.</t>
   </si>
   <si>
     <t>9991</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9991/indicacao_477-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9991/indicacao_477-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie com urgência um Semáforo na Avenida Minas Gerais esquina com Rua: Jacarezinho, em frente ao TAY- Lanches</t>
   </si>
   <si>
     <t>9992</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9992/indicacao_478-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9992/indicacao_478-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que seja visto a possibilidade de criar um Conselho Municipal de Saúde Mental em nosso município.</t>
   </si>
   <si>
     <t>9993</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9993/indicacao_479-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9993/indicacao_479-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie um quebra-molas na Rua: Palotina em frente nº 585, Jardim Alvorada.</t>
   </si>
   <si>
     <t>9996</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9996/indicacao_480-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9996/indicacao_480-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, para que providencie o patrolamento no carreador do Bairro dos Silva, no Sítio Bela Vista, entre Alto Porã e o Alecrin.</t>
   </si>
   <si>
     <t>9997</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9997/indicacao_481-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9997/indicacao_481-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção das lâmpadas queimadas da pista linear de caminhada da oficina panorama até o lago das flores.</t>
   </si>
   <si>
     <t>9998</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9998/indicacao_482-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9998/indicacao_482-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção da boca de lobo quebrada Av. Souza Naves fundo do posto Carajás esquina com a Placídio Miranda.</t>
   </si>
   <si>
     <t>9999</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9999/indicacao_483-2022_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9999/indicacao_483-2022_1.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie cascalho na Rua Matelândia próximo a Rua Bulha, Jardim Paraná.</t>
   </si>
   <si>
     <t>10000</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10000/indicacao_484-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10000/indicacao_484-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça um ponto de ônibus coberto na Rua José de Alencar de frente a casa 210 pois ali o povo sofre no dia de chuva e sol Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10001</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10001/indicacao_485-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10001/indicacao_485-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, a pedido da população do Jardim Belo Horizonte na Rua Marechal Teodoro, ali e uma rua sem saída pois a Casa de Vivencia está tomando uma parte dessa Rua. Faz muito tempo que os moradores reivindicam a abertura da mesma, pois facilitaria muito o acesso.</t>
   </si>
   <si>
     <t>10002</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10002/indicacao_486-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10002/indicacao_486-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie pedra irregular no pátio da igreja do Distrito de Santa Barbara.</t>
   </si>
   <si>
     <t>10003</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10003/indicacao_487-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10003/indicacao_487-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie uma reforma e podas de arvores condenadas do Postinho de Saúde do Santa Barbara.</t>
   </si>
   <si>
     <t>10004</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10004/indicacao_488-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10004/indicacao_488-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente providencie recape asfáltico na Rua Vereador Juarez Cleve no trecho da rua João Maria Stresser até Avenida Pedro Koltun.</t>
   </si>
   <si>
     <t>10005</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10005/indicacao_489-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10005/indicacao_489-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie um estudo para implantação de um projeto, para colocação de aparelhos ortodônticos de forma gratuita nas crianças das escolas municipais de nossa cidade, com essa iniciativa de melhorar a mastigação e o sorriso de nossas crianças.</t>
   </si>
   <si>
     <t>10006</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10006/indicacao_490-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10006/indicacao_490-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, analise a possibilidade de construção onde não houver a acessibilidade para cadeirantes e outros portadores com deficiência nos CMEIS de nossa cidade, dando a eles mais conforto e até mesmo facilitando o trabalho dos colaboradores.</t>
   </si>
   <si>
     <t>10007</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10007/indicacao_491-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10007/indicacao_491-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie troca ou colocação onde não houver de lixeiras ao longo da avenida Brasil, área central da cidade.</t>
   </si>
   <si>
     <t>10008</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10008/indicacao_492-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10008/indicacao_492-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise e providencie a construção de lombada elevada na Rua Apucarana, entre a Chevrolet e o Colégio Objetivo. Rua Apucarana é rua de mão única, onde os motoristas desenvolvem altas velocidades, colocando em riscos idosos e crianças que frequentam aquele local em função dos Cartórios e do Colégio.</t>
   </si>
   <si>
     <t>10009</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10009/indicacao_493-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10009/indicacao_493-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie patrolamento, adequação e cascalhamento na Av. das Industrias, saída secundária, ao lado da antiga indústria de Macarrão Pietrobon.</t>
   </si>
   <si>
     <t>10010</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10010/indicacao_494-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10010/indicacao_494-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie aparelhos de ATI para pessoas com deficiência.</t>
   </si>
   <si>
     <t>10011</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10011/indicacao_495-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10011/indicacao_495-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a colocação de pedras poliédricas na Rua Umuarama, que se localiza no Jardim Paraná.</t>
   </si>
   <si>
     <t>10012</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10012/indicacao_496-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10012/indicacao_496-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie recape asfáltico na Avenida Tancredo Neves em frente a ACENI-Associação Cultural Esportiva Nikkei de Ivaiporã e também na Avenida Aparício Bitencourt nas proximidades do SESC.</t>
   </si>
   <si>
     <t>10013</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10013/indicacao_497-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10013/indicacao_497-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a construção de um salão comunitário no Jardim Paraná, a pedido da população que lá se localiza.</t>
   </si>
   <si>
     <t>10014</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10014/indicacao_498-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10014/indicacao_498-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie o recape asfáltico nas Ruas: Bela Vista, Monte Alto, Moises Lopes da Silva e Rua Santa Terezinha que se localizam no Jardim Iporã.</t>
   </si>
   <si>
     <t>10016</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10016/indicacao_499-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10016/indicacao_499-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que providencie um quebra-molas na Rua: Poços de Caldas em frente ao nº 350 no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10017</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10017/indicacao_500-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10017/indicacao_500-2022.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que realize uma camada asfáltica, começando na rua Manoel ribas da capela Aliança até o Centro de Eventos Palazzo. foto anexa</t>
   </si>
   <si>
     <t>9925</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>Indicar ao Prefeito, para que providencie uma camada asfáltica no estacionamento da marginal da Avenida Brasil, no trecho da Rua Ponta Grossa até a Rua Sertanópolis.</t>
   </si>
   <si>
     <t>9927</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9927/19122024091546arquivo_indicacao_602-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9927/19122024091546arquivo_indicacao_602-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito, para que providencie uma calçada de passeio ao redor da Praça do Japão, evitando, assim, que os pedestres caminhem na rua ao contornar a praça.</t>
   </si>
   <si>
     <t>9951</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9951/19122024094838arquivo_indicacao_603-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9951/19122024094838arquivo_indicacao_603-2022.pdf</t>
   </si>
   <si>
     <t>ao Senhor Prefeito, para que providencie a reconstrução do redutor de velocidade na Rua Rio Grande do Sul, nº 1.455, próximo à Casa de Carnes do Marcão, pois com o recape do asfalto, o redutor ficou muito baixo, e também seja feita a sinalização com a pintura do mesmo.</t>
   </si>
   <si>
     <t>9952</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito para que providencie a correção de massa asfáltica sobre as pedras irregulares no final da Rua Ministro Aramis Athaide, no Conjunto Mourão Filho.</t>
   </si>
   <si>
     <t>9953</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9953/19122024100059arquivo_indicacao_605-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9953/19122024100059arquivo_indicacao_605-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao senhor Prefeito, para que providencie um redutor de velocidade (quebra-molas), na Rua Alfenas, nº 1.350, próximo ao viveiro de mudas Dante Gregório, pois os carros desenvolvem velocidade alta no local.</t>
   </si>
   <si>
     <t>9954</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9954/19122024100229arquivo_indicacao_606-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9954/19122024100229arquivo_indicacao_606-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao senhor  Prefeito, para que providencie um reparo no cruzamento da Rua São Miguel com a Rua Ivaiporã, no Distrito de Jacutinga, pois o cruzamento se encontra em um desnível muito grande, dificultando a passagem dos veículos.</t>
   </si>
   <si>
     <t>9955</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9955/19122024100313arquivo_indicacao_607-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9955/19122024100313arquivo_indicacao_607-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito, para que providencie a reforma e adequação no campinho de futebol do Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>9956</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9956/19122024100458arquivo_indicacao_608-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9956/19122024100458arquivo_indicacao_608-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito, para que providencie a implantação de calçamento poliédrico (pedras irregulares) no prolongamento da Rua Bulha até o Parque Industrial (Estrada do Bairro dos Cunhas, que liga ao IFPR).</t>
   </si>
   <si>
     <t>9957</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9957/19122024100528arquivo_indicacao_609-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9957/19122024100528arquivo_indicacao_609-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito, para que providencie o recape asfáltico na Rua Benedito Antunes, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>9962</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9962/19122024100737arquivo_indicacao_610-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9962/19122024100737arquivo_indicacao_610-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito, para que providencie um redutor de velocidade na Avenida Maranhão, próximo ao nº 890, a pedido dos moradores que relatam que os veículos passam em alta velocidade no local.</t>
   </si>
   <si>
     <t>9967</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9967/19122024102252arquivo_indicacao_611-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9967/19122024102252arquivo_indicacao_611-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito, para que providencie um redutor de velocidade na Rua Augusto Urbanski, em frente à casa de n° 152.</t>
   </si>
   <si>
     <t>9968</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9968/19122024102942arquivo_indicacao_612-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9968/19122024102942arquivo_indicacao_612-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito, para que providencie um ponto de carga e descarga na Rua Rio Grande do Sul, em frente à Loja Agrosul,  n° 785.</t>
   </si>
   <si>
     <t>9971</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>Indicar ao Senhor  Prefeito, para que providencie galerias na Rua Hortência, no bairro Operária I, antigo Reservado.</t>
   </si>
   <si>
     <t>9984</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9984/19122024112208arquivo_indicacao_614-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9984/19122024112208arquivo_indicacao_614-2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor  Prefeito, para que providencie uma camada asfáltica na Rua Sebastião Guerreiro Prestes, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>9994</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>Indicando ao Senhor Prefeito, para que providencie a construção de rampas nos canteiros da Avenida Brasil, em frente aos Supermercados Paraná e Paulista, visando facilitar o trajeto dos carrinhos de compras até o carro dos clientes.</t>
   </si>
   <si>
     <t>9995</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9995/19122024134156arquivo_indicacao_616-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9995/19122024134156arquivo_indicacao_616-2022.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor  Prefeito, para que providencie a elevação dos quebra-molas da Avenida Brasil, dando início na Kaito Motos até o Banco Itaú, pois mesmo tendo o redutor de velocidade, os motoristas ainda passam em alta velocidade na Avenida.</t>
   </si>
   <si>
     <t>10015</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10015/19122024140035arquivo_indicacao_617-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10015/19122024140035arquivo_indicacao_617-2022.pdf</t>
   </si>
   <si>
     <t>Indicando ao Prefeito, para que realize um estudo para instalação de um semáforo dotado de temporizador e bonecos de animação gráfica para pedestres, podendo ser instalado juntamente com o semáforo para veículos, auxiliando os pedestres a fazerem a travessia em segurança.</t>
   </si>
   <si>
     <t>10018</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10018/20122024085500arquivo_indicacao_618-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10018/20122024085500arquivo_indicacao_618-2022.pdf</t>
   </si>
   <si>
     <t>Indicando ao Senhor  Prefeito, para que faça reparo no início da Rua Paraná, na Vila Santa Maria, pois o asfalto está danificado.</t>
   </si>
   <si>
     <t>10020</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>ao Prefeito, para que coloque mais um vigilante na rodoviária, conforme interesse e necessidade da Administração.</t>
   </si>
   <si>
     <t>10039</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10039/06012025105906arquivo_indicacao_620-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10039/06012025105906arquivo_indicacao_620-2022.pdf</t>
   </si>
   <si>
     <t>ao Prefeito, para que providencie a limpeza (retirada do mato) na Rua Joaquim Nabuco, próximo ao nº 75, ao Jardim Luiz XV.</t>
   </si>
   <si>
     <t>10040</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10040/06012025110023arquivo_indicacao_621-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10040/06012025110023arquivo_indicacao_621-2022.pdf</t>
   </si>
   <si>
     <t>ao Prefeito, para que providencie recape asfáltico na continuação da Rua Ministro Aramis Athaide, Rua Carlos Gomes, e Rua Hélio Bittencourt, no Jardim Betel.</t>
   </si>
   <si>
     <t>10041</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10041/06012025110157arquivo_indicacao_622-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10041/06012025110157arquivo_indicacao_622-2022.pdf</t>
   </si>
   <si>
     <t>Indicação nº 622/2022, Autoria: Fernando Dorta, ao Prefeito, para que providencie massa asfáltica nas Ruas Angola, Aurora, Piriquito, Sabiá, Canário, Ivaiporã, Paiçandu e Guareta, no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10042</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10042/06012025110320arquivo_indicacao_623-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10042/06012025110320arquivo_indicacao_623-2022.pdf</t>
   </si>
   <si>
     <t>Indicação nº 623/2022, Autoria: Emerson Bertotti, ao Prefeito, para que providencie colocação de placas de trânsito (ex.: preferencial) onde não houver, nas ruas do Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>10043</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10043/06012025110533arquivo_indicacao_624-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10043/06012025110533arquivo_indicacao_624-2022.pdf</t>
   </si>
   <si>
     <t>Indicação nº 624/2022, Autoria: Emerson Bertotti, ao Prefeito, para que providencie construção de Ponto de Ônibus coberto na Rua Mangueira, esquina com a Rua Andaraí, no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>10044</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10044/06012025110639arquivo_indicacao_625-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10044/06012025110639arquivo_indicacao_625-2022.pdf</t>
   </si>
   <si>
     <t>Indicação nº 625/2022, Autoria: Emerson Bertotti, ao Prefeito, para que providencie a correção de massa asfáltica e manutenção na Rua Capivari, no Jardim Itaipú.</t>
   </si>
   <si>
     <t>10045</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10045/06012025110805arquivo_indicacao_626-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10045/06012025110805arquivo_indicacao_626-2022.pdf</t>
   </si>
   <si>
     <t>Indicação nº 626/2022, Autoria: Fernando Dorta, ao Prefeito, para que providencie reparos/manutenção no afundamento de solo localizado na Avenida Espanha, no cruzamento com a Rua Portugal, próximo ao Hospital Regional.</t>
   </si>
   <si>
     <t>10046</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10046/06012025110911arquivo_indicacao_627-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10046/06012025110911arquivo_indicacao_627-2022.pdf</t>
   </si>
   <si>
     <t>Indicação nº 627/2022, Autoria: Josane Disner, ao Prefeito, para que providencie uma cobertura no ponto de ônibus na Avenida Souza Naves, ao lado da Panificadora Bela Pane.</t>
   </si>
   <si>
     <t>10047</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10047/06012025111127arquivo_indicacao_628-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10047/06012025111127arquivo_indicacao_628-2022.pdf</t>
   </si>
   <si>
     <t>Indicação nº 628/2022, Autoria: José Carniato, ao Prefeito, para que providencie a colocação de faixas refletivas nas colunas da rotatória da Avenida Brasil com a Avenida Melvis Muchiuti, em frente à Fatec.</t>
   </si>
   <si>
     <t>10048</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10048/06012025111237arquivo_indicacao_629-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10048/06012025111237arquivo_indicacao_629-2022.pdf</t>
   </si>
   <si>
     <t>FERNANDO RODRIGUES DORTA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie com urgência reparos na boca de lobo na Rua Felicita Rother nº420, (antiga rua Londrina). Em vista dos acidentes que já ocorreram neste local. Foto em anexo.</t>
   </si>
   <si>
     <t>10049</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10049/06012025111439arquivo_indicacao_630-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10049/06012025111439arquivo_indicacao_630-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie melhorias e manutenção da calçada de passeio em frente ao CAPS na avenida Maranhão, próximo a Casa da Amizade. Segue foto em anexo;</t>
   </si>
   <si>
     <t>10050</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10050/06012025111608arquivo_indicacao_631-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10050/06012025111608arquivo_indicacao_631-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie construção de um Playgraund para as crianças na Escola Municipal Carlos Lacerda.</t>
   </si>
   <si>
     <t>10051</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10051/06012025130759arquivo_indicacao_632-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10051/06012025130759arquivo_indicacao_632-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a correção de massa asfáltica e manutenção nas ruas Meier, Tijuca e Bangu todas no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>10052</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10052/06012025130859arquivo_indicacao_633-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10052/06012025130859arquivo_indicacao_633-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie recape asfáltico na Avenida Maranhão próximo ao nº 1288.</t>
   </si>
   <si>
     <t>10053</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10053/06012025131121arquivo_indicacao_634-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10053/06012025131121arquivo_indicacao_634-2022.pdf</t>
   </si>
   <si>
     <t>JOSE MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que faça a manutenção na boca de lobo quebrada na Avenida Castelo Branco esquina com a rua Plácido Miranda em frente auto elétrica do Denil. Segue foto anexa.</t>
   </si>
   <si>
     <t>10054</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10054/06012025131212arquivo_indicacao_635-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10054/06012025131212arquivo_indicacao_635-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, se possível instalação de lombada ou redutor de velocidade na rua Plácido Miranda Jardim Imperial em frente do Mercado Casa Grande.</t>
   </si>
   <si>
     <t>10055</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10055/06012025131334arquivo_indicacao_636-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10055/06012025131334arquivo_indicacao_636-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, se possível instalação de lombada ou redutor de velocidade, na avenida Itália em frente do nº 890 vidraçarias União.</t>
   </si>
   <si>
     <t>10056</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10056/06012025131427arquivo_indicacao_637-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10056/06012025131427arquivo_indicacao_637-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. S. FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie para que disponibilize profissional de Educação Física ou um profissional de Enfermagem para acompanhamento das pessoas que frequentam as Academias ao ar livre de nossa cidade especialmente a terceira idade.</t>
   </si>
   <si>
     <t>10057</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10057/06012025131536arquivo_indicacao_638-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10057/06012025131536arquivo_indicacao_638-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie a limpeza dos bueiros em toda a Rua: Agostinho Cremasco, Jardim Versalhes.</t>
   </si>
   <si>
     <t>10058</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10058/06012025131639arquivo_indicacao_639-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10058/06012025131639arquivo_indicacao_639-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie, a correção do calçamento da plataforma da rodoviária, ou aplicar uma camada asfáltica sobre o piso hoje existente, que se apresenta com muitos afundamentos.</t>
   </si>
   <si>
     <t>10059</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10059/06012025131737arquivo_indicacao_640-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10059/06012025131737arquivo_indicacao_640-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie, substituição da tampa da boca de lobo que está quebrada, no cruzamento da Av. Tancredo Neves esquina c/ Rua Sertaneja.</t>
   </si>
   <si>
     <t>10060</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10060/06012025131944arquivo_indicacao_641-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10060/06012025131944arquivo_indicacao_641-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie, uma camada de asfáltica sobre as pedras irregulares da rua marginal esquerda no Parque Residencial Belo Horizonte, que se apresenta em estado de má conservação, prejudicando o trânsito.</t>
   </si>
   <si>
     <t>10061</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10061/06012025131846arquivo_indicacao_642-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10061/06012025131846arquivo_indicacao_642-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. S. FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o aumentos das cotas de exames Laboratoriais em todas as UBS em nosso Município.</t>
   </si>
   <si>
     <t>10062</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10062/06012025132157arquivo_indicacao_643-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10062/06012025132157arquivo_indicacao_643-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a sinalização dos quebra-molas na comunidade do Severiano, na rodovia Nicolau Koltun no Distrito do Jacutinga.</t>
   </si>
   <si>
     <t>10063</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10063/06012025132303arquivo_indicacao_644-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10063/06012025132303arquivo_indicacao_644-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a colocação de uma mureta de proteção (Guard Rail), antes do Bar Pindauva (sentido do Jacutinga para Ivaiporã), na curva da rodovia Nicolau Koltun no Distrito do Jacutinga.</t>
   </si>
   <si>
     <t>10064</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10064/06012025132412arquivo_indicacao_645-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10064/06012025132412arquivo_indicacao_645-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise e providencie a substituição da tampa da boca de lobo que está quebra, na rotatória da Av. Ladislao Gil Fernandez.</t>
   </si>
   <si>
     <t>10065</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10065/06012025132514arquivo_indicacao_646-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10065/06012025132514arquivo_indicacao_646-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, analise e providencie a limpeza da boca de lobo em frente à Escola Municipal Leila Dinis, na Rua Tamandaré – Jardim Aeroporto.</t>
   </si>
   <si>
     <t>10066</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10066/06012025132610arquivo_indicacao_647-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10066/06012025132610arquivo_indicacao_647-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie com urgência a reforma do CMEI - Odete Brasil, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>10067</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10067/06012025132711arquivo_indicacao_648-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10067/06012025132711arquivo_indicacao_648-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie melhorias no calçamento da rua Ivaiporã, no Distrito de Alto Porã, pois em dias de chuva causa transtornos aos moradores.</t>
   </si>
   <si>
     <t>10068</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10068/06012025132803arquivo_indicacao_649-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10068/06012025132803arquivo_indicacao_649-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a colocação de pedras irregulares na rua Barbosa Ferraz, na Vila Betel, próximo ao conjunto Mourão Filho.</t>
   </si>
   <si>
     <t>10069</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10069/06012025132856arquivo_indicacao_650-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10069/06012025132856arquivo_indicacao_650-2022.pdf</t>
   </si>
   <si>
     <t>JOSE MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça um redutor de velocidade na Rua Ascanio Mendonça próximo ao nº 530 vila nova Porã.</t>
   </si>
   <si>
     <t>10070</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10070/06012025133041arquivo_indicacao_651-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10070/06012025133041arquivo_indicacao_651-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de placas indicativas no Caminho de Jesus das Santas Chagas, para facilitar a rota dos fiéis.</t>
   </si>
   <si>
     <t>10071</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10071/06012025133212arquivo_indicacao_652-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10071/06012025133212arquivo_indicacao_652-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente seja implementada coberturas nos corredores de acesso do portão ao pátio das escolas e CMEIS municipais que ainda não possui, para que os estudantes, professores e servidores entrem e saiam protegidos em dias chuvosos.</t>
   </si>
   <si>
     <t>10072</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10072/06012025133454arquivo_indicacao_653-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10072/06012025133454arquivo_indicacao_653-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente seja estudada a possibilidade de usar drones para averiguar focos de aedes aegypti em locais onde a vigilância sanitária não consegue adentrar, como comércios e casas fechadas.</t>
   </si>
   <si>
     <t>10073</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10073/06012025133615arquivo_indicacao_654-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10073/06012025133615arquivo_indicacao_654-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente seja estudada a possibilidade de um espaço para que seja implantado o projeto Poliniza Paraná - Jardins de Mel, que promove a criação de abelhas nativas, sem ferrão, responsáveis pela polinização de cerca de 90% das plantas brasileiras. O foco é divulgar a implantação de colmeias como ferramenta de educação ambiental, mostrando a importância e os benefícios dos serviços ecossistêmicos prestados pelos insetos, sem contar que muitos estão ameaçados de extinção. O ideal é que as crianças sejam envolvidas nesse projeto para que elas já cresçam com a consciência de cuidados com o meio ambiente. A reintrodução das abelhas nativas é importante, pois a polinização é o processo que garante a produção de frutos e sementes, além da rep</t>
   </si>
   <si>
     <t>10074</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10074/06012025133755arquivo_indicacao_655-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10074/06012025133755arquivo_indicacao_655-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, tomar providências acerca da proteção, acolhimento e cuidados com os cães e gatos em situação de abandono em nossa cidade</t>
   </si>
   <si>
     <t>10075</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10075/06012025133921arquivo_indicacao_656-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10075/06012025133921arquivo_indicacao_656-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que veja a possibilidade de mudar o local onde o helicóptero pousa, pois ali na faculdade não é apropriado, sugiro fazer um estudo para construir um Heliponto hospitalar nas proximidades do Hospital Regional para dar mais segurança ao nossos munícipes de Ivaiporã</t>
   </si>
   <si>
     <t>10076</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10076/06012025134017arquivo_indicacao_657-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10076/06012025134017arquivo_indicacao_657-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, que coloque placas de sinalização de animais onde se fizer necessário em nosso município.</t>
   </si>
   <si>
     <t>10077</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10077/06012025134113arquivo_indicacao_658-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10077/06012025134113arquivo_indicacao_658-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, que providencie uma tampa para colocar nesse buraco em frente a UBS Santo Antônio pois esta perigoso, alguém pode se machucar. (fotos em anexa).</t>
   </si>
   <si>
     <t>10078</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10078/06012025134408arquivo_indicacao_659-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10078/06012025134408arquivo_indicacao_659-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie melhorias na galeria pluvial da Rua Araras, próximo a Colônia da Prefeitura</t>
   </si>
   <si>
     <t>10079</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10079/06012025134514arquivo_indicacao_660-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10079/06012025134514arquivo_indicacao_660-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie recape asfáltico sobre a pedra irregular na Rua Copacabana, no Jardim Guanabara I.</t>
   </si>
   <si>
     <t>10080</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10080/06012025134605arquivo_indicacao_661-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10080/06012025134605arquivo_indicacao_661-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a manutenção com patrolamento e cascalhamento da estrada que dá acesso a comunidade do Alto São Luiz, melhorando o trafego e o escoamento dos produtos agrícolas.</t>
   </si>
   <si>
     <t>10081</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10081/06012025135025arquivo_indicacao_662-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10081/06012025135025arquivo_indicacao_662-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, para que seja concertado os banheiros da quadra do Distrito do Jacutinga.</t>
   </si>
   <si>
     <t>10082</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10082/06012025135206arquivo_indicacao_663-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10082/06012025135206arquivo_indicacao_663-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que analise a possibilidade de construir rampa de acessibilidade no Centro Cultural, e de mais locais onde se faz necessário.</t>
   </si>
   <si>
     <t>10083</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10083/06012025135328arquivo_indicacao_664-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10083/06012025135328arquivo_indicacao_664-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie um estudo para aumentar o numero de vagas de estacionamento em frente a APAE, garantindo assim maior acessibilidade aos usuários, pais, e professores que ali frequentam.</t>
   </si>
   <si>
     <t>10084</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10084/06012025135406arquivo_indicacao_665-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10084/06012025135406arquivo_indicacao_665-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de competente, providencie a limpeza das caixas de contensão de agua nas ruas da comunidade da vila rural, com as fortes chuvas elas encheram de terra, causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>10085</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10085/06012025140441arquivo_indicacao_666-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10085/06012025140441arquivo_indicacao_666-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie o corte de quatro árvores, sendo três totalmente secas, nos seguintes endereços: 1 - Rua Ceará, uma ao lado do número 3705 e a outra em frente ao número 3961. 2 – Posto de Saúde Central – em frente a farmácia; 3 – Rua José Bonifácio, nº 170 – Vila João XXIII.</t>
   </si>
   <si>
     <t>10086</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10086/06012025140910arquivo_indicacao_667-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10086/06012025140910arquivo_indicacao_667-2022.pdf</t>
   </si>
   <si>
     <t>FERNANDO RODRIGUES DORTA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, , providencie a revitalização completa da Praça do Jardim Europa</t>
   </si>
   <si>
     <t>10087</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10087/06012025141029arquivo_indicacao_668-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10087/06012025141029arquivo_indicacao_668-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que veja a possibilidade de fazer Colocação de faixa e placa de Carga e Descarga em frente à o nº1349 avenida Paraná.</t>
   </si>
   <si>
     <t>10088</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10088/06012025141158arquivo_indicacao_669-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10088/06012025141158arquivo_indicacao_669-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente, um recape asfáltico na Rua Rio Grande do Norte no trecho da Avenida Brasil com a Avenida Paraíba centro.</t>
   </si>
   <si>
     <t>10089</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10089/06012025141315arquivo_indicacao_670-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10089/06012025141315arquivo_indicacao_670-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie reforma e manutenção com pintura e paisagismo da parte externa da Rodoviária.</t>
   </si>
   <si>
     <t>10090</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10090/06012025141436arquivo_indicacao_671-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10090/06012025141436arquivo_indicacao_671-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie a construção de uma praça de lazer no espaço vago do cruzamento das ruas Ministro Aramis Athaide com Travessa Nilson Ribas, no conjunto Mourão Filho. foto em anexo;</t>
   </si>
   <si>
     <t>10091</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10091/06012025141530arquivo_indicacao_672-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10091/06012025141530arquivo_indicacao_672-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento competente, providencie a colocação de mão única na Rua Arnoldo Schmidt (antiga rua arapongas), cruzamento com Avenida Souza Naves, próximo aos Correios, por ser uma ruma muito íngreme dificulta a visão, e assim podendo evitar acidentes.</t>
   </si>
   <si>
     <t>10092</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10092/06012025141658arquivo_indicacao_673-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10092/06012025141658arquivo_indicacao_673-2022.pdf</t>
   </si>
   <si>
     <t>JOSE MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça um ponto de ônibus cobertura na Rua alvorada esquina com a rua Guanabara em frente bar do Galego. Jardim Alvorada.</t>
   </si>
   <si>
     <t>10093</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10093/06012025141758arquivo_indicacao_674-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10093/06012025141758arquivo_indicacao_674-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, que realize o tapa-buraco na rua Sertanópolis.</t>
   </si>
   <si>
     <t>10094</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10094/06012025141931arquivo_indicacao_675-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10094/06012025141931arquivo_indicacao_675-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie jardinagem nos canteiros da Praça França, realizando poda das roseiras e plantio de flores da estação, valorizando a beleza do cartão postal de nossa cidade.</t>
   </si>
   <si>
     <t>10095</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10095/06012025142052arquivo_indicacao_676-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10095/06012025142052arquivo_indicacao_676-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito, que por meio do Departamento Competente, providencie na canalização das águas das chuvas no terreno no final da Rua Augusto Urbanki, descendo pela Rua Faxinal. Próximo ao Coma Bem. Nesse local há um paciente acamado que precisa com frequência do transporte pela ambulância do município e, nas condições que se encontra essa passagem é impossível que se chegue na sua residência</t>
   </si>
   <si>
     <t>10096</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10096/06012025142220arquivo_indicacao_677-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10096/06012025142220arquivo_indicacao_677-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a troca da tampa do bueiro na Rua: Cornelio Procópio nº 180, no estabelecimento “Mercado Novo Ponto” Centro.</t>
   </si>
   <si>
     <t>10097</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10097/06012025142400arquivo_indicacao_678-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10097/06012025142400arquivo_indicacao_678-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie junto ao departamento competente a colocação de cascalho seguindo a Rua: Umuarama em sentido ao Jardim Paraná.</t>
   </si>
   <si>
     <t>10098</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10098/06012025142511arquivo_indicacao_679-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10098/06012025142511arquivo_indicacao_679-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie um estudo para a construção de bancos no canteiro da Avenida Tancredo Neves em frente a Clinica Ápice</t>
   </si>
   <si>
     <t>10099</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>Fio Bertotti, Josane Disner</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10099/06012025142634arquivo_indicacao_680-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10099/06012025142634arquivo_indicacao_680-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie a contratação de auxiliares em sala de aula para alunos com diagnósticos de T.E.A. (Transtorno do Espectro Autista).</t>
   </si>
   <si>
     <t>10100</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10100/06012025143736arquivo_indicacao_681-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10100/06012025143736arquivo_indicacao_681-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie um transporte exclusivo para as pessoas em tratamento de câncer em outras cidades.</t>
   </si>
   <si>
     <t>10101</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10101/06012025143849arquivo_indicacao_682-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10101/06012025143849arquivo_indicacao_682-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que analise o pedido dos moradores do final da avenida Brasil próximo ao Jardim Itaipu, o recape asfáltico na localidade, devido a buracos e pedras soltas no local trazendo risco de acidente.</t>
   </si>
   <si>
     <t>10102</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10102/06012025143939arquivo_indicacao_683-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10102/06012025143939arquivo_indicacao_683-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que análise a possibilidade de criação de políticas públicas para sanar o problema com ressocialização dos moradores de rua, iniciando uma intervenção compulsória com tratamento psiquiátrico e psicológico com profissionais altamente especializados e capacitados.</t>
   </si>
   <si>
     <t>10103</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10103/06012025144035arquivo_indicacao_684-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10103/06012025144035arquivo_indicacao_684-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie a construção de A.T.I, Campo de Bocha no Jardim Paraná.</t>
   </si>
   <si>
     <t>10104</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10104/06012025144131arquivo_indicacao_685-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10104/06012025144131arquivo_indicacao_685-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, refaça as caixas de agua da Estrada do Ouro Verde - Km 1 que liga o trecho da cidade até a rodovia br 466. Conforme fotos anexo.</t>
   </si>
   <si>
     <t>10105</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10105/06012025144759arquivo_indicacao_686-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10105/06012025144759arquivo_indicacao_686-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, que instale televisores nas salas do infantil 2 e 3 no CMEI Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>10106</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10106/06012025144918arquivo_indicacao_687-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10106/06012025144918arquivo_indicacao_687-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie a poda das árvores em volta do lago da Vila Residencial de Furnas.</t>
   </si>
   <si>
     <t>10107</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10107/06012025145025arquivo_indicacao_688-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10107/06012025145025arquivo_indicacao_688-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie redutores de velocidade nos dois sentidos da Avenida Maranhão, em frente ao nº 2016 e do nº 1895, a pedido dos moradores da localidade. Pois no dia 03 de novembro de 2022, um animal foi atropelado, e no dia anterior uma criança quase foi atingida por um veículo em alta velocidade.</t>
   </si>
   <si>
     <t>10108</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10108/06012025145222arquivo_indicacao_689-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10108/06012025145222arquivo_indicacao_689-2022.pdf</t>
   </si>
   <si>
     <t>Analise e providencie a criação do Conselho da Mulher no Município.</t>
   </si>
   <si>
     <t>10109</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10109/06012025145331arquivo_indicacao_690-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10109/06012025145331arquivo_indicacao_690-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, que analise e providencie o recape da rua Polônia, no Jardim Europa – rua que dá acesso a 6ª Cia. de Policia Militar.</t>
   </si>
   <si>
     <t>10110</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10110/06012025145448arquivo_indicacao_691-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10110/06012025145448arquivo_indicacao_691-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente, para que analise e providencie a limpeza e colocação da tampa na boca de lobo, localizada na Av. Maranhão ao lado da oficina do Jamilson, próximo ao bar do Carlinho Bomfim.</t>
   </si>
   <si>
     <t>10111</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10111/06012025153618arquivo_indicacao_692-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10111/06012025153618arquivo_indicacao_692-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie um local para implantação do projeto ` Meu Campinho´, no Distrito de Alto Porã, para incentivar os jovens a pratica de esportes.</t>
   </si>
   <si>
     <t>10112</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10112/06012025154750arquivo_indicacao_693-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10112/06012025154750arquivo_indicacao_693-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie recape com massa asfáltica sobre as pedras irregular na rua Gávea, no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>10113</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>Fio Bertotti, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10113/06012025154856arquivo_indicacao_694-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10113/06012025154856arquivo_indicacao_694-2022.pdf</t>
   </si>
   <si>
     <t>10114</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10114/06012025155338arquivo_indicacao_695-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10114/06012025155338arquivo_indicacao_695-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a tampa da boca de lobo na rua Vereador Juarez Cleve esquina com a Rua Ponta Grossa. Fotos em anexo.</t>
   </si>
   <si>
     <t>10115</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10115/06012025155444arquivo_indicacao_696-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10115/06012025155444arquivo_indicacao_696-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie a contratação para o CMAE- Centro Municipal de Atendimento Especializado, dos profissionais: Fonoaudiólogo, Psicólogo, Terapeuta Ocupacional, Psicopedagoga, Psicomotricista, Musicoterapeuta.</t>
   </si>
   <si>
     <t>10116</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10116/06012025155849arquivo_indicacao_697-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10116/06012025155849arquivo_indicacao_697-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie o recape asfáltico na Av: Tancredo Neves do nº 2.590 até ao Mercado Novo Ponto.</t>
   </si>
   <si>
     <t>10117</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10117/06012025155955arquivo_indicacao_698-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10117/06012025155955arquivo_indicacao_698-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que veja a possibilidade de fazer Colocação de faixa e placa de Carga e Descarga em frente à o nº305 Avenida Aparício Bitencourt centro apedido dos comerciantes dessa localidade.</t>
   </si>
   <si>
     <t>10118</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10118/06012025160035arquivo_indicacao_699-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10118/06012025160035arquivo_indicacao_699-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que veja a possibilidade de contratar a professora de zumba pra dar aulas na Vila Nova Porã.</t>
   </si>
   <si>
     <t>10119</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10119/06012025160141arquivo_indicacao_700-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10119/06012025160141arquivo_indicacao_700-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que faça um reparo em uma tampa da Galeria Pluvial na Rua Cuba com Avenida Maranhão. Fotos anexo.</t>
   </si>
   <si>
     <t>10120</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10120/06012025160227arquivo_indicacao_701-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10120/06012025160227arquivo_indicacao_701-2022.pdf</t>
   </si>
   <si>
     <t>FERNANDO RODRIGUES DORTA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, , providencie o recape asfáltico na Rua Valentim Talarico, no Jardim Imperial.</t>
   </si>
   <si>
     <t>10121</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10121/06012025160451arquivo_indicacao_702-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10121/06012025160451arquivo_indicacao_702-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie o alargamento e limpeza do rio próximo a Madeporta.</t>
   </si>
   <si>
     <t>10122</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10122/06012025160631arquivo_indicacao_703-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10122/06012025160631arquivo_indicacao_703-2022.pdf</t>
   </si>
   <si>
     <t>FERNANDO RODRIGUES DORTA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, que providencie um redutor de velocidade na Avenida Maranhão próximo ao nº 2924.</t>
   </si>
   <si>
     <t>10123</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10123/06012025160946arquivo_indicacao_704-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10123/06012025160946arquivo_indicacao_704-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma manta asfáltica na Rua São Miguel e na Rua São Francisco no distrito de jacutinga a pedido dos moradores, pelo fato das ruas estarem com um desnível muito grande na maior parte.</t>
   </si>
   <si>
     <t>10124</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10124/06012025161113arquivo_indicacao_705-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10124/06012025161113arquivo_indicacao_705-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, a pedido dos morados do bairro alto da gloria com urgência concertar uma cratera que abriu na ponte da Rua Emilio Ganzert subida para furnas onde ocorreu devido as chuvas fortes. Conforme as fotos.</t>
   </si>
   <si>
     <t>10125</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10125/06012025161239arquivo_indicacao_706-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10125/06012025161239arquivo_indicacao_706-2022.pdf</t>
   </si>
   <si>
     <t>FERNANDO RODRIGUES DORTA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um mutirão no Jardim Europa (Xurupita) para a retirada e destinação correta dos entulhos decorrentes das fortes chuvas que assolaram aquela região!</t>
   </si>
   <si>
     <t>10126</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10126/06012025161419arquivo_indicacao_707-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10126/06012025161419arquivo_indicacao_707-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie a colocação de ``tartarugas´´ de proteção, na ciclo-faixa da rodovia Ladislau Gil Fernandes, dando mais segurança aos ciclistas.</t>
   </si>
   <si>
     <t>10127</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10127/06012025161530arquivo_indicacao_708-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10127/06012025161530arquivo_indicacao_708-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie cobertura na quadra de esportes da comunidade do Pindauvinha.</t>
   </si>
   <si>
     <t>10128</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10128/06012025161619arquivo_indicacao_709-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10128/06012025161619arquivo_indicacao_709-2022.pdf</t>
   </si>
   <si>
     <t>JOSE MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça um recape asfáltico na Rua Dorival Moreira da Silva esquina com Souza Naves (Centro) pois se encontra com vários buracos.</t>
   </si>
   <si>
     <t>10129</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10129/06012025161719arquivo_indicacao_710-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10129/06012025161719arquivo_indicacao_710-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie a construção de um campo de Bocha na Vila Nova Porã.</t>
   </si>
   <si>
     <t>10130</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10130/07012025084049arquivo_indicacao_711-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10130/07012025084049arquivo_indicacao_711-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente para que analise a possibilidade de instalação de semáforo no cruzamento da Av. Paraná com a Av. Maranhão – em frente ao Clinicão. Neste local ocorre com frequência acidentes com veículos.</t>
   </si>
   <si>
     <t>10131</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10131/07012025084211arquivo_indicacao_712-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10131/07012025084211arquivo_indicacao_712-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie melhorias e cascalhamento na estrada que liga a Rodovia Nicolau Koltum ao localidade de Santa Luzia, passando pela propriedade do Antonio Baiano.</t>
   </si>
   <si>
     <t>10132</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10132/07012025084321arquivo_indicacao_713-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10132/07012025084321arquivo_indicacao_713-2022.pdf</t>
   </si>
   <si>
     <t>FERNANDO RODRIGUES DORTA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie estacionamento exclusivo para motos, na Rua Rio Grande do Sul, próximo ao colégio Estadual Barboza Ferraz.</t>
   </si>
   <si>
     <t>10133</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10133/07012025084430arquivo_indicacao_714-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10133/07012025084430arquivo_indicacao_714-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie a construção de uma lombada na Rua Urubupungá, em frente ao nº 30 – Jardim Itaipú.</t>
   </si>
   <si>
     <t>10134</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10134/07012025084553arquivo_indicacao_715-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10134/07012025084553arquivo_indicacao_715-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a correção da Rua Cascavel no bairro Jardim Paraná, afinal a mesma apresenta valetas profundas abertas e desbarrancando constantemente devido à sequência de chuvas fortes, ainda que qualquer intensidade de chuva já prejudique o deslocamento, impossibilitando a passagem de veículos, pedestres e trazendo riscos ao moradores do bairro, bem como à todos àqueles que transitam pelo local (imagens anexas). A reivindicação é pertinente, pois, devido ao rebaixando excessivo da referida, veículos vem sendo danificado, além de possível acumulo de água que desce pela via parada, lixo, causando um mau cheiro e podendo transmitir doenças. Ressalta-se ainda que as valas ora apresentam-se nos cantos do endereço supracitado,</t>
   </si>
   <si>
     <t>10135</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10135/07012025084646arquivo_indicacao_716-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10135/07012025084646arquivo_indicacao_716-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, que faça uma Contratação de uma empresa exclusiva especializada na prestação de serviços de manutenção preventiva e corretiva em equipamento para diagnóstico por imagem, sendo este: Raio X Fixo da UPA.</t>
   </si>
   <si>
     <t>10136</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10136/07012025110207arquivo_indicacao_717-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10136/07012025110207arquivo_indicacao_717-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de banheiros na praça Manoel Theodoro da Rocha.</t>
   </si>
   <si>
     <t>10137</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10137/07012025110302arquivo_indicacao_718-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10137/07012025110302arquivo_indicacao_718-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie recape asfáltico em toda a extensão da rua Ponta Grossa.</t>
   </si>
   <si>
     <t>10138</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10138/07012025110455arquivo_indicacao_719-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10138/07012025110455arquivo_indicacao_719-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um quebra mola na rua Palotina no Jardim Alvorada em frente a empresa Master Produtos de Limpeza.</t>
   </si>
   <si>
     <t>10139</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti, Gertrudes, Nando Dorta, Sabão - Edivaldo Montanheri, Vila Real, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10139/07012025133502arquivo_indicacao_720-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10139/07012025133502arquivo_indicacao_720-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, e demais vereadores infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie Abertura do canteiro na rua Aparício Cardoso Bittencourt, ao lado do Deposito da Azambuja.</t>
   </si>
   <si>
     <t>10140</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10140/07012025133758arquivo_indicacao_721-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10140/07012025133758arquivo_indicacao_721-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie o recape asfáltico na Avenida Maranhão próximo ao nº 2.800.</t>
   </si>
   <si>
     <t>10141</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10141/07012025133920arquivo_indicacao_722-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10141/07012025133920arquivo_indicacao_722-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie o ligamento da fonte da praça central a pedido dos moradores de Ivaiporã que alegam que ela não está em funcionamento a três meses.</t>
   </si>
   <si>
     <t>10142</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10142/07012025134012arquivo_indicacao_723-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10142/07012025134012arquivo_indicacao_723-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a criação de uma Subprefeitura no Distrito de Jacutinga para presta serviços de atendimento, recebimento dos pedidos e reclamações da população, solução para os problemas apontados, planejamento, regulamentação e fiscalização do uso do solo, assistência social para as famílias mais carentes que não tem a condição de ficar se deslocando até Ivaiporã.</t>
   </si>
   <si>
     <t>10143</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10143/07012025134120arquivo_indicacao_724-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10143/07012025134120arquivo_indicacao_724-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie recape asfáltico sobre as pedras irregulares na rua Irati, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>10144</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10144/07012025134213arquivo_indicacao_725-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10144/07012025134213arquivo_indicacao_725-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento de Competente, providencie um local para a implantação do projeto ``Meu Campinho``, no distrito de Santa Barbara.</t>
   </si>
   <si>
     <t>10145</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10145/07012025134616arquivo_indicacao_726-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10145/07012025134616arquivo_indicacao_726-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie sinalização indicando a preferencial no cruzamento da rua Alvorada esquina com Mamborê, no Jardim Alvorada.</t>
   </si>
   <si>
     <t>10146</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10146/07012025134709arquivo_indicacao_727-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10146/07012025134709arquivo_indicacao_727-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie sinalização indicando a saída para Ouro Verde.</t>
   </si>
   <si>
     <t>10147</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10147/07012025134842arquivo_indicacao_728-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10147/07012025134842arquivo_indicacao_728-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie o plantio de araucárias nos arredores do Parque de Exposições, tendo em vista oportuno momento e, principalmente, por tratarem-se de espécie de árvore simbólica e representativa do Estado do Paraná, ademais por estarem em estado de extinção. Fazendo dessa maneira a união de representatividade paranaense com sustentabilidade e proteção ecológica.</t>
   </si>
   <si>
     <t>10148</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10148/07012025134955arquivo_indicacao_729-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10148/07012025134955arquivo_indicacao_729-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a limpeza dos quintais do Jardim Aeroporto, tendo em vista a necessidade da manutenção / roçagem para evitar acúmulo de resíduos ou até mesmo a proliferação de insetos, a pedido de frequentadores dos locais e população das proximidades.</t>
   </si>
   <si>
     <t>10149</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10149/07012025135040arquivo_indicacao_730-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10149/07012025135040arquivo_indicacao_730-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a limpeza dos quintais da Casa Lar, tendo em vista a necessidade da manutenção / roçagem para evitar acúmulo de resíduos ou até mesmo a proliferação de insetos, a pedido de frequentadores dos locais e população das proximidades.</t>
   </si>
   <si>
     <t>10150</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10150/07012025135140arquivo_indicacao_731-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10150/07012025135140arquivo_indicacao_731-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a limpeza da Pista de caminhada da Luiz XV, tendo em vista a necessidade da manutenção / roçagem para evitar acúmulo de resíduos ou até mesmo a proliferação de insetos, a pedido de frequentadores dos locais e população das proximidades.</t>
   </si>
   <si>
     <t>10151</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10151/07012025135240arquivo_indicacao_732-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10151/07012025135240arquivo_indicacao_732-2022.pdf</t>
   </si>
   <si>
     <t>JOSE MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça uma camada asfáltica na Rua Pindauvinha (Centro) próximo Mercado Bom Preço pois ali se encontra vários buracos. Fotos anexa;</t>
   </si>
   <si>
     <t>10152</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10152/07012025135406arquivo_indicacao_733-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10152/07012025135406arquivo_indicacao_733-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, e ao Departamento competente que se possível colaborar com o Projeto de Extensão Atividades Físicas do Vale do Ivaí ( AFAVI) que sagrou campeã geral da 10º edição do PARAJAPS . Nossos Atletas campeões necessitam de materiais esportivos pois alguns nem tênis adequado.</t>
   </si>
   <si>
     <t>10153</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10153/07012025135458arquivo_indicacao_734-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10153/07012025135458arquivo_indicacao_734-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, e ao Departamento competente que se possível melhor as condições dos nossos cemitérios nos distritos de Santa Barbara, Jacutinga e Alto Porã.</t>
   </si>
   <si>
     <t>10154</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10154/07012025135611arquivo_indicacao_735-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10154/07012025135611arquivo_indicacao_735-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, e ao Departamento competente que se possível promover encontros e eventos esportivos e de lazer entre os servidores.</t>
   </si>
   <si>
     <t>10155</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10155/07012025135720arquivo_indicacao_736-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10155/07012025135720arquivo_indicacao_736-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie reforma e adequação da praça em frente ao Mercado Leão, com plantio de grama e/ou colocação de pedriscos.</t>
   </si>
   <si>
     <t>10156</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10156/07012025140610arquivo_indicacao_737-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10156/07012025140610arquivo_indicacao_737-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie camada asfáltico sobre pedras irregulares, na Rua Lea Valviverde Pirolo, no trecho do Jardim São Domingos até a Av. Ladislau Gil Fernandez – Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10157</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10157/07012025140701arquivo_indicacao_738-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10157/07012025140701arquivo_indicacao_738-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie reforma do piso na calçada do posto de saúde central.</t>
   </si>
   <si>
     <t>10158</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10158/07012025140950arquivo_indicacao_739-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10158/07012025140950arquivo_indicacao_739-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que estude a possibilidade de criar uma Escolinha de Atletismo em nosso município.</t>
   </si>
   <si>
     <t>10159</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10159/07012025141041arquivo_indicacao_740-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10159/07012025141041arquivo_indicacao_740-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que estude a possibilidade de providenciar um local especifico para atendimento apenas para idosos. (Unidade de Pronto Atendimento do Idoso).</t>
   </si>
   <si>
     <t>10160</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10160/07012025141151arquivo_indicacao_741-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10160/07012025141151arquivo_indicacao_741-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie uma camada asfáltica sobre a pedra irregular na Rua Madureira antiga Estrada Usina Velha que ali encontra-se a Diaconia São José. A pedido da comunidade.</t>
   </si>
   <si>
     <t>10161</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10161/07012025141308arquivo_indicacao_742-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10161/07012025141308arquivo_indicacao_742-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a manutenção de boca de lobo na Avenida Maranhão em frente a residência nº 4840.</t>
   </si>
   <si>
     <t>10162</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10162/08012025082947arquivo_indicacao_743-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10162/08012025082947arquivo_indicacao_743-2022.pdf</t>
   </si>
   <si>
     <t>EDIVALDO APARECIDO MONTANHERI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a manutenção de boca de lobo na Avenida Maranhão em frente a residência nº 4835.</t>
   </si>
   <si>
     <t>10163</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10163/08012025083821arquivo_indicacao_744-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10163/08012025083821arquivo_indicacao_744-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade próximo ao posto de gasolina do Distrito de Jacutinga, a pedido dos moradores do Distrito por medo de um possível acidente no local, pelo fato dos veículos passarem em alta velocidade.</t>
   </si>
   <si>
     <t>10164</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10164/08012025083930arquivo_indicacao_745-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10164/08012025083930arquivo_indicacao_745-2022.pdf</t>
   </si>
   <si>
     <t>FERNANDO RODRIGUES DORTA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie readequação e melhorias na Rua Céu Azul no Jardim Alvorada.</t>
   </si>
   <si>
     <t>10165</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10165/08012025084201arquivo_indicacao_746-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10165/08012025084201arquivo_indicacao_746-2022.pdf</t>
   </si>
   <si>
     <t>FERNANDO RODRIGUES DORTA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhorias no calçamento e na boca de lobo, localizada na rua Plácido Miranda nº1105 (próximo a entrada do CMEI, José Fiorim).</t>
   </si>
   <si>
     <t>10166</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10166/08012025084303arquivo_indicacao_747-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10166/08012025084303arquivo_indicacao_747-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um recape asfáltico na Rua Pindauva em toda sua extensão no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>10167</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10167/08012025085312arquivo_indicacao_748-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10167/08012025085312arquivo_indicacao_748-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie colocação da tampa da boca de lobo no cruzamento da Rua Placídio Miranda com Av. Minas Gerais.</t>
   </si>
   <si>
     <t>10168</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10168/08012025085613arquivo_indicacao_749-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10168/08012025085613arquivo_indicacao_749-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que estude a possibilidade de providenciar o recape asfáltico na Rua: Mato Grosso em frente ao João Veículos.</t>
   </si>
   <si>
     <t>10169</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10169/08012025085719arquivo_indicacao_750-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10169/08012025085719arquivo_indicacao_750-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que estude a possibilidade de providenciar junto ao departamento competente uma tampa de bueiro na Av: Maranhão em frente ao número 1605.</t>
   </si>
   <si>
     <t>10170</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10170/08012025132146arquivo_indicacao_751-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10170/08012025132146arquivo_indicacao_751-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, para atender o pedido dos moradores do Ouro verde que precisa de cascalho na estrada principal e no carreador do senhor Jorge e da senhora Neusa, localizada próximo a ponte da divisa da cidade do Arapuã ao lado direito da rodovia 2º estrada antes de chegar na ponte. O morador senhor Jorge tem uma perna amputada e sempre precisa se deslocar de sua casa para a ir para cidade, várias vezes perdeu consultas e exames devido as chuvas, não consegue sair de sua propriedade. Foto em anexo.</t>
   </si>
   <si>
     <t>10171</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10171/08012025132247arquivo_indicacao_752-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10171/08012025132247arquivo_indicacao_752-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie 1 (um) redutor de velocidade próximo do cruzamento da Avenida Souza Naves com a Rua Sertaneja, sendo o mesmo colocado na dita Avenida, haja visto que menos de 120 metros à frente encontram-se o Projeto Renascer e APAE - Associação de País e Amigos Excepcionais, onde regularmente que por esse cruzamento transitam crianças e adolescentes desacompanhadas ou acompanhadas dos país como pelo transporte escolar para iniciar as aulas e atividades educativas no Projeto e ONG, com o intuito de evitar acidentes contínuos e a exposição ao risco dos servidores das instituições, uma vez que, a Avenida por ser longa e de grande trânsito, facilita aos condutores que atinjam velocidade maior que a estipulada, tanto na via ge</t>
   </si>
   <si>
     <t>10172</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10172/08012025132453arquivo_indicacao_753-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10172/08012025132453arquivo_indicacao_753-2022.pdf</t>
   </si>
   <si>
     <t>GERTRUDES BERNARDY, Presidente do Legislativo e vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, que providencie a correção do cruzamento das vias Avenida Souza Naves com a Rua Arapongas, seja por meio de redutor de velocidade, mais clareza na sinalização ou até mesmo sinaleiros, tendo em vista que regularmente transitam diversos veículos e pedestres no local, situado no Centro do Município de Ivaiporã. Inicialmente expõe-se que a Rua Arapongas é íngreme e de difícil visualização dos veículos que vêm na via preferencial Avenida Souza Naves, onde condutores avançam muito próximo desta e já correm risco de sofrerem acidentes e ainda acabam bloqueando quase que por completo a faixa de pedestres para atingir tal visualização. Outro aspecto a ser considerado é o fato de que, vindo veículos de todos os lados no cruzamento, s</t>
   </si>
   <si>
     <t>10173</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10173/08012025151109arquivo_indicacao_754-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10173/08012025151109arquivo_indicacao_754-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um playground para as crianças do Distrito de Jacutinga para algum lazer nos fins de semana, pois no Distrito não existe nenhum meio de lazer nos fins de semana.</t>
   </si>
   <si>
     <t>10174</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10174/08012025152043arquivo_indicacao_755-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10174/08012025152043arquivo_indicacao_755-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie melhoras nas pedras irregulares juntamente com a Engenharia na Rua Luciano Marcelo Oliveira 209, Jardim Guanabara II a pedido dos moradores pois esta empossando muita água no local.</t>
   </si>
   <si>
     <t>10175</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10175/08012025152156arquivo_indicacao_756-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10175/08012025152156arquivo_indicacao_756-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a manutenção limpeza do pátio do posto de saúde são Luís centro Fotos em anexo</t>
   </si>
   <si>
     <t>10176</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10176/08012025153513arquivo_indicacao_757-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10176/08012025153513arquivo_indicacao_757-2022.pdf</t>
   </si>
   <si>
     <t>JOSE MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente que faça a colocação de várias tomadas de energia elétricas dentro do cemitério pois as pessoas vão prestar serviços e não tem tomadas para executar os serviços somente uma na entrada do portão principal.</t>
   </si>
   <si>
     <t>10177</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10177/08012025155324arquivo_indicacao_758-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10177/08012025155324arquivo_indicacao_758-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie recape asfáltico sobre as pedras irregulares nas ruas Nilo Peçanha e Ivo Merico, ambas no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10178</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, para que faça um estudo na Rua Mangueiras com Avenida Maranhão para instalar um semáforo neste local tem muito fluxos de veículos.</t>
   </si>
   <si>
     <t>10179</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10179/08012025155620arquivo_indicacao_760-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10179/08012025155620arquivo_indicacao_760-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, para fazer um recape na avenida Maranhã no trecho da avenida Paraná até rua Alvorada.</t>
   </si>
   <si>
     <t>10180</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10180/08012025160027arquivo_indicacao_761-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10180/08012025160027arquivo_indicacao_761-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, para arruma o alambrado do campo sintético no Jardim botânico para a população possa usar no final de ano.</t>
   </si>
   <si>
     <t>10181</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10181/08012025160110arquivo_indicacao_762-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10181/08012025160110arquivo_indicacao_762-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie o recape asfáltico na Rua Marechal Deodoro da Fonseca Jardim Luiz XV.</t>
   </si>
   <si>
     <t>10182</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10182/08012025160229arquivo_indicacao_763-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10182/08012025160229arquivo_indicacao_763-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, para atender o pedido dos moradores da rua Itália enfrente o nº 55 bairro Jardim Europa precisa arrumar a tampa do bueiro que caiu. Foto em anexo.</t>
   </si>
   <si>
     <t>10183</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10183/08012025160355arquivo_indicacao_764-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10183/08012025160355arquivo_indicacao_764-2022.pdf</t>
   </si>
   <si>
     <t>JOSE MARIA CARNEIRO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente providencie a colocação da tampa boca de lobo quebrada na Rua Manoel de Nobrega esquina com Av Ladislao Gil Fernandes Fotos anexas</t>
   </si>
   <si>
     <t>10184</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10184/08012025161014arquivo_indicacao_765-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10184/08012025161014arquivo_indicacao_765-2022.pdf</t>
   </si>
   <si>
     <t>JOSANE GORETE DISNER TEIXEIRA, vereadora infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que providencie o “Ivaiporã em Ação” no Bairro Jardim Luiz XV.</t>
   </si>
   <si>
     <t>10185</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10185/08012025161301arquivo_indicacao_766-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10185/08012025161301arquivo_indicacao_766-2022.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA BERTOTTI, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal Luiz Carlos Gil, que por meio do Departamento Competente, providencie recape asfáltico sobre as pedras irregulares nas Ruas Arara e Arapongas, no Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>10186</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10186/08012025161357arquivo_indicacao_767-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10186/08012025161357arquivo_indicacao_767-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade na Rua Clara Storoski próximo ao nº129, Vila São José.</t>
   </si>
   <si>
     <t>10187</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10187/08012025161501arquivo_indicacao_768-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10187/08012025161501arquivo_indicacao_768-2022.pdf</t>
   </si>
   <si>
     <t>ANTONIO VILA REAL, infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie um redutor de velocidade na Rua Lea Valviverde Pirolo na altura do cheiro verde, Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>10188</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10188/08012025161916arquivo_indicacao_769-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10188/08012025161916arquivo_indicacao_769-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a limpeza do terreno público que está com mato alto, trazendo transtorno aos moradores da Rua Rui Barbosa, no Parque Residencial Belo Horizonte.</t>
   </si>
   <si>
     <t>10189</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10189/08012025162011arquivo_indicacao_770-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10189/08012025162011arquivo_indicacao_770-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie a construção de lombada na Av. Maranhão em frente ao número 3395, para atender reivindicação dos moradores.</t>
   </si>
   <si>
     <t>10190</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10190/08012025162113arquivo_indicacao_771-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10190/08012025162113arquivo_indicacao_771-2022.pdf</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, providencie recape asfáltico nas ruas: Marginal Direita, General Osório, Visconde do Rio Branco e Joaquim Nabuco, todas no Parque Residencial Belo Horizonte.</t>
   </si>
   <si>
     <t>10191</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10191/08012025162210arquivo_indicacao_772-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10191/08012025162210arquivo_indicacao_772-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, para que faça um estacionamento e calçamento na frente da UBS da Vila Monte Castelo. Foto em anexo.</t>
   </si>
   <si>
     <t>10192</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>JOSÉ MAURINO CARNIATO, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente, analise e providencie a construção de um redutor de velocidade na Rua Placídio Miranda ,Vila Operária , para atender reivindicação dos moradores.</t>
   </si>
   <si>
     <t>10193</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10193/08012025162341arquivo_indicacao_774-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10193/08012025162341arquivo_indicacao_774-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, para que faça um reparo na tampa de bueiro na rua São Mateus no bairro Monte Castelo. Foto em anexo.</t>
   </si>
   <si>
     <t>10194</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10194/08012025162439arquivo_indicacao_775-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10194/08012025162439arquivo_indicacao_775-2022.pdf</t>
   </si>
   <si>
     <t>JAFFER G. SAGANSKI FERREIRA, vereador infra-assinado, em pleno exercício de seu mandato parlamentar, vem mui respeitosamente através dessa Presidência, INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento competente, se possível atender o pedido dos moradores do bairro da vila Santa Maria para que faça uma reforma na passarela e também uma limpeza na localidade da marginal do rio da rua Brasil. Foto anexo.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3250/requerimento_1-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3250/requerimento_1-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Requer referente ao Projeto de Lei nº 113/2021 (Lei nº 3.640, de 24/12/2021), solicita-se a cópia integral do procedimento de contratação emergencial, bem como a homologação das inscrições e a homologação do resultado final, pois estes arquivos não estão no portal da transparência, com a devida publicidade.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3251/requerimento_2-2022_vila_real.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3251/requerimento_2-2022_vila_real.pdf</t>
   </si>
   <si>
     <t>Requer, o que se segue: _x000D_
 1) Referente as despesas realizadas em edificação de depósito na parte posterior da UPA (Unidade de Pronto Atendimento) de nosso município, com a devida apresentação de cópia integral da licitação e do contrato de execução de serviço (com material de construção utilizado, seja em apartado ou mesmo contrato). _x000D_
 2) Despesas com material de construção e mão de obra referentes a pintura do paço municipal e a garagem do paço municipal. Apresentação da licitação e empenho do contrato de tais matérias e serviços prestados.</t>
   </si>
   <si>
     <t>6148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6148/requerimento_no_04-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6148/requerimento_no_04-2022.pdf</t>
   </si>
   <si>
     <t>Um VOTO DE PESAR aos familiares do Senhor Heber Castro da Silva, pelo seu falecimento ocorrido no dia 01 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3252/requerimento_5-2022_jaffer.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3252/requerimento_5-2022_jaffer.pdf</t>
   </si>
   <si>
     <t>Requer o envio deste ao Senhor Prefeito Municipal, para que através do Departamento Competente, informe e apresente a esta casa de Leis:_x000D_
 _x000D_
 1.	Nome do funcionário da Empresa Sergio Wegner de Vargas Serviços, Cnpj nº 32.416.922/0001-17 na prestação de serviço terceirizado do transporte coletivo gratuito de Ivaiporã, conforme disposto no Contrato Administrativo nº 2159/2020 da Prefeitura Municipal de Ivaiporã;_x000D_
 2.	Nomes dos funcionários da Empresa Sergio Wegner de Vargas Serviços, Cnpj nº 32.416.922/0001-1, na prestação de serviço de gerais, conforme disposto no Contrato Administrativo nº 213/2019 da Prefeitura Municipal de Ivaiporã;</t>
   </si>
   <si>
     <t>6150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6150/requerimento_no_06-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6150/requerimento_no_06-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares do Senhor Etson Joaquim de Jesus pelo seu falecimento ocorrido no dia 07 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>6151</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6151/requerimento_no_07-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6151/requerimento_no_07-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares do Senhor Davi Teles pelo seu falecimento ocorrido no dia doze de fevereiro corrente ano.</t>
   </si>
   <si>
     <t>6152</t>
   </si>
   <si>
     <t>Jaffer Ferreira, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Sandra Mara, Vila Real, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6152/requerimento_no_08-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6152/requerimento_no_08-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que seja encaminhada ao Prefeito Municipal em Exercício uma MOÇÃO DE APOIO aos profissionais do magistério, tendo como objetivo o fortalecimento da tramitação e aprovação de projeto de lei para concessão da reposição salarial, possibilitando maior incentivo e valorização dos profissionais, sobretudo quanto a eficácia dos direitos e garantias trabalhistas.</t>
   </si>
   <si>
     <t>6153</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6153/requerimento_no_09-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6153/requerimento_no_09-2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio deste ao Senhor Prefeito Municipal, para que através do Departamento Competente, informe e apresente a esta casa:_x000D_
 1. Conforme consta do portal da Transparência o servidor Flávio Milanezi encontra-se afastado pela licença sem vencimentos desde o dia 01/11/2021, esta Câmara solicita cópia do documento que autorizou a respectiva licença, pois nestes meses o servidor estava prestando/executando serviços na fazenda do atual Prefeito Luiz Carlos Gil, e consta ter recebido rendimentos nos meses de novembro e dezembro segundo o Portal da Transparência, pagos pelo Executivo Municipal.</t>
   </si>
   <si>
     <t>6154</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6154/requerimento_no_10-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6154/requerimento_no_10-2022.pdf</t>
   </si>
   <si>
     <t>Requerer o envio deste ao senhor Prefeito Municipal, para que através do departamento competente informe e apresente a esta Casa de Leis, por meio de documentos impressos, o seguinte: Relação dos cargos comissionados que são ocupados por servidores concursados; Relação dos cargos comissionados.</t>
   </si>
   <si>
     <t>6155</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6155/requerimento_no_11-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6155/requerimento_no_11-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para Minam Macedo da Silva Santos pelo excelente trabalho que executa na área da Saúde, coordenadora de frotas.</t>
   </si>
   <si>
     <t>6156</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6156/requerimento_no_12-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6156/requerimento_no_12-2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio deste ao senhor Prefeito Municipal, para que através do departamento competente informe e apresente a esta Casa de Leis, por meio de documentos impressos, o seguinte: 1. Qual o valor gasto com a Publicidade, no ano de 2021 até a presente data.</t>
   </si>
   <si>
     <t>6157</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6157/requerimento_no_13-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6157/requerimento_no_13-2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio deste ao senhor Prefeito Municipal, para que através do departamento competente informe e apresente a esta Casa de Leis, por meio de documentos impressos, o seguinte: Lista dos funcionários que pediram licença prêmio de 2021 a até presente data; Quantos funcionários tiveram o pedido deferido.</t>
   </si>
   <si>
     <t>6158</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6158/requerimento_no_14-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6158/requerimento_no_14-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor Valmor Mees pelo seu falecimento ocorrido no dia 24 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>6160</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor Leandro Aparecido dos Reis pelo seu falecimento ocorrido no dia 24 de fevereiro corrente ano.</t>
   </si>
   <si>
     <t>6161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6161/requerimento_no_16-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6161/requerimento_no_16-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhora Alzeni Duarte Ramos pelo seu falecimento ocorrido no dia 02 de março do corrente ano.</t>
   </si>
   <si>
     <t>6162</t>
   </si>
   <si>
     <t>Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6162/requerimento_no_17-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6162/requerimento_no_17-2022.pdf</t>
   </si>
   <si>
     <t>Requerer o envio deste ao Senhor Prefeito Municipal, para que através do Departamento Competente, informe e apresente a esta casa: Documentos impressos: Nome de todos os motoristas do Transporte Coletivo; Documentação completa, com licença para dirigir os veículos do Transporte Coletivo;</t>
   </si>
   <si>
     <t>6163</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6163/requerimento_no_18-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6163/requerimento_no_18-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Senhora ANA SIMEONI DE QUADROS, pelo seu falecimento ocorrido no dia 03 de março do corrente ano.</t>
   </si>
   <si>
     <t>6164</t>
   </si>
   <si>
     <t>Fio Bertotti, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6164/requerimento_no_19-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6164/requerimento_no_19-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Senhor FINELÃO TEIXEIRA DOS SANTOS (conhecido como NON() BAIANO), pelo seu falecimento ocorrido no dia 09 de março do corrente ano.</t>
   </si>
   <si>
     <t>6165</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6165/requerimento_no_20-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6165/requerimento_no_20-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, a Banda de Rock Contra Regras, pelos relevantes serviços prestados ao município de Ivaiporã. A Banda é formada pelos seguintes integrantes:_x000D_
 Riel Braz da Paixão - Vocalista_x000D_
 Adriano José de Souza da Silva - Baixista_x000D_
 Tiago Alves Scarelli - Guitarrista_x000D_
 Edgar Luciano Duran - Baterista</t>
   </si>
   <si>
     <t>6166</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6166/requerimento_no_21-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6166/requerimento_no_21-2022.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Executivo Municipal, relação dos_x000D_
 • servidores que solicitaram licença em novembro e dezembro de 2020, constando cópia da documentação que originou a concessão da licença e todas as publicações das concessões.</t>
   </si>
   <si>
     <t>6167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6167/requerimento_no_22-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6167/requerimento_no_22-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da senhora Joaquina Oliveira Vanzela, pelo seu falecimento ocorrido no dia 15 de março do corrente ano.</t>
   </si>
   <si>
     <t>6168</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6168/requerimento_no_23-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6168/requerimento_no_23-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da senhora Viviane Ricken da Costa pelo seu falecimento ocorrido no dia 23 de março do corrente ano.</t>
   </si>
   <si>
     <t>6169</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6169/requerimento_no_24-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6169/requerimento_no_24-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para o Sr. Alessander Wesley Francisco Sanches (Treta campeão) e a Sra. Sílvia Ribeiro Nardi Sanches (Pentacampeã) pelo excelente desempenho no Campeonato Paranaense de Ciclismo.</t>
   </si>
   <si>
     <t>6170</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6170/requerimento_no_25-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6170/requerimento_no_25-2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio deste ao Senhor Prefeito Municipal, para que através do Departamento Competente, informe e apresente a esta casa de Leis:_x000D_
 Nome dos funcionários responsáveis pelo cemitério Municipal;_x000D_
 Cargo e função de cada funcionário;_x000D_
 Qual Secretaria ou Departamento que é responsável pela limpeza do Cemitério Municipal;</t>
   </si>
   <si>
     <t>6171</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6171/requerimento_no_26-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6171/requerimento_no_26-2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio deste ao Senhor Prefeito Municipal,_x000D_
 • para que através do Departamento Competente, informe e apresente a esta casa de Leis:_x000D_
 Nome das empresas terceirizadas contratadas para prestar serviços no Renascer, Casa de Vivência e centro da Juventude;_x000D_
 Listagem contendo os nomes, grau de escolaridade e função exercida pelos contratados.</t>
   </si>
   <si>
     <t>6172</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6172/requerimento_no_27-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6172/requerimento_no_27-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor da Antônio Alarcon (Sarrafo) pelo seu falecimento ocorrido no dia 03 de abril corrente ano.</t>
   </si>
   <si>
     <t>6173</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6173/requerimento_no_28-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6173/requerimento_no_28-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor João Si lvério, pelo seu falecimento ocorrido no dia 04 de abril do corrente ano.</t>
   </si>
   <si>
     <t>6174</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6174/requerimento_no_29-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6174/requerimento_no_29-2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio deste ao Senhor Prefeito Municipal, para que através do Departamento Competente, informe e apresente a esta Casa de Leis, quais as providências OU medidas estão sendo tomadas pela administração pública municipal em relação a segurança no trânsito.</t>
   </si>
   <si>
     <t>6175</t>
   </si>
   <si>
     <t>em atendimento ao disposto na Resolução n° 8/2021, requerer as seguintes informações:_x000D_
 Se já iniciou o procedimento licitatório para a contratação de um intérprete de Libras para as Sessões da Câmara de Ivaiporã, com objetivo de facilitar a comunicação, garantindo o acesso à informação para a pessoa surda que se comunica por meio da Língua Brasileira de Sinais?_x000D_
 Se não foi iniciado o procedimento licitatório, quando será_x000D_
 iniciado?_x000D_
 3) Qual a previsão para que o interprete de Libras esteja atuando efetivamente nas Sessões desta Casa?</t>
   </si>
   <si>
     <t>6176</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6176/requerimento_no_31-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6176/requerimento_no_31-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para LUIZ FELIPE BILK HEMKEMEIER E AVELINO HEMKEMEIER (mestre em churrasco), pelo trabalho que está realizando aqui na Cidade de Ivaiporã e Região.</t>
   </si>
   <si>
     <t>6177</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6177/requerimento_no_32-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6177/requerimento_no_32-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor Aristino Prado, pelo seu falecimento ocorrido no dia 13 de abril do corrente ano.</t>
   </si>
   <si>
     <t>6178</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6178/requerimento_no_33-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6178/requerimento_no_33-2022.pdf</t>
   </si>
   <si>
     <t>6179</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6179/requerimento_no_34-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6179/requerimento_no_34-2022.pdf</t>
   </si>
   <si>
     <t>vem mui respeitosamente perante Vossa Excelência requerer:_x000D_
 1) Requer ao Ilmo. Senhor Prefeito, em conformidade com o artigo 181, inciso I do Regimento Interno da Câmara de Vereadores, com prazo improrrogável de 15 dias corridos, por intermédio da secretária responsável pela Secretária de Saúde do Município de Ivaiporã, nos seguintes termos:_x000D_
 ) O número exato de agentes de saúde lotados no setor de endemias (ativos), sejam eles concursados, processo seletivo ou cargo comissionado (se houver);_x000D_
 Diante o número de agentes informar o local ou locais de atividade dos mesmos;_x000D_
 Requer apresentação de estudo sobre número de agentes de endemias necessários para atuar no município para atendimento satisfatório da população.</t>
   </si>
   <si>
     <t>6180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6180/requerimento_no_35-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6180/requerimento_no_35-2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio deste ao Senhor Prefeito Municipal, para que através do departamento competente, informe e apresente a esta Casa:_x000D_
 Esclarecimentos quanto às medidas adotadas para melhor condição de habitabilidade dos animais de rua?_x000D_
 Qual a quantidade de animais castrados no ano de 2022?_x000D_
 Quais os projetos que estão sendo desenvolvidos em relação as palestras educacionais sobre maus tratos aos animais?_x000D_
 algum projeto para oferecer atendimento veterinário gratuito em nosso Município?_x000D_
 Há algum projeto para redução de animais nas ruas?_x000D_
 Qual medida será tomada para a mudança do local do Canil_x000D_
 de nosso Município?</t>
   </si>
   <si>
     <t>6181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6181/requerimento_no_36-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6181/requerimento_no_36-2022.pdf</t>
   </si>
   <si>
     <t>Ao Ilmo. Senhor Prefeito, em conformidade com o artigo 181, inciso I do Regimento Interno da Câmara de Vereadores, com prazo improrrogável de 15 dias corridos, por intermédio da diretoria responsável pelo Departamento Municipal de Assistência Social, nos seguintes termos:_x000D_
 Quais os itens e quantidade de alimentos disponibilizados nas cestas básicas fornecidas a população em situação de vulnerabilidade social pelo Departamento de Assistência Social.</t>
   </si>
   <si>
     <t>6189</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6189/requerimento_no_37-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6189/requerimento_no_37-2022.pdf</t>
   </si>
   <si>
     <t>solicita-se ao departamento do Meio Ambiente:_x000D_
 Cópia do Estatuto da Cooperativa Coopemari;_x000D_
 Relação dos Membros da Diretória e seus suplentes;_x000D_
 Planilha de entrada e saída de materiais;_x000D_
 Planilha da divisão dos cooperados quanto cada um recebe;_x000D_
 Quantidades de cooperados;_x000D_
 Valor repassado pela Prefeitura;_x000D_
 Qual motivo a Prensa foi vendida;_x000D_
 Oque foi feito com o dinheiro, quanto cada cooperado recebeu do rateio da Prensa;</t>
   </si>
   <si>
     <t>6191</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6191/requerimento_no_38-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6191/requerimento_no_38-2022.pdf</t>
   </si>
   <si>
     <t>requerer as seguintes informações:_x000D_
 I) Qual foi a justificativa para o indeferimento do meu requerimento para participar do curso "Elaboração e Fiscalização na Execução do Orçamento Público e Política Remuneratória dos Municípios", que foi ministrado pela empresa Unicursos Capacitação e Treinamento LTDA, requerido em 18 de abril do corrente ano?_x000D_
 2) Qual foi a justificativa para o deferimento do mesmo curso ao outro vereador desta Casa?</t>
   </si>
   <si>
     <t>6192</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6192/requerimento_no_39-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6192/requerimento_no_39-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, ao senhor Sargento Rogerio Bossoni (Patrulha Escolar) e ao Soldado Rodrigo Serafim (PROED) pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>6194</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6194/requerimento_no_40-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6194/requerimento_no_40-2022.pdf</t>
   </si>
   <si>
     <t>Requerer o envio deste ao Senhor Prefeito Municipal, para que através do departamento competente, informe e apresente a esta Casa:_x000D_
 Por qual razão não foi efetuado o rateio do FUNDEB, sendo que em vários municípios já houve a divisão._x000D_
 A Lei 14.276, prevê o rateio do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação (Fundeb), gostaria de solicitar informações sobre as despesas que foram pagas com o referido dinheiro no ano de 2021.</t>
   </si>
   <si>
     <t>6199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6199/requerimento_no_41-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6199/requerimento_no_41-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, ao Sr. Ricardo Rodrigues de Souza, pelos relevantes serviços prestados ao Município de Ivaiporã.</t>
   </si>
   <si>
     <t>6200</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6200/requerimento_no_42-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6200/requerimento_no_42-2022.pdf</t>
   </si>
   <si>
     <t>solicitar que informe e apresente a esta Casa de Leis:_x000D_
 Cronograma, das fases e etapas do concurso público previsto para o ano de 2022, em qual fase se encontra atualmente? Qual a data prevista para o lançamento do Edital?_x000D_
 Quais os servidores que são membros da Comissão do Concurso? Quantos e quais são efetivos e quantos e quais são cargos comissionados?_x000D_
 Qual a participação da Diretora de Administração (Claúdia Rech) e Gerente de Recursos Humanos (Camila Wilt) na organização do concurso?</t>
   </si>
   <si>
     <t>6259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6259/requerimento_no_43-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6259/requerimento_no_43-2022.pdf</t>
   </si>
   <si>
     <t>Solicitar as seguintes informações acerca do Processo Seletivo Simplificado realizado para ocupação de cargos na Secretaria Municipal de Saúde:_x000D_
 Informar o resultado final do PSS realizado._x000D_
 Informar os nomes dos contratados e suas classificações._x000D_
 Informar os candidatos que foram classificados e não foram contratados, justificando quais os motivos.</t>
   </si>
   <si>
     <t>6260</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6260/requerimento_no_44-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6260/requerimento_no_44-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, aos Sres. Edicarlos Faria Ferreira, Lucas David Dias Leão e as Sras. Tatiane dos Santos Marcondes, Vanessa Touzatti da Silva e Josilene Luzia Carniato Cyriaco, pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>6261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6261/requerimento_no_45-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6261/requerimento_no_45-2022.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, a:_x000D_
 Isaltina Crocetta_x000D_
 Eleonora Erika Galinatti_x000D_
 Berta Luci Socoloski</t>
   </si>
   <si>
     <t>6262</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6262/requerimento_no_46-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6262/requerimento_no_46-2022.pdf</t>
   </si>
   <si>
     <t>solicitar que informe e apresente a esta Casa de Leis:_x000D_
 Lista completa com o nome de cada um dos profissionais e médicos que atendem nas Unidades Básicas de Saúde do Município de Ivaiporã e Distritos._x000D_
 Carga horária de cada um dos profissionais e médicos que atendem nas Unidades Básicas de Saúde, informar os servidores que trabalham em regime de escala._x000D_
 Informar quantos pacientes são atendidos em cada uma das Unidades Básicas de Saúde diariamente, qual a cota de atendimentos diários, e quais os procedimentos são realizados._x000D_
 Qual o número de agentes de saúde do município de Ivaiporã atualmente? Cronograma mensal de visitas realizadas de todas as Unidades Básicas de Saúde? Como está o atendimento a pessoas idosas, acamadas, ou com mobilidade reduzida em nosso município, qual o procedimento realizado para atendimento destes pacientes?_x000D_
 Em relação aos crescentes casos de COVID-19 e as recomendações contidas do Decreto do Executivo n° 14.082/2022, que dispõe sobre adoção de medidas de prevençã</t>
   </si>
   <si>
     <t>6264</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6264/requerimento_no_47-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6264/requerimento_no_47-2022.pdf</t>
   </si>
   <si>
     <t>solicitar que conforme artigo 240 do Regimento Interno, seja realizada uma alteração JUSTIFICATIVA ORAL PELO PROPONENTE</t>
   </si>
   <si>
     <t>6265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6265/requerimento_no_48-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6265/requerimento_no_48-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor Valdeci Amélio Schmidt pelo seu falecimento ocorrido no dia 10 de junho do corrente ano.</t>
   </si>
   <si>
     <t>6266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6266/requerimento_no_49-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6266/requerimento_no_49-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor Carlos Bento Sanches, pelo seu falecimento ocorrido no dia 13 de junho do corrente ano.</t>
   </si>
   <si>
     <t>6267</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6267/requerimento_no_50-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6267/requerimento_no_50-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da senhora Josefa Pacheco, pelo seu falecimento ocorrido no dia 13 de junho do corrente ano.</t>
   </si>
   <si>
     <t>6268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6268/requerimento_no_52-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6268/requerimento_no_52-2022.pdf</t>
   </si>
   <si>
     <t>solicitar que informe e apresente a esta Casa de Leis:_x000D_
 Lista completa com o nome de cada um dos profissionais e médicos que atendem nas Unidades Básicas de Saúde do Município de Ivaiporã e Distritos._x000D_
 Carga horária de cada um dos profissionais e médicos que atendem nas Unidades Básicas de Saúde, informar os servidores que trabalham em regime de escala._x000D_
 Informar quantos pacientes são atendidos em cada uma das Unidades Básicas de Saúde diariamente, qual a cota de atendimentos diários, e quais os procedimentos são realizados.</t>
   </si>
   <si>
     <t>6269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6269/requerimento_no_52-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6269/requerimento_no_52-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares da Senhora Vera Nilda Bueno de Camargo, pelo seu falecimento ocorrido no dia 04 de junho do corrente ano.</t>
   </si>
   <si>
     <t>6270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6270/requerimento_no_53-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6270/requerimento_no_53-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares da Senhora Auria Sebold Vitorino, pelo seu falecimento ocorrido no dia 14 de junho do corrente ano.</t>
   </si>
   <si>
     <t>6271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6271/requerimento_no_54-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6271/requerimento_no_54-2022.pdf</t>
   </si>
   <si>
     <t>solicitar que informe e apresente a esta Casa de Leis:_x000D_
 Qual o número de agentes de saúde do município de Ivaiporã atualmente? Cronograma mensal de visitas realizadas de todas as Unidades Básicas de Saúde? Como está o atendimento a pessoas idosas, acamadas, ou com mobilidade reduzida em nosso município, qual o procedimento realizado para atendimento destes pacientes?_x000D_
 Em relação aos crescentes casos de COVID-19, quais os procedimentos estão sendo tomados em relação a triagem dos pacientes atendidos nas Unidades Básicas de Saúde, principalmente quanto as Gestantes, idosos e grupos de risco em relação ao contato com os casos suspeitos e/ou infectados._x000D_
 Qual a disponibilidade de testes rápidos da COVID-19 nas Unidades Básicas de Saúde?</t>
   </si>
   <si>
     <t>6272</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6272/requerimento_no_55-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6272/requerimento_no_55-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para DR° Vanderson Miguel da Costa (Os médicos são artistas que têm o dom de salvar a vida e deixar o mundo mais belo com seu cheio atencioso. Gratidão, queridos profissionais), pelo trabalho que está realizando aqui na Cidade de Ivaiporã e Região.</t>
   </si>
   <si>
     <t>6273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6273/requerimento_no_56-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6273/requerimento_no_56-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares da Eliane Bittencourt Saraiva e Adelina Bittencourt pelo seu falecimento ocorrido no dia 06 de julho corrente ano.</t>
   </si>
   <si>
     <t>6274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6274/requerimento_no_57-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6274/requerimento_no_57-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor Osmar Simões, pelo seu falecimento ocorrido no dia 06 de julho do corrente ano.</t>
   </si>
   <si>
     <t>6275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6275/requerimento_no_58-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6275/requerimento_no_58-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do DR. Orlando Sanchez, pelo seu falecimento ocorrido no dia 26 de julho do corrente ano.</t>
   </si>
   <si>
     <t>6276</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6276/requerimento_no_59-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6276/requerimento_no_59-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Sr. ILDEFONSO VAZ RIBEIRO, pelo seu falecimento ocorrido no dia 02 de agosto corrente ano.</t>
   </si>
   <si>
     <t>6277</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6277/requerimento_no_60-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6277/requerimento_no_60-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis urna Moção de Aplauso aos funcionários do Centro de Referência Especializado de Assistência Social (CREAS)._x000D_
 Coordenadora e Assistente Social do CREAS: EDUARDA DALA ROSA_x000D_
 Psicóloga: GABRIELY CRISTINI FERREIRA_x000D_
 Recepcionista: PRISCILA MENDES_x000D_
 Assistente Social: DEBORA BUENO_x000D_
 Educador Social: CLAUDELIR RIBEIRO DE GODOI</t>
   </si>
   <si>
     <t>6278</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, Ao Projeto Amor Exigente, pelos relevantes serviços prestados ao município de lvaiporã._x000D_
 O Projeto tem os seguintes colaboradores: Clodoaldo de Oliveira; Patricia G. R Esser; Nadir Mazieiro Soethe; Claudete Aparecida Bolin; Inez Casturina Malaquias(7 Dniffer G. Szlapak; Edy Bittencourt Oliveira; Eliane Bittencourt Santos (In Memoriani; Fabiana S. Ceron; Deli Vieira; Maria das Graças C. Custodio; Bruna Giselli Silva; Leonice Sargentim Pereira; Bianca Nada! Ribeiro da Silva; Helena Maria Cecere; Cleverson Esser; 'Aline Cristina dos Santos Machadanira Feitosa da Silva; Regina Anacleto; Eduardo Graciolli;) Ivana Duran Sanches Oliveira; Maristela Conti Kutz; Manha Ribeiro; Naiara Tallita Daufembach; Silvana Santana; Maria da Glória de Resende; Edina Pereira da Silva Zanoni.</t>
   </si>
   <si>
     <t>6279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6279/requerimento_no_62-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6279/requerimento_no_62-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, a Giovana da Silva Azevedo, pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>6280</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6280/requerimento_no_63-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6280/requerimento_no_63-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, ao Sr. Ewerton Davy Marques Silva, pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>6281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6281/requerimento_no_64-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6281/requerimento_no_64-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor Vasni Martins de Andrade pelo seu falecimento ocorrido no dia 10 agosto corrente ano.</t>
   </si>
   <si>
     <t>6282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6282/requerimento_no_65-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6282/requerimento_no_65-2022.pdf</t>
   </si>
   <si>
     <t>REQUER ao Senhor Prefeito Municipal, que por meio do Departamento de Licitações seja fornecido a cópia na ÍNTEGRA do Processo da Dispensa de Licitação n° 06/2022, uma vez que o processo da dispensa não está disponibilizado no Portal da Transparência do Município.</t>
   </si>
   <si>
     <t>6284</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6284/requerimento_no_66-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6284/requerimento_no_66-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Jovem Doutor Victor Augusto Dardani Moreira da Silva, pelo seu falecimento ocorrido no dia 14 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>6285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6285/requerimento_no_67-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6285/requerimento_no_67-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, (SERVIDOR PERTECENTE AO SETOR DE ILUMINAÇÃO PUBLICA) pelo trabalho que está realizando aqui na Cidade de Ivaiporã._x000D_
 CLAÚDIO SÉRGIO MARIANO MARINS - JOEL MARCELINO DA CRUZ_x000D_
 - JOSIMAR DE SOUZA OLIVEIRA_x000D_
 - JOSUÉ JOAQUIM ROBERTO JÚNIOR_x000D_
 KLEBER TEIXEIRA DITIKUN - SIMIÃO FERNANDES DA SILVA_x000D_
 VALDINEI SZLAPAK_x000D_
 - ANTÔNIO ALTAIR DIONÍSIO</t>
   </si>
   <si>
     <t>6287</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6287/requerimento_no_68-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6287/requerimento_no_68-2022.pdf</t>
   </si>
   <si>
     <t>RREQUER, VOTO DE PESAR aos familiares da Senhora SUELY FOGAÇA DOS SANTOS MENDONÇA, pelo seu falecimento ocorrido na nesta quarta-feira, 17 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>6288</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6288/requerimento_no_69-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6288/requerimento_no_69-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, a AMAEX - Associação do Movimento Amor Exigente, pelos relevantes serviços prestados ao Município de Ivaiporã.</t>
   </si>
   <si>
     <t>6289</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6289/requerimento_no_70-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6289/requerimento_no_70-2022.pdf</t>
   </si>
   <si>
     <t>REQUER. após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO ao Sr. CLAUDEMIR DE FREITAS ANDRADE, conhecido como Cláudio Henrique pelos seus incansáveis trabalhos como Locutor_x000D_
 de Rádio Ubá.</t>
   </si>
   <si>
     <t>6290</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6290/requerimento_no_71-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6290/requerimento_no_71-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO ao Sr. JOSUÉ JOAQUIM ROBERTO, pelos seus incansáveis trabalhos como Locutor de Rádio Ubá.</t>
   </si>
   <si>
     <t>6291</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6291/requerimento_no_72-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6291/requerimento_no_72-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do senhor Virgilino Hessmann (Foloca), pelo seu falecimento ocorrido no dia 30 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>6292</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6292/requerimento_no_73-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6292/requerimento_no_73-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO 'DE APLAUSO, as Sras. Silvana Marcomini, Patrícia Marugal, Neide Marugal e Lourdes da Rosa, pelos relevantes serviços prestados ao município de Ivaiporã</t>
   </si>
   <si>
     <t>6293</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6293/requerimento_no_74-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6293/requerimento_no_74-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, as Sras. Integrantes da ACISI MULHER, pelos relevantes serviços prestados ao município de Ivaiporã._x000D_
 Coordenadora_x000D_
 Cristiane Lobo Rios_x000D_
 Cris Modas_x000D_
 Vice-coordenadora_x000D_
 Geise Rodrigues_x000D_
 Pizzaria Savory_x000D_
 1' Tesoureira_x000D_
 Danubia Palma Ferreira_x000D_
 Dorta_x000D_
 Julia Dorta Store e Art. De Cimentos_x000D_
 Estrela_x000D_
 2" Tesoureira_x000D_
 Naiani R. Lopes Rodrigues Pepe_x000D_
 Potencial Net_x000D_
 I' Secretária_x000D_
 Denise AV Bueno de Oliveira_x000D_
 JS Barber_x000D_
 2 Secretária_x000D_
 Patricia Cristina Jorge C. Gerino_x000D_
 Cravo e Canela_x000D_
 Integrante_x000D_
 Luciane de Lima Ferreira Barreto_x000D_
@@ -10258,281 +10258,281 @@
 Integrante_x000D_
 Tatiana O. Paulini_x000D_
 Human Spa_x000D_
 Integrante_x000D_
 Edla Danielle Pinheiro C. Vicente_x000D_
 V&amp;C Empreendimentos Imobiliários_x000D_
 Integrante_x000D_
 Andrea Lima_x000D_
 SESC_x000D_
 Integrante_x000D_
 Maria Adriane Grossi_x000D_
 Correios_x000D_
 Integrante_x000D_
 Crizelle Cristina Souza de Abreu_x000D_
 Cresol_x000D_
 Integrante_x000D_
 Daiane de Oliveira lori_x000D_
 Maxim_x000D_
 Integrante_x000D_
 Andréia Pereira d</t>
   </si>
   <si>
     <t>6294</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6294/requerimento_no_75-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6294/requerimento_no_75-2022.pdf</t>
   </si>
   <si>
     <t>REQUERER, após menção do Plenário, que se_x000D_
 lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, aos Integrantes da ACISI JOVEM, pelos relevantes serviços prestados ao município de Ivaiporã._x000D_
 Nome_x000D_
 Empresa_x000D_
 Adriano Melo_x000D_
 Auto Peças Avenida_x000D_
 Alex Sandro Fonseca_x000D_
 Prefeitura Municipal_x000D_
 Ana Sarti_x000D_
 Ana Sarti Art Tatoo_x000D_
 Anderson Diniz_x000D_
 Inside Hamburgueria_x000D_
 Ayton Guayume_x000D_
 Ictus Soluções em Energia_x000D_
 Damis Bonfim_x000D_
 Calçados Bonfim_x000D_
 Diego Oliveira_x000D_
 OL Construtora_x000D_
 Fabiano Kanadani_x000D_
 Inove Contabilidade_x000D_
 Fabiner Martins Ribeiro_x000D_
 Suprema Supermercados_x000D_
 Fábio de Souza_x000D_
 Serallê Calçados_x000D_
 Felipe M. Peres_x000D_
 Cresol_x000D_
 Fernando Bagatim_x000D_
 Formigão Tintas_x000D_
 Juliano V. do Nascimento_x000D_
 Mecânica Central_x000D_
 Junior Cervello_x000D_
 JS Barber_x000D_
 Lincoln Sochodolak_x000D_
 Escritório Ivaiporã_x000D_
 Silvestre Daufenbach Júnior_x000D_
 Hotel e Rest. Tio Luiz_x000D_
 Maicon Godinho_x000D_
 KNN Idiomas_x000D_
 Mariana Bilk_x000D_
 Restaurante Bilk</t>
   </si>
   <si>
     <t>6295</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6295/requerimento_no_76-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6295/requerimento_no_76-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, a ASRI - Associação de Senhoras Rotarianas de Ivaiporã, pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>6296</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6296/requerimento_no_77-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6296/requerimento_no_77-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, a Antônio Vieira Junior, pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>6297</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6297/requerimento_no_78-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6297/requerimento_no_78-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do JOÃO CARLOS BARBOSA pelo seu falecimento ocorrido no dia 07 de outubro corrente ano.</t>
   </si>
   <si>
     <t>6298</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6298/requerimento_no_79-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6298/requerimento_no_79-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, aos Srs. José Miguel Serafim, Francisco Serafim, Fernando Alves Serafim, pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
   <si>
     <t>6299</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6299/requerimento_no_80-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6299/requerimento_no_80-2022.pdf</t>
   </si>
   <si>
     <t>6300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6300/requerimento_no_81-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6300/requerimento_no_81-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor MAXIMILIAN DE OLIVEIRA FAUSTINO, pelo seu falecimento ocorrido no dia 12 de Outubro do corrente ano.</t>
   </si>
   <si>
     <t>6301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6301/requerimento_no_82-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6301/requerimento_no_82-2022.pdf</t>
   </si>
   <si>
     <t>um VOTO DE PESAR aos familiares da Senhor Ladislau Sunnaz, pelo seu falecimento ocorrido no dia 15 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>6302</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6302/requerimento_no_83-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6302/requerimento_no_83-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares pelo seu falecimento da Senhora DIVINA DA CRUZ ocorrido no dia dezenove de outubro corrente ano.</t>
   </si>
   <si>
     <t>6303</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6303/requerimento_no_85-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6303/requerimento_no_85-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhor José Fernandes da silva pelo seu falecimento ocorrido no dia dezoito de outubro corrente ano.</t>
   </si>
   <si>
     <t>6304</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6304/requerimento_no_85-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6304/requerimento_no_85-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares do senhor João Caetano, pelo seu falecimento ocorrido no dia 23 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>6305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6305/requerimento_no_86-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6305/requerimento_no_86-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares da Senhora IRACEMA PEREIRA LOPES MOLEIRO, pelo seu falecimento ocorrido na segunda-feira, 31 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>6306</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6306/requerimento_no_87-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6306/requerimento_no_87-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares do senhor AUGUSTO MAGRI, pelo seu falecimento ocorrido no dia 12 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>6310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6310/requerimento_no_88-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6310/requerimento_no_88-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para o Projeto De Extensão Atividades Físicas Adaptadas do Vale do Ivaí" (AFAV1) da Universidade Estadual de Maringá Campos Regional do Vale do Ivaí, bem como para os Srs. DIEGO DE SOUZA VIEIRA, HENRIQUE MITSUO ALBANES UEKI, VALDIR MOREIRA DONIZET, VALDINEI SILVA e SOUZA, WELLINTON de SOUZA FRANCELINO, Prof. EWERTON DAVY MARQUES SILVA, Prof. RICARDO ALEXANDRE CARMINATO e a Sra. Prof. Dra. ANDRÉIA PAULA BASEI, por sagrarem-se campeões gerais da 100 edição dos Jogos Paradesportivos do Paraná (PARAJAPS), promovidos pelo governo do estado, por meio da Superintendência Geral do Esporte, na modalidade do atletismo DI (Deficiência Intelectual).</t>
   </si>
   <si>
     <t>6312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6312/requerimento_no_89-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6312/requerimento_no_89-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares da Senhora VERA LÚCIA SAGANSKI FERREIRA, pelo seu falecimento ocorrido nesta segunda-feira, 21 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>6313</t>
   </si>
   <si>
     <t>Carniato, Fio Bertotti, Gertrudes, Josane Disner, Nando Dorta, Sabão - Edivaldo Montanheri, Vila Real, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6313/requerimento_no_90-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6313/requerimento_no_90-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares do senhor FLORISVALDO MALDONADO FERNANDES, pelo seu falecimento ocorrido no dia 21 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>6314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6314/requerimento_no_91-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6314/requerimento_no_91-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Plenário, que seja lavrado pelo egrégio Plenário desta Casa de Leis um VOTO DE PESAR aos familiares do Senhora MIYOKO FUJISAK1 KISHI (NAIR KISHI), pelo seu falecimento ocorrido no dia 23 de novembro do corrente ano.</t>
   </si>
   <si>
     <t>6315</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6315/requerimento_no_92-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6315/requerimento_no_92-2022.pdf</t>
   </si>
   <si>
     <t>uma MOÇÃO DE APLAUSO, a todos os membros da diretoria da ASSOCIAÇÃO CULTURAL E ESPORVITA NIKEI DE IVAIPORA (ACENI) pela segunda festa do Japão._x000D_
 SUNAO YOTSUMOTO_x000D_
 PRESIDENTE_x000D_
 JORGE KAWANO_x000D_
 VICE PRECIDENTE_x000D_
 GILSON VITAL DA SILVA_x000D_
 I °SECRETÁRIO_x000D_
 JOSÉ LVANO P. SANTOS_x000D_
 2°SECRETÁRIO_x000D_
 VA( ER JOSÉ BONFIM_x000D_
 1°TESOUREIRO_x000D_
 MÁ !' i IA KAWANO BONFIM_x000D_
 2°TESOUREIRO_x000D_
 NE ''ON MASSARU KITA_x000D_
 MEMBRO DA ASSOCIAÇÃO</t>
   </si>
   <si>
     <t>6316</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, para a Prof.a. Dra. JANE SILVA BÜHRER TAQUES, pelos relevantes serviços prestados ao Município de Ivaiporã.</t>
   </si>
   <si>
     <t>6317</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6317/requerimento_no_94-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6317/requerimento_no_94-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR aos familiares da senhora DENIR DOS SANTOS FERREIRA, pelo seu falecimento ocorrido no dia 12 de dezembro do corrente ano.</t>
   </si>
   <si>
     <t>6318</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6318/requerimento_no_95-2022.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6318/requerimento_no_95-2022.pdf</t>
   </si>
   <si>
     <t>REQUER, após menção do Plenário, que se lavre nos anais desta Casa Legislativa, uma MOÇÃO DE APLAUSO, aos Senhores Rotarianos de Ivaiporã, representados pelo Presidente Nilson Cavalheiro e a Senhora Sylvia Miranda Esquisato_x000D_
 da Associação do Rotary Clube Integração pelos relevantes serviços prestados ao município de Ivaiporã.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -10840,68 +10840,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/11409/projeto_de_lei_complementar_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/11428/projeto_de_lei_complementar_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7364/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/169/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_07.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_de_lei_20.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_26.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9260/ple_no_28-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/227/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/228/projeto_de_lei_31.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/229/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/230/projeto_de_lei_33.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/231/projeto_de_lei_34.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/232/projeto_de_lei_35.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/233/projeto_de_lei_36.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/234/projeto_de_lei_37.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/235/projeto_de_lei_38.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/237/projeto_de_lei_39.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_40.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_41.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_lei_43.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_45.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_de_lei_46.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/262/projeto_de_lei_47.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_48.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_49.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/283/projeto_de_lei_51.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/285/projeto_de_lei_53.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_54.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_55.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_56.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_57.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_59.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_60.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_de_lei_61.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/293/projeto_de_lei_62.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/294/projeto_de_lei_63.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/295/projeto_de_lei_64.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_de_lei_65.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_66.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_67.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_68.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/306/projeto_de_lei_69.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_lei_70.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_71.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_72.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_73.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_74.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/317/projeto_de_lei_75.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/319/projeto_de_lei_76.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/321/projeto_de_lei_77.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_78.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_79.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei_80.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_81.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_82.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_83.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_84.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_85.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_86.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_87.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_89.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_90.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_91.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/357/projeto_de_lei_92.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_93.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_94.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_95.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_96.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_97.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_98.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei_99.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/369/projeto_de_lei_100.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_101.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_102.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_103.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_104.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_105.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_106.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_107.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_108.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_109.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_110.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_111.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_112.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_113.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_114.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_115.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/152/projeto_de_lei_116.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/153/projeto_de_lei_117.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_118.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_119.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_120.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_121.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_122.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_123.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_124.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_125.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2086/brn3c2af4e2196e_0000065436.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2087/brn3c2af4e2196e_0000065447.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2089/brn3c2af4e2196e_0000065453.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2092/brn3c2af4e2196e_0000065460.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2107/brn3c2af4e2196e_0000065471.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2120/brn3c2af4e2196e_0000065475.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2122/brn3c2af4e2196e_0000065483.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2130/brn3c2af4e2196e_0000065487.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2131/brn3c2af4e2196e_0000065495.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2132/01112023083010arquivo_projetodeleilegislativo_12-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2133/01112023083843arquivo_projetodeleilegislativo_13-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2136/01112023085931arquivo_projetodeleilegislativo_14-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2152/01112023094943arquivo_projetodeleilegislativo_16-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2167/01112023104617arquivo_projetodeleilegislativo_18-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2172/01112023111607arquivo_projetodeleilegislativo_19-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2178/01112023132348arquivo_projetodeleilegislativo_20-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2180/01112023132755arquivo_projetodeleilegislativo_21-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2182/01112023133328arquivo_projetodeleilegislativo_22-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2186/01112023134345arquivo_projetodeleilegislativo_23-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2191/01112023141507arquivo_projetodeleilegislativo_24-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2195/01112023143414arquivo_projetodeleilegislativo_25-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2202/01112023144024arquivo_projetodeleilegislativo_26-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2206/01112023144531arquivo_projetodeleilegislativo_27-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2208/01112023144748arquivo_projetodeleilegislativo_28-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2212/01112023145009arquivo_projetodeleilegislativo_29-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2217/01112023145613arquivo_projetodeleilegislativo_30-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2219/01112023150029arquivo_projetodeleilegislativo_31-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2221/01112023150322arquivo_projetodeleilegislativo_32-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2223/01112023150537arquivo_projetodeleilegislativo_33-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2224/01112023150740arquivo_projetodeleilegislativo_34-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2227/01112023151028arquivo_projetodeleilegislativo_35-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2298/06112023101650arquivo_projetodeleilegislativo_36-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2301/06112023102055arquivo_projetodeleilegislativo_37-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2305/06112023102248arquivo_projetodeleilegislativo_38-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2310/06112023102659arquivo_projetodeleilegislativo_40-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2312/06112023102819arquivo_projetodeleilegislativo_41-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2313/06112023103009arquivo_projetodeleilegislativo_42-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2314/06112023103209arquivo_projetodeleilegislativo_43-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2315/06112023103352arquivo_projetodeleilegislativo_44-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2317/06112023103641arquivo_projetodeleilegislativo_45-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2323/06112023103914arquivo_projetodeleilegislativo_46-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2326/06112023104120arquivo_projetodeleilegislativo_47-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2329/06112023104428arquivo_projetodeleilegislativo_48-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2330/06112023104618arquivo_projetodeleilegislativo_49-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2331/06112023104841arquivo_projetodeleilegislativo_50-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2332/06112023105201arquivo_projetodeleilegislativo_51-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2333/06112023105350arquivo_projetodeleilegislativo_52-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2334/06112023105542arquivo_projetodeleilegislativo_53-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2337/06112023105806arquivo_projetodeleilegislativo_54-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2340/06112023110755arquivo_projetodeleilegislativo_55-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2341/06112023110955arquivo_projetodeleilegislativo_56-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2344/06112023111327arquivo_projetodeleilegislativo_57-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2351/06112023112312arquivo_projetodeleilegislativo_59-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2391/06112023153529arquivo_projetodeleilegislativo_60-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2393/06112023153915arquivo_projetodeleilegislativo_61-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2395/06112023154055arquivo_projetodeleilegislativo_62-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/4196/pll_63_2022_josane_disner.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2398/06112023154419arquivo_projetodeleilegislativo_64-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2399/06112023154624arquivo_projetodeleilegislativo_65-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2400/06112023154925arquivo_projetodeleilegislativo_66-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2405/06112023155604arquivo_projetodeleilegislativo_67-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2410/06112023160758arquivo_projetodeleilegislativo_68-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7753/projeto_de_decreto_02.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7752/projeto_de_decreto_03.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7751/projeto_de_decreto_04.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7750/projeto_de_decreto_05.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7749/projeto_de_decreto_06.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7748/projeto_de_decreto_07.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7745/projeto_de_decreto_08.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7736/projeto_de_decreto_09.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7735/projeto_de_decreto_10.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7734/projeto_de_decreto_11.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7733/projeto_de_decreto_12.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3315/pr_1_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3314/pr_2_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3313/pr_3_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3304/pr_4_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3302/pr_5_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3301/pr_6_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3300/pr_7_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3299/pr_8_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8904/indicacao_198-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3303/pr_5_2022_ea_3_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2129/brn3c2af4e2196e_0000065485.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3238/indicacao_2-2022_emerson_e_jaffer.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3241/indicacao_4-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3242/indicacao_5-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3243/indicacao_6-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3244/indicacao_7-2022_nando_e_outros.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3245/indicacao_8-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3246/indicacao9-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3247/indicacao_10-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3248/indicacao_11-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3687/indicacao_12-2022_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3282/indicacao_18-2022_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3283/indicacao_19-2022_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3284/indicacao_20-2022_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3285/indicacao_22-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3286/indicacao_23-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3578/indicacao_24-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3579/indicacao_25-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3580/indicacao_26-2022_emerson_e_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3581/indicacao_29-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3582/indicacao_32-2022_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3585/indicacao_34-2022_sandra_mara.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3587/indicacao_35-2022_carniato.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3590/indicacao_36-2022__carniato.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3592/indicacao_37-2022_carniato.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3595/indicacao_38-2022_carniato.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3609/indicacao_39-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3610/indicacao_40-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3612/indicacao_41-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3614/indicacao_42-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3619/indicacao_44-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3620/indicacao_45-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3624/indicacao_46-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3642/indicacao_47-2022_nando.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3688/indicacao_48-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3689/indicacao_49-2022_ze_maria_e_fio.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3692/indicacao_51-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7839/14082024094714arquivo_indicacao_51-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7840/14082024094955arquivo_indicacao_53-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7841/14082024095205arquivo_indicacao_54-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7842/14082024095406arquivo_indicacao_55-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7843/14082024095535arquivo_indicacao_56-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7844/14082024095800arquivo_indicacao_57-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7845/14082024100041arquivo_indicacao_58-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7846/14082024100212arquivo_indicacao_59-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7847/14082024100552arquivo_indicacao_60-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7848/14082024100800arquivo_indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7850/14082024101313arquivo_indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7851/14082024101622arquivo_indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7853/14082024102017arquivo_indicacao_65-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7854/14082024102213arquivo_indicacao_66-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7855/indicacao_67-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7856/14082024102806arquivo_indicacao_68-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7857/14082024102937arquivo_indicacao_69-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7858/14082024103141arquivo_indicacao_70-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7859/14082024104720arquivo_indicacao_71-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7860/14082024104909arquivo_indicacao_72-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7861/14082024105107arquivo_indicacao_73-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7862/14082024105303arquivo_indicacao_74-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7863/14082024105528arquivo_indicacao_75-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7864/14082024105738arquivo_indicacao_76-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7865/14082024105907arquivo_indicacao_77-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7866/14082024110049arquivo_indicacao_78-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7867/14082024110336arquivo_indicacao_79-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7868/14082024110539arquivo_indicacao_80-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7869/14082024110709arquivo_indicacao_81-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7870/14082024110846arquivo_indicacao_82-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7873/14082024111153arquivo_indicacao_83-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7875/14082024111329arquivo_indicacao_84-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7876/14082024113005arquivo_indicacao_85-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7877/14082024113129arquivo_indicacao_86-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7878/14082024113315arquivo_indicacao_87-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7913/15082024085239arquivo_indicacao_88-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7914/15082024085755arquivo_indicacao_89-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7916/15082024090322arquivo_indicacao_91-2022.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7917/15082024090501arquivo_indicacao_92-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7918/15082024090616arquivo_indicacao_93-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7919/15082024090801arquivo_indicacao_94-2022.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7937/15082024090920arquivo_indicacao_95-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7938/15082024135842arquivo_indicacao_96-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7940/15082024140005arquivo_indicacao_97-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7941/15082024140152arquivo_indicacao_98-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7944/15082024140459arquivo_indicacao_100-2022.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7945/15082024140832arquivo_indicacao_101-2022.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7947/15082024141007arquivo_indicacao_102-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7948/15082024141217arquivo_indicacao_103-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7949/15082024141353arquivo_indicacao_104-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7950/15082024141530arquivo_indicacao_105-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7952/15082024141711arquivo_indicacao_106-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7953/15082024141855arquivo_indicacao_107-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7955/15082024142042arquivo_indicacao_108-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7956/15082024142249arquivo_indicacao_109-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7957/15082024142425arquivo_indicacao_110-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7958/15082024142601arquivo_indicacao_111-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7959/15082024142734arquivo_indicacao_112-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7960/15082024142944arquivo_indicacao_113-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7962/15082024143225arquivo_indicacao_114-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7964/15082024143429arquivo_indicacao_115-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7965/15082024143659arquivo_indicacao_116-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7966/15082024143908arquivo_indicacao_117-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7967/15082024144109arquivo_indicacao_118-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7968/15082024144319arquivo_indicacao_119-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7969/15082024144457arquivo_indicacao_120-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7970/15082024145522arquivo_indicacao_121-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7971/15082024145654arquivo_indicacao_122-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7972/15082024145848arquivo_indicacao_123-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7973/15082024150036arquivo_indicacao_124-2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8038/22082024102429arquivo_indicacao_125-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8039/22082024102822arquivo_indicacao_126-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8040/22082024103051arquivo_indicacao_127-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8168/28082024135354arquivo_indicacao_128-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8169/28082024135538arquivo_indicacao_129-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8171/28082024135751arquivo_indicacao_130-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8172/28082024135932arquivo_indicacao_131-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8173/28082024140109arquivo_indicacao_132-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8174/28082024140257arquivo_indicacao_133-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8176/28082024140438arquivo_indicacao_134-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8178/28082024140952arquivo_indicacao_135-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8180/28082024141158arquivo_indicacao_136-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8181/28082024141356arquivo_indicacao_137-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8183/28082024141623arquivo_indicacao_138-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8185/28082024141822arquivo_indicacao_139-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8186/28082024142039arquivo_indicacao_140-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8189/28082024142258arquivo_indicacao_141-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8190/28082024142635arquivo_indicacao_142-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8193/28082024142932arquivo_indicacao_143-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8194/28082024143147arquivo_indicacao_144-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8247/03092024134508arquivo_indicacao_145-2022_1.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8248/03092024134804arquivo_indicacao_146-2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8249/03092024135004arquivo_indicacao_147-2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8250/03092024135123arquivo_indicacao_148-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8251/03092024135248arquivo_indicacao_149-2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8252/03092024135427arquivo_indicacao_150-2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8298/03092024135427arquivo_indicacao_150-2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8300/05092024100231arquivo_indicacao_152-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8301/05092024100403arquivo_indicacao_153-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8302/05092024100529arquivo_indicacao_154-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8304/05092024100848arquivo_indicacao_156-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8305/05092024101015arquivo_indicacao_157-2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8307/05092024102642arquivo_indicacao_158-2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8308/05092024102804arquivo_indicacao_159-2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8309/05092024102952arquivo_indicacao_160-2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8310/05092024103113arquivo_indicacao_161-2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8311/05092024103234arquivo_indicacao_162-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8330/06092024140254arquivo_indicacao_163-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8331/06092024140446arquivo_indicacao_164-2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8332/06092024140625arquivo_indicacao_165-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8333/06092024140858arquivo_indicacao_166-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8334/06092024141240arquivo_indicacao_167-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8335/06092024141358arquivo_indicacao_168-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8336/06092024141455arquivo_indicacao_169-2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8337/06092024141643arquivo_indicacao_170-2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8338/06092024142004arquivo_indicacao_171-2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8339/06092024142134arquivo_indicacao_172-2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8340/06092024142258arquivo_indicacao_173-2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8341/06092024142510arquivo_indicacao_174-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8342/06092024142712arquivo_indicacao_175-2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8343/06092024142902arquivo_indicacao_176-2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8344/06092024143303arquivo_indicacao_177-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8345/06092024143833arquivo_indicacao_178-2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8347/06092024143955arquivo_indicacao_179-2022.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8348/06092024144207arquivo_indicacao_180-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8350/06092024144207arquivo_indicacao_180-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8351/06092024144231arquivo_indicacao_181-2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8890/indicacao_184-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8891/indicacao_185-2022.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8892/indicacao_186-2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8893/indicacao_187-2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8894/indicacao_188-2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8895/indicacao_189-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8896/indicacao_190-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8898/indicacao_192-2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8899/indicacao_193-2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8900/indicacao_194-2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8901/indicacao_195-2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8902/indicacao_196-2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8903/indicacao_197-2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8905/indicacao_198-2022.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8906/indicacao_199-2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8907/indicacao_200-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8968/indicacao_201-2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8969/indicacao_202-2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8970/indicacao_203-2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8971/indicacao_204-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8972/indicacao_205-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8973/indicacao_206-2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8974/indicacao_207-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8977/indicacao_209-2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8980/indicacao_210-2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8981/indicacao_211-2022.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8982/indicacao_212-2022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8984/indicacao_213-2022.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8986/indicacao_214-2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8988/indicacao_215-2022.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8991/indicacao_217-2022.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8992/indicacao_218-2022.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8994/indicacao_219-2022.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8995/indicacao_220-2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9004/indicacao_221-2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9005/indicacao_222-2022.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9006/indicacao_223-2022.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9108/indicacao_224-2022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9109/indicacao_225-2022.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9110/indicacao_226-2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9111/indicacao_227-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9112/indicacao_228-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9113/indicacao_229-2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9115/indicacao_230-2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9116/indicacao_231-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9117/indicacao_232-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9118/indicacao_233-2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9119/indicacao_234-2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9120/indicacao_235-2022.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9121/indicacao_236-2022.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9122/indicacao_237-2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9123/indicacao_238-2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9124/indicacao_239-2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9125/indicacao_240-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9126/indicacao_241-2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9127/indicacao_242-2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9128/indicacao_243-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9129/indicacao_244-2022.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9130/indicacao_245-2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9132/indicacao_247-2022.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9133/indicacao_248-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9135/indicacao_250-2022.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9136/indicacao_251-2022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9198/indicacao_252-2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9199/indicacao_253-2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9200/indicacao_254-2022.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9201/indicacao_255-2022.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9202/indicacao_256-2022.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9203/indicacao_257-2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9204/indicacao_258-2022.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9262/indicacao_259-2022.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9263/indicacao_260-2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9264/indicacao_261-2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9268/indicacao_262-2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9269/indicacao_263-2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9270/indicacao_264-2022.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9271/indicacao_265-2022.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9272/indicacao_266-2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9273/indicacao_267-2022.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9274/indicacao_268-2022.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9275/indicacao_269-2022.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9276/indicacao_270-2022.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9277/indicacao_271-2022.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9278/indicacao_272-2022.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9279/indicacao_273-2022.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9280/indicacao_274-2022.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9281/indicacao_275-2022.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9282/indicacao_276-2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9283/indicacao_277-2022.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9284/indicacao_278-2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9285/indicacao_279-2022.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9286/indicacao_280-2022.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9287/indicacao_281-2022.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9288/indicacao_282-2022.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9289/indicacao_283-2022.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9332/indicacao_284-2022.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9334/indicacao_285-2022.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9335/indicacao_286-2022.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9337/indicacao_287-2022.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9340/indicacao_289-2022.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9342/indicacao_291-2022.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9343/indicacao_292-2022.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9344/indicacao_293-2022.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9345/indicacao_294-2022.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9346/indicacao_295-2022.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9347/indicacao_296-2022.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9348/indicacao_297-2022.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9349/indicacao_298-2022.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9351/indicacao_300-2022.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9478/indicacao_301-2022.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9479/indicacao_302-2022.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9480/indicacao_303-2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9481/indicacao_304-2022.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9482/indicacao_305-2022.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9483/indicacao_306-2022.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9484/indicacao_307-2022.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9485/indicacao_308-2022.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9486/indicacao_309-2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9487/indicacao_310-2022.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9488/indicacao_311-2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9489/indicacao_312-2022.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9490/indicacao_313-2022.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9491/indicacao_314-2022.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9493/indicacao_315-2022.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9495/indicacao_316-2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9496/indicacao_317-2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9498/indicacao_318-2022.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9499/indicacao_319-2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9500/indicacao_320-2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9501/indicacao_321-2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9502/indicacao_322-2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9503/indicacao_323-2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9504/indicacao_324-2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9505/indicacao_325-2022.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9506/indicacao_326-2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9507/indicacao_327-2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9508/indicacao_328-2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9509/indicacao_329-2022.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9510/indicacao_330-2022.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9512/indicacao_332-2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9513/indicacao_333-2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9517/indicacao_334-2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9518/indicacao_335-2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9519/indicacao_336-2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9520/indicacao_337-2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9521/indicacao_338-2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9522/indicacao_339-2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9523/indicacao_340-2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9525/indicacao_342-2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9526/indicacao_343-2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9527/indicacao_344-2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9528/indicacao_345-2022.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9529/indicacao_346-2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9531/indicacao_347-2022.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9532/indicacao_348-2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9533/indicacao_349-2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9534/indicacao_350-2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9535/indicacao_351-2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9536/indicacao_352-2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9537/indicacao_353-2022.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9538/indicacao_354-2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9616/indicacao_355-2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9617/indicacao_356-2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9618/indicacao_357-2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9619/indicacao_358-2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9621/indicacao_359-2022.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9622/indicacao_360-2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9623/indicacao_361-2022.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9624/indicacao_362-2022.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9626/indicacao_363-2022.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9632/indicacao_364-2022.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9633/indicacao_365-2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9634/indicacao_366-2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9635/indicacao_367-2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9636/indicacao_368-2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9637/indicacao_369-2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9638/indicacao_370-2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9639/indicacao_371-2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9641/indicacao_373-2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9647/indicacao_374-2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9648/indicacao_375-2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9649/indicacao_376-2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9650/indicacao_377-2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9651/indicacao_378-2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9654/indicacao_381-2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9656/indicacao_383-2022.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9657/indicacao_384-2022.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9658/indicacao_385-2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9659/indicacao_386-2022.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9660/indicacao_387-2022.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9661/indicacao_388-2022.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9662/indicacao_389-2022.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9663/indicacao_390-2022.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9664/indicacao_391-2022.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9665/indicacao_392-2022.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9666/indicacao_393-2022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9667/indicacao_394-2022.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9668/indicacao_395-2022.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9669/indicacao_396-2022.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9670/indicacao_397-2022.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9671/indicacao_398-2022.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9672/indicacao_399-2022.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9673/indicacao_400-2022.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9682/indicacao_401-2022.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9683/indicacao_402-2022.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9684/indicacao_402-2022.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9685/indicacao_404-2022.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9686/indicacao_405-2022.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9687/indicacao_406-2022.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9688/indicacao_407-2022.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9689/indicacao_408-2022.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9690/indicacao_409-2022.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9691/indicacao_410-2022.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9749/indicacao_411-2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9750/indicacao_412-2022.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9751/indicacao_413-2022.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9752/indicacao_414-2022.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9753/indicacao_415-2022.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9755/indicacao_416-2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9757/indicacao_417-2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9758/indicacao_418-2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9761/indicacao_418-2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9763/indicacao_420-2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9764/indicacao_421-2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9765/indicacao_422-2022.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9766/indicacao_423-2022.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9767/indicacao_424-2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9768/indicacao_425-2022.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9769/indicacao_426-2022.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9770/indicacao_427-2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9771/indicacao_428-2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9772/indicacao_429-2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9773/indicacao_430-2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9774/indicacao_431-2022.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9775/indicacao_432-2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9776/indicacao_433-2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9868/indicacao_434-2022.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9869/indicacao_435-2022.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9870/indicacao_436-2022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9871/indicacao_437-2022.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9872/indicacao_438-2022.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9873/indicacao_439-2022.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9874/indicacao_440-2022.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9875/indicacao_441-2022.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9876/indicacao_442-2022.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9877/indicacao_443-2022.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9940/indicacao_444-2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9942/indicacao_445-2022.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9944/indicacao_446-2022.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9946/indicacao_447-2022.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9947/indicacao_448-2022.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9958/indicacao_449-2022.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9959/indicacao_450-2022.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9960/indicacao_451-2022.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9961/indicacao_452-2022.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9963/indicacao_453-2022.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9964/indicacao_454-2022.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9965/indicacao_455-2022.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9966/indicacao_456-2022.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9969/indicacao_457-2022.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9970/indicacao_458-2022.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9972/indicacao_459-2022.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9973/indicacao_460-2022.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9974/indicacao_461-2022.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9975/indicacao_462-2022.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9976/indicacao_463-2022.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9977/indicacao_464-2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9978/indicacao_465-2022.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9979/indicacao_466-2022.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9980/indicacao_467-2022.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9981/indicacao_468-2022.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9982/indicacao_469-2022.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9983/indicacao_470-2022.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9985/indicacao_471-2022.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9986/indicacao_472-2022.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9987/indicacao_473-2022.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9989/indicacao_475-2022.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9990/indicacao_476-2022.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9991/indicacao_477-2022.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9992/indicacao_478-2022.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9993/indicacao_479-2022.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9996/indicacao_480-2022.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9997/indicacao_481-2022.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9998/indicacao_482-2022.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9999/indicacao_483-2022_1.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10000/indicacao_484-2022.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10001/indicacao_485-2022.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10002/indicacao_486-2022.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10003/indicacao_487-2022.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10004/indicacao_488-2022.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10005/indicacao_489-2022.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10006/indicacao_490-2022.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10007/indicacao_491-2022.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10008/indicacao_492-2022.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10009/indicacao_493-2022.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10010/indicacao_494-2022.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10011/indicacao_495-2022.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10012/indicacao_496-2022.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10013/indicacao_497-2022.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10014/indicacao_498-2022.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10016/indicacao_499-2022.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10017/indicacao_500-2022.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9927/19122024091546arquivo_indicacao_602-2022.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9951/19122024094838arquivo_indicacao_603-2022.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9953/19122024100059arquivo_indicacao_605-2022.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9954/19122024100229arquivo_indicacao_606-2022.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9955/19122024100313arquivo_indicacao_607-2022.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9956/19122024100458arquivo_indicacao_608-2022.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9957/19122024100528arquivo_indicacao_609-2022.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9962/19122024100737arquivo_indicacao_610-2022.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9967/19122024102252arquivo_indicacao_611-2022.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9968/19122024102942arquivo_indicacao_612-2022.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9984/19122024112208arquivo_indicacao_614-2022.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9995/19122024134156arquivo_indicacao_616-2022.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10015/19122024140035arquivo_indicacao_617-2022.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10018/20122024085500arquivo_indicacao_618-2022.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10039/06012025105906arquivo_indicacao_620-2022.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10040/06012025110023arquivo_indicacao_621-2022.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10041/06012025110157arquivo_indicacao_622-2022.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10042/06012025110320arquivo_indicacao_623-2022.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10043/06012025110533arquivo_indicacao_624-2022.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10044/06012025110639arquivo_indicacao_625-2022.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10045/06012025110805arquivo_indicacao_626-2022.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10046/06012025110911arquivo_indicacao_627-2022.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10047/06012025111127arquivo_indicacao_628-2022.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10048/06012025111237arquivo_indicacao_629-2022.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10049/06012025111439arquivo_indicacao_630-2022.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10050/06012025111608arquivo_indicacao_631-2022.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10051/06012025130759arquivo_indicacao_632-2022.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10052/06012025130859arquivo_indicacao_633-2022.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10053/06012025131121arquivo_indicacao_634-2022.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10054/06012025131212arquivo_indicacao_635-2022.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10055/06012025131334arquivo_indicacao_636-2022.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10056/06012025131427arquivo_indicacao_637-2022.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10057/06012025131536arquivo_indicacao_638-2022.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10058/06012025131639arquivo_indicacao_639-2022.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10059/06012025131737arquivo_indicacao_640-2022.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10060/06012025131944arquivo_indicacao_641-2022.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10061/06012025131846arquivo_indicacao_642-2022.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10062/06012025132157arquivo_indicacao_643-2022.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10063/06012025132303arquivo_indicacao_644-2022.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10064/06012025132412arquivo_indicacao_645-2022.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10065/06012025132514arquivo_indicacao_646-2022.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10066/06012025132610arquivo_indicacao_647-2022.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10067/06012025132711arquivo_indicacao_648-2022.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10068/06012025132803arquivo_indicacao_649-2022.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10069/06012025132856arquivo_indicacao_650-2022.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10070/06012025133041arquivo_indicacao_651-2022.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10071/06012025133212arquivo_indicacao_652-2022.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10072/06012025133454arquivo_indicacao_653-2022.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10073/06012025133615arquivo_indicacao_654-2022.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10074/06012025133755arquivo_indicacao_655-2022.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10075/06012025133921arquivo_indicacao_656-2022.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10076/06012025134017arquivo_indicacao_657-2022.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10077/06012025134113arquivo_indicacao_658-2022.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10078/06012025134408arquivo_indicacao_659-2022.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10079/06012025134514arquivo_indicacao_660-2022.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10080/06012025134605arquivo_indicacao_661-2022.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10081/06012025135025arquivo_indicacao_662-2022.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10082/06012025135206arquivo_indicacao_663-2022.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10083/06012025135328arquivo_indicacao_664-2022.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10084/06012025135406arquivo_indicacao_665-2022.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10085/06012025140441arquivo_indicacao_666-2022.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10086/06012025140910arquivo_indicacao_667-2022.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10087/06012025141029arquivo_indicacao_668-2022.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10088/06012025141158arquivo_indicacao_669-2022.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10089/06012025141315arquivo_indicacao_670-2022.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10090/06012025141436arquivo_indicacao_671-2022.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10091/06012025141530arquivo_indicacao_672-2022.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10092/06012025141658arquivo_indicacao_673-2022.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10093/06012025141758arquivo_indicacao_674-2022.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10094/06012025141931arquivo_indicacao_675-2022.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10095/06012025142052arquivo_indicacao_676-2022.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10096/06012025142220arquivo_indicacao_677-2022.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10097/06012025142400arquivo_indicacao_678-2022.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10098/06012025142511arquivo_indicacao_679-2022.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10099/06012025142634arquivo_indicacao_680-2022.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10100/06012025143736arquivo_indicacao_681-2022.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10101/06012025143849arquivo_indicacao_682-2022.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10102/06012025143939arquivo_indicacao_683-2022.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10103/06012025144035arquivo_indicacao_684-2022.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10104/06012025144131arquivo_indicacao_685-2022.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10105/06012025144759arquivo_indicacao_686-2022.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10106/06012025144918arquivo_indicacao_687-2022.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10107/06012025145025arquivo_indicacao_688-2022.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10108/06012025145222arquivo_indicacao_689-2022.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10109/06012025145331arquivo_indicacao_690-2022.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10110/06012025145448arquivo_indicacao_691-2022.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10111/06012025153618arquivo_indicacao_692-2022.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10112/06012025154750arquivo_indicacao_693-2022.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10113/06012025154856arquivo_indicacao_694-2022.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10114/06012025155338arquivo_indicacao_695-2022.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10115/06012025155444arquivo_indicacao_696-2022.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10116/06012025155849arquivo_indicacao_697-2022.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10117/06012025155955arquivo_indicacao_698-2022.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10118/06012025160035arquivo_indicacao_699-2022.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10119/06012025160141arquivo_indicacao_700-2022.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10120/06012025160227arquivo_indicacao_701-2022.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10121/06012025160451arquivo_indicacao_702-2022.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10122/06012025160631arquivo_indicacao_703-2022.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10123/06012025160946arquivo_indicacao_704-2022.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10124/06012025161113arquivo_indicacao_705-2022.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10125/06012025161239arquivo_indicacao_706-2022.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10126/06012025161419arquivo_indicacao_707-2022.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10127/06012025161530arquivo_indicacao_708-2022.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10128/06012025161619arquivo_indicacao_709-2022.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10129/06012025161719arquivo_indicacao_710-2022.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10130/07012025084049arquivo_indicacao_711-2022.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10131/07012025084211arquivo_indicacao_712-2022.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10132/07012025084321arquivo_indicacao_713-2022.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10133/07012025084430arquivo_indicacao_714-2022.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10134/07012025084553arquivo_indicacao_715-2022.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10135/07012025084646arquivo_indicacao_716-2022.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10136/07012025110207arquivo_indicacao_717-2022.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10137/07012025110302arquivo_indicacao_718-2022.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10138/07012025110455arquivo_indicacao_719-2022.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10139/07012025133502arquivo_indicacao_720-2022.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10140/07012025133758arquivo_indicacao_721-2022.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10141/07012025133920arquivo_indicacao_722-2022.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10142/07012025134012arquivo_indicacao_723-2022.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10143/07012025134120arquivo_indicacao_724-2022.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10144/07012025134213arquivo_indicacao_725-2022.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10145/07012025134616arquivo_indicacao_726-2022.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10146/07012025134709arquivo_indicacao_727-2022.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10147/07012025134842arquivo_indicacao_728-2022.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10148/07012025134955arquivo_indicacao_729-2022.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10149/07012025135040arquivo_indicacao_730-2022.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10150/07012025135140arquivo_indicacao_731-2022.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10151/07012025135240arquivo_indicacao_732-2022.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10152/07012025135406arquivo_indicacao_733-2022.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10153/07012025135458arquivo_indicacao_734-2022.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10154/07012025135611arquivo_indicacao_735-2022.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10155/07012025135720arquivo_indicacao_736-2022.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10156/07012025140610arquivo_indicacao_737-2022.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10157/07012025140701arquivo_indicacao_738-2022.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10158/07012025140950arquivo_indicacao_739-2022.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10159/07012025141041arquivo_indicacao_740-2022.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10160/07012025141151arquivo_indicacao_741-2022.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10161/07012025141308arquivo_indicacao_742-2022.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10162/08012025082947arquivo_indicacao_743-2022.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10163/08012025083821arquivo_indicacao_744-2022.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10164/08012025083930arquivo_indicacao_745-2022.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10165/08012025084201arquivo_indicacao_746-2022.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10166/08012025084303arquivo_indicacao_747-2022.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10167/08012025085312arquivo_indicacao_748-2022.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10168/08012025085613arquivo_indicacao_749-2022.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10169/08012025085719arquivo_indicacao_750-2022.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10170/08012025132146arquivo_indicacao_751-2022.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10171/08012025132247arquivo_indicacao_752-2022.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10172/08012025132453arquivo_indicacao_753-2022.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10173/08012025151109arquivo_indicacao_754-2022.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10174/08012025152043arquivo_indicacao_755-2022.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10175/08012025152156arquivo_indicacao_756-2022.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10176/08012025153513arquivo_indicacao_757-2022.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10177/08012025155324arquivo_indicacao_758-2022.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10179/08012025155620arquivo_indicacao_760-2022.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10180/08012025160027arquivo_indicacao_761-2022.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10181/08012025160110arquivo_indicacao_762-2022.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10182/08012025160229arquivo_indicacao_763-2022.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10183/08012025160355arquivo_indicacao_764-2022.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10184/08012025161014arquivo_indicacao_765-2022.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10185/08012025161301arquivo_indicacao_766-2022.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10186/08012025161357arquivo_indicacao_767-2022.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10187/08012025161501arquivo_indicacao_768-2022.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10188/08012025161916arquivo_indicacao_769-2022.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10189/08012025162011arquivo_indicacao_770-2022.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10190/08012025162113arquivo_indicacao_771-2022.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10191/08012025162210arquivo_indicacao_772-2022.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10193/08012025162341arquivo_indicacao_774-2022.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10194/08012025162439arquivo_indicacao_775-2022.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3250/requerimento_1-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3251/requerimento_2-2022_vila_real.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6148/requerimento_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3252/requerimento_5-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6150/requerimento_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6151/requerimento_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6152/requerimento_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6153/requerimento_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6154/requerimento_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6155/requerimento_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6156/requerimento_no_12-2022.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6157/requerimento_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6158/requerimento_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6161/requerimento_no_16-2022.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6162/requerimento_no_17-2022.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6163/requerimento_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6164/requerimento_no_19-2022.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6165/requerimento_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6166/requerimento_no_21-2022.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6167/requerimento_no_22-2022.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6168/requerimento_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6169/requerimento_no_24-2022.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6170/requerimento_no_25-2022.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6171/requerimento_no_26-2022.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6172/requerimento_no_27-2022.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6173/requerimento_no_28-2022.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6174/requerimento_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6176/requerimento_no_31-2022.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6177/requerimento_no_32-2022.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6178/requerimento_no_33-2022.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6179/requerimento_no_34-2022.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6180/requerimento_no_35-2022.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6181/requerimento_no_36-2022.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6189/requerimento_no_37-2022.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6191/requerimento_no_38-2022.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6192/requerimento_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6194/requerimento_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6199/requerimento_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6200/requerimento_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6259/requerimento_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6260/requerimento_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6261/requerimento_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6262/requerimento_no_46-2022.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6264/requerimento_no_47-2022.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6265/requerimento_no_48-2022.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6266/requerimento_no_49-2022.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6267/requerimento_no_50-2022.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6268/requerimento_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6269/requerimento_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6270/requerimento_no_53-2022.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6271/requerimento_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6272/requerimento_no_55-2022.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6273/requerimento_no_56-2022.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6274/requerimento_no_57-2022.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6275/requerimento_no_58-2022.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6276/requerimento_no_59-2022.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6277/requerimento_no_60-2022.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6279/requerimento_no_62-2022.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6280/requerimento_no_63-2022.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6281/requerimento_no_64-2022.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6282/requerimento_no_65-2022.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6284/requerimento_no_66-2022.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6285/requerimento_no_67-2022.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6287/requerimento_no_68-2022.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6288/requerimento_no_69-2022.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6289/requerimento_no_70-2022.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6290/requerimento_no_71-2022.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6291/requerimento_no_72-2022.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6292/requerimento_no_73-2022.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6293/requerimento_no_74-2022.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6294/requerimento_no_75-2022.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6295/requerimento_no_76-2022.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6296/requerimento_no_77-2022.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6297/requerimento_no_78-2022.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6298/requerimento_no_79-2022.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6299/requerimento_no_80-2022.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6300/requerimento_no_81-2022.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6301/requerimento_no_82-2022.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6302/requerimento_no_83-2022.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6303/requerimento_no_85-2022.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6304/requerimento_no_85-2022.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6305/requerimento_no_86-2022.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6306/requerimento_no_87-2022.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6310/requerimento_no_88-2022.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6312/requerimento_no_89-2022.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6313/requerimento_no_90-2022.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6314/requerimento_no_91-2022.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6315/requerimento_no_92-2022.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6317/requerimento_no_94-2022.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6318/requerimento_no_95-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/11409/projeto_de_lei_complementar_n_01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/11428/projeto_de_lei_complementar_n_20-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7364/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/169/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_07.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/175/projeto_de_lei_09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_de_lei_20.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_26.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9260/ple_no_28-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/227/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/228/projeto_de_lei_31.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/229/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/230/projeto_de_lei_33.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/231/projeto_de_lei_34.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/232/projeto_de_lei_35.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/233/projeto_de_lei_36.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/234/projeto_de_lei_37.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/235/projeto_de_lei_38.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/237/projeto_de_lei_39.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_40.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_41.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_lei_43.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_45.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_de_lei_46.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/262/projeto_de_lei_47.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_48.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_49.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/283/projeto_de_lei_51.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/285/projeto_de_lei_53.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_54.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_55.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_56.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_57.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_59.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_60.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_de_lei_61.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/293/projeto_de_lei_62.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/294/projeto_de_lei_63.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/295/projeto_de_lei_64.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_de_lei_65.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_66.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_67.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_68.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/306/projeto_de_lei_69.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_lei_70.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_71.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_72.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_73.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_74.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/317/projeto_de_lei_75.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/319/projeto_de_lei_76.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/321/projeto_de_lei_77.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_78.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_79.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei_80.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_81.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_82.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_83.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei_84.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_de_lei_85.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/349/projeto_de_lei_86.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/351/projeto_de_lei_87.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_89.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_90.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_91.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/357/projeto_de_lei_92.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_93.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_94.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_95.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_96.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_97.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_98.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei_99.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/369/projeto_de_lei_100.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/371/projeto_de_lei_101.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/373/projeto_de_lei_102.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_103.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_104.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_105.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_106.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_107.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_108.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_109.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_110.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_111.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_112.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_113.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_114.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_115.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/152/projeto_de_lei_116.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/153/projeto_de_lei_117.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_118.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_119.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_120.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/161/projeto_de_lei_121.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_122.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_123.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_124.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_125.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2086/brn3c2af4e2196e_0000065436.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2087/brn3c2af4e2196e_0000065447.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2089/brn3c2af4e2196e_0000065453.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2092/brn3c2af4e2196e_0000065460.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2107/brn3c2af4e2196e_0000065471.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2120/brn3c2af4e2196e_0000065475.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2122/brn3c2af4e2196e_0000065483.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2130/brn3c2af4e2196e_0000065487.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2131/brn3c2af4e2196e_0000065495.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2132/01112023083010arquivo_projetodeleilegislativo_12-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2133/01112023083843arquivo_projetodeleilegislativo_13-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2136/01112023085931arquivo_projetodeleilegislativo_14-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2152/01112023094943arquivo_projetodeleilegislativo_16-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2167/01112023104617arquivo_projetodeleilegislativo_18-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2172/01112023111607arquivo_projetodeleilegislativo_19-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2178/01112023132348arquivo_projetodeleilegislativo_20-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2180/01112023132755arquivo_projetodeleilegislativo_21-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2182/01112023133328arquivo_projetodeleilegislativo_22-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2186/01112023134345arquivo_projetodeleilegislativo_23-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2191/01112023141507arquivo_projetodeleilegislativo_24-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2195/01112023143414arquivo_projetodeleilegislativo_25-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2202/01112023144024arquivo_projetodeleilegislativo_26-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2206/01112023144531arquivo_projetodeleilegislativo_27-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2208/01112023144748arquivo_projetodeleilegislativo_28-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2212/01112023145009arquivo_projetodeleilegislativo_29-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2217/01112023145613arquivo_projetodeleilegislativo_30-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2219/01112023150029arquivo_projetodeleilegislativo_31-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2221/01112023150322arquivo_projetodeleilegislativo_32-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2223/01112023150537arquivo_projetodeleilegislativo_33-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2224/01112023150740arquivo_projetodeleilegislativo_34-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2227/01112023151028arquivo_projetodeleilegislativo_35-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2298/06112023101650arquivo_projetodeleilegislativo_36-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2301/06112023102055arquivo_projetodeleilegislativo_37-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2305/06112023102248arquivo_projetodeleilegislativo_38-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2310/06112023102659arquivo_projetodeleilegislativo_40-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2312/06112023102819arquivo_projetodeleilegislativo_41-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2313/06112023103009arquivo_projetodeleilegislativo_42-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2314/06112023103209arquivo_projetodeleilegislativo_43-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2315/06112023103352arquivo_projetodeleilegislativo_44-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2317/06112023103641arquivo_projetodeleilegislativo_45-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2323/06112023103914arquivo_projetodeleilegislativo_46-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2326/06112023104120arquivo_projetodeleilegislativo_47-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2329/06112023104428arquivo_projetodeleilegislativo_48-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2330/06112023104618arquivo_projetodeleilegislativo_49-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2331/06112023104841arquivo_projetodeleilegislativo_50-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2332/06112023105201arquivo_projetodeleilegislativo_51-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2333/06112023105350arquivo_projetodeleilegislativo_52-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2334/06112023105542arquivo_projetodeleilegislativo_53-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2337/06112023105806arquivo_projetodeleilegislativo_54-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2340/06112023110755arquivo_projetodeleilegislativo_55-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2341/06112023110955arquivo_projetodeleilegislativo_56-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2344/06112023111327arquivo_projetodeleilegislativo_57-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2351/06112023112312arquivo_projetodeleilegislativo_59-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2391/06112023153529arquivo_projetodeleilegislativo_60-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2393/06112023153915arquivo_projetodeleilegislativo_61-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2395/06112023154055arquivo_projetodeleilegislativo_62-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/4196/pll_63_2022_josane_disner.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2398/06112023154419arquivo_projetodeleilegislativo_64-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2399/06112023154624arquivo_projetodeleilegislativo_65-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2400/06112023154925arquivo_projetodeleilegislativo_66-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2405/06112023155604arquivo_projetodeleilegislativo_67-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2410/06112023160758arquivo_projetodeleilegislativo_68-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7753/projeto_de_decreto_02.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7752/projeto_de_decreto_03.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7751/projeto_de_decreto_04.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7750/projeto_de_decreto_05.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7749/projeto_de_decreto_06.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7748/projeto_de_decreto_07.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7745/projeto_de_decreto_08.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7736/projeto_de_decreto_09.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7735/projeto_de_decreto_10.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7734/projeto_de_decreto_11.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7733/projeto_de_decreto_12.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3315/pr_1_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3314/pr_2_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3313/pr_3_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3304/pr_4_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3302/pr_5_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3301/pr_6_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3300/pr_7_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3299/pr_8_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8904/indicacao_198-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3303/pr_5_2022_ea_3_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/2129/brn3c2af4e2196e_0000065485.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3238/indicacao_2-2022_emerson_e_jaffer.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3241/indicacao_4-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3242/indicacao_5-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3243/indicacao_6-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3244/indicacao_7-2022_nando_e_outros.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3245/indicacao_8-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3246/indicacao9-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3247/indicacao_10-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3248/indicacao_11-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3687/indicacao_12-2022_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3282/indicacao_18-2022_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3283/indicacao_19-2022_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3284/indicacao_20-2022_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3285/indicacao_22-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3286/indicacao_23-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3578/indicacao_24-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3579/indicacao_25-2022_emerson.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3580/indicacao_26-2022_emerson_e_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3581/indicacao_29-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3582/indicacao_32-2022_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3585/indicacao_34-2022_sandra_mara.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3587/indicacao_35-2022_carniato.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3590/indicacao_36-2022__carniato.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3592/indicacao_37-2022_carniato.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3595/indicacao_38-2022_carniato.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3609/indicacao_39-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3610/indicacao_40-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3612/indicacao_41-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3614/indicacao_42-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3619/indicacao_44-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3620/indicacao_45-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3624/indicacao_46-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3642/indicacao_47-2022_nando.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3688/indicacao_48-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3689/indicacao_49-2022_ze_maria_e_fio.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3692/indicacao_51-2022_sandra.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7839/14082024094714arquivo_indicacao_51-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7840/14082024094955arquivo_indicacao_53-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7841/14082024095205arquivo_indicacao_54-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7842/14082024095406arquivo_indicacao_55-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7843/14082024095535arquivo_indicacao_56-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7844/14082024095800arquivo_indicacao_57-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7845/14082024100041arquivo_indicacao_58-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7846/14082024100212arquivo_indicacao_59-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7847/14082024100552arquivo_indicacao_60-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7848/14082024100800arquivo_indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7850/14082024101313arquivo_indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7851/14082024101622arquivo_indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7853/14082024102017arquivo_indicacao_65-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7854/14082024102213arquivo_indicacao_66-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7855/indicacao_67-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7856/14082024102806arquivo_indicacao_68-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7857/14082024102937arquivo_indicacao_69-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7858/14082024103141arquivo_indicacao_70-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7859/14082024104720arquivo_indicacao_71-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7860/14082024104909arquivo_indicacao_72-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7861/14082024105107arquivo_indicacao_73-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7862/14082024105303arquivo_indicacao_74-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7863/14082024105528arquivo_indicacao_75-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7864/14082024105738arquivo_indicacao_76-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7865/14082024105907arquivo_indicacao_77-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7866/14082024110049arquivo_indicacao_78-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7867/14082024110336arquivo_indicacao_79-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7868/14082024110539arquivo_indicacao_80-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7869/14082024110709arquivo_indicacao_81-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7870/14082024110846arquivo_indicacao_82-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7873/14082024111153arquivo_indicacao_83-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7875/14082024111329arquivo_indicacao_84-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7876/14082024113005arquivo_indicacao_85-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7877/14082024113129arquivo_indicacao_86-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7878/14082024113315arquivo_indicacao_87-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7913/15082024085239arquivo_indicacao_88-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7914/15082024085755arquivo_indicacao_89-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7916/15082024090322arquivo_indicacao_91-2022.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7917/15082024090501arquivo_indicacao_92-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7918/15082024090616arquivo_indicacao_93-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7919/15082024090801arquivo_indicacao_94-2022.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7937/15082024090920arquivo_indicacao_95-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7938/15082024135842arquivo_indicacao_96-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7940/15082024140005arquivo_indicacao_97-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7941/15082024140152arquivo_indicacao_98-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7944/15082024140459arquivo_indicacao_100-2022.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7945/15082024140832arquivo_indicacao_101-2022.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7947/15082024141007arquivo_indicacao_102-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7948/15082024141217arquivo_indicacao_103-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7949/15082024141353arquivo_indicacao_104-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7950/15082024141530arquivo_indicacao_105-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7952/15082024141711arquivo_indicacao_106-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7953/15082024141855arquivo_indicacao_107-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7955/15082024142042arquivo_indicacao_108-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7956/15082024142249arquivo_indicacao_109-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7957/15082024142425arquivo_indicacao_110-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7958/15082024142601arquivo_indicacao_111-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7959/15082024142734arquivo_indicacao_112-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7960/15082024142944arquivo_indicacao_113-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7962/15082024143225arquivo_indicacao_114-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7964/15082024143429arquivo_indicacao_115-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7965/15082024143659arquivo_indicacao_116-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7966/15082024143908arquivo_indicacao_117-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7967/15082024144109arquivo_indicacao_118-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7968/15082024144319arquivo_indicacao_119-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7969/15082024144457arquivo_indicacao_120-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7970/15082024145522arquivo_indicacao_121-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7971/15082024145654arquivo_indicacao_122-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7972/15082024145848arquivo_indicacao_123-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/7973/15082024150036arquivo_indicacao_124-2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8038/22082024102429arquivo_indicacao_125-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8039/22082024102822arquivo_indicacao_126-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8040/22082024103051arquivo_indicacao_127-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8168/28082024135354arquivo_indicacao_128-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8169/28082024135538arquivo_indicacao_129-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8171/28082024135751arquivo_indicacao_130-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8172/28082024135932arquivo_indicacao_131-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8173/28082024140109arquivo_indicacao_132-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8174/28082024140257arquivo_indicacao_133-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8176/28082024140438arquivo_indicacao_134-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8178/28082024140952arquivo_indicacao_135-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8180/28082024141158arquivo_indicacao_136-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8181/28082024141356arquivo_indicacao_137-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8183/28082024141623arquivo_indicacao_138-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8185/28082024141822arquivo_indicacao_139-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8186/28082024142039arquivo_indicacao_140-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8189/28082024142258arquivo_indicacao_141-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8190/28082024142635arquivo_indicacao_142-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8193/28082024142932arquivo_indicacao_143-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8194/28082024143147arquivo_indicacao_144-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8247/03092024134508arquivo_indicacao_145-2022_1.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8248/03092024134804arquivo_indicacao_146-2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8249/03092024135004arquivo_indicacao_147-2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8250/03092024135123arquivo_indicacao_148-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8251/03092024135248arquivo_indicacao_149-2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8252/03092024135427arquivo_indicacao_150-2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8298/03092024135427arquivo_indicacao_150-2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8300/05092024100231arquivo_indicacao_152-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8301/05092024100403arquivo_indicacao_153-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8302/05092024100529arquivo_indicacao_154-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8304/05092024100848arquivo_indicacao_156-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8305/05092024101015arquivo_indicacao_157-2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8307/05092024102642arquivo_indicacao_158-2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8308/05092024102804arquivo_indicacao_159-2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8309/05092024102952arquivo_indicacao_160-2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8310/05092024103113arquivo_indicacao_161-2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8311/05092024103234arquivo_indicacao_162-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8330/06092024140254arquivo_indicacao_163-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8331/06092024140446arquivo_indicacao_164-2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8332/06092024140625arquivo_indicacao_165-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8333/06092024140858arquivo_indicacao_166-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8334/06092024141240arquivo_indicacao_167-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8335/06092024141358arquivo_indicacao_168-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8336/06092024141455arquivo_indicacao_169-2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8337/06092024141643arquivo_indicacao_170-2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8338/06092024142004arquivo_indicacao_171-2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8339/06092024142134arquivo_indicacao_172-2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8340/06092024142258arquivo_indicacao_173-2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8341/06092024142510arquivo_indicacao_174-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8342/06092024142712arquivo_indicacao_175-2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8343/06092024142902arquivo_indicacao_176-2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8344/06092024143303arquivo_indicacao_177-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8345/06092024143833arquivo_indicacao_178-2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8347/06092024143955arquivo_indicacao_179-2022.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8348/06092024144207arquivo_indicacao_180-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8350/06092024144207arquivo_indicacao_180-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8351/06092024144231arquivo_indicacao_181-2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8890/indicacao_184-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8891/indicacao_185-2022.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8892/indicacao_186-2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8893/indicacao_187-2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8894/indicacao_188-2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8895/indicacao_189-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8896/indicacao_190-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8898/indicacao_192-2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8899/indicacao_193-2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8900/indicacao_194-2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8901/indicacao_195-2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8902/indicacao_196-2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8903/indicacao_197-2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8905/indicacao_198-2022.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8906/indicacao_199-2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8907/indicacao_200-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8968/indicacao_201-2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8969/indicacao_202-2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8970/indicacao_203-2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8971/indicacao_204-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8972/indicacao_205-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8973/indicacao_206-2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8974/indicacao_207-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8977/indicacao_209-2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8980/indicacao_210-2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8981/indicacao_211-2022.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8982/indicacao_212-2022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8984/indicacao_213-2022.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8986/indicacao_214-2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8988/indicacao_215-2022.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8991/indicacao_217-2022.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8992/indicacao_218-2022.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8994/indicacao_219-2022.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/8995/indicacao_220-2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9004/indicacao_221-2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9005/indicacao_222-2022.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9006/indicacao_223-2022.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9108/indicacao_224-2022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9109/indicacao_225-2022.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9110/indicacao_226-2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9111/indicacao_227-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9112/indicacao_228-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9113/indicacao_229-2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9115/indicacao_230-2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9116/indicacao_231-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9117/indicacao_232-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9118/indicacao_233-2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9119/indicacao_234-2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9120/indicacao_235-2022.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9121/indicacao_236-2022.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9122/indicacao_237-2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9123/indicacao_238-2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9124/indicacao_239-2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9125/indicacao_240-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9126/indicacao_241-2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9127/indicacao_242-2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9128/indicacao_243-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9129/indicacao_244-2022.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9130/indicacao_245-2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9132/indicacao_247-2022.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9133/indicacao_248-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9135/indicacao_250-2022.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9136/indicacao_251-2022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9198/indicacao_252-2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9199/indicacao_253-2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9200/indicacao_254-2022.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9201/indicacao_255-2022.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9202/indicacao_256-2022.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9203/indicacao_257-2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9204/indicacao_258-2022.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9262/indicacao_259-2022.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9263/indicacao_260-2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9264/indicacao_261-2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9268/indicacao_262-2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9269/indicacao_263-2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9270/indicacao_264-2022.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9271/indicacao_265-2022.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9272/indicacao_266-2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9273/indicacao_267-2022.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9274/indicacao_268-2022.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9275/indicacao_269-2022.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9276/indicacao_270-2022.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9277/indicacao_271-2022.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9278/indicacao_272-2022.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9279/indicacao_273-2022.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9280/indicacao_274-2022.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9281/indicacao_275-2022.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9282/indicacao_276-2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9283/indicacao_277-2022.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9284/indicacao_278-2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9285/indicacao_279-2022.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9286/indicacao_280-2022.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9287/indicacao_281-2022.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9288/indicacao_282-2022.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9289/indicacao_283-2022.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9332/indicacao_284-2022.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9334/indicacao_285-2022.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9335/indicacao_286-2022.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9337/indicacao_287-2022.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9340/indicacao_289-2022.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9342/indicacao_291-2022.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9343/indicacao_292-2022.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9344/indicacao_293-2022.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9345/indicacao_294-2022.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9346/indicacao_295-2022.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9347/indicacao_296-2022.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9348/indicacao_297-2022.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9349/indicacao_298-2022.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9351/indicacao_300-2022.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9478/indicacao_301-2022.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9479/indicacao_302-2022.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9480/indicacao_303-2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9481/indicacao_304-2022.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9482/indicacao_305-2022.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9483/indicacao_306-2022.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9484/indicacao_307-2022.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9485/indicacao_308-2022.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9486/indicacao_309-2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9487/indicacao_310-2022.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9488/indicacao_311-2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9489/indicacao_312-2022.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9490/indicacao_313-2022.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9491/indicacao_314-2022.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9493/indicacao_315-2022.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9495/indicacao_316-2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9496/indicacao_317-2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9498/indicacao_318-2022.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9499/indicacao_319-2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9500/indicacao_320-2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9501/indicacao_321-2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9502/indicacao_322-2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9503/indicacao_323-2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9504/indicacao_324-2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9505/indicacao_325-2022.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9506/indicacao_326-2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9507/indicacao_327-2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9508/indicacao_328-2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9509/indicacao_329-2022.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9510/indicacao_330-2022.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9512/indicacao_332-2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9513/indicacao_333-2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9517/indicacao_334-2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9518/indicacao_335-2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9519/indicacao_336-2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9520/indicacao_337-2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9521/indicacao_338-2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9522/indicacao_339-2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9523/indicacao_340-2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9525/indicacao_342-2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9526/indicacao_343-2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9527/indicacao_344-2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9528/indicacao_345-2022.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9529/indicacao_346-2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9531/indicacao_347-2022.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9532/indicacao_348-2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9533/indicacao_349-2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9534/indicacao_350-2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9535/indicacao_351-2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9536/indicacao_352-2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9537/indicacao_353-2022.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9538/indicacao_354-2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9616/indicacao_355-2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9617/indicacao_356-2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9618/indicacao_357-2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9619/indicacao_358-2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9621/indicacao_359-2022.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9622/indicacao_360-2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9623/indicacao_361-2022.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9624/indicacao_362-2022.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9626/indicacao_363-2022.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9632/indicacao_364-2022.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9633/indicacao_365-2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9634/indicacao_366-2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9635/indicacao_367-2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9636/indicacao_368-2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9637/indicacao_369-2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9638/indicacao_370-2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9639/indicacao_371-2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9641/indicacao_373-2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9647/indicacao_374-2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9648/indicacao_375-2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9649/indicacao_376-2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9650/indicacao_377-2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9651/indicacao_378-2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9654/indicacao_381-2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9656/indicacao_383-2022.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9657/indicacao_384-2022.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9658/indicacao_385-2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9659/indicacao_386-2022.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9660/indicacao_387-2022.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9661/indicacao_388-2022.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9662/indicacao_389-2022.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9663/indicacao_390-2022.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9664/indicacao_391-2022.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9665/indicacao_392-2022.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9666/indicacao_393-2022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9667/indicacao_394-2022.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9668/indicacao_395-2022.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9669/indicacao_396-2022.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9670/indicacao_397-2022.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9671/indicacao_398-2022.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9672/indicacao_399-2022.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9673/indicacao_400-2022.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9682/indicacao_401-2022.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9683/indicacao_402-2022.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9684/indicacao_402-2022.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9685/indicacao_404-2022.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9686/indicacao_405-2022.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9687/indicacao_406-2022.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9688/indicacao_407-2022.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9689/indicacao_408-2022.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9690/indicacao_409-2022.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9691/indicacao_410-2022.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9749/indicacao_411-2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9750/indicacao_412-2022.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9751/indicacao_413-2022.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9752/indicacao_414-2022.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9753/indicacao_415-2022.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9755/indicacao_416-2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9757/indicacao_417-2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9758/indicacao_418-2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9761/indicacao_418-2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9763/indicacao_420-2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9764/indicacao_421-2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9765/indicacao_422-2022.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9766/indicacao_423-2022.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9767/indicacao_424-2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9768/indicacao_425-2022.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9769/indicacao_426-2022.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9770/indicacao_427-2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9771/indicacao_428-2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9772/indicacao_429-2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9773/indicacao_430-2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9774/indicacao_431-2022.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9775/indicacao_432-2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9776/indicacao_433-2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9868/indicacao_434-2022.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9869/indicacao_435-2022.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9870/indicacao_436-2022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9871/indicacao_437-2022.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9872/indicacao_438-2022.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9873/indicacao_439-2022.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9874/indicacao_440-2022.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9875/indicacao_441-2022.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9876/indicacao_442-2022.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9877/indicacao_443-2022.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9940/indicacao_444-2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9942/indicacao_445-2022.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9944/indicacao_446-2022.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9946/indicacao_447-2022.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9947/indicacao_448-2022.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9958/indicacao_449-2022.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9959/indicacao_450-2022.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9960/indicacao_451-2022.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9961/indicacao_452-2022.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9963/indicacao_453-2022.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9964/indicacao_454-2022.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9965/indicacao_455-2022.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9966/indicacao_456-2022.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9969/indicacao_457-2022.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9970/indicacao_458-2022.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9972/indicacao_459-2022.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9973/indicacao_460-2022.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9974/indicacao_461-2022.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9975/indicacao_462-2022.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9976/indicacao_463-2022.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9977/indicacao_464-2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9978/indicacao_465-2022.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9979/indicacao_466-2022.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9980/indicacao_467-2022.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9981/indicacao_468-2022.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9982/indicacao_469-2022.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9983/indicacao_470-2022.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9985/indicacao_471-2022.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9986/indicacao_472-2022.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9987/indicacao_473-2022.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9989/indicacao_475-2022.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9990/indicacao_476-2022.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9991/indicacao_477-2022.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9992/indicacao_478-2022.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9993/indicacao_479-2022.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9996/indicacao_480-2022.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9997/indicacao_481-2022.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9998/indicacao_482-2022.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9999/indicacao_483-2022_1.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10000/indicacao_484-2022.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10001/indicacao_485-2022.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10002/indicacao_486-2022.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10003/indicacao_487-2022.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10004/indicacao_488-2022.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10005/indicacao_489-2022.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10006/indicacao_490-2022.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10007/indicacao_491-2022.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10008/indicacao_492-2022.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10009/indicacao_493-2022.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10010/indicacao_494-2022.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10011/indicacao_495-2022.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10012/indicacao_496-2022.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10013/indicacao_497-2022.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10014/indicacao_498-2022.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10016/indicacao_499-2022.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10017/indicacao_500-2022.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9927/19122024091546arquivo_indicacao_602-2022.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9951/19122024094838arquivo_indicacao_603-2022.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9953/19122024100059arquivo_indicacao_605-2022.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9954/19122024100229arquivo_indicacao_606-2022.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9955/19122024100313arquivo_indicacao_607-2022.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9956/19122024100458arquivo_indicacao_608-2022.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9957/19122024100528arquivo_indicacao_609-2022.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9962/19122024100737arquivo_indicacao_610-2022.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9967/19122024102252arquivo_indicacao_611-2022.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9968/19122024102942arquivo_indicacao_612-2022.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9984/19122024112208arquivo_indicacao_614-2022.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/9995/19122024134156arquivo_indicacao_616-2022.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10015/19122024140035arquivo_indicacao_617-2022.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10018/20122024085500arquivo_indicacao_618-2022.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10039/06012025105906arquivo_indicacao_620-2022.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10040/06012025110023arquivo_indicacao_621-2022.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10041/06012025110157arquivo_indicacao_622-2022.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10042/06012025110320arquivo_indicacao_623-2022.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10043/06012025110533arquivo_indicacao_624-2022.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10044/06012025110639arquivo_indicacao_625-2022.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10045/06012025110805arquivo_indicacao_626-2022.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10046/06012025110911arquivo_indicacao_627-2022.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10047/06012025111127arquivo_indicacao_628-2022.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10048/06012025111237arquivo_indicacao_629-2022.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10049/06012025111439arquivo_indicacao_630-2022.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10050/06012025111608arquivo_indicacao_631-2022.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10051/06012025130759arquivo_indicacao_632-2022.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10052/06012025130859arquivo_indicacao_633-2022.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10053/06012025131121arquivo_indicacao_634-2022.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10054/06012025131212arquivo_indicacao_635-2022.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10055/06012025131334arquivo_indicacao_636-2022.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10056/06012025131427arquivo_indicacao_637-2022.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10057/06012025131536arquivo_indicacao_638-2022.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10058/06012025131639arquivo_indicacao_639-2022.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10059/06012025131737arquivo_indicacao_640-2022.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10060/06012025131944arquivo_indicacao_641-2022.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10061/06012025131846arquivo_indicacao_642-2022.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10062/06012025132157arquivo_indicacao_643-2022.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10063/06012025132303arquivo_indicacao_644-2022.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10064/06012025132412arquivo_indicacao_645-2022.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10065/06012025132514arquivo_indicacao_646-2022.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10066/06012025132610arquivo_indicacao_647-2022.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10067/06012025132711arquivo_indicacao_648-2022.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10068/06012025132803arquivo_indicacao_649-2022.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10069/06012025132856arquivo_indicacao_650-2022.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10070/06012025133041arquivo_indicacao_651-2022.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10071/06012025133212arquivo_indicacao_652-2022.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10072/06012025133454arquivo_indicacao_653-2022.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10073/06012025133615arquivo_indicacao_654-2022.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10074/06012025133755arquivo_indicacao_655-2022.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10075/06012025133921arquivo_indicacao_656-2022.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10076/06012025134017arquivo_indicacao_657-2022.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10077/06012025134113arquivo_indicacao_658-2022.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10078/06012025134408arquivo_indicacao_659-2022.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10079/06012025134514arquivo_indicacao_660-2022.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10080/06012025134605arquivo_indicacao_661-2022.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10081/06012025135025arquivo_indicacao_662-2022.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10082/06012025135206arquivo_indicacao_663-2022.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10083/06012025135328arquivo_indicacao_664-2022.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10084/06012025135406arquivo_indicacao_665-2022.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10085/06012025140441arquivo_indicacao_666-2022.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10086/06012025140910arquivo_indicacao_667-2022.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10087/06012025141029arquivo_indicacao_668-2022.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10088/06012025141158arquivo_indicacao_669-2022.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10089/06012025141315arquivo_indicacao_670-2022.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10090/06012025141436arquivo_indicacao_671-2022.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10091/06012025141530arquivo_indicacao_672-2022.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10092/06012025141658arquivo_indicacao_673-2022.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10093/06012025141758arquivo_indicacao_674-2022.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10094/06012025141931arquivo_indicacao_675-2022.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10095/06012025142052arquivo_indicacao_676-2022.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10096/06012025142220arquivo_indicacao_677-2022.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10097/06012025142400arquivo_indicacao_678-2022.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10098/06012025142511arquivo_indicacao_679-2022.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10099/06012025142634arquivo_indicacao_680-2022.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10100/06012025143736arquivo_indicacao_681-2022.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10101/06012025143849arquivo_indicacao_682-2022.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10102/06012025143939arquivo_indicacao_683-2022.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10103/06012025144035arquivo_indicacao_684-2022.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10104/06012025144131arquivo_indicacao_685-2022.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10105/06012025144759arquivo_indicacao_686-2022.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10106/06012025144918arquivo_indicacao_687-2022.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10107/06012025145025arquivo_indicacao_688-2022.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10108/06012025145222arquivo_indicacao_689-2022.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10109/06012025145331arquivo_indicacao_690-2022.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10110/06012025145448arquivo_indicacao_691-2022.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10111/06012025153618arquivo_indicacao_692-2022.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10112/06012025154750arquivo_indicacao_693-2022.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10113/06012025154856arquivo_indicacao_694-2022.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10114/06012025155338arquivo_indicacao_695-2022.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10115/06012025155444arquivo_indicacao_696-2022.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10116/06012025155849arquivo_indicacao_697-2022.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10117/06012025155955arquivo_indicacao_698-2022.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10118/06012025160035arquivo_indicacao_699-2022.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10119/06012025160141arquivo_indicacao_700-2022.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10120/06012025160227arquivo_indicacao_701-2022.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10121/06012025160451arquivo_indicacao_702-2022.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10122/06012025160631arquivo_indicacao_703-2022.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10123/06012025160946arquivo_indicacao_704-2022.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10124/06012025161113arquivo_indicacao_705-2022.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10125/06012025161239arquivo_indicacao_706-2022.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10126/06012025161419arquivo_indicacao_707-2022.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10127/06012025161530arquivo_indicacao_708-2022.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10128/06012025161619arquivo_indicacao_709-2022.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10129/06012025161719arquivo_indicacao_710-2022.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10130/07012025084049arquivo_indicacao_711-2022.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10131/07012025084211arquivo_indicacao_712-2022.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10132/07012025084321arquivo_indicacao_713-2022.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10133/07012025084430arquivo_indicacao_714-2022.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10134/07012025084553arquivo_indicacao_715-2022.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10135/07012025084646arquivo_indicacao_716-2022.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10136/07012025110207arquivo_indicacao_717-2022.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10137/07012025110302arquivo_indicacao_718-2022.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10138/07012025110455arquivo_indicacao_719-2022.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10139/07012025133502arquivo_indicacao_720-2022.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10140/07012025133758arquivo_indicacao_721-2022.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10141/07012025133920arquivo_indicacao_722-2022.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10142/07012025134012arquivo_indicacao_723-2022.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10143/07012025134120arquivo_indicacao_724-2022.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10144/07012025134213arquivo_indicacao_725-2022.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10145/07012025134616arquivo_indicacao_726-2022.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10146/07012025134709arquivo_indicacao_727-2022.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10147/07012025134842arquivo_indicacao_728-2022.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10148/07012025134955arquivo_indicacao_729-2022.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10149/07012025135040arquivo_indicacao_730-2022.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10150/07012025135140arquivo_indicacao_731-2022.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10151/07012025135240arquivo_indicacao_732-2022.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10152/07012025135406arquivo_indicacao_733-2022.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10153/07012025135458arquivo_indicacao_734-2022.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10154/07012025135611arquivo_indicacao_735-2022.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10155/07012025135720arquivo_indicacao_736-2022.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10156/07012025140610arquivo_indicacao_737-2022.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10157/07012025140701arquivo_indicacao_738-2022.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10158/07012025140950arquivo_indicacao_739-2022.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10159/07012025141041arquivo_indicacao_740-2022.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10160/07012025141151arquivo_indicacao_741-2022.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10161/07012025141308arquivo_indicacao_742-2022.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10162/08012025082947arquivo_indicacao_743-2022.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10163/08012025083821arquivo_indicacao_744-2022.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10164/08012025083930arquivo_indicacao_745-2022.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10165/08012025084201arquivo_indicacao_746-2022.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10166/08012025084303arquivo_indicacao_747-2022.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10167/08012025085312arquivo_indicacao_748-2022.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10168/08012025085613arquivo_indicacao_749-2022.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10169/08012025085719arquivo_indicacao_750-2022.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10170/08012025132146arquivo_indicacao_751-2022.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10171/08012025132247arquivo_indicacao_752-2022.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10172/08012025132453arquivo_indicacao_753-2022.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10173/08012025151109arquivo_indicacao_754-2022.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10174/08012025152043arquivo_indicacao_755-2022.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10175/08012025152156arquivo_indicacao_756-2022.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10176/08012025153513arquivo_indicacao_757-2022.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10177/08012025155324arquivo_indicacao_758-2022.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10179/08012025155620arquivo_indicacao_760-2022.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10180/08012025160027arquivo_indicacao_761-2022.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10181/08012025160110arquivo_indicacao_762-2022.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10182/08012025160229arquivo_indicacao_763-2022.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10183/08012025160355arquivo_indicacao_764-2022.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10184/08012025161014arquivo_indicacao_765-2022.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10185/08012025161301arquivo_indicacao_766-2022.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10186/08012025161357arquivo_indicacao_767-2022.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10187/08012025161501arquivo_indicacao_768-2022.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10188/08012025161916arquivo_indicacao_769-2022.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10189/08012025162011arquivo_indicacao_770-2022.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10190/08012025162113arquivo_indicacao_771-2022.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10191/08012025162210arquivo_indicacao_772-2022.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10193/08012025162341arquivo_indicacao_774-2022.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/10194/08012025162439arquivo_indicacao_775-2022.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3250/requerimento_1-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3251/requerimento_2-2022_vila_real.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6148/requerimento_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/3252/requerimento_5-2022_jaffer.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6150/requerimento_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6151/requerimento_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6152/requerimento_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6153/requerimento_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6154/requerimento_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6155/requerimento_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6156/requerimento_no_12-2022.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6157/requerimento_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6158/requerimento_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6161/requerimento_no_16-2022.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6162/requerimento_no_17-2022.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6163/requerimento_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6164/requerimento_no_19-2022.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6165/requerimento_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6166/requerimento_no_21-2022.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6167/requerimento_no_22-2022.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6168/requerimento_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6169/requerimento_no_24-2022.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6170/requerimento_no_25-2022.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6171/requerimento_no_26-2022.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6172/requerimento_no_27-2022.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6173/requerimento_no_28-2022.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6174/requerimento_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6176/requerimento_no_31-2022.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6177/requerimento_no_32-2022.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6178/requerimento_no_33-2022.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6179/requerimento_no_34-2022.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6180/requerimento_no_35-2022.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6181/requerimento_no_36-2022.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6189/requerimento_no_37-2022.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6191/requerimento_no_38-2022.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6192/requerimento_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6194/requerimento_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6199/requerimento_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6200/requerimento_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6259/requerimento_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6260/requerimento_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6261/requerimento_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6262/requerimento_no_46-2022.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6264/requerimento_no_47-2022.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6265/requerimento_no_48-2022.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6266/requerimento_no_49-2022.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6267/requerimento_no_50-2022.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6268/requerimento_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6269/requerimento_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6270/requerimento_no_53-2022.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6271/requerimento_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6272/requerimento_no_55-2022.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6273/requerimento_no_56-2022.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6274/requerimento_no_57-2022.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6275/requerimento_no_58-2022.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6276/requerimento_no_59-2022.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6277/requerimento_no_60-2022.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6279/requerimento_no_62-2022.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6280/requerimento_no_63-2022.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6281/requerimento_no_64-2022.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6282/requerimento_no_65-2022.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6284/requerimento_no_66-2022.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6285/requerimento_no_67-2022.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6287/requerimento_no_68-2022.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6288/requerimento_no_69-2022.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6289/requerimento_no_70-2022.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6290/requerimento_no_71-2022.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6291/requerimento_no_72-2022.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6292/requerimento_no_73-2022.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6293/requerimento_no_74-2022.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6294/requerimento_no_75-2022.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6295/requerimento_no_76-2022.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6296/requerimento_no_77-2022.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6297/requerimento_no_78-2022.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6298/requerimento_no_79-2022.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6299/requerimento_no_80-2022.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6300/requerimento_no_81-2022.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6301/requerimento_no_82-2022.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6302/requerimento_no_83-2022.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6303/requerimento_no_85-2022.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6304/requerimento_no_85-2022.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6305/requerimento_no_86-2022.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6306/requerimento_no_87-2022.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6310/requerimento_no_88-2022.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6312/requerimento_no_89-2022.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6313/requerimento_no_90-2022.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6314/requerimento_no_91-2022.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6315/requerimento_no_92-2022.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6317/requerimento_no_94-2022.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2022/6318/requerimento_no_95-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H965"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="111.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>