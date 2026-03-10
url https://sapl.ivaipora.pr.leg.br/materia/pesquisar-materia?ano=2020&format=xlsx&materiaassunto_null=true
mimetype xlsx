--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -54,2370 +54,2370 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Miguel Roberto do Amaral</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/392/ple-01-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/392/ple-01-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder abono salarial a servidores efetivos do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/395/ple-02-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/395/ple-02-2020.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 2.595/2015, que dispõe sobre a instituição do SIM/POA- Serviço de Inspeção Municipal de Produtos de Origem Animal, define normas e critérios para a elaboração, beneficiamento, industrialização e comercialização de produtos comestíveis de origem animal no Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/399/ple-03-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/399/ple-03-2020.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/401/ple-04-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/401/ple-04-2020.pdf</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/403/ple-05-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/403/ple-05-2020.pdf</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/405/ple-06-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/405/ple-06-2020.pdf</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/406/ple-07-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/406/ple-07-2020.pdf</t>
   </si>
   <si>
     <t>Altera o mapa constante no anexo XII do Art. 44, da Lei Municipal 1.519, de 26 de maio de 2008, que dispõe sobre o uso e ocupação do solo no Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/407/ple-08-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/407/ple-08-2020.pdf</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/408/ple-09-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/408/ple-09-2020.pdf</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/411/ple-10-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/411/ple-10-2020.pdf</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/414/ple-11-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/414/ple-11-2020.pdf</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/416/ple-12-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/416/ple-12-2020.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/417/ple-13-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/417/ple-13-2020.pdf</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/418/ple-14-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/418/ple-14-2020.pdf</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/419/ple-15-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/419/ple-15-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber imóveis em forma de doação com encargos de FURNAS CENTRAIS ELÉTRICAS S/A, e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/420/ple-16-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/420/ple-16-2020.pdf</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/421/ple-17-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/421/ple-17-2020.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/431/ple-18-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/431/ple-18-2020.pdf</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/432/ple-19-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/432/ple-19-2020.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/433/ple-20-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/433/ple-20-2020.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 3.387/2019, a qual cria os componentes municipais do Sistema Municipal de Segurança Alimentar e Nutricional do Município de Ivaiporã/PR – SISAN, define parâmetros para a elaboração e implementação do Plano Municipal de Segurança Alimentar e Nutricional, e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/434/ple-21-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/434/ple-21-2020.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre os Municípios da Região Centro do Estado do Paraná e Vale do Ivaí: Altamira do Paraná, Boa Ventura de São Roque, Campina da Lagoa, Campina do Simão, Cândido de Abreu, Guarapuava, Iretama, Laranjal, Manoel Ribas, Mato Rico, Nova Cantú, Nova Tebas, Palmital, Pitanga, Rio Branco do Ivaí, Roncador, Rosário do Ivaí, Santa Maria do Oeste e Turvo, Ivaiporã Município do Vale do Ivaí, com a finalidade de constituir um Consórcio Público nos termos da Lei Federal n° 11.107/2005, autoriza filiação do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/435/ple-22-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/435/ple-22-2020.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/436/ple-23-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/436/ple-23-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a unificar os imóveis que especifica, cria Unidade de Conservação de Proteção Integral na categoria Parque Natural Municipal, e dá outras providências</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/437/ple-24-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/437/ple-24-2020.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/438/ple-25-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/438/ple-25-2020.pdf</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/439/ple-26-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/439/ple-26-2020.pdf</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/440/ple-27-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/440/ple-27-2020.pdf</t>
   </si>
   <si>
     <t>Revoga na íntegra a Lei Municipal 2.644, de 12 de junho de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/441/ple-28-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/441/ple-28-2020.pdf</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/442/ple-29-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/442/ple-29-2020.pdf</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/443/ple-30-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/443/ple-30-2020.pdf</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/444/ple-31-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/444/ple-31-2020.pdf</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/446/ple-32-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/446/ple-32-2020.pdf</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/447/ple-33-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/447/ple-33-2020.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 3.409, de 18 de dezembro de 2019, que dispõe sobre a reestruturação do Plano de Cargos, Carreira a Remuneração do Magistério Público Municipal de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/448/ple-34-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/448/ple-34-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação do perímetro urbano para fins de implantação de CONDOMÍNIO HORIZONTAL FECHADO as margens do Rio Ivaí, destinado a ocupação de unidades “lotes” para lazer e habitação, e dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/449/ple-35-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/449/ple-35-2020.pdf</t>
   </si>
   <si>
     <t>Introduz alterações nas Leis Municipais n° 3.398 e 3.399, de 3 de dezembro de 2019, que dispõem sobre a doação de imóveis ao Estado do Paraná para instalação de Ambulatório Multiprofissional Especializado, e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/450/ple-36-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/450/ple-36-2020.pdf</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/451/ple-37-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/451/ple-37-2020.pdf</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/453/ple-39-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/453/ple-39-2020.pdf</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/454/ple-40-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/454/ple-40-2020.pdf</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/455/ple-41-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/455/ple-41-2020.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei municipal 3.444, de 29 de abril de 2020, que autoriza o Executivo Municipal a unificar os imóveis que especifica, cria Unidade de Conservação de Proteção Integral na categoria Parque Natural Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/472/projeto_de_lei_42.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/472/projeto_de_lei_42.pdf</t>
   </si>
   <si>
     <t>Súmula: abre um Crédito Adicional Especial e dá outras providências</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/473/projeto_de_lei_43.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/473/projeto_de_lei_43.pdf</t>
   </si>
   <si>
     <t>Súmula: abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/474/projeto_de_lei_44.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/474/projeto_de_lei_44.pdf</t>
   </si>
   <si>
     <t>Altera a denominação do lote de terras que especifica, e dá outras providências</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/475/projeto_de_lei_45.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/475/projeto_de_lei_45.pdf</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/477/projeto_de_lei_46.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/477/projeto_de_lei_46.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal de Ivaiporã – REFIS IVAIPORÃ 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/479/projeto_de_lei_47.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/479/projeto_de_lei_47.pdf</t>
   </si>
   <si>
     <t>Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/483/projeto_de_lei_48.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/483/projeto_de_lei_48.pdf</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/484/projeto_de_lei_49.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/484/projeto_de_lei_49.pdf</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/485/projeto_de_lei_50.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/485/projeto_de_lei_50.pdf</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/486/projeto_de_lei_51.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/486/projeto_de_lei_51.pdf</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/487/projeto_de_lei_52.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/487/projeto_de_lei_52.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do PROGRAMA PORTEIRA ADENTRO voltado para a agricultura familiar e o Fundo Municipal de Agricultura - FMA, e dá outras providências.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/488/projeto_de_lei_53.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/488/projeto_de_lei_53.pdf</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/489/projeto_de_lei_54.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/489/projeto_de_lei_54.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal do Trabalho de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/490/projeto_de_lei_55.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/490/projeto_de_lei_55.pdf</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/491/projeto_de_lei_56.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/491/projeto_de_lei_56.pdf</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/492/projeto_de_lei_58.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/492/projeto_de_lei_58.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/493/projeto_de_lei_59.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/493/projeto_de_lei_59.pdf</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/495/projeto_de_lei_60.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/495/projeto_de_lei_60.pdf</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/497/projeto_de_lei_61.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/497/projeto_de_lei_61.pdf</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/498/projeto_de_lei_62.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/498/projeto_de_lei_62.pdf</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/499/projeto_de_lei_63.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/499/projeto_de_lei_63.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os salários e vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/501/projeto_de_lei_64.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/501/projeto_de_lei_64.pdf</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/503/projeto_de_lei_65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/503/projeto_de_lei_65.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder aos servidores municipais o percentual dos valores retroativos a data base do mês de maio a agosto de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/506/projeto_de_lei_66.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/506/projeto_de_lei_66.pdf</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/507/projeto_de_lei_67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/507/projeto_de_lei_67.pdf</t>
   </si>
   <si>
     <t>Súmula: Autoriza a abertura de Créditos Adicionais   suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/508/projeto_de_lei_68.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/508/projeto_de_lei_68.pdf</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/509/projeto_de_lei_69.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/509/projeto_de_lei_69.pdf</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/510/projeto_de_lei_70.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/510/projeto_de_lei_70.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar a desapropriação amigável ou judicial, das frações ideais dos imóveis que específica e dá outras providências.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/511/projeto_de_lei_71.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/511/projeto_de_lei_71.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover LEILÃO PÚBLICO DE BENS INSERVÍVEIS para alienar veículos, equipamentos e sucatas inservíveis de propriedade da Prefeitura Municipal de Ivaiporã/PR, e dá outras providências</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/512/projeto_de_lei_72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/512/projeto_de_lei_72.pdf</t>
   </si>
   <si>
     <t>Súmula: Estima Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/514/projeto_de_lei_73.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/514/projeto_de_lei_73.pdf</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/517/projeto_de_lei_74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/517/projeto_de_lei_74.pdf</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/519/projeto_de_lei_75.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/519/projeto_de_lei_75.pdf</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/527/projeto_de_lei_76.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/527/projeto_de_lei_76.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N.º 76/2020</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/529/projeto_de_lei_77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/529/projeto_de_lei_77.pdf</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/530/projeto_de_lei_78.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/530/projeto_de_lei_78.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional interesse público da Secretaria Municipal de Educação, nos termos do inciso IX do artigo 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/531/projeto_de_lei_79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/531/projeto_de_lei_79.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reenquadramento do cargo de provimento efetivo de AUXILIAR DE EDUCAÇÃO, e dá outras providências.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/532/projeto_de_lei_80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/532/projeto_de_lei_80.pdf</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/533/projeto_de_lei_81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/533/projeto_de_lei_81.pdf</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/534/projeto_de_lei_82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/534/projeto_de_lei_82.pdf</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/535/projeto_de_lei_83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/535/projeto_de_lei_83.pdf</t>
   </si>
   <si>
     <t>Estabelece novas regras sobre Serviço de Inspeção Municipal – SIM/POA, e os procedimentos de inspeção sanitária em estabelecimentos de produtos de origem animal, e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/536/projeto_de_lei_84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/536/projeto_de_lei_84.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão de Servidores Efetivos para representá-los com a finalidade de promover-lhes o entendimento direto com a Adminstração Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/537/projeto_de_lei_85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/537/projeto_de_lei_85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder aos servidores municipais o percentual dos valores retroativos a data base do mês de maio a dezembro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/538/projeto_de_lei_n_86_2020..docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/538/projeto_de_lei_n_86_2020..docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 86/2020._x000D_
 Autoriza medidas excepcionais no âmbito dos contratos administrativos de prestação de serviços de transporte escolar terceirizado da Secretaria Municipal de Educação, em face da situação de emergência e estado de calamidade pública decorrentes do coronavírus (COVID-19) no Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/539/projeto_de_lei_n._o_87_2020.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/539/projeto_de_lei_n._o_87_2020.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 87/2020_x000D_
 _x000D_
 Súmula: abre um Crédito Adicional Especial e dá outras providências._x000D_
 _x000D_
 x</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/540/projeto_de_lei_88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/540/projeto_de_lei_88.pdf</t>
   </si>
   <si>
     <t>Súmula:  Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/541/projeto_de_lei_89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/541/projeto_de_lei_89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a permutar parte das áreas institucionais para equipamentos comunitários do Loteamento Recanto das Oliveiras por obras de infraestrutura na rua Três Marias, Jardim Iporã, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Éder Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2542/brn3c2af4e2196e_0000066256.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2542/brn3c2af4e2196e_0000066256.pdf</t>
   </si>
   <si>
     <t>: Concede revisão geral anual aos subsídios dos vereadores da Câmara Municipal de Ivaiporã relativa à inflação acumulada no ano de 2019, conforme disposto no art. 37, inciso X da Constituição Federal de 1988 e dá outras providências.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>Éder Bueno, Alex Papin, Hélio Barros, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2562/02-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2562/02-2020.pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual aos vencimentos dos servidores do Poder Legislativo, conforme disposto no art. 37, inciso X da Constituição Federal de 1988 e dá outras providências.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>Alex Papin, Éder Bueno, Hélio Barros, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2570/03-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2570/03-2020.pdf</t>
   </si>
   <si>
     <t>: Introduz alterações na Lei Municipal nº 2.515, de 18 de setembro de 2014, a qual dispõe sobre a Organização do Quadro de Pessoal Efetivo e Comissionado, Atribuições e Vencimentos dos Servidores Públicos da Câmara Municipal de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2573/04-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2573/04-2020.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do Presidente e Vereadores do Poder Legislativo do Município de Ivaiporã - Estado do Paraná, para o período da Legislatura de 2021 a 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2574/05-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2574/05-2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito, do Procurador Geral do Município, do Secretário de Educação e dos Diretores Municipais do Poder Executivo de Ivaiporã para o período da Legislatura de 2021 a 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>Ailton Stipp, Éder Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2578/06-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2578/06-2020.pdf</t>
   </si>
   <si>
     <t>: Dá denominação as Ruas Projetadas do Residencial Bella Casa II, situado no Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2580/07-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2580/07-2020.pdf</t>
   </si>
   <si>
     <t>:  Dá a denominação de “José Aparecido Porto” a Indústria do Conhecimento, nesta cidade de Ivaiporã, Estado do Paraná._x000D_
 _x000D_
 EDITAL  incluso nos documentos anexados.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2584/08-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2584/08-2020.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de “Onofre Pires do Amaral” ao Centro de Eventos, nesta cidade de Ivaiporã, Estado do Paraná._x000D_
 _x000D_
 ARQUIVADO: Não aprovado.</t>
   </si>
   <si>
     <t>7833</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Ailton Stipp, Hélio Barros, Sueli Gevert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7833/projeto_de_decreto_01-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7833/projeto_de_decreto_01-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2018.</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Éder Bueno, Hélio Barros, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3922/pr_1_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3922/pr_1_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3926/pr_2_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3926/pr_2_2020.pdf</t>
   </si>
   <si>
     <t>Ficam os agentes políticos e agentes públicos do Poder Legislativo Municipal autorizados ao recebimento de diárias constantes da Lei n° 2.114/2012, a partir do dia 25 de janeiro à 31 de dezembro de 2020.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3978/pr_3_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3978/pr_3_2020.pdf</t>
   </si>
   <si>
     <t>Organiza a Política de Aperfeiçoamento de Servidores do Poder Legislativo do Município de Ivaiporã - Estado do Paraná e institui a Comissão de_x000D_
 Capacitação e Aperfeiçoamento de Servidores e dá outras providências.</t>
   </si>
   <si>
     <t>7345</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alex Papin</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7345/01-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7345/01-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a reforma de toda a Praça João Magewski juntamente com o parquinho, localizada no Distrito do Alto Porã._x000D_
 Providencie limpeza no cemitério do Distrito do Alto Porã._x000D_
 Providencie a implantação de pedras irregulares, no Distrito do Alto Porã até o cemitério._x000D_
 Providencie a reforma da quadra de esportes do Distrito de Alto Porã._x000D_
 Providencie o recape asfáltico por cima da pedra irregular, nas Ruas Araras, Periquito e Corumbataí, localizadas no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>7346</t>
   </si>
   <si>
     <t>Hélio Barros</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7346/02-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7346/02-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie o aumento dos muros do Hospital Municipal, localizado na vila Santa Maria, para que assim se evite a fuga de pacientes, e transtorno aos_x000D_
 moradores que residem entorno do local._x000D_
 Providencie pavimentação asfáltica, em todas as ruas do jardim Alto da Glória._x000D_
 Providencie o recape asfáltico em todas as ruas que sejam necessárias, localizadas no Jardim Brasília e na Vila João XXIII._x000D_
 Providencie a colocação de pedras irregulares no restante das ruas do jardim Luiz XV._x000D_
 Providencie a colocação de bloqueador de ar nos Hidrômetros da Sanepar, para que assim se evite que o ar dos canos chegue nele, e contabilize como água.</t>
   </si>
   <si>
     <t>7347</t>
   </si>
   <si>
     <t>Sueli Gevert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7347/indicacao_3_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7347/indicacao_3_2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a limpeza do vale (localizado aos fundos do Parque Ambiental Jardim Botânico) com acesso pela Rua Visconde do Rio Branco, pois o mesmo encontra-se com muita sujeira, aumentando os riscos de proliferação de animais peçonhentos._x000D_
 Providencie a colocação de tartarugas amarelas nas laterais da lombada existente na Rua Mangueira — Vila Nova Porã (próximo ao início da ciclovia), pois os motoristas estão fazendo desvios da lombada, o que aumenta os riscos de acidente no local.</t>
   </si>
   <si>
     <t>7348</t>
   </si>
   <si>
     <t>Ailton Stipp, Marcelo Reis, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7348/04-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7348/04-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie com urgência a contratação de mais pessoas, para que se realizem arrastões em todo o município para o combate do mosquito da_x000D_
 dengue.</t>
   </si>
   <si>
     <t>7349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7349/05-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7349/05-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a colocação de pedras irregulares, na Vila Nova Porã e Vila Rural Ivainópolis, assim fazendo a ligação entre as mesmas._x000D_
 Providencie um centro de atendimento infantil nas U.B.S, para que assim se evite os contatos de criança e adultos no mesmo espaço._x000D_
 Providencie com exclusividade todos os estacionamentos de motos nas esquinas, facilitando assim melhor visualização dos veículos grandes._x000D_
 Providencie limpeza em todos os C.M.E.I.s e escolas do município, para que se evite a proliferação de insetos nocivos, sendo que os mesmos possam_x000D_
 prejudicar a saúde das crianças. _x000D_
 Providencie a mudança no sentido do tráfego, na rua Diva Proença, entre laboratório Lacil e o estabelecimento Nice Despachante, solicitando também_x000D_
 que o estacionamento permaneça apenas de um lado, devido muitos transtornos neste local.</t>
   </si>
   <si>
     <t>7350</t>
   </si>
   <si>
     <t>Ailton Stipp, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7350/06-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7350/06-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a colocação de pedras irregulares em todo o Conjunto Sebastião Alves de Andrade, localizado na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7351</t>
   </si>
   <si>
     <t>Ailton Stipp</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7351/07-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7351/07-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente: _x000D_
 Providencie faixas elevadas de frente a todas as escolas do município, para que assim os alunos tenham, mas seguranças ao atravessar a rua._x000D_
 Providencie um acostamento ou uma ciclovia, entre a Vila Santa Terezinha e o Jardim Porã, pois o local representa perigo aos pedestres que o utilizam._x000D_
 Providencie uma ATI (academia da terceira idade) na Praça Milton Piloro, localizada no Jardim Guanabara I, próximo ao colégio Barão do Cerro Azul, e também melhorias na iluminação pública do local, pois o mesmo é utilizado como pista de caminhada._x000D_
 Providencie um redutor de velocidade na Rua Ceará, em frente ao número 3450, próximo ao campo da vila santa Terezinha.</t>
   </si>
   <si>
     <t>7352</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7352/08-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7352/08-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a colocação de pedras irregulares ou pavimentação asfáltica, na estrada que faz ligação entre o Detran e o conjunto João de Barro, localizado na Vila Nova Porã._x000D_
 Providencie melhorias na sinalização de trânsito, na rodovia Nicolau Koltun, que faz ligação entre a Vila Nova Porã e o Distrito do Jacutinga._x000D_
 3. Providencie a contratação de um dentista no posto de saúde do Distrito do Jacutinga, para melhor atendimento dos moradores do local e região._x000D_
 Providencie a isenção de taxas, ex. lixo e iluminação pública, de pessoas idosas com renda de até um saláriomínimo e portadores de doenças crônica._x000D_
 5. Providencie a colocação de pedras irregulares nas ruas, São Joao do Ivaí, Feliciano Vidal, Assai, Urai, Marialva e rua Ibiporã, todas elas localizadas na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7353</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7353/indicacao_9_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7353/indicacao_9_2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 I. Providencie o desentupimento de todas as bocas de lobo, assim consequentemente evitando o acumulo de água parada, e a reprodução do mosquito da dengue. _x000D_
 Providencie a instalação de um semáforo no cruzamento da avenida Aparício Bitencourt, com a avenida, Ladislau Gil Fernandez, em frente o jornal_x000D_
 Paraná Centro, para melhoria do trânsito local. _x000D_
 Providencie a notificação de todos os proprietários de terrenos baldios não cuidados, pois o local aumenta osriscos de proliferação de animais peçonhentos, sendo um deles o mosquito da dengue, representando perigo a população._x000D_
 Providencie junto ao departamento competente a criação de uma zona azul, para melhor fluidez do trânsito do centro de Ivaiporã, permitindo maior_x000D_
 revezamento de carros nas vagas disponíveis, evitando transtornos._x000D_
 Providencie a instalação de poste de luz, na Rua Custodio De Mello n° 10, localizada no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>7354</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7354/10-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7354/10-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie uma capela mortuária próximo ao cemitério no Distrito do Alto Porã._x000D_
 Providencie placas de sinalização, e proteção com grades reforçadas no parquinho do Lago das Flores, entre as Ruas Luís Pasteur e Alvares de Azevedo, localizado na Vila João XXIII, para segurança das crianças, pois os carros descem em alta velocidade, assim aumentando o risco de causar acidentes._x000D_
 Providencie grades de proteção nas bocas de lobo próximo ao n°405, na Rua General Ozorio, localizada na Vila João XXIII._x000D_
 Providencie limpeza nas margens do rio atrás da Madeporta, localizado no Jardim Luís XV, pois o mato está muito alto causando a proliferação de bichos peçonhentos._x000D_
 Providencie um redutor de velocidade na Avenida Estevão Marciano dos Santos em frente ao n° 1.288, indo para o Bar do Marinho.</t>
   </si>
   <si>
     <t>7355</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7355/11-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7355/11-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie junto a um engenheiro, um estudo na rua Sebastião Guerreiro Prestes, próximo ao pátio da prefeitura, localizado na Vila Nova Porá, para_x000D_
 assim solucionar os problemas com o escoamento da água da chuva, pois o mesmo vem gerando muito transtorno para os moradores do local._x000D_
 Providencie melhorias na sinalização de trânsito de todas as ruas da Vila Nova Porá._x000D_
 Providencie a disponibilidade de garis, para realizar a limpeza de todas as ruas da Vila Santa Maria._x000D_
 Providencie uma limpeza (roçada) e melhorias nos acostamentos da Rodovia Celso Fumio Makita, e também melhorias na sinalização do local.</t>
   </si>
   <si>
     <t>7356</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7356/12-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7356/12-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie o calçamento com pedras irregulares, na rua José Messias de Oliveira entre o n° 20 até o n° 400, localizada na vila Nova Porã, próximo a_x000D_
 casa dona Leonina._x000D_
 Providencie a construção de uma passarela com corrimão do lado de fora da ponte, localizada na Vila Santa Maria, pois o trânsito intenso de toda Rodovia Celso Fumio Makita, dificulta a passagem dos pedestres, que precisam cruzar a ponte junto com veículos._x000D_
 Providencie um retorno em frente ao magazine Luiza na altura do n° 1015 centro, assim evitando que seja necessário ir até o Banco do Brasil para_x000D_
 retornar._x000D_
 Providencie uma A.T.I., um campo de futebol Suíço e uma pista de SKATE, na Vila Santa Maria._x000D_
 Providencie um CEMEI no Jardim Alto da Glória, para facilitar a vida dos moradores do local e proximidades.</t>
   </si>
   <si>
     <t>7357</t>
   </si>
   <si>
     <t>Marcelo Reis</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7357/13-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7357/13-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1 Providencie a construção de um ponto de ônibus na Avenida Ladislau Fernandes Gil (em frente da Oficina Krassoski) para melhorias dos munícipes_x000D_
 do Bairro Jardim belo Horizonte, reivindicação dos moradores da localidade._x000D_
 2. Providencie placas de sinalização na esquina do Mercado Popular com Cemitério Municipal, no encontro da Av. Presidente Café Filho, com a Av._x000D_
 Maranhão, para assim solucionar problemas de trânsito (acidente de trânsito), reivindicação dos munícipes do Bairro Jardim Espirito Santo._x000D_
 3. Providencie a construção de ponto de ônibus na rua Emilío Ganzert para melhorias dos munícipes do Bairro Alto da Gloria, reivindicação dos moradores da localidade.</t>
   </si>
   <si>
     <t>7358</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Sueli Gevert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7358/14-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7358/14-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente: _x000D_
 Providencie a passagem da máquina niveladora e o rolo compactador, na estrada que dá acesso a saída da Vila Nova Porá até a Vila Rural.</t>
   </si>
   <si>
     <t>7359</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7359/15-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7359/15-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a construção de uma cobertura, no cemitério municipal para que os munícipes possam despedir de seus entes queridos nos dias de chuva. _x000D_
 Providencie o calçamento ao redor do cemitério na rua Alvorada, situada no Jardim Planalto, pois o local se encontra em situação precária._x000D_
 Providencie uma rotatória na Avenida Brasil, esquina com a Avenida São Paulo, em frente a faculdade Fatec._x000D_
 Providencie dois redutores de velocidade, um na rua Apinages, em frente ao n° 410, e o outro ao lado da Lido em sessão realizada Mercearia Godoi, próximo a Vila de Fumas, pois os motoristas ultrapassam a velocidade permitida, gerando perigo as pessoas no local._x000D_
 Providencie a reforma o campo da vila santa Terezinha situada na Avenida Maranhão, próximo a saída do Jardim Porã.</t>
   </si>
   <si>
     <t>7360</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7360/16-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7360/16-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie um espaço de área esportiva, como quadra de basquete, no Lago das Flores, localizado na Vila João XXIII. _x000D_
 Providencie o recape asfáltico entre as Ruas Durvalina Dias de Jesus e Ivaiporã, próximo ao Mercado Wolf, localizada na Vila Nova Porã._x000D_
 nalise a possibilidade de estar implantando e adequando uma boca de lobo em frente ao Mercado Wolf, na Rua Durvalina Dias de Jesus, localizada na_x000D_
 Vila Nova Porã._x000D_
 Providencie a limpeza na boca de lobo em frente ao n° 18, na Rua Clevelândia, localizada na Monte Castelo._x000D_
 Providencie melhorias, bem como passar patrola e colocar cascalho, na Estrada do Severiano até Santa Luzia.</t>
   </si>
   <si>
     <t>7361</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7361/17-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7361/17-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente: _x000D_
 Providencie conserto e reformas, podas no canteiro central da avenida Brasil desde o N° 140 até o n° 2000, grande trecho no abandono total. _x000D_
 Providencie um local de lazer a comunidade da vila joão XXIII e proximidades, sendo ele um campo de futebol suíço._x000D_
 Providencie recape de todas as ruas do Jardim Itaipu._x000D_
 Providencie a pintura de uma faixa para pedestres, ou a construção de uma faixa elevada, na rodovia Celso Fumio Makita, para segurança das crianças ao sair da Escola Municipal Maria Diva localizada na vila Santa Maria._x000D_
 Providencie a construção de uma guarita para os policiais militares, que fazem a segurança em todo o complexo Melvis Michiutti, ex. Sesc, Senac e todo_x000D_
 prédio da Terceira Idade.</t>
   </si>
   <si>
     <t>7362</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7362/18-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7362/18-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie melhorias, bem como, passar máquina e colocar cascalho, e se possível a implantação de pedras irregulares ou asfalto nas Ruas Princesa Isabel, Regina Mazaro, Isaque Martins da Silva e João Fernandes Vieira, localizadas no Jardim Aeroporto._x000D_
 Providencie a troca da iluminação pública por lâmpadas de LED, em toda a extensão da Rua Mangueira, localizada na Vila Nova Porã._x000D_
 Providencie a limpeza em torno do Rio Pindaúva, próximo a capitação de água._x000D_
 Providencie melhorias, como passar maquina niveladora, colocar cascalho e limpar o mato que está fechando a Estrada do Pirilo, para melhor acesso dos munícipes desta localidade._x000D_
 Providencie melhorias na ponte que vai para o Jardim Altoda Glória.</t>
   </si>
   <si>
     <t>7365</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7365/19-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7365/19-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Providencie a implantação de um redutor de velocidade na Avenida Itália, localizada no Jardim Europa, mais conhecida como Xurupita, de frente a mercearia do Zé Baia._x000D_
 Providencie recape asfáltico em toda a extensão das ruas Dom Pedro II e Jose Bonifácio, ambas situadas no Jardim Brasília._x000D_
 Providencie dois redutores de velocidade, um na rua Getúlio Vargas, em frente à igreja só o Senhor e Deus, e o outro em frente ao material de construção Pedroso._x000D_
 Providencie a manutenção das gramas sintéticas nos parquinhos que ficam situados no Jardim Botânico._x000D_
 Providencie a implantação de pedras irregulares na rua Dirceu Correia de Melo, situada na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7366</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7366/20-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7366/20-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a atualização do nome e numeração de todas as ruas de Ivaiporã, escrevendo as mesmas em postes ou placas próprias, assim facilitando de serem localizadas no município._x000D_
 Providencie um ônibus para transportar os alunos do IFPR, para trazer mais segurança aos mesmos, pois o ônibus atual está em péssimas condições._x000D_
 Providencie em todas as esquinas que forem necessárias, um estacionamento próprio para motos, pois assim fica mais prático e de fácil visualização._x000D_
 Providencie o recape asfáltico na rua Valentin Talarico entre a Avenida Osvaldo Cruz até a rua Plácidio Miranda._x000D_
 Providencie a reabertura de todo o trecho da estrada da Usina Velha, e se possível alargar a mesma para melhor trafego.</t>
   </si>
   <si>
     <t>7367</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7367/indicacao_21_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7367/indicacao_21_2020.pdf</t>
   </si>
   <si>
     <t>NDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Analise a possibilidade de colocar um redutor de velocidade na Avenida Presidente Café filho, nas proximidades do n° 3.950, que fica localizado no Bairro Jardim Espirito Santo, pois os motoristas não vêm respeitando a velocidade permitida, assim representando perigo no local, pois o mesmo tem uma escola nas proximidades._x000D_
 Providencie uma rampa para pedestres, que de acesso da rua Ivaí a Rodovia Ladislau Gil Fernandez, pedido esse feito pelos moradores do Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>7369</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7369/22-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7369/22-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie melhorias e a implantação de pedra irregular ou asfalto nas Ruas Realeza, Céu Azul e Bulha, localizadas no Jardim Alvorada._x000D_
 Providencie melhorias e a implantação de pedra irregular ou asfalto na Rua São Sebastião, localizada na Vila Monte Castelo._x000D_
 Analise a suspensão os alugueis de todos os quiosques do Lago Jardim Botânico, durante a vigência do plano de contingência do novo coronavírus._x000D_
 Implante pias e lavatórios com agua e sabão, em todas as praças do município, durante a vigência do plano de contingência do novo coronavírus._x000D_
 Providencie a implantação de pedra irregular ou asfalto em toda a extensão da Rua Dirceu Correa de Melo,localizada na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7370</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7370/23-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7370/23-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie melhorias e a implantação de pedra irregular ou asfalto nas Ruas Realeza, Céu Azul e Bulha, localizadas no Jardim Alvorada._x000D_
 Providencie melhorias e a implantação de pedra irregular ou asfalto na Rua São Sebastião, localizada na Vila Monte Castelo._x000D_
 Analise a suspensão os alugueis de todos os quiosques do Lago Jardim Botânico, durante a vigência do plano de contingência do novo coronavírus._x000D_
 Implante pias e lavatórios com agua e sabão, em todas as praças do município, durante a vigência do plano de contingência do novo coronavírus._x000D_
 Providencie a implantação de pedra irregular ou asfalto em toda a extensão da Rua Dirceu Correa de Melo, localizada na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7371</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7371/24-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7371/24-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Préfeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a colocação de pedras irregulares na Rua Bulha, próximo ao número 409.</t>
   </si>
   <si>
     <t>7372</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7372/25-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7372/25-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a compra de uniforme para toda a equipe da coleta de lixo._x000D_
 Providencie a limpeza de todos os bairros do município, bem como retiradas de galhos entulhos e demais lixos, no qual não é feito com frequência._x000D_
 3. Providencie a manutenção dos redutores de velocidades da Avenida Brasil, pois os motoristas não vêm respeitando o limite de velocidade permitido.</t>
   </si>
   <si>
     <t>7373</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7373/26-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7373/26-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie acostamento com calçamento na Rua Apucarana, localizada na Vila Santa Maria. _x000D_
 Providencie a poda das árvores que estão na fiação elétrica e o recape asfáltico no final da Rua João Maria Stresser, antiga Sete de Setembro, no cruzamento com a Avenida Maranhã, no centro da Cidade._x000D_
 Providencie a pavimentação com pedras irregulares, na Rua Chopim, localizada no Jardim Itaipu._x000D_
 Providencie a limpeza com caminhão pipa na Rua Visconde do Rio Branco, próximo ao n° 1.320, localizado no Jardim Belo Horizonte._x000D_
 5. Providencie melhorias no escoamento da lobo, na Rua Urubupungá, localizada no Jardim Itaipu.</t>
   </si>
   <si>
     <t>7374</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7374/27-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7374/27-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie melhorias, e passe máquina na estrada dos 3 Ranchinhos.</t>
   </si>
   <si>
     <t>7376</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7376/28-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7376/28-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie se possível, a contratação de pessoas, sendo homens ou mulheres para fazer monitoramento das crianças, em todos os ônibus escolares do município._x000D_
 Providenciar o conserto e a readequação da rua Tiradentes, localizada na vila João XXIII, entre o número 345 até o número 160._x000D_
 Providencie se possível um retorno bem em frente ao fórum de lvaiporã PR, para que assim todos que fazem o uso do local, não precise retornar no semáforo para voltar para o centro da cidade.</t>
   </si>
   <si>
     <t>7379</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7379/29-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7379/29-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie melhorias nas bocas de lobo e em toda a Rua Bem Ti Vi, localizada na Vila Nova Porã._x000D_
 Providencie melhorias, bem como a retirada de entulhos, passar máquina e jogar cascalho, na Rua Rebolças de Aguiar, localizada no Centro da Cidade._x000D_
 Providencie a implantação de banheiros, bebedouros e coberturas sobre todos os parquinhos infantis e ATIs do Município._x000D_
 Providencie um novo redutor de velocidade próximo ao n° 2.470 na Rua Piriquito, localizada no Distrito Alto Porã, pois o que tinha, se desgastou com o tempo._x000D_
 Providencie uma rotatória no cruzamento abaixo do Country Club de Ivaiporã, entre as Avenidas Maranhão e Curitiba, em frente ao CAPS.</t>
   </si>
   <si>
     <t>7380</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7380/30-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7380/30-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Providencie uma pista de caminhada ao redor do pátio de maquinas antigo IBC localizada na vila nova porá_x000D_
 Providencie a melhoria na sinalização na esquina da av Tancredo Neves com a rua Antonina pois os motoristas não estão respeitando aquele cruzamento_x000D_
 Providencie a restauração da grama sintética dos parquinhos do jardim botânico.</t>
   </si>
   <si>
     <t>7381</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7381/31-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7381/31-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente: _x000D_
 Providencie se possível um terreno para centralizar todos os esportes radicais de Ivaiporã e região, como C T G, gaiolas, clube do laço, carros antigos e etc. _x000D_
 Providencie calçamento na Praça Três Poderes, ao lado da Câmara de Vereadores de Ivaiporã, para assim evitar o barro nas vias asfaltadas, quando_x000D_
 chove. _x000D_
 Providencie a reforma e pintura das rampas de cadeirantes que forem necessárias, principalmente a que está localizada no centro da cidade de Ivaiporã. _x000D_
 Providencie dois quebras molas na ponte que dá acesso ao distrito de Jacutinga, um na ponta de cá e outro na ponta de lá, pois nesta ponte ocorrerão_x000D_
 muitos acidentes, e o mesmo teve vítimas (s) fatais._x000D_
  Providencie a construção de Para Raio no antigo IBC, localizado na vila Nova Porã</t>
   </si>
   <si>
     <t>7382</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7382/32-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7382/32-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente: _x000D_
 Providencie uma cobertura em todos os pontos de ônibus da cidade._x000D_
 Providencie uma grade de proteção para boca de lobo, localizada entre as Ruas Zacarias Vasconcelos e Tereza Cristina em frente ao n°_x000D_
 55, no Jardim Luís XV._x000D_
 Providencie um caminhão pipa no final da Avenida Brasil, na rua que vai para o cinco incruso, localizada no Jardim Itaipu._x000D_
 Providencie com urgência a reforma da segunda ponte do Pindauvinha._x000D_
 Providencie reparos na boca de lobo em frente ao n° 320 na Avenida Castelo Branco, localizada no Centro da Cidade</t>
   </si>
   <si>
     <t>7383</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7383/33-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7383/33-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a instalação de uma estrutura para jogos de basquete na quadra que fica localizada entre o Lago das Flores e o Jardim Botânico, que faz fundo com o Sesc, para que os praticantes desse esporte possam utilizar o local para treinamento._x000D_
 Providencie um redutor de velocidade na rua Paulista em frente a lanchonete do Zé coco, situada na Vila João XXIII, pois os motoristas vêm respeitando o limite de velocidade permitido._x000D_
 Providencie a limpeza e a manutenção de todas as academias (ATI,$) do município.</t>
   </si>
   <si>
     <t>7384</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7384/34-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7384/34-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1 Providencie se possível a construção de uma passarela que de acesso a ilha no centro do lago das flores, para que assim as pessoas possam ter acesso ao local. _x000D_
 Providencie uma calçada mesmo que seja estreita, para os_x000D_
 pais que levam seus filhos no CMEI José Fiorim, começando da ponta da rua Alvares de Azevedo até o CMEI, que fica localizado na Vila João XXIII._x000D_
 Providencie junto ao Departamento competente, que seja anexado floreiras ornamentais em alguns postes na área central de Ivaiporã, como exemplo a cidade de Itajaí SC._x000D_
 Providencie a construção de uma faixa elevada em frente ao INSS e a APAE, pois veículos não vem respeitando o limite de velocidade permitido, e por ser um local que tem acesso de muitas pessoas, a faixa seria um meio de proporcionar mais segurança._x000D_
 Providencie a limpeza na passarela do lado do rio Pindauva, que faz fundo com SESC/SENAC, chegando até o lago das flores,</t>
   </si>
   <si>
     <t>7385</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7385/35-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7385/35-2020.pdf</t>
   </si>
   <si>
     <t>, INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a pavimentação com pedra irregular ou asfalto no final da Avenida Brasil, localizada no Jardim Itaipu._x000D_
 Providencie um retorno na Avenida Brasil, próximo a Padaria Estrela, para que não seja preciso ir até a rotatória em frente ao Banco do Brasil, para retornar ao outro lado da avenida._x000D_
 Providencie a implantação de asfalto em todas as ruas do Cemitério de Ivaiporã._x000D_
 Providencie a pavimentação com pedra irregular ou asfalto em todas as Ruas localizadas no Jardim Santo Antônio, mais conhecido como Colônia da Prefeitura._x000D_
 Providencie melhorias, bem como uma rotatória, ou sinaleiro no cruzamento da Avenida Paraná, Avenida Estevão Mariano dos Santos, Rua Rio Claro e Rua Mandaguari próximo ao Supermercado Suprema.</t>
   </si>
   <si>
     <t>7386</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7386/36-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7386/36-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie uma placa de identificação de nossa estação rodoviária, visualizando o nome da mesma, que já foi denominado Celestino Alves De Souza._x000D_
 Providencie se possível a aquisição de uma motolância, a mesma já existe em algumas cidades, e tem como objetivo agilizar pequenos atendimentos na área da saúde._x000D_
 Providencie o recape asfáltico da rua Romário Martins, que tem como referência o estabelecimento Madeporta, pois a mesma tem muito acesso e o ultimo recape foi feito uns quatro anos._x000D_
 Providencie a pavimentação de pedras irregulares ou asfálticas, na rua Luiz Fabo, com início na Avenida Maranhão terminando no conjunto Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>7387</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7387/37-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7387/37-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie uma massa asfáltica encima das pedras irregulares, que faz a ligação da Vila de Furnas até a entrada do aterro sanitário._x000D_
 Providencie a reforma do parquinho e do campinho de areia, situado na rua Abel Celestino Carneiro no Jardim Europa próximo a caixa d'água._x000D_
 Providencie uma massa asfáltica encima das pedras irregulares nas ruas Ivaiporã, Jesus P Pontes, Guaretá,_x000D_
 vereador Joanino Bevilaque, e Jose Maximiliano Prado ambas localizadas na Vila Nova Porã</t>
   </si>
   <si>
     <t>7388</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7388/38-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7388/38-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie melhorias, bem com a pavimentação com pedra irregular ou asfalto nas Ruas Suburbana e Junair, localizadas no Jardim Alto da Gloria._x000D_
 Providencie lixeiras na Praça da Fumaça, localizada na Avenida Paraná, no Centro da Cidade._x000D_
 Providencie a pavimentação asfáltica em cima da pedra irregular na Rua Paulista, localizada no Jardim Imperial._x000D_
 Providencie a pavimentação com pedra irregular ou asfáltica no final da Avenida Brasil, rua que vai para o cinco incruso,  localizada no Jardim Itaipú._x000D_
 Providencie a implantação de pedras irregulares em um pequeno trecho da Rua Marechal Deodoro da Fonseca, situada no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>7389</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7389/indicacao_39_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7389/indicacao_39_2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a abertura de uma boca de lobo, na rua Vasco Da Gama do lado do n°420, ao do lado da super creche, localizada no Jardim Belo Horizonte._x000D_
 Providencie a pavimentação da rua central da vila rural, pois a mesma se encontra em condições precárias, devido o tempo que foi feita a manutenção._x000D_
 Providencie se possível a aquisição ou a construção uma casa apoio, para as pessoas que vem usar os hospitais de Ivaiporã e não tem condições de voltar para casa no mesmo dia._x000D_
 Providencie uma ligação da antiga rua Luiz Pasteur atualmente Rua Orlando Aniceto, localizada no Jardim Brasília, com a rua Londrina, no centro, para assim evitar um retorno desnecessário.</t>
   </si>
   <si>
     <t>7390</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7390/40-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7390/40-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente:_x000D_
 1. Providencie calçamento com paver nos CMEIS, Odete Brasil e Nova Porã, ambos localizados na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7391</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7391/41-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7391/41-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie melhorias, bem como máquina, cascalho e rolo compressor, e termine a implantação da pedra irregular na Rua Ivaiporã,_x000D_
 localizada no Distrito do Jacutinga._x000D_
 Providencie a implantação de pedra irregular ou asfalto na entrada do Cemitério do Distrito do Jacutinga._x000D_
 Providencie a implantação de asfalto em cima da pedra irregular na Rua Brasília, localizada na Monte Castelo.</t>
   </si>
   <si>
     <t>7392</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7392/42-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7392/42-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Providencie massa asfáltica encima das pedras irregulares na rua Visconde do rio branco situada na vila Joao XXIII próximo ao posto de saúde_x000D_
 Providencie cascalho na estrada que liga o pesque pague galpão crioulo até à chácara do kaito._x000D_
 Providencie massa asfáltica nas ruas, Copacabana, Santa Mariana, Madureira e Ipanema, ambas situadas no Jardim Guanabara I.</t>
   </si>
   <si>
     <t>7394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7394/indicacao_43_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7394/indicacao_43_2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie se possível uma equipe, seja ela terceirizada ou não, para reformar, desentupir e fazer novos bueiros (bocas  lobos) na cidade. _x000D_
 Providencie a limpeza total do canal do rio Pindauvinha, entre a ponte da vila Santa Maria chegando até na ponte do Jardim Itaipu._x000D_
 Providenciar o corte e substituição de uma arvore na Rua Orlando Aniceto, bem na esquina da Rua Plácido Miranda, localizada no Jardim Imperial, pois seus galhos estão prejudicando a rede elétrica, e também a mesma se encontra com o tronco podre. _x000D_
 Providencie se possível a construção um contorno para quem vai da oficina krassousk para a Cia, mercado Paraná, ou trevo assim evitando que moradores do Jardim Belo Horizonte de a volta de mais de (400) quatrocentos metros._x000D_
 Providencie junto ao departamento competente do município, se possível a abertura de centenas de pequenas ou médias represas para criames e engorda de peixes, com o objetivo</t>
   </si>
   <si>
     <t>7395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7395/44-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7395/44-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie melhorias, como jogar cascalho e se possível a pavimentação com pedra irregular ou asfalto na Rua Umuarama, atrás da Capela Aliança, indo para o Jardim Paraná._x000D_
 Providencie a pavimentação com pedra irregular ou asfalto em todas as ruas do Bosque da Saúde._x000D_
 Providencie coberturas do lado de fora da Caixa Econômica Federal, para que as pessoas não precisem ficar se molhando com a chuva e nem embaixo do sol quente aguardando na fila para entrar no Banco._x000D_
 Providencie pedra irregular ou asfalto, até a UBS que será construída no Jacutinga._x000D_
 Providencie um redutor de velocidade em frente a Clínica de Estética Dra. Daniele Kuminski, localizada na Avenida Melvis Muchiutti, centro.</t>
   </si>
   <si>
     <t>7396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7396/45-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7396/45-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie redutores de velocidade, nas ruas Getúlio Vargas e Plácidio Miranda._x000D_
 Providencie redutores de velocidade dos dois lados da Avenida Maranhão, próximo ao cruzamento da Rua Felicita Rother, localizado no Centro da Cidade._x000D_
 Providencie a pavimentação de pedra irregular ou asfalto nas Ruas Barão do Rio Branco e Hermes Morais, localizadas no Bosque da Saúde._x000D_
 Providencie o recape asfáltico em cima da pedra irregular no final da Rua Correa de Melo, localizada no Jardim Espirito Santo._x000D_
 Providencie recape asfáltico em cima da pedra irregular na Rua Aramias Ataides, localizado na Vila Betel.</t>
   </si>
   <si>
     <t>7397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7397/46-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7397/46-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie um redutor de velocidade na ponta da rua Sete de setembro, esquina com a Avenida Ladislau Gil Femandez._x000D_
 Providencie o corte das arvores que se encontrarem ondenadas, na Praça Manoel Mario Pereira, localizada na Avenida Souza Naves, pois está representando perigo no local._x000D_
 encie uma faixa elevada na rua Placidio Miranda,bem em frente ao CMEI Jose Fiorim, para que assim as crianças tenham mais segurança, pois os carros passam em alta velocidade no local._x000D_
 Providencie banheiros ao lado do campo sintético do lago Jardim Botânico, assim facilitando o uso para pessoas que estão frequentando o local, pois o mesmo só tem banheiro na Feira Sol e Lua._x000D_
 Providencie iluminação pública, em frente à escola municipal Ignes de Souza Caetano.</t>
   </si>
   <si>
     <t>7398</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7398/47-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7398/47-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a divisão da Avenida Maranhão, com um canteiro central entre a Capela Nacional e o Cemitério, para esse local servir de estacionamento._x000D_
 Providencie a construção de uma boca de lobo na Rua berlândia, esquina com a Rua Paulista do lado ponte, a mesma localizada no centro._x000D_
 Providencie um redutor de velocidade, na rua Eliodoro Ebano Pereira, próximo o n° 230, localizada no Jardim Luís XV._x000D_
 Providencie o conserto de um buraco do lado da avenida Ladislau Gil Fernandes, na ponta da rua Sete De Setembro, esta cratera é embaixo do asfalto._x000D_
 Providencie a concerto da rua Quaresmeira, esquina com avenida Espanha, localizada no Jardim Universitário, pois na mesma foi feito rede de esgoto e afundou o asfalto.</t>
   </si>
   <si>
     <t>7399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7399/48-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7399/48-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie um redutor de velocidade em frente ao bodão na Rua Mangueira, localizado na Vila Nova Porã._x000D_
 Providencie melhorias pois a valeta que se abriu dificulta o acesso, e termine a implantação de pedra irregular na Rua Pindaúva saída para o Painerinha, localizada no Distrito do Jacutinga._x000D_
 Providencie a continuação da pedra irregular na Rua Guaiambe, localizada no Distrito do Jacutinga._x000D_
 Providencie a implantação de pedra irregular no restante da Rua Pires, localizada na Vila Nova Porã._x000D_
 Providencie melhorias e a implantação de pedra irregular na Rua Argentino da Rocha, localizada no Conjunto Waldomiro Guergoletti.</t>
   </si>
   <si>
     <t>7400</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7400/49-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7400/49-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie um pacote de medidas de incentivos para os profissionais autônomos e pequenos empresários que no momento encontram-se com suas atividades paralisadas devido a pandemia (setor de decoração, festas, casas noturnas, locação de brinquedos e motoristas de transporte escolar particular etc.) dentre as medidas de incentivo sugerimos a isenção de IPTU e Alvará.</t>
   </si>
   <si>
     <t>7401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7401/50-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7401/50-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente:_x000D_
 1. Providencie se possível um estacionamento de carga e descarga, na Avenida Brasil, em frente à loja Clínica Veterinária Vida Animal, localizada no centro.</t>
   </si>
   <si>
     <t>7402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7402/51-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7402/51-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do DepartamentoCompetente:_x000D_
 Providencie uma tampa de ferro para a boca de lobo que encontra em frente ao n° 140 na Rua Castro Alves, localizada no Jardim Belo_x000D_
 Horizonte._x000D_
 de Providencie a pavimentação de pedra irregular ou asfalto na Vila Rural Ivainópolis._x000D_
 Providencie a reforma dos brinquedos e do campinho de areia localizado na Pracinha do Jardim Espirito Santo._x000D_
 Providencie a manutenção nos aparelhos de ATI que ficam próximo a Igreja Espirito Santo, localizado no Jardim Espirito Santo._x000D_
 5. Analise a possibilidade de implantação de uma Lei Municipal que regulamente os serviços de mototaxistas e moto frete no Município.</t>
   </si>
   <si>
     <t>7403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7403/52-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7403/52-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a ligação da rua Valentim Darcin até o centro, assim facilitando e dando mais qualidade de vida aos nossos municipes._x000D_
 Providencie se possível o alargamento da ponte do rio Pindauva, localizado na rodovia Celso Makita, assim fávorecendo e proporcionando mais segurança aos pedestres. _x000D_
 Providencie a colocação de pedra irregular, na rua São Francisco até na passarela, localizada na vila Ipiranga, assim ligando o Jardim Luiz XV ao centro. _x000D_
 Providencie se possível um espaço coberto na entrada do cemitério municipal, do lado de dentro do local, para que em dias de forte sol e chuva, os acompanhantes féretro tenham aonde se abrigar._x000D_
 5. Providencie com urgência o andamento das reformas da escola Municipal Ignez De Souza Caetano, na rua Barbosa N° 25, localizada na Vila João XXIII.</t>
   </si>
   <si>
     <t>7404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7404/53-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7404/53-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a pintura do redutor de velocidade da rua Clevelândia de frente o mercado Monte Castelo, localizado na Vila Monte Castelo._x000D_
 Providencie placas de sinalização de trânsito em toda a extensão da Vila Nova Porã._x000D_
 Providencie a abertura de galeria (boca de lobo) na rua Durvalino Dias de Jesus, esquina com a rua Ivaiporã, ambas localizadas na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7405/54-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7405/54-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do DepartamentoCompetente:_x000D_
 Analise a possiblidade de estar fornecendo aos comerciantes do Município termômetro digital, entre outros equipamentos como luvas e máscaras descartáveis que auxiliam no combate ao Covid 19._x000D_
 Providencie melhorias, bem como, passar máquina e colocar cascalho no final da Rua Papagaios na estrada rural, localizada no Conjunto João de Barro._x000D_
 Providencie melhorias, bem como passar máquina e colocar cascalho no carreador que vai para a Chácara Bom Descanso, localizada no Ouro Verde, pois os moradores tem dificuldade de acesso no local._x000D_
 Providencie o calçamento em torno dos aparelhos de ATI que se encontram na Avenida Brasil, localizados no Jardim Itaipu._x000D_
 Providencie uma ATI no Parque Maria Alice Ando Albertin, Antigo Parquinho Municipal, localizado na Rua João Maria_x000D_
 Stresser, centro da Cidade.</t>
   </si>
   <si>
     <t>7406</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7406/55-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7406/55-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a limpeza do terreno público que tem na rua Marginal paralela à avenida Ladislau Gil Fernandez, localizada no Jardim Belo Horizonte, pois o mesmo se encontra com o mato muito alto._x000D_
 Providencie recape asfáltico na rua Benjamim Constante, localizada na Vila João XXIII._x000D_
 Providencie o reforço do recape da estrada do Jardim Porã, chegando até localidade de Alecrim._x000D_
 Providencie se possível uma faixa elevada na praça Ivens Gueguem, entre o mercado Super Pão e a igreja Matriz._x000D_
 Providencie um redutor de velocidade na rua Pará, próximo à esquina da rua Mandaguari no n° 990, localizada no centro.</t>
   </si>
   <si>
     <t>7407</t>
   </si>
   <si>
     <t>Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7407/56-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7407/56-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente:_x000D_
 1. Providencie um redutor de velocidade, em frente ao barracão do Leleu, localizado no quadro urbano que liga Ivaiporã a estrada Rural do Ouro Verde.</t>
   </si>
   <si>
     <t>7408</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7408/57-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7408/57-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie se possível mais bancos na praça França, em frente a Bella Pani._x000D_
 Providencie a limpeza no lago do Jardim Botânico, o mesmo se encontra com muitas algas._x000D_
 Providencie o recape asfáltico da rua Lorena até a Casa do Adolescente, localizado no Jardim Ouro Preto._x000D_
 Providencie a reforma de todos os pontos de ônibus da cidade.</t>
   </si>
   <si>
     <t>7409</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7409/58-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7409/58-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie rampas elevadas nos pontos mais críticos da Cidade. _x000D_
 Providencie a pavimentação asfáltica ou pedra irregular na Rua Isaque Martins da Silva, localizada no Jardim Aeroporto._x000D_
 Providencie a pavimentação asfáltica ou pedra irregular na Rua Barbosa Ferraz,localizada na Vila Santa Terezinha._x000D_
 Providencie a pavimentação asfáltica ou pedra irregular na Rua das Industrias, localizada no Jardim Industrial._x000D_
 Providencie a manutenção das pedras irregular, passando uma camada asfáltica por cima na Rua Colibri, localizada na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7410</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7410/59-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7410/59-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie dois redutores de velocidade ou faixas e levadas na avenida Ladislau Gil Fernandez, próximo a rotatória que fica em frente ao torno Ivaí, pois os motoristas não estão respeitando a mesma._x000D_
 Providencie um redutor de velocidade na avenida Souza Naves, n° 1385 próxima a Vidraçaria Paraná Vidros.</t>
   </si>
   <si>
     <t>7411</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7411/60-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7411/60-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Analise a possiblidade de pintura com sinalização, ex. sinal de pare, faixas para pedestre e pintura de estacionamento em frente aos comércios etc,_x000D_
 localizados na Avenida Ladislau Gil Fernandez, no n°1090 e proximidades.</t>
   </si>
   <si>
     <t>7412</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7412/61-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7412/61-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie um redutor de velocidade na rua Carlos Gomes no n° 1185, próximo ao viveiro de mudas, que fica localizado na vila Brasil II._x000D_
 Providencie a pavimentação asfáltica do Jardim Europa, mais conhecido como (Xurupita), da rua Espanha até a BR 466, passando pela igreja Nossa Senhora Aparecida._x000D_
 Providencie se possível a construção de casas para os pequenos proprietários rurais, assim apoiando sua permanecia na roça, baseado no cadastro dos Sindicatos Rurais._x000D_
 Providencie se possível o aumento da cobertura do ponto de ônibus em frente ao IFPR._x000D_
 Providencie com urgência um poste na esquina da rua Plácidio Miranda com a rua Osvaldo Cruz, ambas localizadas no Jardim Casa Grande II.</t>
   </si>
   <si>
     <t>7413</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7413/62-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7413/62-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento Providencie o cascalho na rua Visconde do Rio Branco, esquina com a rua Custodio de Melo, ambas situadas no Jardim Luiz XV._x000D_
 Providencie uma massa asfáltica por cima das pedras irregulares, na rua General Ozorio próximo ao antigo campo do Araçá._x000D_
 Providencie mais tendas com suporte de apoio no UPA, as mesmas com o intuito de evitar aglomerações entre os munícipes que forem fazer o teste da Covid - 19, e também como forma de proteção para os dias de chuva e sol.</t>
   </si>
   <si>
     <t>7414</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7414/63-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7414/63-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Analise a possibilidade de estar deixando o estacionamento de carros somente de um lado, entre as Ruas Mangueira e Durvalina de Jesus, por a mesma ser muito estreita._x000D_
 Providencie a implantação de parquinho infantil junto a ATI na Avenida Brasil, localizada no Jardim Itaipu._x000D_
 Providencie manilhas e galerias na Rua Curiúva, localizada no Jardim Paraná._x000D_
 Providencie a pavimentação asfáltica ou com pedra irregular e redutor de velocidade na Rua Bulha, localizada no Jardim Alvorada._x000D_
 Providencie melhorias, bem como, passar máquina e colocar cascalho na Estrada CRG — Três Porteiras 519F Jacutinga.</t>
   </si>
   <si>
     <t>7415</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7415/64-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7415/64-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Providencie uma correção asfáltica em frente ao guincho do Natalino, localizado na rua Placídio Miranda._x000D_
 Providencie uma limpeza em toda a extensão do jardim Luiz XV, retirando entulhos e galhos de arvores secos,_x000D_
 assim evitando o entupimento dos bueiros._x000D_
 Providencie se possível um terreno para construção de casas populares, com o intuito de beneficiar as pessoas de baixa renda do nosso município.</t>
   </si>
   <si>
     <t>7416</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7416/65-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7416/65-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie o recape asfáltico do quarteirão em frente a CIA. Militar, que fica localizado no Jardim Europa, mais conhecido como Xurupita, pois o mesmo está em péssimas condições._x000D_
 Providencie uma faixa elevada na praça Yvens Gueguem, esquina da rua José Canteri, ao lado floricultura._x000D_
 Providencie se possível o aproveitamento de todos os quilômetros do rio Pindauva em nosso município, assim construindo pequenas represas para criame de peixes._x000D_
 Providencie uma pequena abertura na avenida Itália, no Jardim Europa, com saída para a rua Antônio Macário dos Santos, assim facilitando o trafego de quem sai do Fórum, evitando o retomo no sinaleiro._x000D_
 Providencie a pavimentação asfáltica da rua Santa Catarina, a mesma é única rua dentro da vila Santa Maria, sem este respaldo.</t>
   </si>
   <si>
     <t>7417</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7417/66-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7417/66-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a pavimentação com pedra irregular, nas Ruas Cascavel, Sapopema, Curiúva, e Avenida Umuarama, todas localizadas no Jardim Paraná._x000D_
 Providencie redutores de velocidade nos dois lados da Avenida Maranhão, próximo ao CMEI Santa Terezinha._x000D_
 Providencie com urgência, uma cobertura para os quiosques no Lago Jardim Botânico._x000D_
 Providencie redutores de velocidade na Rua Getúlio Vargas, localizada no Jardim Luís XV._x000D_
 Providencie manilhas para conter as erosões e tampas para as bocas de lobo na Rua Bem te vi, localizada na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7418</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7418/67-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7418/67-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a pavimentação com pedras irregular nas ruas: Sabiá, Amoreira, Itararé, Gaiambé, Bananeira, Ivaiporã e Coqueiro, localizadas no Distrito do Alto Porã._x000D_
 Providencie a abertura da Avenida Ladislau Gil Fernandes em frente ao Posto de Gasolina Ivaiporã, como era antigamente._x000D_
 Providencie a pavimentação asfáltica em cima da pedra irregular nos dois lados da Avenida Presidente Café Filho, entre os números 3.395 ao 3.115, localizado no Conjunto Residencial Olímpio Mourão Filho._x000D_
 Providencie a abertura da Avenida Brasil, abrindo a Praça Moises Gil Fernandes em frente ao Colégio Objetivo, como era antigamente.</t>
   </si>
   <si>
     <t>7419</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7419/68-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7419/68-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a retirada e corte de todas as arvores que tem dentro do cemitério, estas arvores já algum tempo está rachando todos os túmulos._x000D_
 Providenciar redutor de velocidade rua Plácidio Miranda, esquina com a rua José Bonifácio, localizada no Jardim Luiz XV._x000D_
 Providencie a retirada de todas as arvores secas na ilha do lago das flores, localizado na rua Paulista, pois as mesmas não vêm favorecendo o ambiente que é um dos cartões postais da cidade._x000D_
 Providencie um ponto de ônibus da rua Ceara, esquina com rua Pitanga, para assim atender todo Jardim Espirito Santo e proximidades._x000D_
 Providencie o duplo sentido da rua Felicita Rother, localizada no centro, para melhorar a fluidez do trânsito.</t>
   </si>
   <si>
     <t>7420</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7420/69-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7420/69-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie o recape asfáltico na avenida Minas Gerais, n° 288, em frente ao Núcleo de Educação, a mesma encontra-se com muitos buracos.</t>
   </si>
   <si>
     <t>7421</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7421/70-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7421/70-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie um redutor de velocidade nas ruas Carlos Alberto Portela e Benedito Antunes, localizadas no Conjunto Valdomiro Bleis Guergoletti.</t>
   </si>
   <si>
     <t>7422</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7422/71-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7422/71-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente: _x000D_
 Providencie a pavimentação asfáltica ou com pedra irregular na Rua Magno Felix da Silva, localizada na Vila Santa Maria._x000D_
 Providencie redutores de velocidade na Avenida Espanha, entre os bairros Jardim Aeroporto e o Conjunto Habitacional Eduardo Gomes._x000D_
 Providencie o recape asfáltico em cima da pedra irregular na Rua José Bonifácio próximo ao SESC e SENAC, localizada no Jardim Brasília._x000D_
 Providencie o recape asfáltico em cima da pedra irregular na Rua Alvorada, localizada na Vila Planalto._x000D_
 Providencie caminhão pipa nas Ruas da Colônia da Prefeitura, para amenizar a poeira.</t>
   </si>
   <si>
     <t>7423</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7423/72-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7423/72-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie fazer uma passagem com proteção de concreto, do lado direito e do lado esquerdo, da Rua Emilio Ganzert, no Alto da Glória, para evitar acidentes._x000D_
 Providencie a retirada da ponte velha (de madeira), e construir uma ponte larga e alta, sobre o rio que da passagem para cinco encruzos._x000D_
 Providencie o calçamento com pedras irregulares da capela São José, até a entrada de acesso as cachoeiras da antiga Usina Velha, próximo do jardim Guanabara I, onde há um grande fluxo de veículos._x000D_
 Providencie uma faixa elevada protegendo entrada e saída das ambulâncias e carros baixos, no posto de saúde, na avenida Souza Naves, em frente Sanepar._x000D_
 Providencie a troca de luminárias no passeio público, em frente do colégio Antônio Diniz na Vila João XXIII.</t>
   </si>
   <si>
     <t>7424</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7424/73-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7424/73-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a manutenção de todos os pontos de ônibus do município, realizando a limpeza e higienização.</t>
   </si>
   <si>
     <t>7425</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7425/74-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7425/74-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie reparos e renovação do guard rail da ponte do Jacutinga, assim melhorando a segurança do local, pois no mesmo já ocorreu vários acidentes._x000D_
 Providencie a colocação de pedras irregulares na praça junto a igreja e a A.T.I da vila Santa Maria, a mesma fica localizada na ponta da rua Santa Catarina._x000D_
 Providencie a primeira A.T.I, na praça central do Jardim Casa Grande, assim atendendo do I ao IV, e beneficiando a população que reside no local._x000D_
 Providencie se possível a instalação de um Museu da História de Ivaiporã, junto com a Casa da Cultura, na praça Henrique Portelinha, localizada no centro de Ivaiporã._x000D_
 Providencie a readequação dos canteiros centrais da avenida Aparício Bitencourt, entre o semáforo até Secretária Municipal de Educação, deixando o mesmo igual o da Avenida Paraná, assim tendo mais espaço para os veículos.</t>
   </si>
   <si>
     <t>7426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7426/75-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7426/75-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a poda das árvores que estão na fiação elétrica e atrapalhando a iluminação da Rua Ceará, próximo aos números 3.125 e 3.149._x000D_
 Providencie a pavimentação asfáltica ou com pedras irregulares em todas as Ruas do Conjunto Habitacional Sebastião Andrade._x000D_
 Providencie um redutor de velocidade próximo a Clínica Veterinária Clinicão, localizada na Avenida Estevão Marciano dos Santos._x000D_
 Providencie um redutor de velocidade em frente ao Jornal Paraná Centro, localizado na Avenida Ladislau Gil Fernandes._x000D_
 Providencie o recape asfáltico na Rua Miroslau Michaltchuk, entre a Igreja Ucrânia São José e o Colégio Santa Olga.</t>
   </si>
   <si>
     <t>7427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7427/76-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7427/76-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie se possível uma forma de abaixar todas as luminárias que compõem a pista de caminhada do Lago das Flores,_x000D_
 localizado na vila João XXIII._x000D_
 Providencie a pintura e colocação de algumas peças novas, na A.T.I existente na rua Benjamin Constante, próximo do número 120, localizado na vila João XXIII._x000D_
 Providencie o recape asfáltico em frente a igreja Congregação Cristã do Brasil, indo até a rua Plácidio Miranda, localizada no Jardim Imperial._x000D_
 Providencie a reforma da praça Antônio Marques Pereira, próximo a rodoviária, pois a mesma é uma das poucas praças que se encontram abandonadas em nossa cidade._x000D_
 Providencie o calçamento de um lado para o outro da ponte onde os pedestres passam, a mesma fica na rua Apucarana, localizada na Vila Santa Maria.</t>
   </si>
   <si>
     <t>7428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7428/77-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7428/77-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie o recape asfáltico em cima da pedra irregular na Rua José Bonifácio próximo ao SESC/SENAC, localizada no_x000D_
 Jardim Brasília._x000D_
 Providencie frigobar, televisão e poltronas de descanso em todos os quartos de internamento no Pronto Atendimento de_x000D_
 Ivaiporã._x000D_
 Providencie a pintura do redutor de velocidade que fica no canteiro da Rua Apucarana próximo a Fox Painéis._x000D_
 Providencie a implantação de pavimentação asfáltica ou com pedra irregular nas três ruas do Conjunto Alcebíades Alves de_x000D_
 Andrade._x000D_
 Providencie um redutor de velocidade na Rua Alvarez de Azevedo, localizada na Vila João XXIII e Jardim Luís XV.</t>
   </si>
   <si>
     <t>7429</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7429/78-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7429/78-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento competente:_x000D_
 1. Providencie a poda da grama, e a manutenção do campo de futebol do Cento da Juventude, localizado na Vila Nova Porã.</t>
   </si>
   <si>
     <t>7430</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7430/79-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7430/79-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie melhorias, bem como passar máquina e colocar cascalho, nos carreadores da Estrada CRG — 3 Porteiras, no Jacutinga.</t>
   </si>
   <si>
     <t>7431</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7431/80-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7431/80-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Analise a possibilidade de estar implantando no Município Projeto de Lei dando prioridade às pessoas com Fibromialgia._x000D_
 Segue em anexo modelo de Projeto de Lei._x000D_
 Providencie um redutor de velocidade na Rua Alvarez de Azevedo, localizada na Vila João XXIII._x000D_
 Providencie um redutor de velocidade próximo ao n 01.972, na Rua Ceará, localizado no Centro da Cidade._x000D_
 Providencie a adequação da boca de lobo que se encontra em frente ao n° 1.415, na Rua Mamborê, localizada no Jardim_x000D_
 Alvorada, pois a mesma está causando grandes transtornos aos moradores._x000D_
 Providencie uma camada asfáltica em cima da pedra irregular em um pequeno trecho da Avenida Pedro Koltum até a Rua Ceará, descendo a Praça Espanha, localizada no Centro da Cidade.</t>
   </si>
   <si>
     <t>7432</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7432/81-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7432/81-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a instalação de mais postes de luz na rua Ivaí, no techo próximo a Mecânica Central, localizado no Jardim Belo Horizonte._x000D_
 2. Providenciar a readequação e abertura da rua Maria Bina, entre a Avenida Maranhão até a ponte ao lado do pesqueiro, pois o local vem incomodando os moradores próximos, devido ao mato alto e muita sujeira._x000D_
 Providencie o conserto da cobertura do barracão comunitário do conjunto João de Barro._x000D_
 Providencie a pavimentação asfáltica na rua Rui Barbosa, localizada no jardim Ouro Preto._x000D_
 Providencia a pavimentação da estrada vicinal, chamada Santo Antônio, localizada no Jardim Alto da Gloria, com o objetivo de fazer o ligamento entre ele e o Jardim Porã.</t>
   </si>
   <si>
     <t>7433</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7433/82-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7433/82-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a implantação de pavimentação asfáltica ou com pedra irregular em todas as Ruas do Jardim Paraná que não se encontram pavimentadas._x000D_
 Análise a possibilidade de estar contratando Dentista pelo SUS- (Sistema Único de Saúde), para realizar cirurgias, canais entre outros tipos de procedimentos na cidade de Ivaiporã, para evitar o encaminhamento para outras cidades._x000D_
 Providencie a implantação de redutores de velocidade, na Avenida Léia Val Verde, localizada no Jardim Novo Versalhes. _x000D_
 álise a possibilidade de estar contratando Neuro Pediatra para atendimento no SUS -Sistema Único de Saúde, no Município de Ivaiporã._x000D_
 5. Análise a possibilidade de instalação de ATI - Academia da Terceira Idade, no Parque Municipal Maria Alice Ando Albertin, na Rua João Maria Stresser, antiga Sete de Setembro, localizada no Centro da Cidade.</t>
   </si>
   <si>
     <t>7434</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7434/83-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7434/83-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a abertura de uma boco lobo, na rua General Ozorio, entre a rua Valentin Talarico e a avenida Curitiba, ambas localizadas no Jardim Ouro Preto._x000D_
 Providencie se possível uma rotatória na rodovia Celso Fumio Makita, esquina com a rua Rio Grande, localizada na Vila Santa Maria._x000D_
 Providencie a colocação de postes de luz na entrada do trevo principal, sentido quem vem de Manoel Ribas para Ivaiporã, do lado da CIA militar._x000D_
 Providencie a colocação de mais tubos de águas de chuvas, na rua São Luiz, entre a igreja católica São Jorge e o rio Pindauvinha._x000D_
 Providencie se possível mais quatro postes com luminárias na rua Junair, localizada no Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>7435</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7435/84-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7435/84-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a pintura do redutor de velocidade na Avenida Maranhão, próximo a Mercearia e Açougue Santa Teresinha, localizado na Vila Santa Terezinha._x000D_
 Providencie um redutor de velocidade em frente a Mercearia da Josane, subindo a Avenida Aparício Bitencourt._x000D_
 Providencie a pavimentação asfáltica em cima da pedra irregular nas Ruas Tereza Cristina, Zacarias de Vasconcelos, Marechal Floriano e Barão de Antonina, localizadas no Jardim Luiz XV._x000D_
 Providencie a implantação de asfalto em cima da pedra irregular em todas as Ruas da Vila Operária I._x000D_
 Providencie a pavimentação asfáltica ou com pedra irregular na Rua Joaquim Bonifácio, no trecho entre a Avenida Maranhão até o Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>7436</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7436/indicacao_85_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7436/indicacao_85_2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Providencie a pavimentação asfáltica na rodovia Celso Fumio Makita, até a primeira ponte, espaço esse que dá acesso ao Jardim Casa Grande.</t>
   </si>
   <si>
     <t>7437</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7437/86-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7437/86-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie o recape asfáltico entre as Ruas Ceará e Sertaneja, localizadas na Vila Santa Terezinha._x000D_
 Providencie a colocação de um parquinho na,  Praça Manoel Teodoro da Rocha, em frente à loja Pernambucanas._x000D_
 Providencie a pavimentação asfáltica nas Ruas Vitória, Santa Vicentina, Cruzeiro do Sul, Martin Lutero, Bela Vista, Monte Alto, Alvorada, Brasília, localizadas no Jardim Iporã._x000D_
 Providencie melhorias na iluminação pública nos postes que se encontram na Rua Jasmim, localizada na Vila Operaria._x000D_
 Providencie a pavimentação com pedra irregular ou asfalto na Estrada que vai para Vila Rural Ivainópolis.</t>
   </si>
   <si>
     <t>7438</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7438/87-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7438/87-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie a atualização e renovação da sinalização em frente do cemitério, do lado da avenida Maranhão, para assim melhorar a fluidez do trânsito._x000D_
 Providencie uma faixa elevada na avenida Souza Naves, em frente ao portão do Posto de Saúde, sentido centro, assim facilitando o trafego dos bombeiros e ambulância._x000D_
 Providencie a abertura da rua Emilio Ganzert, no sentido quem desce a esquerda, lado esse que não possui nenhuma residência, assim com o intuito de melhorar o trânsito no local, que por sinal é intenso._x000D_
 Providencie o recape nas pedras irregulares na rua Visconde do Rio Branco, no quarteirão do ginásio Antônio Diniz, localizada no jardim Brasília._x000D_
 Providencie a readequação, limpeza e o recape asfáltico do trevo do Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>7439</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7439/indicacao_88_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7439/indicacao_88_2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 1— Providencie um redutor de velocidade na avenida Tancredo Neves, em frente ao n°1995, assim melhorando a segurança, devido fluxo de crianças no local por conta do colégio Mater.</t>
   </si>
   <si>
     <t>7440</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7440/89-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7440/89-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Analise a possibilidade de estar implantando um sistema de agendamento de consulta online, de modo a agilizar e evitar as filas e aglomerações no Posto de Saúde Central e UBS._x000D_
 Providencie uma camada asfáltica em cima da pedra irregular em todas as Ruas do Jardim Belo Horizonte._x000D_
 Providencie a manutenção ou a troca dos brinquedos do Parquinho Infantil que fica entre o CMEI Nossa Senhora e a Casa de Vivencia, localizado na Rua Agostinho Cremasco no Jardim Belo Horizonte._x000D_
 Providencie melhorias e implante postes de iluminação nas vielas entre as Ruas Agostinho Cremasco, Vasco da Gama, Marechal Deodoro e Anhanguera próximo ao n° 585, localizadas no Jardim Belo Horizonte._x000D_
 Providencie uma camada asfáltica em cima da pedra irregular em todas as Ruas do Jardim Guanabara I.</t>
   </si>
   <si>
     <t>7441</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7441/90-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7441/90-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie reposição das lâmpadas na rua Plácidio Miranda, entre rua Alvares de Azevedo até Jardim Casa Grande I._x000D_
 Providencie se possível a retirada das pedras mal colocadas, em frente da igreja Congregação Cristã, localizada no jardim Imperial._x000D_
 Providencie a pavimentação asfálticas, na rua Valentim Talarico, ambas localizadas no jardim Imperial._x000D_
 Providencie o recape asfáltico entre a rua Marginal no jardim Belo Horizonte, interligando a rua Clara Storoski na avenida Maranhão, do lado da lanchonete do Marinho centro._x000D_
 Providencie a pavimentação asfáltica da rotatória na avenida Ladislau Gil Fernandes, em frente da loja de veículos Mundial Multimarcas.</t>
   </si>
   <si>
     <t>7442</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7442/91-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7442/91-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 Providencie melhorias na praça que fica em frente ao supermercado Paulista, localizado na avenida Brasil, pois a mesma não se encontra em boas condições. _x000D_
 Providencie a limpeza das margens do rio Pirolo, no trajeto que passa pelo jardim Casa Grande, vila Luiz XV,com o termino no rio Pindauvinha, localizado na vilaSanta Maria, assim fazendo a retirada de todos os resíduos sólidos inertes (lixo, entulhos e animais mortos)._x000D_
 Providencie a padronização de todos os canteiros ntrais, com uniformidade de oitenta centímetros, da avenida Minas Gerais, localizada no centro._x000D_
 Providencie se possível a reativação do postinho policial da vila Nova Porã, assim favorecendo a segurança dos 010 moradores do local._x000D_
 5. Providencie luminárias novas, na rua Joaquim Nabuco, localizada na vila João XXIII.</t>
   </si>
   <si>
     <t>7443</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7443/92-2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7443/92-2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do_x000D_
 Departamento Competente:_x000D_
 1. Providencie a readequação do trânsito no cruzamento da rua Bandeirantes com a avenida Brasil, bem como, melhorando a sinalização e aumentando a lombada existente, com o objetivo de aprimorar as condições de trafego, dando melhor visibilidade.</t>
   </si>
   <si>
     <t>7444</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7444/indicacao_93_2020.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7444/indicacao_93_2020.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que por meio do Departamento Competente:_x000D_
 1. Analise a implantação de um redutor de velocidades na Rua Luciano Marcelo de Oliveira, n° 207, no Jardim Guanabara II.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2725,67 +2725,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/392/ple-01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/395/ple-02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/399/ple-03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/401/ple-04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/403/ple-05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/405/ple-06-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/406/ple-07-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/407/ple-08-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/408/ple-09-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/411/ple-10-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/414/ple-11-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/416/ple-12-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/417/ple-13-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/418/ple-14-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/419/ple-15-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/420/ple-16-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/421/ple-17-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/431/ple-18-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/432/ple-19-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/433/ple-20-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/434/ple-21-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/435/ple-22-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/436/ple-23-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/437/ple-24-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/438/ple-25-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/439/ple-26-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/440/ple-27-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/441/ple-28-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/442/ple-29-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/443/ple-30-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/444/ple-31-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/446/ple-32-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/447/ple-33-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/448/ple-34-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/449/ple-35-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/450/ple-36-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/451/ple-37-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/453/ple-39-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/454/ple-40-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/455/ple-41-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/472/projeto_de_lei_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/473/projeto_de_lei_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/474/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/475/projeto_de_lei_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/477/projeto_de_lei_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/479/projeto_de_lei_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/483/projeto_de_lei_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/484/projeto_de_lei_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/485/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/486/projeto_de_lei_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/487/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/488/projeto_de_lei_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/489/projeto_de_lei_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/490/projeto_de_lei_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/491/projeto_de_lei_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/492/projeto_de_lei_58.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/493/projeto_de_lei_59.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/495/projeto_de_lei_60.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/497/projeto_de_lei_61.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/498/projeto_de_lei_62.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/499/projeto_de_lei_63.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/501/projeto_de_lei_64.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/503/projeto_de_lei_65.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/506/projeto_de_lei_66.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/507/projeto_de_lei_67.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/508/projeto_de_lei_68.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/509/projeto_de_lei_69.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/510/projeto_de_lei_70.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/511/projeto_de_lei_71.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/512/projeto_de_lei_72.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/514/projeto_de_lei_73.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/517/projeto_de_lei_74.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/519/projeto_de_lei_75.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/527/projeto_de_lei_76.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/529/projeto_de_lei_77.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/530/projeto_de_lei_78.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/531/projeto_de_lei_79.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/532/projeto_de_lei_80.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/533/projeto_de_lei_81.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/534/projeto_de_lei_82.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/535/projeto_de_lei_83.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/536/projeto_de_lei_84.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/537/projeto_de_lei_85.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/538/projeto_de_lei_n_86_2020..docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/539/projeto_de_lei_n._o_87_2020.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/540/projeto_de_lei_88.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/541/projeto_de_lei_89.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2542/brn3c2af4e2196e_0000066256.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2562/02-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2570/03-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2573/04-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2574/05-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2578/06-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2580/07-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2584/08-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7833/projeto_de_decreto_01-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3922/pr_1_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3926/pr_2_2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3978/pr_3_2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7345/01-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7346/02-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7347/indicacao_3_2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7348/04-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7349/05-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7350/06-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7351/07-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7352/08-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7353/indicacao_9_2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7354/10-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7355/11-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7356/12-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7357/13-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7358/14-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7359/15-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7360/16-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7361/17-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7362/18-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7365/19-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7366/20-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7367/indicacao_21_2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7369/22-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7370/23-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7371/24-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7372/25-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7373/26-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7374/27-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7376/28-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7379/29-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7380/30-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7381/31-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7382/32-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7383/33-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7384/34-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7385/35-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7386/36-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7387/37-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7388/38-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7389/indicacao_39_2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7390/40-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7391/41-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7392/42-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7394/indicacao_43_2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7395/44-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7396/45-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7397/46-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7398/47-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7399/48-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7400/49-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7401/50-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7402/51-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7403/52-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7404/53-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7405/54-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7406/55-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7407/56-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7408/57-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7409/58-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7410/59-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7411/60-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7412/61-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7413/62-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7414/63-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7415/64-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7416/65-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7417/66-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7418/67-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7419/68-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7420/69-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7421/70-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7422/71-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7423/72-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7424/73-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7425/74-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7426/75-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7427/76-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7428/77-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7429/78-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7430/79-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7431/80-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7432/81-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7433/82-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7434/83-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7435/84-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7436/indicacao_85_2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7437/86-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7438/87-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7439/indicacao_88_2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7440/89-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7441/90-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7442/91-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7443/92-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7444/indicacao_93_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/392/ple-01-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/395/ple-02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/399/ple-03-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/401/ple-04-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/403/ple-05-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/405/ple-06-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/406/ple-07-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/407/ple-08-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/408/ple-09-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/411/ple-10-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/414/ple-11-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/416/ple-12-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/417/ple-13-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/418/ple-14-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/419/ple-15-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/420/ple-16-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/421/ple-17-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/431/ple-18-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/432/ple-19-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/433/ple-20-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/434/ple-21-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/435/ple-22-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/436/ple-23-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/437/ple-24-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/438/ple-25-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/439/ple-26-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/440/ple-27-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/441/ple-28-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/442/ple-29-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/443/ple-30-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/444/ple-31-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/446/ple-32-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/447/ple-33-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/448/ple-34-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/449/ple-35-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/450/ple-36-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/451/ple-37-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/453/ple-39-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/454/ple-40-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/455/ple-41-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/472/projeto_de_lei_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/473/projeto_de_lei_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/474/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/475/projeto_de_lei_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/477/projeto_de_lei_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/479/projeto_de_lei_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/483/projeto_de_lei_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/484/projeto_de_lei_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/485/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/486/projeto_de_lei_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/487/projeto_de_lei_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/488/projeto_de_lei_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/489/projeto_de_lei_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/490/projeto_de_lei_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/491/projeto_de_lei_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/492/projeto_de_lei_58.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/493/projeto_de_lei_59.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/495/projeto_de_lei_60.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/497/projeto_de_lei_61.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/498/projeto_de_lei_62.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/499/projeto_de_lei_63.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/501/projeto_de_lei_64.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/503/projeto_de_lei_65.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/506/projeto_de_lei_66.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/507/projeto_de_lei_67.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/508/projeto_de_lei_68.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/509/projeto_de_lei_69.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/510/projeto_de_lei_70.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/511/projeto_de_lei_71.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/512/projeto_de_lei_72.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/514/projeto_de_lei_73.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/517/projeto_de_lei_74.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/519/projeto_de_lei_75.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/527/projeto_de_lei_76.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/529/projeto_de_lei_77.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/530/projeto_de_lei_78.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/531/projeto_de_lei_79.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/532/projeto_de_lei_80.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/533/projeto_de_lei_81.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/534/projeto_de_lei_82.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/535/projeto_de_lei_83.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/536/projeto_de_lei_84.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/537/projeto_de_lei_85.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/538/projeto_de_lei_n_86_2020..docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/539/projeto_de_lei_n._o_87_2020.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/540/projeto_de_lei_88.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/541/projeto_de_lei_89.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2542/brn3c2af4e2196e_0000066256.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2562/02-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2570/03-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2573/04-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2574/05-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2578/06-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2580/07-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/2584/08-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7833/projeto_de_decreto_01-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3922/pr_1_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3926/pr_2_2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/3978/pr_3_2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7345/01-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7346/02-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7347/indicacao_3_2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7348/04-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7349/05-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7350/06-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7351/07-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7352/08-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7353/indicacao_9_2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7354/10-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7355/11-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7356/12-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7357/13-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7358/14-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7359/15-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7360/16-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7361/17-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7362/18-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7365/19-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7366/20-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7367/indicacao_21_2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7369/22-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7370/23-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7371/24-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7372/25-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7373/26-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7374/27-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7376/28-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7379/29-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7380/30-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7381/31-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7382/32-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7383/33-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7384/34-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7385/35-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7386/36-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7387/37-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7388/38-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7389/indicacao_39_2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7390/40-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7391/41-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7392/42-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7394/indicacao_43_2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7395/44-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7396/45-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7397/46-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7398/47-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7399/48-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7400/49-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7401/50-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7402/51-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7403/52-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7404/53-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7405/54-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7406/55-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7407/56-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7408/57-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7409/58-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7410/59-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7411/60-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7412/61-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7413/62-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7414/63-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7415/64-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7416/65-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7417/66-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7418/67-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7419/68-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7420/69-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7421/70-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7422/71-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7423/72-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7424/73-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7425/74-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7426/75-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7427/76-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7428/77-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7429/78-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7430/79-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7431/80-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7432/81-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7433/82-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7434/83-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7435/84-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7436/indicacao_85_2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7437/86-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7438/87-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7439/indicacao_88_2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7440/89-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7441/90-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7442/91-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7443/92-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2020/7444/indicacao_93_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>