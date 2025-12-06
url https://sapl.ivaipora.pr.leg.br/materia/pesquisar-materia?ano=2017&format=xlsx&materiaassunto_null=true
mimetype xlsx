--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -1798,59 +1798,68 @@
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2722/19-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Legislativo Municipal de Ivaiporã a celebrar convênio com a FACULDADE EFICAZ MARINGÁ LTDA ME, e dá outras providências.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2724/20-2017.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de “Governador José Richa” ao Hospital Regional do Vale do Ivaí, nesta cidade de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2725/21-2017.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o INSTITUTO DE SAÚDE LUCENA SANCHEZ, e dá outras providências.</t>
   </si>
   <si>
+    <t>8062</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8062/projeto_de_decreto_01-2017.pdf</t>
+  </si>
+  <si>
+    <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para receber em forma de permuta a quantidade de 2000 (dois mil) caminhões de Cascalho, pelos serviços de 20 (vinte) horas máquina do Município, e dá outras providências.</t>
+  </si>
+  <si>
     <t>8061</t>
   </si>
   <si>
-    <t>PDL</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8061/projeto_de_decreto_02-2017.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Igreja Santíssima Mãe de Deus e dá outras providências.</t>
   </si>
   <si>
     <t>8060</t>
   </si>
   <si>
     <t>Referenda autorização  ao Município de Ivaiporã, Estado do Paraná, para receber em forma de permuta a quantidade de 3000 (três mil) caminhões de Cascalho, pelos serviços de 54 (cinquenta e quatro) horas máquina do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>8059</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8059/projeto_de_decreto_04-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2014.</t>
   </si>
   <si>
     <t>8058</t>
   </si>
   <si>
     <t>Zé do Bar</t>
@@ -2018,59 +2027,50 @@
     <t>8021</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8021/projeto_de_decreto_25_-20217.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para realização de evento de confraternização para os funcionários públicos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>8008</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8008/projeto_de_decreto_26-2017.pdf</t>
   </si>
   <si>
     <t>Referenda a doação de móveis ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>7999</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/7999/projeto_de_decreto_27_-_2017.pdf</t>
   </si>
   <si>
     <t>Referenda a Cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Companhia de Santos Reis "Ireno Custódio Teixeira" e dá outras providências.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para receber em forma de permuta a quantidade de 2000 (dois mil) caminhões de Cascalho, pelos serviços de 20 (vinte) horas máquina do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3970/pr_1_2017.pdf</t>
   </si>
   <si>
     <t>Ficam os Senhores, Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes da Lei nº 2.114 acima enunciado a partir do dia 25 de janeiro de 2017 à 31 de dezembro de 2017.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3971/pr_2_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2017.</t>
   </si>
@@ -6904,51 +6904,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/10296/plc_2017_6.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1197/ple-01-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1198/ple-02-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1199/ple-03-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1200/ple-04-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1201/ple-05-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/ple-06-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1203/ple-07-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1204/ple-08-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1205/ple-09-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1206/ple-10-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1208/ple-11-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1209/ple-12-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1211/ple-13-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1212/ple-14-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1213/ple-15-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1215/ple-16-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1216/ple-17-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1217/ple-18-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1220/ple-19-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1221/ple-20-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1222/ple-21-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1223/ple-22-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1224/ple-23-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1225/ple-24-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1226/ple-25-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1227/ple-26-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1228/ple-27-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1229/ple-28-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1230/ple-29-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1231/ple-30-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1232/ple-31-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1233/ple-32-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1234/ple-33-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1235/ple-34-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1236/ple-35-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1002/ple-38-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1003/ple-39-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1004/ple-40-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1005/ple-41-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1006/ple-42-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1007/ple-43-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1008/ple-44-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1010/ple-45-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1011/ple-46-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1012/ple-47-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1013/ple-48-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1014/ple-49-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1015/ple-50-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1018/ple-51-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1020/ple-52-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1025/ple-53-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1028/ple-54-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1030/ple-55-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1032/ple-56-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1034/ple-57-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1036/ple-58-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1037/ple-59-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1038/ple-60-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1039/ple-61-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1040/ple-62-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1041/ple_63_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1042/ple-65-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1046/ple-66-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1047/ple-67-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1048/ple-68-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1050/ple-69-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1060/ple-70-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1061/ple-71-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1063/ple-72-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1064/ple-73-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1065/ple-74-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1066/ple-75-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1067/ple-76-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1069/ple-78-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1070/ple-79-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1071/ple-80-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1072/ple-81-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1076/ple-82-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1078/ple_83_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1079/ple-84-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1080/ple-85-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1081/ple-86-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1082/ple-87-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1083/ple-88-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1084/ple-89-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/ple-92-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1090/ple-93-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1091/ple-94-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1092/ple-95-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1093/ple-96-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1094/ple-97-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1095/ple-98-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1096/ple-99-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1099/ple-100-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1100/ple-101-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1101/ple-102-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1103/ple-103-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1104/ple-104-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1106/ple-105-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1107/ple-106-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1108/ple-107-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1110/ple-108-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1117/ple-109-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1118/ple-110-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1119/ple-111-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1120/ple-112-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1121/ple-113-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1124/ple-115-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1125/ple-117-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1130/ple-118-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1135/ple-119-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1137/ple-120-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1139/ple-121-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1140/ple-122-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1142/ple-123-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1143/ple-124-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1150/ple-125-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1151/ple_126_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1152/ple_127_2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1153/ple-129-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1154/ple-130-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1155/ple-131-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1157/ple-132-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1163/ple_133_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1164/ple-134-2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1169/ple_135_2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1170/ple-136-2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1171/ple-137-2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1173/ple-138-2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1175/ple-139-2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1177/ple-140-2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1178/ple-141-2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1184/ple-143-2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1185/ple-144-2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1186/ple-145-2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1188/ple-147-2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1189/ple-148-2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1190/ple-149-2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1191/ple-150-2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1192/ple-151-2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1193/ple-152-2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1194/ple-153-2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1196/ple_155_2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2648/01-2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2650/02-2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2651/03-2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2654/04-2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2657/05-2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2659/06-2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2663/07-2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2668/09-2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2670/11-2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2671/12-2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2672/13-2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2707/14-2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2713/16-2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2716/17-2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2719/18-2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2722/19-2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2724/20-2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2725/21-2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8061/projeto_de_decreto_02-2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8059/projeto_de_decreto_04-2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8058/projeto_de_decreto_05-2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8057/projeto_de_decreto_06-2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8056/projeto_de_decreto_08-2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8055/projeto_de_decreto_09-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8054/projeto_de_decreto_10-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8053/projeto_de_decreto_11-2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8052/projeto_de_decreto_13-2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8051/projeto_de_decreto_14-2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8050/projeto_de_decreto_15-2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8049/projeto_de_decreto_16-2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8048/projeto_de_decreto_17-2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8047/projeto_de_decreto_18-2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8037/projeto_de_decreto_19-2017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8036/projeto_de_decreto_20-2027.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8035/projeto_de_decreto_21-2017.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8030/projeto_de_decreto_22-2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8026/projeto_de_decreto_23-2017.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8022/projeto_de_decreto_24-2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8021/projeto_de_decreto_25_-20217.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8008/projeto_de_decreto_26-2017.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/7999/projeto_de_decreto_27_-_2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8062/projeto_de_decreto_01-2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3970/pr_1_2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3971/pr_2_2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3972/pr_3_2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6391/06062024101450arquivo_indicacao_2_2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6392/06062024101459arquivo_indicacao_3_2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6393/06062024101514arquivo_indicacao_4_2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6394/06062024101523arquivo_indicacao_5_2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6395/06062024101531arquivo_indicacao_6_2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6396/06062024101540arquivo_indicacao_7_2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6397/06062024101547arquivo_indicacao_8_2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6402/06062024102023arquivo_indicacao_9_2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6403/06062024102037arquivo_indicacao_10_2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6404/06062024102051arquivo_indicacao_11_2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6406/06062024102214arquivo_indicacao_12_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6407/06062024102221arquivo_indicacao_13_2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6408/06062024102228arquivo_indicacao_14_2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6409/06062024102235arquivo_indicacao_15_2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6410/06062024102657arquivo_indicacao_16_2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6411/06062024102712arquivo_indicacao_17_2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6412/06062024102720arquivo_indicacao_18_2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6413/06062024102738arquivo_indicacao_19_2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6414/06062024102745arquivo_indicacao_20_2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6415/06062024102800arquivo_indicacao_21_2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6416/06062024102808arquivo_indicacao_22_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6417/06062024102816arquivo_indicacao_23_2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6418/06062024102824arquivo_indicacao_24_2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6419/06062024102832arquivo_indicacao_25_2017.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6420/06062024102841arquivo_indicacao_26_2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6421/06062024102934arquivo_indicacao_27_2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6422/06062024102942arquivo_indicacao_28_2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6423/06062024102951arquivo_indicacao_29_2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6424/06062024103000arquivo_indicacao_30_2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6425/06062024103341arquivo_indicacao_31_2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6426/06062024103625arquivo_indicacao_32_2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6427/06062024103634arquivo_indicacao_33_2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6428/06062024103643arquivo_indicacao_34_2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6429/06062024103649arquivo_indicacao_35_2017.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6430/06062024103655arquivo_indicacao_36_2017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6431/06062024103702arquivo_indicacao_37_2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6432/06062024103710arquivo_indicacao_38_2017.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6433/06062024103718arquivo_indicacao_39_2017.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6434/06062024103725arquivo_indicacao_40_2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6435/06062024104506arquivo_indicacao_41_2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6436/06062024104525arquivo_indicacao_42_2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6437/06062024104533arquivo_indicacao_43_2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6439/06062024104542arquivo_indicacao_44_2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6440/06062024104549arquivo_indicacao_45_2017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6441/06062024104557arquivo_indicacao_46_2017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6442/06062024104605arquivo_indicacao_47_2017.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6443/06062024104613arquivo_indicacao_48_2017.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6444/06062024104620arquivo_indicacao_49_2017.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6445/06062024104629arquivo_indicacao_50_2017.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6446/06062024104652arquivo_indicacao_51_2017.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6447/06062024104702arquivo_indicacao_52_2017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6448/06062024104710arquivo_indicacao_53_2017.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6449/06062024104718arquivo_indicacao_54_2017.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6450/06062024104726arquivo_indicacao_55_2017.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6451/06062024104735arquivo_indicacao_56_2017.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6452/06062024104743arquivo_indicacao_57_2017.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6453/06062024104751arquivo_indicacao_58_2017.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6454/06062024110817arquivo_indicacao_59_2017.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6455/06062024110827arquivo_indicacao_60_2017.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6456/06062024110842arquivo_indicacao_61_2017.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6457/06062024110850arquivo_indicacao_62_2017.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6458/06062024110900arquivo_indicacao_63_2017.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6459/06062024110908arquivo_indicacao_64_2017.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6460/06062024110916arquivo_indicacao_65_2017.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6461/06062024110924arquivo_indicacao_66_2017.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6462/06062024110935arquivo_indicacao_67_2017.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6463/06062024110941arquivo_indicacao_68_2017.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6464/06062024110949arquivo_indicacao_69_2017.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6465/06062024110956arquivo_indicacao_70_2017.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6466/06062024112352arquivo_indicacao_71_2017.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6467/06062024112359arquivo_indicacao_72_2017.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6468/06062024112408arquivo_indicacao_73_2017.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6469/06062024112415arquivo_indicacao_74_2017.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6470/06062024112423arquivo_indicacao_75_2017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6471/06062024112431arquivo_indicacao_76_2017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6472/06062024112440arquivo_indicacao_77_2017.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6473/06062024112448arquivo_indicacao_78_2017.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6474/06062024112455arquivo_indicacao_79_2017.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6475/06062024112504arquivo_indicacao_80_2017.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6476/06062024112519arquivo_indicacao_81_2017.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6477/06062024112527arquivo_indicacao_82_2017.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6478/06062024112534arquivo_indicacao_83_2017.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6479/06062024112541arquivo_indicacao_84_2017.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6480/06062024112547arquivo_indicacao_85_2017.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6481/06062024112554arquivo_indicacao_86_2017.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6482/06062024112600arquivo_indicacao_87_2017.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6483/06062024112608arquivo_indicacao_88_2017.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6484/06062024112616arquivo_indicacao_89_2017.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6485/06062024112623arquivo_indicacao_90_2017.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6486/06062024112656arquivo_indicacao_91_2017.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6487/11062024150043arquivo_indicacao_92_2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6488/11062024150104arquivo_indicacao_93_2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6489/11062024150126arquivo_indicacao_94_2017.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6490/11062024150134arquivo_indicacao_95_2017.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6491/11062024150140arquivo_indicacao_96_2017.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6497/11062024150147arquivo_indicacao_97_2017.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6499/11062024150153arquivo_indicacao_98_2017.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6500/11062024150200arquivo_indicacao_99_2017.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6501/11062024150206arquivo_indicacao_100_2017.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6503/11062024153152arquivo_indicacao_101_2017.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6505/11062024153706arquivo_indicacao_102_2017.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6507/11062024153713arquivo_indicacao_103_2017.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6508/11062024153721arquivo_indicacao_104_2017.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6510/11062024153727arquivo_indicacao_105_2017.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6511/11062024153734arquivo_indicacao_106_2017.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6512/11062024153740arquivo_indicacao_107_2017.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6513/11062024153745arquivo_indicacao_108_2017.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6514/11062024153753arquivo_indicacao_109_2017.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6515/11062024153759arquivo_indicacao_110_2017.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6516/11062024153911arquivo_indicacao_111_2017.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6517/11062024153920arquivo_indicacao_112_2017.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6518/11062024153931arquivo_indicacao_113_2017.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6519/11062024153937arquivo_indicacao_114_2017.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6520/11062024153944arquivo_indicacao_115_2017.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6521/11062024153951arquivo_indicacao_116_2017.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6522/11062024153959arquivo_indicacao_117_2017.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6523/11062024154005arquivo_indicacao_118_2017.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6524/11062024154012arquivo_indicacao_119_2017.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6526/11062024154020arquivo_indicacao_120_2017.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6528/11062024154050arquivo_indicacao_121_2017.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6530/11062024154057arquivo_indicacao_122_2017.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6531/11062024154105arquivo_indicacao_123_2017.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6532/11062024154111arquivo_indicacao_124_2017.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6533/11062024154117arquivo_indicacao_125_2017.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6534/11062024154122arquivo_indicacao_126_2017.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6536/11062024154129arquivo_indicacao_127_2017.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6537/11062024154135arquivo_indicacao_128_2017.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6538/11062024154142arquivo_indicacao_129_2017.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6539/11062024154149arquivo_indicacao_130_2017.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6540/11062024154203arquivo_indicacao_131_2017.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6541/11062024154212arquivo_indicacao_132_2017.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6542/11062024154217arquivo_indicacao_133_2017.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6543/11062024154223arquivo_indicacao_134_2017.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6544/11062024154235arquivo_indicacao_135_2017.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6545/11062024154241arquivo_indicacao_136_2017.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6546/11062024154247arquivo_indicacao_137_2017.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6547/11062024154253arquivo_indicacao_138_2017.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6548/11062024154259arquivo_indicacao_139_2017.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6549/11062024154306arquivo_indicacao_140_2017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6550/11062024154350arquivo_indicacao_141_2017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6551/11062024154424arquivo_indicacao_142_2017.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6552/11062024154430arquivo_indicacao_143_2017.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6553/11062024154437arquivo_indicacao_144_2017.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6554/11062024154444arquivo_indicacao_145_2017.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6555/11062024154452arquivo_indicacao_146_2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6556/11062024154459arquivo_indicacao_147_2017.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6557/11062024154506arquivo_indicacao_148_2017.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6558/11062024154512arquivo_indicacao_149_2017.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6559/11062024154518arquivo_indicacao_150_2017.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6560/11062024154528arquivo_indicacao_151_2017.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6561/11062024154534arquivo_indicacao_152_2017.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6562/11062024154541arquivo_indicacao_153_2017.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6563/11062024154548arquivo_indicacao_154_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6564/11062024154556arquivo_indicacao_155_2017.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6565/11062024154603arquivo_indicacao_156_2017.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6566/11062024154611arquivo_indicacao_157_2017.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6567/11062024154618arquivo_indicacao_158_2017.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6648/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6650/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6651/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6652/indicacao_no_162.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6653/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6654/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6655/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6656/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6657/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6658/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6659/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6660/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6661/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6662/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6663/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6664/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6665/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6666/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6667/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6668/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6669/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6670/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6671/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6672/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6673/indicacao_no_183.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6674/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6675/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6677/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6678/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6680/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6681/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6682/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6683/indicacao_no_191.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6684/indicacao_no_192.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6685/indicacao_no_193.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6686/indicacao_no_194.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6687/indicacao_no_195.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6688/indicacao_no_196.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6690/indicacao_no_197.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6692/indicacao_no_198.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6693/indicacao_no_199.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6694/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6695/indicacao_no_201.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6568/11062024154628arquivo_indicacao_202_2017.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6569/11062024154637arquivo_indicacao_203_2017.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6570/11062024154649arquivo_indicacao_204_2017.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6574/11062024154656arquivo_indicacao_205_2017.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6576/11062024154703arquivo_indicacao_206_2017.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6577/11062024154709arquivo_indicacao_207_2017.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6578/11062024154715arquivo_indicacao_208_2017.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6579/11062024154720arquivo_indicacao_209_2017.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6580/11062024154727arquivo_indicacao_210_2017.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6581/11062024154733arquivo_indicacao_211_2017.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6582/11062024154739arquivo_indicacao_212_2017.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6583/11062024154745arquivo_indicacao_213_2017.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6584/11062024154759arquivo_indicacao_214_2017.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6585/11062024154806arquivo_indicacao_215_2017.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6600/indicacao_no_216.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6586/11062024154813arquivo_indicacao_217_2017.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6601/indicacao_no_218.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6587/11062024154818arquivo_indicacao_219_2017.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6602/indicacao_no_220.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6588/11062024154826arquivo_indicacao_221_2017.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6589/11062024154832arquivo_indicacao_222_2017.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6590/11062024154839arquivo_indicacao_223_2017.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6591/11062024154846arquivo_indicacao_224_2017.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6592/11062024154851arquivo_indicacao_225_2017.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6593/11062024154857arquivo_indicacao_226_2017.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6696/indicacao_no_227.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6697/indicacao_no_228.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6698/indicacao_no_229.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6699/indicacao_no_230.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6700/indicacao_no_231.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6701/indicacao_no_232.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6702/indicacao_no_233.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6703/indicacao_no_234.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6704/indicacao_no_235.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6705/indicacao_no_236.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6706/indicacao_no_237.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6707/indicacao_no_238.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6708/indicacao_no_239.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6709/indicacao_no_240.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6710/indicacao_no_241.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6711/indicacao_no_242.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6712/indicacao_no_243.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6713/indicacao_no_244.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6714/indicacao_no_245.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6715/indicacao_no_246.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6716/indicacao_no_247.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6718/indicacao_no_248.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6719/indicacao_no_249.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6720/indicacao_no_250.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6722/indicacao_no_251.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6723/indicacao_no_252.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6724/indicacao_no_253.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6725/indicacao_no_254.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6726/indicacao_no_255.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6727/indicacao_no_256.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6728/indicacao_no_257.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6729/indicacao_no_258.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6730/indicacao_no_259.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6731/indicacao_no_260.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6732/indicacao_no_261.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6733/indicacao_no_262.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6734/indicacao_no_263.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6735/indicacao_no_264.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6736/indicacao_no_265.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6737/indicacao_no_266.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6738/indicacao_no_267.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6739/indicacao_no_268.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6742/indicacao_no_269.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6743/indicacao_no_270.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6744/indicacao_no_271.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6745/indicacao_no_272.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6746/indicacao_no_273.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6747/indicacao_no_274.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6748/indicacao_no_275.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6749/indicacao_no_276.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6750/indicacao_no_277.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6751/indicacao_no_278.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6753/indicacao_no_279.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6754/indicacao_no_280.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6755/indicacao_no_281.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6756/indicacao_no_282.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6757/indicacao_no_283.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6759/indicacao_no_284.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6761/indicacao_no_285.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6762/indicacao_no_286.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6763/indicacao_no_287.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6764/indicacao_no_288.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6769/indicacao_no_289.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6770/indicacao_no_290.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6771/indicacao_no_291.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6772/indicacao_no_292.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6773/indicacao_no_293.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6774/indicacao_no_294.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6775/indicacao_no_295.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6777/indicacao_no_296.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6778/indicacao_no_297.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6779/indicacao_no_298.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6781/indicacao_no_299.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6782/indicacao_no_300.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6784/indicacao_no_301.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6785/indicacao_no_302.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6786/indicacao_no_303.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6787/indicacao_no_304.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6788/indicacao_no_305.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6789/indicacao_no_306.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6790/indicacao_no_307.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6791/indicacao_no_308.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6792/indicacao_309_2017.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6793/indicacao_310_2017.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6794/indicacao_no_311.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6796/indicacao_no_312.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6797/indicacao_no_313.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6798/indicacao_no_314.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6799/indicacao_no_315.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6800/indicacao_no_316.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6801/indicacao_no_317.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6802/indicacao_no_318.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6805/indicacao_no_319.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6806/indicacao_no_320.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6807/indicacao_no_321.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6808/indicacao_no_322.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6809/indicacao_no_323.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6810/indicacao_no_324.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6811/indicacao_no_325.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6812/indicacao_no_326.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6813/indicacao_no_327.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6814/indicacao_no_328.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6815/indicacao_no_329.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6816/indicacao_no_330.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6817/indicacao_no_331.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6818/indicacao_no_332.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6819/indicacao_no_333.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6820/indicacao_no_334.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6821/indicacao_no_335.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6822/indicacao_no_336.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6823/indicacao_no_337.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6824/indicacao_no_338.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6825/indicacao_no_339.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6826/indicacao_no_340.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6827/indicacao_no_341.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6828/indicacao_no_342.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6829/indicacao_no_343.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6830/indicacao_no_344.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6831/indicacao_no_345.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6832/indicacao_no_346.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6833/indicacao_no_347.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6834/indicacao_no_348.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6835/indicacao_no_349.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6836/indicacao_no_350.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6837/indicacao_no_351.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6838/indicacao_no_352.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6839/indicacao_no_353.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6840/indicacao_no_354.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6841/indicacao_no_355.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6842/indicacao_no_356.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6843/indicacao_no_357.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6844/indicacao_no_358.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6845/indicacao_no_359.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6846/indicacao_no_360.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6847/indicacao_no_361.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6848/indicacao_no_362.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6849/indicacao_no_363.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6850/indicacao_no_364.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6851/indicacao_no_365.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6852/indicacao_no_366.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6853/indicacao_no_367.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6854/indicacao_no_368.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6855/indicacao_no_369.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6856/indicacao_no_370.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6857/indicacao_no_371.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6858/indicacao_no_372.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6859/indicacao_no_373.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6860/indicacao_no_374.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6861/indicacao_no_375.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6862/indicacao_no_376.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6863/indicacao_no_377.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6864/indicacao_no_378.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6865/indicacao_no_379.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6866/indicacao_no_380.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6868/indicacao_no_381.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6869/indicacao_no_382.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6870/indicacao_no_383.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6872/indicacao_no_384.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6873/indicacao_no_385.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6874/indicacao_no_386.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6875/indicacao_no_387.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6876/indicacao_no_388.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6877/indicacao_no_389.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6878/indicacao_no_390.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6879/indicacao_no_391.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6880/indicacao_no_392.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6881/indicacao_no_393.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6882/indicacao_no_394.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6883/indicacao_no_395.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6884/indicacao_no_396.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6885/indicacao_no_397.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6886/indicacao_no_398.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6887/indicacao_no_399.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6888/indicacao_no_400.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6889/indicacao_no_401.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6890/indicacao_no_402.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6891/indicacao_no_403.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6892/indicacao_no_404.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6893/indicacao_no_405.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6894/indicacao_no_406.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6895/indicacao_no_407.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6896/indicacao_no_408.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/10296/plc_2017_6.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1197/ple-01-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1198/ple-02-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1199/ple-03-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1200/ple-04-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1201/ple-05-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/ple-06-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1203/ple-07-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1204/ple-08-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1205/ple-09-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1206/ple-10-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1208/ple-11-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1209/ple-12-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1211/ple-13-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1212/ple-14-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1213/ple-15-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1215/ple-16-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1216/ple-17-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1217/ple-18-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1220/ple-19-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1221/ple-20-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1222/ple-21-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1223/ple-22-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1224/ple-23-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1225/ple-24-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1226/ple-25-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1227/ple-26-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1228/ple-27-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1229/ple-28-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1230/ple-29-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1231/ple-30-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1232/ple-31-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1233/ple-32-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1234/ple-33-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1235/ple-34-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1236/ple-35-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1002/ple-38-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1003/ple-39-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1004/ple-40-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1005/ple-41-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1006/ple-42-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1007/ple-43-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1008/ple-44-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1010/ple-45-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1011/ple-46-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1012/ple-47-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1013/ple-48-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1014/ple-49-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1015/ple-50-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1018/ple-51-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1020/ple-52-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1025/ple-53-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1028/ple-54-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1030/ple-55-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1032/ple-56-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1034/ple-57-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1036/ple-58-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1037/ple-59-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1038/ple-60-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1039/ple-61-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1040/ple-62-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1041/ple_63_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1042/ple-65-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1046/ple-66-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1047/ple-67-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1048/ple-68-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1050/ple-69-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1060/ple-70-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1061/ple-71-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1063/ple-72-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1064/ple-73-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1065/ple-74-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1066/ple-75-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1067/ple-76-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1069/ple-78-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1070/ple-79-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1071/ple-80-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1072/ple-81-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1076/ple-82-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1078/ple_83_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1079/ple-84-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1080/ple-85-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1081/ple-86-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1082/ple-87-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1083/ple-88-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1084/ple-89-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/ple-92-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1090/ple-93-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1091/ple-94-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1092/ple-95-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1093/ple-96-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1094/ple-97-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1095/ple-98-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1096/ple-99-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1099/ple-100-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1100/ple-101-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1101/ple-102-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1103/ple-103-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1104/ple-104-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1106/ple-105-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1107/ple-106-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1108/ple-107-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1110/ple-108-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1117/ple-109-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1118/ple-110-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1119/ple-111-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1120/ple-112-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1121/ple-113-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1124/ple-115-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1125/ple-117-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1130/ple-118-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1135/ple-119-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1137/ple-120-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1139/ple-121-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1140/ple-122-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1142/ple-123-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1143/ple-124-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1150/ple-125-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1151/ple_126_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1152/ple_127_2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1153/ple-129-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1154/ple-130-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1155/ple-131-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1157/ple-132-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1163/ple_133_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1164/ple-134-2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1169/ple_135_2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1170/ple-136-2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1171/ple-137-2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1173/ple-138-2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1175/ple-139-2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1177/ple-140-2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1178/ple-141-2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1184/ple-143-2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1185/ple-144-2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1186/ple-145-2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1188/ple-147-2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1189/ple-148-2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1190/ple-149-2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1191/ple-150-2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1192/ple-151-2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1193/ple-152-2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1194/ple-153-2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1196/ple_155_2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2648/01-2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2650/02-2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2651/03-2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2654/04-2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2657/05-2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2659/06-2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2663/07-2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2668/09-2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2670/11-2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2671/12-2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2672/13-2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2707/14-2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2713/16-2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2716/17-2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2719/18-2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2722/19-2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2724/20-2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2725/21-2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8062/projeto_de_decreto_01-2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8061/projeto_de_decreto_02-2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8059/projeto_de_decreto_04-2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8058/projeto_de_decreto_05-2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8057/projeto_de_decreto_06-2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8056/projeto_de_decreto_08-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8055/projeto_de_decreto_09-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8054/projeto_de_decreto_10-2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8053/projeto_de_decreto_11-2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8052/projeto_de_decreto_13-2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8051/projeto_de_decreto_14-2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8050/projeto_de_decreto_15-2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8049/projeto_de_decreto_16-2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8048/projeto_de_decreto_17-2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8047/projeto_de_decreto_18-2017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8037/projeto_de_decreto_19-2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8036/projeto_de_decreto_20-2027.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8035/projeto_de_decreto_21-2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8030/projeto_de_decreto_22-2017.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8026/projeto_de_decreto_23-2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8022/projeto_de_decreto_24-2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8021/projeto_de_decreto_25_-20217.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8008/projeto_de_decreto_26-2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/7999/projeto_de_decreto_27_-_2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3970/pr_1_2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3971/pr_2_2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3972/pr_3_2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6391/06062024101450arquivo_indicacao_2_2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6392/06062024101459arquivo_indicacao_3_2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6393/06062024101514arquivo_indicacao_4_2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6394/06062024101523arquivo_indicacao_5_2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6395/06062024101531arquivo_indicacao_6_2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6396/06062024101540arquivo_indicacao_7_2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6397/06062024101547arquivo_indicacao_8_2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6402/06062024102023arquivo_indicacao_9_2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6403/06062024102037arquivo_indicacao_10_2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6404/06062024102051arquivo_indicacao_11_2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6406/06062024102214arquivo_indicacao_12_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6407/06062024102221arquivo_indicacao_13_2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6408/06062024102228arquivo_indicacao_14_2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6409/06062024102235arquivo_indicacao_15_2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6410/06062024102657arquivo_indicacao_16_2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6411/06062024102712arquivo_indicacao_17_2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6412/06062024102720arquivo_indicacao_18_2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6413/06062024102738arquivo_indicacao_19_2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6414/06062024102745arquivo_indicacao_20_2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6415/06062024102800arquivo_indicacao_21_2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6416/06062024102808arquivo_indicacao_22_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6417/06062024102816arquivo_indicacao_23_2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6418/06062024102824arquivo_indicacao_24_2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6419/06062024102832arquivo_indicacao_25_2017.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6420/06062024102841arquivo_indicacao_26_2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6421/06062024102934arquivo_indicacao_27_2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6422/06062024102942arquivo_indicacao_28_2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6423/06062024102951arquivo_indicacao_29_2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6424/06062024103000arquivo_indicacao_30_2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6425/06062024103341arquivo_indicacao_31_2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6426/06062024103625arquivo_indicacao_32_2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6427/06062024103634arquivo_indicacao_33_2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6428/06062024103643arquivo_indicacao_34_2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6429/06062024103649arquivo_indicacao_35_2017.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6430/06062024103655arquivo_indicacao_36_2017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6431/06062024103702arquivo_indicacao_37_2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6432/06062024103710arquivo_indicacao_38_2017.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6433/06062024103718arquivo_indicacao_39_2017.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6434/06062024103725arquivo_indicacao_40_2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6435/06062024104506arquivo_indicacao_41_2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6436/06062024104525arquivo_indicacao_42_2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6437/06062024104533arquivo_indicacao_43_2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6439/06062024104542arquivo_indicacao_44_2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6440/06062024104549arquivo_indicacao_45_2017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6441/06062024104557arquivo_indicacao_46_2017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6442/06062024104605arquivo_indicacao_47_2017.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6443/06062024104613arquivo_indicacao_48_2017.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6444/06062024104620arquivo_indicacao_49_2017.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6445/06062024104629arquivo_indicacao_50_2017.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6446/06062024104652arquivo_indicacao_51_2017.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6447/06062024104702arquivo_indicacao_52_2017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6448/06062024104710arquivo_indicacao_53_2017.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6449/06062024104718arquivo_indicacao_54_2017.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6450/06062024104726arquivo_indicacao_55_2017.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6451/06062024104735arquivo_indicacao_56_2017.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6452/06062024104743arquivo_indicacao_57_2017.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6453/06062024104751arquivo_indicacao_58_2017.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6454/06062024110817arquivo_indicacao_59_2017.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6455/06062024110827arquivo_indicacao_60_2017.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6456/06062024110842arquivo_indicacao_61_2017.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6457/06062024110850arquivo_indicacao_62_2017.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6458/06062024110900arquivo_indicacao_63_2017.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6459/06062024110908arquivo_indicacao_64_2017.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6460/06062024110916arquivo_indicacao_65_2017.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6461/06062024110924arquivo_indicacao_66_2017.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6462/06062024110935arquivo_indicacao_67_2017.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6463/06062024110941arquivo_indicacao_68_2017.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6464/06062024110949arquivo_indicacao_69_2017.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6465/06062024110956arquivo_indicacao_70_2017.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6466/06062024112352arquivo_indicacao_71_2017.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6467/06062024112359arquivo_indicacao_72_2017.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6468/06062024112408arquivo_indicacao_73_2017.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6469/06062024112415arquivo_indicacao_74_2017.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6470/06062024112423arquivo_indicacao_75_2017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6471/06062024112431arquivo_indicacao_76_2017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6472/06062024112440arquivo_indicacao_77_2017.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6473/06062024112448arquivo_indicacao_78_2017.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6474/06062024112455arquivo_indicacao_79_2017.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6475/06062024112504arquivo_indicacao_80_2017.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6476/06062024112519arquivo_indicacao_81_2017.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6477/06062024112527arquivo_indicacao_82_2017.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6478/06062024112534arquivo_indicacao_83_2017.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6479/06062024112541arquivo_indicacao_84_2017.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6480/06062024112547arquivo_indicacao_85_2017.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6481/06062024112554arquivo_indicacao_86_2017.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6482/06062024112600arquivo_indicacao_87_2017.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6483/06062024112608arquivo_indicacao_88_2017.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6484/06062024112616arquivo_indicacao_89_2017.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6485/06062024112623arquivo_indicacao_90_2017.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6486/06062024112656arquivo_indicacao_91_2017.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6487/11062024150043arquivo_indicacao_92_2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6488/11062024150104arquivo_indicacao_93_2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6489/11062024150126arquivo_indicacao_94_2017.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6490/11062024150134arquivo_indicacao_95_2017.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6491/11062024150140arquivo_indicacao_96_2017.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6497/11062024150147arquivo_indicacao_97_2017.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6499/11062024150153arquivo_indicacao_98_2017.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6500/11062024150200arquivo_indicacao_99_2017.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6501/11062024150206arquivo_indicacao_100_2017.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6503/11062024153152arquivo_indicacao_101_2017.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6505/11062024153706arquivo_indicacao_102_2017.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6507/11062024153713arquivo_indicacao_103_2017.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6508/11062024153721arquivo_indicacao_104_2017.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6510/11062024153727arquivo_indicacao_105_2017.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6511/11062024153734arquivo_indicacao_106_2017.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6512/11062024153740arquivo_indicacao_107_2017.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6513/11062024153745arquivo_indicacao_108_2017.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6514/11062024153753arquivo_indicacao_109_2017.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6515/11062024153759arquivo_indicacao_110_2017.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6516/11062024153911arquivo_indicacao_111_2017.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6517/11062024153920arquivo_indicacao_112_2017.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6518/11062024153931arquivo_indicacao_113_2017.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6519/11062024153937arquivo_indicacao_114_2017.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6520/11062024153944arquivo_indicacao_115_2017.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6521/11062024153951arquivo_indicacao_116_2017.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6522/11062024153959arquivo_indicacao_117_2017.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6523/11062024154005arquivo_indicacao_118_2017.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6524/11062024154012arquivo_indicacao_119_2017.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6526/11062024154020arquivo_indicacao_120_2017.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6528/11062024154050arquivo_indicacao_121_2017.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6530/11062024154057arquivo_indicacao_122_2017.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6531/11062024154105arquivo_indicacao_123_2017.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6532/11062024154111arquivo_indicacao_124_2017.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6533/11062024154117arquivo_indicacao_125_2017.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6534/11062024154122arquivo_indicacao_126_2017.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6536/11062024154129arquivo_indicacao_127_2017.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6537/11062024154135arquivo_indicacao_128_2017.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6538/11062024154142arquivo_indicacao_129_2017.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6539/11062024154149arquivo_indicacao_130_2017.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6540/11062024154203arquivo_indicacao_131_2017.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6541/11062024154212arquivo_indicacao_132_2017.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6542/11062024154217arquivo_indicacao_133_2017.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6543/11062024154223arquivo_indicacao_134_2017.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6544/11062024154235arquivo_indicacao_135_2017.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6545/11062024154241arquivo_indicacao_136_2017.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6546/11062024154247arquivo_indicacao_137_2017.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6547/11062024154253arquivo_indicacao_138_2017.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6548/11062024154259arquivo_indicacao_139_2017.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6549/11062024154306arquivo_indicacao_140_2017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6550/11062024154350arquivo_indicacao_141_2017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6551/11062024154424arquivo_indicacao_142_2017.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6552/11062024154430arquivo_indicacao_143_2017.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6553/11062024154437arquivo_indicacao_144_2017.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6554/11062024154444arquivo_indicacao_145_2017.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6555/11062024154452arquivo_indicacao_146_2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6556/11062024154459arquivo_indicacao_147_2017.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6557/11062024154506arquivo_indicacao_148_2017.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6558/11062024154512arquivo_indicacao_149_2017.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6559/11062024154518arquivo_indicacao_150_2017.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6560/11062024154528arquivo_indicacao_151_2017.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6561/11062024154534arquivo_indicacao_152_2017.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6562/11062024154541arquivo_indicacao_153_2017.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6563/11062024154548arquivo_indicacao_154_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6564/11062024154556arquivo_indicacao_155_2017.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6565/11062024154603arquivo_indicacao_156_2017.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6566/11062024154611arquivo_indicacao_157_2017.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6567/11062024154618arquivo_indicacao_158_2017.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6648/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6650/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6651/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6652/indicacao_no_162.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6653/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6654/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6655/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6656/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6657/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6658/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6659/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6660/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6661/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6662/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6663/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6664/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6665/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6666/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6667/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6668/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6669/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6670/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6671/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6672/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6673/indicacao_no_183.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6674/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6675/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6677/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6678/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6680/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6681/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6682/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6683/indicacao_no_191.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6684/indicacao_no_192.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6685/indicacao_no_193.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6686/indicacao_no_194.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6687/indicacao_no_195.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6688/indicacao_no_196.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6690/indicacao_no_197.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6692/indicacao_no_198.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6693/indicacao_no_199.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6694/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6695/indicacao_no_201.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6568/11062024154628arquivo_indicacao_202_2017.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6569/11062024154637arquivo_indicacao_203_2017.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6570/11062024154649arquivo_indicacao_204_2017.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6574/11062024154656arquivo_indicacao_205_2017.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6576/11062024154703arquivo_indicacao_206_2017.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6577/11062024154709arquivo_indicacao_207_2017.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6578/11062024154715arquivo_indicacao_208_2017.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6579/11062024154720arquivo_indicacao_209_2017.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6580/11062024154727arquivo_indicacao_210_2017.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6581/11062024154733arquivo_indicacao_211_2017.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6582/11062024154739arquivo_indicacao_212_2017.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6583/11062024154745arquivo_indicacao_213_2017.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6584/11062024154759arquivo_indicacao_214_2017.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6585/11062024154806arquivo_indicacao_215_2017.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6600/indicacao_no_216.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6586/11062024154813arquivo_indicacao_217_2017.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6601/indicacao_no_218.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6587/11062024154818arquivo_indicacao_219_2017.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6602/indicacao_no_220.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6588/11062024154826arquivo_indicacao_221_2017.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6589/11062024154832arquivo_indicacao_222_2017.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6590/11062024154839arquivo_indicacao_223_2017.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6591/11062024154846arquivo_indicacao_224_2017.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6592/11062024154851arquivo_indicacao_225_2017.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6593/11062024154857arquivo_indicacao_226_2017.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6696/indicacao_no_227.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6697/indicacao_no_228.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6698/indicacao_no_229.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6699/indicacao_no_230.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6700/indicacao_no_231.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6701/indicacao_no_232.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6702/indicacao_no_233.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6703/indicacao_no_234.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6704/indicacao_no_235.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6705/indicacao_no_236.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6706/indicacao_no_237.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6707/indicacao_no_238.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6708/indicacao_no_239.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6709/indicacao_no_240.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6710/indicacao_no_241.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6711/indicacao_no_242.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6712/indicacao_no_243.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6713/indicacao_no_244.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6714/indicacao_no_245.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6715/indicacao_no_246.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6716/indicacao_no_247.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6718/indicacao_no_248.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6719/indicacao_no_249.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6720/indicacao_no_250.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6722/indicacao_no_251.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6723/indicacao_no_252.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6724/indicacao_no_253.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6725/indicacao_no_254.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6726/indicacao_no_255.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6727/indicacao_no_256.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6728/indicacao_no_257.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6729/indicacao_no_258.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6730/indicacao_no_259.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6731/indicacao_no_260.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6732/indicacao_no_261.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6733/indicacao_no_262.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6734/indicacao_no_263.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6735/indicacao_no_264.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6736/indicacao_no_265.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6737/indicacao_no_266.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6738/indicacao_no_267.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6739/indicacao_no_268.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6742/indicacao_no_269.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6743/indicacao_no_270.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6744/indicacao_no_271.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6745/indicacao_no_272.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6746/indicacao_no_273.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6747/indicacao_no_274.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6748/indicacao_no_275.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6749/indicacao_no_276.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6750/indicacao_no_277.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6751/indicacao_no_278.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6753/indicacao_no_279.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6754/indicacao_no_280.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6755/indicacao_no_281.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6756/indicacao_no_282.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6757/indicacao_no_283.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6759/indicacao_no_284.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6761/indicacao_no_285.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6762/indicacao_no_286.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6763/indicacao_no_287.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6764/indicacao_no_288.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6769/indicacao_no_289.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6770/indicacao_no_290.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6771/indicacao_no_291.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6772/indicacao_no_292.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6773/indicacao_no_293.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6774/indicacao_no_294.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6775/indicacao_no_295.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6777/indicacao_no_296.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6778/indicacao_no_297.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6779/indicacao_no_298.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6781/indicacao_no_299.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6782/indicacao_no_300.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6784/indicacao_no_301.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6785/indicacao_no_302.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6786/indicacao_no_303.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6787/indicacao_no_304.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6788/indicacao_no_305.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6789/indicacao_no_306.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6790/indicacao_no_307.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6791/indicacao_no_308.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6792/indicacao_309_2017.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6793/indicacao_310_2017.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6794/indicacao_no_311.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6796/indicacao_no_312.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6797/indicacao_no_313.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6798/indicacao_no_314.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6799/indicacao_no_315.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6800/indicacao_no_316.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6801/indicacao_no_317.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6802/indicacao_no_318.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6805/indicacao_no_319.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6806/indicacao_no_320.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6807/indicacao_no_321.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6808/indicacao_no_322.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6809/indicacao_no_323.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6810/indicacao_no_324.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6811/indicacao_no_325.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6812/indicacao_no_326.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6813/indicacao_no_327.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6814/indicacao_no_328.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6815/indicacao_no_329.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6816/indicacao_no_330.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6817/indicacao_no_331.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6818/indicacao_no_332.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6819/indicacao_no_333.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6820/indicacao_no_334.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6821/indicacao_no_335.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6822/indicacao_no_336.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6823/indicacao_no_337.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6824/indicacao_no_338.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6825/indicacao_no_339.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6826/indicacao_no_340.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6827/indicacao_no_341.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6828/indicacao_no_342.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6829/indicacao_no_343.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6830/indicacao_no_344.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6831/indicacao_no_345.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6832/indicacao_no_346.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6833/indicacao_no_347.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6834/indicacao_no_348.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6835/indicacao_no_349.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6836/indicacao_no_350.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6837/indicacao_no_351.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6838/indicacao_no_352.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6839/indicacao_no_353.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6840/indicacao_no_354.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6841/indicacao_no_355.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6842/indicacao_no_356.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6843/indicacao_no_357.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6844/indicacao_no_358.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6845/indicacao_no_359.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6846/indicacao_no_360.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6847/indicacao_no_361.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6848/indicacao_no_362.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6849/indicacao_no_363.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6850/indicacao_no_364.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6851/indicacao_no_365.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6852/indicacao_no_366.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6853/indicacao_no_367.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6854/indicacao_no_368.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6855/indicacao_no_369.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6856/indicacao_no_370.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6857/indicacao_no_371.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6858/indicacao_no_372.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6859/indicacao_no_373.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6860/indicacao_no_374.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6861/indicacao_no_375.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6862/indicacao_no_376.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6863/indicacao_no_377.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6864/indicacao_no_378.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6865/indicacao_no_379.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6866/indicacao_no_380.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6868/indicacao_no_381.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6869/indicacao_no_382.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6870/indicacao_no_383.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6872/indicacao_no_384.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6873/indicacao_no_385.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6874/indicacao_no_386.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6875/indicacao_no_387.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6876/indicacao_no_388.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6877/indicacao_no_389.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6878/indicacao_no_390.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6879/indicacao_no_391.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6880/indicacao_no_392.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6881/indicacao_no_393.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6882/indicacao_no_394.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6883/indicacao_no_395.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6884/indicacao_no_396.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6885/indicacao_no_397.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6886/indicacao_no_398.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6887/indicacao_no_399.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6888/indicacao_no_400.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6889/indicacao_no_401.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6890/indicacao_no_402.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6891/indicacao_no_403.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6892/indicacao_no_404.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6893/indicacao_no_405.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6894/indicacao_no_406.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6895/indicacao_no_407.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6896/indicacao_no_408.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H608"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="116.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -11399,675 +11399,675 @@
       </c>
       <c r="D172" t="s">
         <v>528</v>
       </c>
       <c r="E172" t="s">
         <v>529</v>
       </c>
       <c r="F172" t="s">
         <v>534</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>593</v>
       </c>
       <c r="H172" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>595</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D173" t="s">
         <v>596</v>
       </c>
       <c r="E173" t="s">
         <v>597</v>
       </c>
       <c r="F173" t="s">
         <v>534</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>598</v>
       </c>
       <c r="H173" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>600</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D174" t="s">
         <v>596</v>
       </c>
       <c r="E174" t="s">
         <v>597</v>
       </c>
       <c r="F174" t="s">
-        <v>564</v>
+        <v>534</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>128</v>
+        <v>601</v>
       </c>
       <c r="H174" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D175" t="s">
         <v>596</v>
       </c>
       <c r="E175" t="s">
         <v>597</v>
       </c>
       <c r="F175" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>603</v>
+        <v>128</v>
       </c>
       <c r="H175" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>605</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D176" t="s">
         <v>596</v>
       </c>
       <c r="E176" t="s">
         <v>597</v>
       </c>
       <c r="F176" t="s">
+        <v>554</v>
+      </c>
+      <c r="G176" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="G176" s="1" t="s">
+      <c r="H176" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D177" t="s">
         <v>596</v>
       </c>
       <c r="E177" t="s">
         <v>597</v>
       </c>
       <c r="F177" t="s">
-        <v>534</v>
+        <v>609</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>610</v>
       </c>
       <c r="H177" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>612</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D178" t="s">
         <v>596</v>
       </c>
       <c r="E178" t="s">
         <v>597</v>
       </c>
       <c r="F178" t="s">
-        <v>550</v>
+        <v>534</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>613</v>
       </c>
       <c r="H178" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>615</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D179" t="s">
         <v>596</v>
       </c>
       <c r="E179" t="s">
         <v>597</v>
       </c>
       <c r="F179" t="s">
-        <v>530</v>
+        <v>550</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>616</v>
       </c>
       <c r="H179" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>618</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D180" t="s">
         <v>596</v>
       </c>
       <c r="E180" t="s">
         <v>597</v>
       </c>
       <c r="F180" t="s">
         <v>530</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>619</v>
       </c>
       <c r="H180" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D181" t="s">
         <v>596</v>
       </c>
       <c r="E181" t="s">
         <v>597</v>
       </c>
       <c r="F181" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H181" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>623</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D182" t="s">
         <v>596</v>
       </c>
       <c r="E182" t="s">
         <v>597</v>
       </c>
       <c r="F182" t="s">
         <v>534</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>624</v>
       </c>
       <c r="H182" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>626</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D183" t="s">
         <v>596</v>
       </c>
       <c r="E183" t="s">
         <v>597</v>
       </c>
       <c r="F183" t="s">
         <v>534</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>627</v>
       </c>
       <c r="H183" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>629</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D184" t="s">
         <v>596</v>
       </c>
       <c r="E184" t="s">
         <v>597</v>
       </c>
       <c r="F184" t="s">
         <v>534</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H184" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>632</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D185" t="s">
         <v>596</v>
       </c>
       <c r="E185" t="s">
         <v>597</v>
       </c>
       <c r="F185" t="s">
         <v>534</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>633</v>
       </c>
       <c r="H185" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>635</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D186" t="s">
         <v>596</v>
       </c>
       <c r="E186" t="s">
         <v>597</v>
       </c>
       <c r="F186" t="s">
         <v>534</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>636</v>
       </c>
       <c r="H186" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>638</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D187" t="s">
         <v>596</v>
       </c>
       <c r="E187" t="s">
         <v>597</v>
       </c>
       <c r="F187" t="s">
         <v>534</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>639</v>
       </c>
       <c r="H187" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>641</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D188" t="s">
         <v>596</v>
       </c>
       <c r="E188" t="s">
         <v>597</v>
       </c>
       <c r="F188" t="s">
         <v>534</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>642</v>
       </c>
       <c r="H188" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>644</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D189" t="s">
         <v>596</v>
       </c>
       <c r="E189" t="s">
         <v>597</v>
       </c>
       <c r="F189" t="s">
-        <v>568</v>
+        <v>534</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>645</v>
       </c>
       <c r="H189" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>647</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D190" t="s">
         <v>596</v>
       </c>
       <c r="E190" t="s">
         <v>597</v>
       </c>
       <c r="F190" t="s">
+        <v>568</v>
+      </c>
+      <c r="G190" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="G190" s="1" t="s">
+      <c r="H190" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D191" t="s">
         <v>596</v>
       </c>
       <c r="E191" t="s">
         <v>597</v>
       </c>
       <c r="F191" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>652</v>
       </c>
       <c r="H191" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>654</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D192" t="s">
         <v>596</v>
       </c>
       <c r="E192" t="s">
         <v>597</v>
       </c>
       <c r="F192" t="s">
-        <v>534</v>
+        <v>651</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>655</v>
       </c>
       <c r="H192" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>657</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D193" t="s">
         <v>596</v>
       </c>
       <c r="E193" t="s">
         <v>597</v>
       </c>
       <c r="F193" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>658</v>
       </c>
       <c r="H193" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>660</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D194" t="s">
         <v>596</v>
       </c>
       <c r="E194" t="s">
         <v>597</v>
       </c>
       <c r="F194" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>661</v>
       </c>
       <c r="H194" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>663</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D195" t="s">
         <v>596</v>
       </c>
       <c r="E195" t="s">
         <v>597</v>
       </c>
       <c r="F195" t="s">
         <v>534</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>664</v>
       </c>
       <c r="H195" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>666</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D196" t="s">
         <v>596</v>
       </c>
       <c r="E196" t="s">
         <v>597</v>
       </c>
       <c r="F196" t="s">
         <v>534</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>667</v>
       </c>
       <c r="H196" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>669</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D197" t="s">
         <v>596</v>
       </c>
       <c r="E197" t="s">
         <v>597</v>
       </c>
       <c r="F197" t="s">
         <v>534</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>670</v>
       </c>
       <c r="H197" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>672</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
@@ -13124,77 +13124,77 @@
       </c>
       <c r="G238" s="1" t="s">
         <v>798</v>
       </c>
       <c r="H238" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>800</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>135</v>
       </c>
       <c r="D239" t="s">
         <v>685</v>
       </c>
       <c r="E239" t="s">
         <v>686</v>
       </c>
       <c r="F239" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>801</v>
       </c>
       <c r="H239" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>803</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>139</v>
       </c>
       <c r="D240" t="s">
         <v>685</v>
       </c>
       <c r="E240" t="s">
         <v>686</v>
       </c>
       <c r="F240" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>804</v>
       </c>
       <c r="H240" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>806</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>143</v>
       </c>
       <c r="D241" t="s">
         <v>685</v>
       </c>
       <c r="E241" t="s">
         <v>686</v>
       </c>
       <c r="F241" t="s">
@@ -13982,51 +13982,51 @@
       </c>
       <c r="G271" s="1" t="s">
         <v>899</v>
       </c>
       <c r="H271" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>901</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>250</v>
       </c>
       <c r="D272" t="s">
         <v>685</v>
       </c>
       <c r="E272" t="s">
         <v>686</v>
       </c>
       <c r="F272" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>902</v>
       </c>
       <c r="H272" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>904</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>253</v>
       </c>
       <c r="D273" t="s">
         <v>685</v>
       </c>
       <c r="E273" t="s">
         <v>686</v>
       </c>
       <c r="F273" t="s">
@@ -16582,51 +16582,51 @@
       </c>
       <c r="G371" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="H371" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>1223</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
         <v>1224</v>
       </c>
       <c r="D372" t="s">
         <v>685</v>
       </c>
       <c r="E372" t="s">
         <v>686</v>
       </c>
       <c r="F372" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="H372" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>1227</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
         <v>1228</v>
       </c>
       <c r="D373" t="s">
         <v>685</v>
       </c>
       <c r="E373" t="s">
         <v>686</v>
       </c>
       <c r="F373" t="s">
@@ -22146,77 +22146,77 @@
       </c>
       <c r="G585" s="1" t="s">
         <v>2079</v>
       </c>
       <c r="H585" t="s">
         <v>2080</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>2081</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
         <v>2082</v>
       </c>
       <c r="D586" t="s">
         <v>685</v>
       </c>
       <c r="E586" t="s">
         <v>686</v>
       </c>
       <c r="F586" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>2083</v>
       </c>
       <c r="H586" t="s">
         <v>2084</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>2085</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
         <v>2086</v>
       </c>
       <c r="D587" t="s">
         <v>685</v>
       </c>
       <c r="E587" t="s">
         <v>686</v>
       </c>
       <c r="F587" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="G587" s="1" t="s">
         <v>2087</v>
       </c>
       <c r="H587" t="s">
         <v>2088</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>2089</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
         <v>2090</v>
       </c>
       <c r="D588" t="s">
         <v>685</v>
       </c>
       <c r="E588" t="s">
         <v>686</v>
       </c>
       <c r="F588" t="s">