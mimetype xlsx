--- v1 (2025-12-06)
+++ v2 (2026-03-17)
@@ -54,6548 +54,6548 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10296</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Miguel Roberto do Amaral</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/10296/plc_2017_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/10296/plc_2017_6.pdf</t>
   </si>
   <si>
     <t>Regulamenta as datas para vencimento de alvarás e licenças municipais no exercício de 2018, concede descontos, e dá outras providências.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1197/ple-01-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1197/ple-01-2017.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 2.874, de 19 de outubro de 2016 que regulamenta o tratamento favorecido, diferenciado e simplificado para as Microempresas e Empresas de Pequeno Porte nas contratações públicas de bens, serviços e obras, no âmbito da Administração Municipal (NR)</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1198/ple-02-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1198/ple-02-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder abono salarial a servidores efetivos do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1199/ple-03-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1199/ple-03-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a doação de madeiras de Escola Municipal desativada e dá outras providências.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1200/ple-04-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1200/ple-04-2017.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1201/ple-05-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1201/ple-05-2017.pdf</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/ple-06-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/ple-06-2017.pdf</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1203/ple-07-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1203/ple-07-2017.pdf</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1204/ple-08-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1204/ple-08-2017.pdf</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1205/ple-09-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1205/ple-09-2017.pdf</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1206/ple-10-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1206/ple-10-2017.pdf</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1208/ple-11-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1208/ple-11-2017.pdf</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1209/ple-12-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1209/ple-12-2017.pdf</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1211/ple-13-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1211/ple-13-2017.pdf</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1212/ple-14-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1212/ple-14-2017.pdf</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1213/ple-15-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1213/ple-15-2017.pdf</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1215/ple-16-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1215/ple-16-2017.pdf</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1216/ple-17-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1216/ple-17-2017.pdf</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1217/ple-18-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1217/ple-18-2017.pdf</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1220/ple-19-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1220/ple-19-2017.pdf</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1221/ple-20-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1221/ple-20-2017.pdf</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1222/ple-21-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1222/ple-21-2017.pdf</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1223/ple-22-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1223/ple-22-2017.pdf</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1224/ple-23-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1224/ple-23-2017.pdf</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1225/ple-24-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1225/ple-24-2017.pdf</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1226/ple-25-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1226/ple-25-2017.pdf</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1227/ple-26-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1227/ple-26-2017.pdf</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1228/ple-27-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1228/ple-27-2017.pdf</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1229/ple-28-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1229/ple-28-2017.pdf</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1230/ple-29-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1230/ple-29-2017.pdf</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1231/ple-30-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1231/ple-30-2017.pdf</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1232/ple-31-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1232/ple-31-2017.pdf</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1233/ple-32-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1233/ple-32-2017.pdf</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1234/ple-33-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1234/ple-33-2017.pdf</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1235/ple-34-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1235/ple-34-2017.pdf</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1236/ple-35-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1236/ple-35-2017.pdf</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1002/ple-38-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1002/ple-38-2017.pdf</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1003/ple-39-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1003/ple-39-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Saneamento Básico do Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1004/ple-40-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1004/ple-40-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os salários e vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1005/ple-41-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1005/ple-41-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar termo de comodato com a Associação de Moradores do Bairro Jardim Iporã e dá outras providências.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1006/ple-42-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1006/ple-42-2017.pdf</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1007/ple-43-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1007/ple-43-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover LEILÃO PARA ALIENAR VEÍCULOS INSERVÍVEIS de propriedade da Prefeitura Municipal de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1008/ple-44-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1008/ple-44-2017.pdf</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1010/ple-45-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1010/ple-45-2017.pdf</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1011/ple-46-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1011/ple-46-2017.pdf</t>
   </si>
   <si>
     <t>Institui a comemoração anual do DIA INTERNACIONAL DA MULHER no âmbito do Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1012/ple-47-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1012/ple-47-2017.pdf</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1013/ple-48-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1013/ple-48-2017.pdf</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1014/ple-49-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1014/ple-49-2017.pdf</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1015/ple-50-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1015/ple-50-2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 1° da Lei Municipal 1.880, de 7 de dezembro de 2010, a qual autoriza o Executivo Municipal a isentar instituições de cunho assistencial da taxa de licença para localização e funcionamento, e dá outras providências.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1018/ple-51-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1018/ple-51-2017.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá     outras providências.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1020/ple-52-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1020/ple-52-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Convênio para Cooperação Técnica com a Empresa CONSIGNET SISTEMAS LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1025/ple-53-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1025/ple-53-2017.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito do município de Ivaiporã/PR as obrigações de pequeno valor a que alude o § 3º do artigo 100, da Constituição Federal, com a redação dada pela Emenda Constitucional nº 60, de 14 de dezembro de 2009, e dá outras providências.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1028/ple-54-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1028/ple-54-2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos ao Art. 20 da Lei Municipal 2.872, de 13 de outubro de 2016, a qual dispõe sobre a Estrutura Administrativa da Prefeitura do Município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1030/ple-55-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1030/ple-55-2017.pdf</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1032/ple-56-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1032/ple-56-2017.pdf</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1034/ple-57-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1034/ple-57-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar termo de comodato sem ônus em propriedade particular para instalação de VIVEIRO DE MUDAS DE CAFÉ, conforme especifica, e dá outras providências</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1036/ple-58-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1036/ple-58-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã/PR a celebrar Termo de Cooperação Técnica com o INSTITUTO PARANAENSE DE ASSISTÊNCIA TÉCNICA E EXTNSÃO RURAL - EMATER, e dá outras providências.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1037/ple-59-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1037/ple-59-2017.pdf</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1038/ple-60-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1038/ple-60-2017.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal nº 1.268, de 16 de maio de 2005, que versa sobre o Estatuto dos Funcionários Públicos Municipais de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1039/ple-61-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1039/ple-61-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã/PR a celebrar CONVÊNIO PARA CONSIGNAÇÃO EM FOLHA DE PAGAMENTO COM O ITAÚ – UNIBANCO S/A, e dá outras providências.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1040/ple-62-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1040/ple-62-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a outorgar a Cessão de Uso de imóvel a ASSOCIAÇÃO DE PROTEÇÃO E ASSISTÊNCIA AO CONDENADO DE IVAPORÃ – APAC, e dá outras providências.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1041/ple_63_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1041/ple_63_2017.pdf</t>
   </si>
   <si>
     <t>Introduz alterações nos vencimentos iniciais dos cargos de Contador e Procurador, constantes no Anexo XI da Lei Municipal 1.269, de 16 de maio de 2005, a qual dispõe sobre o Plano de Cargos e Salários dos Funcionários Públicos de Ivaiporã/PR</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1042/ple-65-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1042/ple-65-2017.pdf</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1046/ple-66-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1046/ple-66-2017.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 2.872, de 13 de outubro de 2016, a qual dispõe sobre a Estrutura Administrativa da Prefeitura do Município de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1047/ple-67-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1047/ple-67-2017.pdf</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1048/ple-68-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1048/ple-68-2017.pdf</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1050/ple-69-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1050/ple-69-2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1060/ple-70-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1060/ple-70-2017.pdf</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1061/ple-71-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1061/ple-71-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder uma cesta básica aos servidores da Prefeitura do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1063/ple-72-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1063/ple-72-2017.pdf</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1064/ple-73-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1064/ple-73-2017.pdf</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1065/ple-74-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1065/ple-74-2017.pdf</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1066/ple-75-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1066/ple-75-2017.pdf</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1067/ple-76-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1067/ple-76-2017.pdf</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1069/ple-78-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1069/ple-78-2017.pdf</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1070/ple-79-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1070/ple-79-2017.pdf</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1071/ple-80-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1071/ple-80-2017.pdf</t>
   </si>
   <si>
     <t>Insere parágrafo no art. 169 do Estatuto dos Servidores Municipais, e autoriza o Executivo Municipal a efetuar contratação temporária para suprir as necessidades do Pronto Atendimento Municipal - PAM, e dá outras providências.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1072/ple-81-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1072/ple-81-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no Orçamento do Município de Ivaiporã, para o exercício de 2017.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1076/ple-82-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1076/ple-82-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desoneração fiscal relativa aos impostos que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1078/ple_83_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1078/ple_83_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE TERRENO PARA AMIGOS DA UEM - CAMPUS IVAIPORÃ.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1079/ple-84-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1079/ple-84-2017.pdf</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1080/ple-85-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1080/ple-85-2017.pdf</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1081/ple-86-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1081/ple-86-2017.pdf</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1082/ple-87-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1082/ple-87-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã/PR a celebrar Convênio com o SERVIÇO SOCIAL DO COMÉRCIO - SESC, ADMINISTRAÇÃO REGIONAL NO ESTADO DO PARANÁ, e dá outras providências.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1083/ple-88-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1083/ple-88-2017.pdf</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1084/ple-89-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1084/ple-89-2017.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal nº 2.553, de 11 de dezembro de 2014, a qual dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente, Conselho Tutelar e Fundo Municipal dos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber em doação serviços de pavimentação asfáltica e dá outras providências.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/ple-92-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/ple-92-2017.pdf</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1090/ple-93-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1090/ple-93-2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1° da Lei Municipal 2.096, de 19 de dezembro de 2011.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1091/ple-94-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1091/ple-94-2017.pdf</t>
   </si>
   <si>
     <t>Cria e denomina Rua conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1092/ple-95-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1092/ple-95-2017.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivos na Lei Municipal 2.993, de 22 de maio de 2017, a qual autoriza o Executivo Municipal a conceder uma cesta básica aos servidores da Prefeitura do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1093/ple-96-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1093/ple-96-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal de Ivaiporã – REFIS IVAIPORÃ 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1094/ple-97-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1094/ple-97-2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3° da Lei Municipal 2.828, de 1° de julho de 2016, a qual autoriza a cessão de posse e posterior doação de terreno ao ESTADO DO PARANÁ e dá outras providências.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1095/ple-98-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1095/ple-98-2017.pdf</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1096/ple-99-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1096/ple-99-2017.pdf</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1099/ple-100-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1099/ple-100-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de terreno ao ESTADO DO PARANÁ e dá outras providências.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1100/ple-101-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1100/ple-101-2017.pdf</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1101/ple-102-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1101/ple-102-2017.pdf</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1103/ple-103-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1103/ple-103-2017.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na redação do art. 1° da Lei Municipal 1.215, de 2 de dezembro de 2003, a qual autoriza a desapropriação e doação dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1104/ple-104-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1104/ple-104-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã/PR a celebrar Acordo de Cooperação Técnica com a AGÊNCIA DE FOMENTO DO PARANÁ S.A, e dá outras providências.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1106/ple-105-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1106/ple-105-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais   suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1107/ple-106-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1107/ple-106-2017.pdf</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1108/ple-107-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1108/ple-107-2017.pdf</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1110/ple-108-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1110/ple-108-2017.pdf</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1117/ple-109-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1117/ple-109-2017.pdf</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1118/ple-110-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1118/ple-110-2017.pdf</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1119/ple-111-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1119/ple-111-2017.pdf</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1120/ple-112-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1120/ple-112-2017.pdf</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1121/ple-113-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1121/ple-113-2017.pdf</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Dispões sobre a criação de Área de ZEIS – Zona Especial de Interesse Social para regularização Fundiária.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1124/ple-115-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1124/ple-115-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal da Juventude – CMJ no município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1125/ple-117-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1125/ple-117-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO NO MUNICÍPIO DE IVAIPORÃ, DO “PROJETO MINHA ARAUCARIA”, E AUTORIZA O EXECUTIVO MUNICIPAL A PRESTAR APOIO TÉCNICO E LOGISTICO PARA CRIAÇÃO DE AREAS DE PRODUÇÃO SEMENTES DE ARAÚCARIA.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1130/ple-118-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1130/ple-118-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1135/ple-119-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1135/ple-119-2017.pdf</t>
   </si>
   <si>
     <t>Dispões sobre Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1137/ple-120-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1137/ple-120-2017.pdf</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1139/ple-121-2019.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1139/ple-121-2019.pdf</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1140/ple-122-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1140/ple-122-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1142/ple-123-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1142/ple-123-2017.pdf</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1143/ple-124-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1143/ple-124-2017.pdf</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1150/ple-125-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1150/ple-125-2017.pdf</t>
   </si>
   <si>
     <t>Referente parecer exarado pela Comissão de Legislação, Justiça e Redação Final, e demais comissões permanentes.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1151/ple_126_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1151/ple_126_2017.pdf</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1152/ple_127_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1152/ple_127_2017.pdf</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1153/ple-129-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1153/ple-129-2017.pdf</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1154/ple-130-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1154/ple-130-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo e o Poder Legislativo Municipal de Ivaiporã/PR a celebrar Convênio com a UNIMED APUCARANA COOPERATIVA DE TRABALHO MÉDICO, e dá outras providências.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1155/ple-131-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1155/ple-131-2017.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público o imóvel que especifica.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1157/ple-132-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1157/ple-132-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã/PR a celebrar CONVÊNIO PARA CONSIGNAÇÃO EM FOLHA DE PAGAMENTO COM A COOPERATIVA DE CRÉDITO – SICOOB ALIANÇA, e dá outras providências.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1163/ple_133_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1163/ple_133_2017.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 2.154, de 26 de abril de 2012._x000D_
 Arquivado 18/12/2017.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1164/ple-134-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1164/ple-134-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação definitiva do imóvel que especifica à empresa AUTO POSTO JACUTINGA LTDA - EPP, e dá outras providências.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1169/ple_135_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1169/ple_135_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação definitiva dos imóveis que especifica à empresa CONSVALE CONTRUTORA VALE DO IVAÍ LTDA-EPP, e dá outras providências.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1170/ple-136-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1170/ple-136-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação definitiva do imóvel que especifica á empresa INDÚSTRIA DE DERIVADOS DE CARNE SANCHES LTDA-ME, e dá outras providências.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1171/ple-137-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1171/ple-137-2017.pdf</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1173/ple-138-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1173/ple-138-2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO NO MUNICÍPIO DE IVAIPORÃ, DO “PROJETO MINHA ARAUCÁRIA”, E AUTORIZA O EXECUTIVO MUNICIPAL A PRESTAR APOIO TÉCNICO E LOGISTICO PARA CRIAÇÃO DE ÁREAS DE PRODUÇÃO DE SEMENTES DE ARAUCÁRIA.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1175/ple-139-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1175/ple-139-2017.pdf</t>
   </si>
   <si>
     <t>Estima Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1177/ple-140-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1177/ple-140-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1178/ple-141-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1178/ple-141-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a regularização do imóvel que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1184/ple-143-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1184/ple-143-2017.pdf</t>
   </si>
   <si>
     <t>Disciplina a autorização e o funcionamento de poços artesianos e semi-artesianos no perímetro urbano e rural do município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1185/ple-144-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1185/ple-144-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã/PR a celebrar Convênio com a FEDERAÇÃO DAS INDÚSTRIAS DO ESTADO DO PARANÁ- FIEP, o SERVIÇO NACIONAL DE APRENDIZAGEM INDUSTRIAL – SENAI/PR, o SERVIÇO SOCIAL DA INDÚSTRIA – SESI/PR e a ASSOCIAÇÃO COMERCIAL, INDUSTRIAL E DE SERVIÇOS DE IVAIPORÃ - ACISI, e dá outras providências.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1186/ple-145-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1186/ple-145-2017.pdf</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2.989, de 22 de maio de 2017, do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1188/ple-147-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1188/ple-147-2017.pdf</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1189/ple-148-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1189/ple-148-2017.pdf</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1190/ple-149-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1190/ple-149-2017.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1191/ple-150-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1191/ple-150-2017.pdf</t>
   </si>
   <si>
     <t>Destina parte de área pública por cessão de uso para UNIVERSIDADE ESTADUAL DE MARINGÁ – CAMPUS IVAIPORÃ - lote da matricula nº 36.516.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1192/ple-151-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1192/ple-151-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Ivaiporã/PR a ceder mediante Cessão de Uso, os bens públicos que especifica à ART &amp; VEST - COOPERATIVA DE COSTURA E ARTESANATO, e dá outras providências.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1193/ple-152-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1193/ple-152-2017.pdf</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1194/ple-153-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1194/ple-153-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Ivaiporã/PR a receber em forma de DOAÇÃO SEM ÔNUS o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a custear despesas decorrentes de curso de especialização para condutores dos ônibus do transporte escolar do município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1196/ple_155_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1196/ple_155_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã/PR a celebrar Convênios com Instituições de Ensino, visando a criação do COAPES - CONTRATO ORGANIZATIVO DE AÇÃO PÚBLICA ENSINO-SAÚDE, e dá outras providências.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Éder Bueno, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2648/01-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2648/01-2017.pdf</t>
   </si>
   <si>
     <t>: Reajusta os vencimentos dos Servidores do Poder Legislativo e dá outras providências:</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2650/02-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2650/02-2017.pdf</t>
   </si>
   <si>
     <t>Denomina de Complexo Esportivo Dr. Melvis Muchiuti, a área de lazer e esportes situada, no Parque Ecológico Jardim Botânico, e dá outras providências.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2651/03-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2651/03-2017.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APAC – ASSOCIAÇÃO DE PROTEÇÃO E ASSISTÊNCIA AO CONDENADO DE IVAIPORÃ, e dá outras providências</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2654/04-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2654/04-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Legislativo Municipal de Ivaiporã a celebrar convênio com a UNESVI – UNIÃO DE ENSINO SUPERIOR DO VALE DO IVAI LTDA EPP, e dá outras providências.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2657/05-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2657/05-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Legislativo Municipal de Ivaiporã a celebrar convênio com a UNINTER EDUCACIONAL S/A, e dá outras providências.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2659/06-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2659/06-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Legislativo Municipal de Ivaiporã a celebrar convênio com a UNOPAR – UNIVERSIDADE NORTE DO PARANÁ, e dá outras providências.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>Marcelo Reis</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2663/07-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2663/07-2017.pdf</t>
   </si>
   <si>
     <t>Súmula: Declara de Utilidade Pública Municipal o IBASE - INSTITUTO BETEL DE ASSISTÊNCIA SOCIAL E EDUCACIONAL DE IVAIPORÃ/PR.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>Hélio Barros</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2668/09-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2668/09-2017.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua José Ortiz, a Rua Projetada A, no Residencial Ivaiporã II, e dá outras providências.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>Éder Bueno, Nando Dorta, Sabão - Edivaldo Montanheri, Sueli Gevert</t>
   </si>
   <si>
     <t>: Introduz alterações na Lei Municipal nº 2.515/2014, que dispõe sobre a Organização do Quadro de Pessoal Efetivo e Comissionado, atribuições e vencimentos dos servidores públicos da Câmara Municipal de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2670/11-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2670/11-2017.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 2.114/2012, que fixa os valores de diárias pagas aos membros do Poder Legislativo do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>Alex Papin</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2671/12-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2671/12-2017.pdf</t>
   </si>
   <si>
     <t>Reconhece vias de circulação e denomina as que especificam, neste Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>Éder Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2672/13-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2672/13-2017.pdf</t>
   </si>
   <si>
     <t>: Altera o nome da Avenida São Paulo, nesta cidade de Ivaiporã, Estado do Paraná, para Avenida Dr. Melvis Muchiuti, e dá outras providências.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2707/14-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2707/14-2017.pdf</t>
   </si>
   <si>
     <t>Denomina a Praça localizada no Residencial Royal Lake, neste Município de Ivaiporã, Estado do Paraná, para Praça Sebastião José Pereira.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>Nando Dorta, Ailton Stipp, Alex Papin, Éder Bueno, Hélio Barros, Marcelo Reis, Sabão - Edivaldo Montanheri, Sueli Gevert, Zé do Bar</t>
   </si>
   <si>
     <t>: Institui, no âmbito do sistema municipal de ensino, o “Programa Escola sem Partido”.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2713/16-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2713/16-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Legislativo Municipal de Ivaiporã a celebrar convênio com a UNIPUBLICA – UNIÃO PARA QUALIFICAÇÃO E DESENVOLVIMENTO PROFISSIONAL LTDA - EPP, e dá outras providências.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2716/17-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2716/17-2017.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua Ponta Grossa para Rua Dorival Moreira da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2719/18-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2719/18-2017.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Ascânio Mendonça, alterando o nome da Rua Beija-Flor, na Vila João-de-Barro, e dá outras providências.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2722/19-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2722/19-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Legislativo Municipal de Ivaiporã a celebrar convênio com a FACULDADE EFICAZ MARINGÁ LTDA ME, e dá outras providências.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2724/20-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2724/20-2017.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de “Governador José Richa” ao Hospital Regional do Vale do Ivaí, nesta cidade de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2725/21-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2725/21-2017.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o INSTITUTO DE SAÚDE LUCENA SANCHEZ, e dá outras providências.</t>
   </si>
   <si>
     <t>8062</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8062/projeto_de_decreto_01-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8062/projeto_de_decreto_01-2017.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para receber em forma de permuta a quantidade de 2000 (dois mil) caminhões de Cascalho, pelos serviços de 20 (vinte) horas máquina do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>8061</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8061/projeto_de_decreto_02-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8061/projeto_de_decreto_02-2017.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Igreja Santíssima Mãe de Deus e dá outras providências.</t>
   </si>
   <si>
     <t>8060</t>
   </si>
   <si>
     <t>Referenda autorização  ao Município de Ivaiporã, Estado do Paraná, para receber em forma de permuta a quantidade de 3000 (três mil) caminhões de Cascalho, pelos serviços de 54 (cinquenta e quatro) horas máquina do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>8059</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8059/projeto_de_decreto_04-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8059/projeto_de_decreto_04-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2014.</t>
   </si>
   <si>
     <t>8058</t>
   </si>
   <si>
     <t>Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8058/projeto_de_decreto_05-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8058/projeto_de_decreto_05-2017.pdf</t>
   </si>
   <si>
     <t>Referenda doação ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8057</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8057/projeto_de_decreto_06-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8057/projeto_de_decreto_06-2017.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para o Departamento Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>8056</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8056/projeto_de_decreto_08-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8056/projeto_de_decreto_08-2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná, ao Padre Oscar Rodrigues de Souza.</t>
   </si>
   <si>
     <t>8055</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8055/projeto_de_decreto_09-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8055/projeto_de_decreto_09-2017.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Secretaria de Estado da Educação, e dá outras providências.</t>
   </si>
   <si>
     <t>8054</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8054/projeto_de_decreto_10-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8054/projeto_de_decreto_10-2017.pdf</t>
   </si>
   <si>
     <t>8053</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8053/projeto_de_decreto_11-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8053/projeto_de_decreto_11-2017.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para o Colégio Estadual Barboza Ferraz, e dá outras providências.</t>
   </si>
   <si>
     <t>8052</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8052/projeto_de_decreto_13-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8052/projeto_de_decreto_13-2017.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para realizar a pintura do Ginásio de Esporte Sapecadão, e dá outras providências.</t>
   </si>
   <si>
     <t>8051</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8051/projeto_de_decreto_14-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8051/projeto_de_decreto_14-2017.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para destinar a arrecadação de entradas para os Jogos da Taça Bronze de Futsal, para custear as despesas da EQUIPE DE FUTSAL FRIGOCENTER/IVAIPORÃ e dá outras providências.</t>
   </si>
   <si>
     <t>8050</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8050/projeto_de_decreto_15-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8050/projeto_de_decreto_15-2017.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para a Escola Municipal Bento Viana, e dá outras providências.</t>
   </si>
   <si>
     <t>8049</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8049/projeto_de_decreto_16-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8049/projeto_de_decreto_16-2017.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para a SOCIEDADE PROTERORA DOS ANIMAIS, e dá outras providências.</t>
   </si>
   <si>
     <t>8048</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8048/projeto_de_decreto_17-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8048/projeto_de_decreto_17-2017.pdf</t>
   </si>
   <si>
     <t>Referenda a Cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para o Colégio Estadual do Campo Nilo Peçanha e dá outras providências.</t>
   </si>
   <si>
     <t>8047</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8047/projeto_de_decreto_18-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8047/projeto_de_decreto_18-2017.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para o INSTITUTO FEDERAL DO PARANÁ - CAMPUS IVAIPORÃ, e dá outras providências.</t>
   </si>
   <si>
     <t>8037</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8037/projeto_de_decreto_19-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8037/projeto_de_decreto_19-2017.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para a HAWP BIER - CERVEJARIA E RESTAURANTE LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>8036</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8036/projeto_de_decreto_20-2027.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8036/projeto_de_decreto_20-2027.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para o Colégio Estadual Antônio Diniz Pereira, e dá outras providências.</t>
   </si>
   <si>
     <t>8035</t>
   </si>
   <si>
     <t>Ailton Stipp, Alex Papin, Hélio Barros, Marcelo Reis, Nando Dorta, Sabão - Edivaldo Montanheri, Sueli Gevert, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8035/projeto_de_decreto_21-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8035/projeto_de_decreto_21-2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná, aos Senhores Dante Bragatto Neto, Lázaro Bueno, ione de Albuquerque Muchiuti, Antônio Duran, Djair Roberto Fernandes, Otaviano Proença Neto, Laudelino Belarmino Leão e Therezinha Stüpp Sebold.</t>
   </si>
   <si>
     <t>8030</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8030/projeto_de_decreto_22-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8030/projeto_de_decreto_22-2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Senhor João Salles.</t>
   </si>
   <si>
     <t>8026</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8026/projeto_de_decreto_23-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8026/projeto_de_decreto_23-2017.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para realização de serviço de aproximadamente 4 (quatro) horas, para remoção de terra, utilizando retroescavadeira e caminhão da frota municipal, nas dependências da 2ª  Companhia da Polícia Militar de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>8022</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8022/projeto_de_decreto_24-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8022/projeto_de_decreto_24-2017.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná, ao Senhor Carlos Alberto Richa.</t>
   </si>
   <si>
     <t>8021</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8021/projeto_de_decreto_25_-20217.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8021/projeto_de_decreto_25_-20217.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para realização de evento de confraternização para os funcionários públicos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>8008</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8008/projeto_de_decreto_26-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8008/projeto_de_decreto_26-2017.pdf</t>
   </si>
   <si>
     <t>Referenda a doação de móveis ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>7999</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/7999/projeto_de_decreto_27_-_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/7999/projeto_de_decreto_27_-_2017.pdf</t>
   </si>
   <si>
     <t>Referenda a Cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Companhia de Santos Reis "Ireno Custódio Teixeira" e dá outras providências.</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3970/pr_1_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3970/pr_1_2017.pdf</t>
   </si>
   <si>
     <t>Ficam os Senhores, Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes da Lei nº 2.114 acima enunciado a partir do dia 25 de janeiro de 2017 à 31 de dezembro de 2017.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3971/pr_2_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3971/pr_2_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2017.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
     <t>Ailton Stipp, Alex Papin, Éder Bueno, Hélio Barros, Marcelo Reis, Nando Dorta, Sabão - Edivaldo Montanheri, Sueli Gevert, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3972/pr_3_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3972/pr_3_2017.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso III do art. 36, altera a redação do §4° do art. 36 e do §1° do art. 39. revoga o § 10 do art. 43, e modifica o inciso III do §11 do art. 43 da Resolução Legislativa n° 6/2015, que dispõe sobre o Plano de Cargos, Carreira e Salários dos Servidores da Câmara Municipal de Ivaiporã, Estado do Paraná</t>
   </si>
   <si>
     <t>6390</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sueli Gevert</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que por meio do departamento competente, providencie um carro de serviço exclusivo para transporte de paciente que fazem tratamento de hemodiálise na cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>6391</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6391/06062024101450arquivo_indicacao_2_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6391/06062024101450arquivo_indicacao_2_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que por meio do departamento competente, passe a máquina patrola na Rua Cornélio Procópio, localizada próximo ao número 359.</t>
   </si>
   <si>
     <t>6392</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6392/06062024101459arquivo_indicacao_3_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6392/06062024101459arquivo_indicacao_3_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que realize o calçamento da Rua Alfenas, entre o Jardim Casa Grande III, pela lateral da mata do Placidio até o Supermercado Paraná, uma extensão de 300 metro.</t>
   </si>
   <si>
     <t>6393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6393/06062024101514arquivo_indicacao_4_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6393/06062024101514arquivo_indicacao_4_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a instalação de um ponto de ônibus municipal na Rua Apucarana, na Vila Santa Maria, esquina com a Rua Bahia, defronte a oficina do Miltinho.</t>
   </si>
   <si>
     <t>6394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6394/06062024101523arquivo_indicacao_5_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6394/06062024101523arquivo_indicacao_5_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que instale um redutor de velocidade na Rua Romário Martins, esquina com a Rua Gabriel de Lara, visando tornar mais segura a travessia dos pedestres.</t>
   </si>
   <si>
     <t>6395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6395/06062024101531arquivo_indicacao_6_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6395/06062024101531arquivo_indicacao_6_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que analise através do departamento competente, a possibilidade de se adequar o estacionamento da Avenida Brasil, no trecho compreendido entre a Monzack, até os Pampas Motos.</t>
   </si>
   <si>
     <t>6396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6396/06062024101540arquivo_indicacao_7_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6396/06062024101540arquivo_indicacao_7_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que através do departamento competente, providencie a limpeza e corte de grama das escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>6397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6397/06062024101547arquivo_indicacao_8_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6397/06062024101547arquivo_indicacao_8_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que através do departamento competente, providencie o cascalhamento da estrada que dá acesso a Diaconia localizada no Jardim Europa.</t>
   </si>
   <si>
     <t>6402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6402/06062024102023arquivo_indicacao_9_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6402/06062024102023arquivo_indicacao_9_2017.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito Municipal, o cascalhamento da Estrada Velha do Sabugueiro, passando ao Sítio São Leopoldo, próximo ao Alto Porã.</t>
   </si>
   <si>
     <t>6403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6403/06062024102037arquivo_indicacao_10_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6403/06062024102037arquivo_indicacao_10_2017.pdf</t>
   </si>
   <si>
     <t>Indicar ao Senhor Prefeito Municipal o cascalhamento da Estrada Água do Canário Bulha F.</t>
   </si>
   <si>
     <t>6404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6404/06062024102051arquivo_indicacao_11_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6404/06062024102051arquivo_indicacao_11_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal para que se faça uma reforma no Parque Infantil, que se localiza na Praça João Magewski, no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>6406</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6406/06062024102214arquivo_indicacao_12_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6406/06062024102214arquivo_indicacao_12_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal que seja colocado um redutor de velocidade no cruzamento das Avenidas Estevão Marciano dos Santos e Avenida Rubens Teixeira.</t>
   </si>
   <si>
     <t>6407</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6407/06062024102221arquivo_indicacao_13_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6407/06062024102221arquivo_indicacao_13_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a pavimentação asfáltica próximo ao Parque Ambiental Jardim Botânico, na rua Visconde do Rio Branco.</t>
   </si>
   <si>
     <t>6408</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6408/06062024102228arquivo_indicacao_14_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6408/06062024102228arquivo_indicacao_14_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a instalação de uma placa carga e descarga ou uma sinalização na via, defronte a Jardinagens Verdes Campos, na Avenida Castelo Branco, nº 685.</t>
   </si>
   <si>
     <t>6409</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6409/06062024102235arquivo_indicacao_15_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6409/06062024102235arquivo_indicacao_15_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a pavimentação asfáltica na Rua Ivaí, no Jardim Belo Horizonte, as pedras já estão muito soltas, e em dias de chuva fica intrafegável.</t>
   </si>
   <si>
     <t>6410</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6410/06062024102657arquivo_indicacao_16_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6410/06062024102657arquivo_indicacao_16_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que analise através do departamento competente, a possibilidade de realizar melhorias na iluminação pública da Academia da Terceira Idade do Jardim Itaipu.</t>
   </si>
   <si>
     <t>6411</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6411/06062024102712arquivo_indicacao_17_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6411/06062024102712arquivo_indicacao_17_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie a notificação dos proprietários de terrenos baldios, para que os mesmos realizem a limpeza, e a implantação de calçadas.</t>
   </si>
   <si>
     <t>6412</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6412/06062024102720arquivo_indicacao_18_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6412/06062024102720arquivo_indicacao_18_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie um rodízio nas escalas dos profissionais de limpeza pública (garis), para que possam atender todos os bairros e vilas de nosso Município.</t>
   </si>
   <si>
     <t>6413</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6413/06062024102738arquivo_indicacao_19_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6413/06062024102738arquivo_indicacao_19_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie melhorias na iluminação pública em toda a extensão do Jardim Itaipu.</t>
   </si>
   <si>
     <t>6414</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6414/06062024102745arquivo_indicacao_20_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6414/06062024102745arquivo_indicacao_20_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para fazer uma pavimentação asfáltica na Rua Periquito, sendo de pedra irregular há muitos anos, e já se encontra cheia de avarias.</t>
   </si>
   <si>
     <t>6415</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6415/06062024102800arquivo_indicacao_21_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6415/06062024102800arquivo_indicacao_21_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para fazer uma limpeza de arvoredos e entulhos na Rua Andirá, no Colégio Bento Mossurunga, defronte a Dhermus Estética, nº 51.</t>
   </si>
   <si>
     <t>6416</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6416/06062024102808arquivo_indicacao_22_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6416/06062024102808arquivo_indicacao_22_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a fazer uma pavimentação asfáltica na Rua Corumbataí, sendo de pedra irregular há muitos anos, e já apresenta muitas avarias.</t>
   </si>
   <si>
     <t>6417</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6417/06062024102816arquivo_indicacao_23_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6417/06062024102816arquivo_indicacao_23_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a fazer um recape asfáltico na Rua Jacarezinho, no trecho do nº 750 até a ponte que liga ao Bairro Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6418</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6418/06062024102824arquivo_indicacao_24_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6418/06062024102824arquivo_indicacao_24_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a fazer uma pavimentação asfáltica na Rua Arara, sendo de pedra irregular há muitos anos, e já apresenta várias avarias.</t>
   </si>
   <si>
     <t>6419</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6419/06062024102832arquivo_indicacao_25_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6419/06062024102832arquivo_indicacao_25_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para colocar um ponto de ônibus municipal na Rua Júlio Guerra, esquina com a Avenida Curitiba, já que ali existe uma grande concentração de passageiros que ficam a espera do ônibus.</t>
   </si>
   <si>
     <t>6420</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6420/06062024102841arquivo_indicacao_26_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6420/06062024102841arquivo_indicacao_26_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a pavimentação da Rua Ivaiporã, desde o Laticínio Ubá até a Rodovia nº 466, transformando-se no acesso secundário sul de Ivaiporã.</t>
   </si>
   <si>
     <t>6421</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6421/06062024102934arquivo_indicacao_27_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6421/06062024102934arquivo_indicacao_27_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, as sinalizações de todas as ruas da cidade e distritos deste Município, com os respectivos nomes, pois a nossa cidade tem muita dificuldade para qualquer localização, incluindo os casos urgentes como bombeiros se caso forem chamados.</t>
   </si>
   <si>
     <t>6422</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6422/06062024102942arquivo_indicacao_28_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6422/06062024102942arquivo_indicacao_28_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a mudança de sinalização da faixa de estacionamento da diagonal para reta, no ponto de táxi nº 1, na Avenida Brasil, defronte à Casa dos Pastéis.</t>
   </si>
   <si>
     <t>6423</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6423/06062024102951arquivo_indicacao_29_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6423/06062024102951arquivo_indicacao_29_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, que seja realizada a sinalização na esquina do Mercado Popular com o Cemitério Municipal, no encontro da Av. Presidente Café Filho com a Avenida Maranhão, para solucionar problemas de trânsito (acidente de trânsito) implantando placas, faixas elevadas ou rotatória, reivindicação dos munícipes do Bairro Jardim Espírito Santo.</t>
   </si>
   <si>
     <t>6424</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6424/06062024103000arquivo_indicacao_30_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6424/06062024103000arquivo_indicacao_30_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, que seja construído um ponto de ônibus na Avenida Ladislau Gil Fernandez (em frente da Oficina Krassoski) para melhorias dos munícipes do Bairro Jardim Belo Horizonte, reivindicação dos moradores da localidade.</t>
   </si>
   <si>
     <t>6425</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6425/06062024103341arquivo_indicacao_31_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6425/06062024103341arquivo_indicacao_31_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja realizada reforma e limpeza da praça e do parque infantil (campo de areia) do Bairro Jardim Espírito Santo, que compreende: corte de grama, manutenção (substituição) dos brinquedos e reforma das cestas de lixo, reivindicação dos munícipes do Bairro Jardim Espírito Santo.</t>
   </si>
   <si>
     <t>6426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6426/06062024103625arquivo_indicacao_32_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6426/06062024103625arquivo_indicacao_32_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do Departamento Competente, seja realizada reforma e limpeza no campinho de areia do Bairro Jardim Espírito Santo (reforma das traves, mais areia na quadra de jogo, e corte de grama ao redor do parque) reivindicação dos munícipes do Bairro Jardim Espírito Santo.</t>
   </si>
   <si>
     <t>6427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6427/06062024103634arquivo_indicacao_33_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6427/06062024103634arquivo_indicacao_33_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, que sejam realizadas melhorias no acesso da Estrada das Indústrias (passar máquina e cascalho) antigo Macarrão Pietrobon, reinvindicação dos munícipes da localidade.</t>
   </si>
   <si>
     <t>6428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6428/06062024103643arquivo_indicacao_34_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6428/06062024103643arquivo_indicacao_34_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, sejam realizadas melhorias no acesso da estrada rural do Cruzeirinho (passar máquina e colocar cascalho), para o escoamento da safra e transporte escolar.</t>
   </si>
   <si>
     <t>6429</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6429/06062024103649arquivo_indicacao_35_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6429/06062024103649arquivo_indicacao_35_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do Departamento Competente, sejam realizadas melhorias no acesso da estrada rural do Campo Novo que liga aos Três Coqueiros (colocar cascalho), para o escoamento da safra, do leite, transporte escolar, e utilização dos professores da rede municipal.</t>
   </si>
   <si>
     <t>6430</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6430/06062024103655arquivo_indicacao_36_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6430/06062024103655arquivo_indicacao_36_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para pavimentação de pedras irregulares na Rua Bangú, no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>6431</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6431/06062024103702arquivo_indicacao_37_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6431/06062024103702arquivo_indicacao_37_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para a retirada de entulhos que estão no meio da Avenida Maranhão, próximo ao Bugio, defronte à casa nº 856.</t>
   </si>
   <si>
     <t>6432</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6432/06062024103710arquivo_indicacao_38_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6432/06062024103710arquivo_indicacao_38_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie melhorias na estrada da Água da Laranjeira, tendo em vista que ela encontra-se em difíceis condições de acesso.</t>
   </si>
   <si>
     <t>6433</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6433/06062024103718arquivo_indicacao_39_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6433/06062024103718arquivo_indicacao_39_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que solicite ao departamento competente que o ônibus do Transporte Coletivo do Distrito de Santa Bárbara faça o trajeto até o Banco de Areia, ao menos duas vezes por semana.</t>
   </si>
   <si>
     <t>6434</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6434/06062024103725arquivo_indicacao_40_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6434/06062024103725arquivo_indicacao_40_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que coloque dois redutores de velocidade no Distrito de Alto Porã, na Avenida Corumbataí, nos lugares onde já existiam e foram danificados, sendo eles: próximo ao Bar do Zezão e da Pracinha.</t>
   </si>
   <si>
     <t>6435</t>
   </si>
   <si>
     <t>Ailton Stipp</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6435/06062024104506arquivo_indicacao_41_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6435/06062024104506arquivo_indicacao_41_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie a instalação de pedras irregulares nas Ruas Feliciano Vidal, Marialva, Assai, São João do Ivaí, Califórnia, Kaloré, todas na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6436</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6436/06062024104525arquivo_indicacao_42_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6436/06062024104525arquivo_indicacao_42_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie a limpeza ao redor da quadra de esportes situadas no Conjunto Mourão Filho.</t>
   </si>
   <si>
     <t>6437</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6437/06062024104533arquivo_indicacao_43_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6437/06062024104533arquivo_indicacao_43_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie a instalação de câmeras de segurança e/ou a contratação de uma empresa de vigilância para instauração da segurança no Jardim Botânico.</t>
   </si>
   <si>
     <t>6439</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6439/06062024104542arquivo_indicacao_44_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6439/06062024104542arquivo_indicacao_44_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que faça uma ponte que liga a localidade da Estrada CRG - Três Porteiras n-519F Jacutinga.</t>
   </si>
   <si>
     <t>6440</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6440/06062024104549arquivo_indicacao_45_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6440/06062024104549arquivo_indicacao_45_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, realize cascalhamento no trecho compreendido entre a Madeireira Scaramal até o Ouro Verde.</t>
   </si>
   <si>
     <t>6441</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6441/06062024104557arquivo_indicacao_46_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6441/06062024104557arquivo_indicacao_46_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie um novo projeto para iluminação do Lago de Furnas, por ser uma iluminação antiga, necessita ser adequada aos novos padrões.</t>
   </si>
   <si>
     <t>6442</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6442/06062024104605arquivo_indicacao_47_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6442/06062024104605arquivo_indicacao_47_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie recape asfáltico na Rua Juarez Clever, no trecho compreendido entre a Rua Ponta Grossa e a Rua Sertanópolis.</t>
   </si>
   <si>
     <t>6443</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6443/06062024104613arquivo_indicacao_48_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6443/06062024104613arquivo_indicacao_48_2017.pdf</t>
   </si>
   <si>
     <t>Através do departamento competente, providencie a implantação do Projeto Zumba, no Lago Jardim Botânico de nossa cidade, bem como estender este projeto às escolas públicas municipais.</t>
   </si>
   <si>
     <t>6444</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6444/06062024104620arquivo_indicacao_49_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6444/06062024104620arquivo_indicacao_49_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, que seja realizado melhorias de acesso da Estrada CRG - Três Porteiras 519F Jacutinga (passar máquina e colocar cascalho), para o escoamento da safra e transporte escolar.</t>
   </si>
   <si>
     <t>6445</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6445/06062024104629arquivo_indicacao_50_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6445/06062024104629arquivo_indicacao_50_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que denomine o campo do sintético do Lago Jardim Botânico de Dr. Melvis Muchiutti, em homenagem ao advogado e ex-prefeito de Ivaiporã.</t>
   </si>
   <si>
     <t>6446</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6446/06062024104652arquivo_indicacao_51_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6446/06062024104652arquivo_indicacao_51_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que seja realizada a implantação de uma rotatória e um redutor de velocidade na Avenida Maranhão.</t>
   </si>
   <si>
     <t>6447</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6447/06062024104702arquivo_indicacao_52_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6447/06062024104702arquivo_indicacao_52_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie com URGÊNCIA, um redutor de velocidade na Rua Emílio Ganzert, em frente ao Hospital do Rim, nº 295, (próximo a Uroclínica).</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6448/06062024104710arquivo_indicacao_53_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6448/06062024104710arquivo_indicacao_53_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, tome providências necessárias em relação ao barranco existente no campinho localizado na Avenida Maranhão, próximo ao CMEI Santa Terezinha, pois o mesmo está em situação de desmoronamento causando riscos às crianças que treinam no local.</t>
   </si>
   <si>
     <t>6449</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6449/06062024104718arquivo_indicacao_54_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6449/06062024104718arquivo_indicacao_54_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que seja colocado cascalho ou pedras irregulares nas ruas Céu Azul, Mamboré, Palotina, Matelândia, no Bairro Jardim Alvorada.</t>
   </si>
   <si>
     <t>6450</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6450/06062024104726arquivo_indicacao_55_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6450/06062024104726arquivo_indicacao_55_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para disponibilizar tampas de lobo com avarias nas Ruas Céu Azul, Mamboré, Palotina, Matelândia, no Bairro Jardim Alvorada.</t>
   </si>
   <si>
     <t>6451</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6451/06062024104735arquivo_indicacao_56_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6451/06062024104735arquivo_indicacao_56_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que seja pintado ou sinalizado um redutor de velocidade já existente na Rua Bulha, nº 18, defronte o Bar Mendonça.</t>
   </si>
   <si>
     <t>6452</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6452/06062024104743arquivo_indicacao_57_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6452/06062024104743arquivo_indicacao_57_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que instale uma ATI na praça Moisés Gil Fernandes, defronte ao Colégio Objetivo.</t>
   </si>
   <si>
     <t>6453</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6453/06062024104751arquivo_indicacao_58_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6453/06062024104751arquivo_indicacao_58_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que se faça um redutor de velocidade na Av. Castelo Branco, defronte ao nº 330.</t>
   </si>
   <si>
     <t>6454</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6454/06062024110817arquivo_indicacao_59_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6454/06062024110817arquivo_indicacao_59_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que seja disponibilizado tampas de bocas de lobos nas Ruas Arapongas, Guaretá, Beija-Flor, Bem-te-vi, no Bairro Vila Nova Porã.</t>
   </si>
   <si>
     <t>6455</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6455/06062024110827arquivo_indicacao_60_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6455/06062024110827arquivo_indicacao_60_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que seja realizada uma pavimentação asfáltica nas Ruas Arapongas, Guaretá, Beija-Flor, Bem-te-vi, no Bairro Vila Nova Porã.</t>
   </si>
   <si>
     <t>6456</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6456/06062024110842arquivo_indicacao_61_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6456/06062024110842arquivo_indicacao_61_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, recape asfáltico na Avenida Paraná, desde o Banco do Brasil, até defronte à Igreja Congregação Cristã do Brasil.</t>
   </si>
   <si>
     <t>6457</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6457/06062024110850arquivo_indicacao_62_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6457/06062024110850arquivo_indicacao_62_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, instalar bebedouros na Praça Manoel Teodoro da Rocha e no Jardim Botânico.</t>
   </si>
   <si>
     <t>6458</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6458/06062024110900arquivo_indicacao_63_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6458/06062024110900arquivo_indicacao_63_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, fazer uma ATI na Vila Santa Maria, defronte ao Campo Municipal.</t>
   </si>
   <si>
     <t>6459</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6459/06062024110908arquivo_indicacao_64_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6459/06062024110908arquivo_indicacao_64_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, com urgência, a instalação de um semáforo na esquina Avenida Curitiba com a Av. Ladislau Gil Fernandez, devido grande tráfego de veículos.</t>
   </si>
   <si>
     <t>6460</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6460/06062024110916arquivo_indicacao_65_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6460/06062024110916arquivo_indicacao_65_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que disponibilize recursos para viabilizar a locomoção de trabalhadores para Maringá, com o intuito de manifestarem-se contrários à PEC 287, que trata sobre a Reforma Previdenciária dos trabalhadores rurais, conforme ofício em anexo.</t>
   </si>
   <si>
     <t>6461</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6461/06062024110924arquivo_indicacao_66_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6461/06062024110924arquivo_indicacao_66_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, instalar pedras irregulares na entrada do CMEI José Fiorim, localizado na Rua Placídio Miranda, próximo à ponte que liga o Centro à Vila João XXIII.</t>
   </si>
   <si>
     <t>6462</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6462/06062024110935arquivo_indicacao_67_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6462/06062024110935arquivo_indicacao_67_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a colocação de pedras irregulares nas Ruas Terere, Tupiniquim, Turunas, Tremembé, Tinguis, Tupi, Tapuias e Tapajós, no Jardim Alto da Glória.</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6463/06062024110941arquivo_indicacao_68_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6463/06062024110941arquivo_indicacao_68_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, com urgência, que coloque um guarda no Cemitério Municipal, pois túmulos estão sendo violados, sofrendo muitos roubos.</t>
   </si>
   <si>
     <t>6464</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6464/06062024110949arquivo_indicacao_69_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6464/06062024110949arquivo_indicacao_69_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, reativar as atividades esportivas no Jardim Luís XV, fazendo melhorias no Campo do Araçá, sendo que já existe uma ATI.</t>
   </si>
   <si>
     <t>6465</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6465/06062024110956arquivo_indicacao_70_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6465/06062024110956arquivo_indicacao_70_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, instalação de um redutor de velocidade na Rua Placídio Miranda, ao lado da Escola Ignez Caetano, Vila João XXIII, tendo em vista que centenas de crianças fazem a travessia para o Jardim Casa Grande.</t>
   </si>
   <si>
     <t>6466</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6466/06062024112352arquivo_indicacao_71_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6466/06062024112352arquivo_indicacao_71_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, instalação de um ponto de ônibus na Rua Placídio Miranda, esquina com a Rua Joaquim Nabuco.</t>
   </si>
   <si>
     <t>6467</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6467/06062024112359arquivo_indicacao_72_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6467/06062024112359arquivo_indicacao_72_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que proceda com o cascalhamento nas Ruas Isaque Martins da Silva, Regina Mazaro e João Fernandes Vieira, no Jardim Aeroporto.</t>
   </si>
   <si>
     <t>6468</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6468/06062024112408arquivo_indicacao_73_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6468/06062024112408arquivo_indicacao_73_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que implante um redutor de velocidades na Rua Bela Vista, na Vila Nova Porã, defronte à Escola Municipal Bento Viana.</t>
   </si>
   <si>
     <t>6469</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6469/06062024112415arquivo_indicacao_74_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6469/06062024112415arquivo_indicacao_74_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que determine ao departamento competente, a implantação de pedras irregulares no final das Ruas D. Pedro II, Júlio Guerra, Joaquim Nabuco e General Osório, do Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6470</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6470/06062024112423arquivo_indicacao_75_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6470/06062024112423arquivo_indicacao_75_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie a reforma do campo de futebol, como também o calçamento ao redor da Academia da Terceira Idade (ATI), ambos situados no Campo do Araçá, do Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6471</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6471/06062024112431arquivo_indicacao_76_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6471/06062024112431arquivo_indicacao_76_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que providencie a instalação de pedras irregulares na Rua Londrina, Patrimônio do Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6472</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6472/06062024112440arquivo_indicacao_77_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6472/06062024112440arquivo_indicacao_77_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie a limpeza no terreno que faz esquina da Rua Beija Flor, com a Rua Pavão, na área posterior ao Centro da Juventude Antônio Raiser, no Conjunto Residencial João de Barro, Vila Nova Porã.</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6473/06062024112448arquivo_indicacao_78_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6473/06062024112448arquivo_indicacao_78_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que através do departamento competente, providencie o calçamento ao redor do Cemitério Público Municipal, na Rua Alvorada, no Jardim Planalto.</t>
   </si>
   <si>
     <t>6474</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6474/06062024112455arquivo_indicacao_79_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6474/06062024112455arquivo_indicacao_79_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do Departamento competente, que providencie instalação de um redutor de velocidade na Rua Ederaldo Rodrigues Zurlo, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6475</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6475/06062024112504arquivo_indicacao_80_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6475/06062024112504arquivo_indicacao_80_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie o cascalhamento nas Ruas Joaquim Nabuco e General Osório, no Jardim Luís XV.</t>
   </si>
   <si>
     <t>6476</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6476/06062024112519arquivo_indicacao_81_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6476/06062024112519arquivo_indicacao_81_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, faça o cascalhamento na Estrada dos Três Ranchinhos, entre o Severiano e o Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6477</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6477/06062024112527arquivo_indicacao_82_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6477/06062024112527arquivo_indicacao_82_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, faça o cascalhamento da Rua Olavo Bilac, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6478</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6478/06062024112534arquivo_indicacao_83_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6478/06062024112534arquivo_indicacao_83_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a construção de uma creche para atender toda a região que compreende o Jardim Guanabara até o Alto da Glória.</t>
   </si>
   <si>
     <t>6479</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6479/06062024112541arquivo_indicacao_84_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6479/06062024112541arquivo_indicacao_84_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, colocar pedras irregulares na Rua Bangu, no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>6480</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6480/06062024112547arquivo_indicacao_85_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6480/06062024112547arquivo_indicacao_85_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que adote a padronização ecológica em lotes vagos, exigindo que os proprietários plantem grama nos terrenos que não tem construção como medida de diminuição dos focos da dengue, e asseio do Município.</t>
   </si>
   <si>
     <t>6481</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6481/06062024112554arquivo_indicacao_86_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6481/06062024112554arquivo_indicacao_86_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a instalação de uma ATI no Parquinho Maria Alice Ando Albertin, na Rua João Maria Stresser, Centro.</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6482/06062024112600arquivo_indicacao_87_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6482/06062024112600arquivo_indicacao_87_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie tampas de bueiros nas Ruas Sertaneja e Professora Diva Proença, na Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6483/06062024112608arquivo_indicacao_88_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6483/06062024112608arquivo_indicacao_88_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a pintura da casinha dos taxistas na Avenida Brasil, defronte à Casa dos Pastéis.</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6484/06062024112616arquivo_indicacao_89_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6484/06062024112616arquivo_indicacao_89_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a execução de pavimentação poliédrica nos seguintes locais: Rua Londrina (Distrito de Jacutinga); Rua Guaraniaçu (Jardim Paraná); Rua Cascavel (Jardim Paraná); Rua Campo Mourão (Jardim Paraná); Rua Rolândia (Distrito de Santa Bárbara); Rua Castro Alves (Vila Nova Porã I); Rua Rui Barbosa (Vila Nova Porã I); Rua IBC (Vila Nova Porã III); Rua Maringá (Vila Nova Porã III); Rua Cambé (Vila Nova Porã III); Rua Califórnia (Vila Nova Porã III); Rua Bulha (Vila Monte Castelo); Travessa Lapa (Vila Monte Castelo); Travessa Esperança (Vila Monte Castelo); Rua Mamborê (Jardim Alvorada); Rua Palotina (Jardim Alvorada); Rua Santa Catarina (Vila Santa Maria); Rua Santa Terezinha (Jardim Iporã); Rua Monte Alto (Jardim Iporã); Rua Moises Lopes (Jardim Iporã); Rua Sérgio Koval (Jardim Iporã); Avenida Brasil (Jardim Itaipu); Rua Chopin (Jardim Itaipu).</t>
   </si>
   <si>
     <t>6485</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6485/06062024112623arquivo_indicacao_90_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6485/06062024112623arquivo_indicacao_90_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie o cascalhamento da Rua Céu Azul, do Jardim Alvorada.</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6486/06062024112656arquivo_indicacao_91_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6486/06062024112656arquivo_indicacao_91_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que construa dois banheiros públicos do lado da pista de caminhada do Parque Ambiental Jardim Botânico.</t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6487/11062024150043arquivo_indicacao_92_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6487/11062024150043arquivo_indicacao_92_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a construção de ciclovias ligando o Centro às Vilas João XXIII, Vila Nova Porã, Jardim Paraná.</t>
   </si>
   <si>
     <t>6488</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6488/11062024150104arquivo_indicacao_93_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6488/11062024150104arquivo_indicacao_93_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que realize a pintura da faixa amarela em toda a Rodovia que liga o Distrito de Jacutinga até a Vila Nova Porã.</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6489/11062024150126arquivo_indicacao_94_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6489/11062024150126arquivo_indicacao_94_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, readequação da ponte que liga a Vila Nova Porã até Pindauva, e também a instalação de um redutor de velocidade, anterior e posterior a ponte do Rio Pindauva.</t>
   </si>
   <si>
     <t>6490</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6490/11062024150134arquivo_indicacao_95_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6490/11062024150134arquivo_indicacao_95_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a criação de uma Zona de Bolsão para os motociclistas, no semáforo de Ivaiporã.</t>
   </si>
   <si>
     <t>6491</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6491/11062024150140arquivo_indicacao_96_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6491/11062024150140arquivo_indicacao_96_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie o cascalhamento na Rua Chopim, atrás do antigo Moinho de Trigo, no Jardim Itaipu.</t>
   </si>
   <si>
     <t>6497</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6497/11062024150147arquivo_indicacao_97_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6497/11062024150147arquivo_indicacao_97_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, com extrema urgência, uma faixa elevada defronte a entrada da Creche José Fiorim, na Rua Placídio Miranda, próximo ao Lagos das Flores.</t>
   </si>
   <si>
     <t>6499</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6499/11062024150153arquivo_indicacao_98_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6499/11062024150153arquivo_indicacao_98_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, cobertura sob o ponto de taxi na Av. Souza Naves, defronte ao Rancho Rural.</t>
   </si>
   <si>
     <t>6500</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6500/11062024150200arquivo_indicacao_99_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6500/11062024150200arquivo_indicacao_99_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, um ponto de ônibus na Rua Placídio Miranda, esquina com a Rua Paulista.</t>
   </si>
   <si>
     <t>6501</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6501/11062024150206arquivo_indicacao_100_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6501/11062024150206arquivo_indicacao_100_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que conceda melhorias na Estrada Berro da Onça, que liga até Santa Barbara.</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6503/11062024153152arquivo_indicacao_101_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6503/11062024153152arquivo_indicacao_101_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a instalação de um redutor de velocidade na Rua Pará, defronte ao nº 962, próximo ao Posto Ivaiporã.</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6505/11062024153706arquivo_indicacao_102_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6505/11062024153706arquivo_indicacao_102_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, faça melhorias na estrada que liga a Vila Nova Porã à Vila Rural Ivainópolis.</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6507/11062024153713arquivo_indicacao_103_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6507/11062024153713arquivo_indicacao_103_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, instalar pedras irregulares na Rua Olavo Bilac, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6508</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6508/11062024153721arquivo_indicacao_104_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6508/11062024153721arquivo_indicacao_104_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, o recape com massa asfáltica na Rua Romário Martins, que liga a Vila João XXIII e Luiz XV.</t>
   </si>
   <si>
     <t>6510</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6510/11062024153727arquivo_indicacao_105_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6510/11062024153727arquivo_indicacao_105_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realizar a pavimentação na Rua Rui Barbosa, localizada no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6511/11062024153734arquivo_indicacao_106_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6511/11062024153734arquivo_indicacao_106_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, instalar um ponto de ônibus na entrada da Vila de Furnas.</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6512/11062024153740arquivo_indicacao_107_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6512/11062024153740arquivo_indicacao_107_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que disponibilize a pavimentação da Rua Santa Catarina, defronte a Igreja Matriz, na Vila Santa Maria.</t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6513/11062024153745arquivo_indicacao_108_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6513/11062024153745arquivo_indicacao_108_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie um redutor de velocidade na Rua Bulha e na Rua São Mateus, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6514/11062024153753arquivo_indicacao_109_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6514/11062024153753arquivo_indicacao_109_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie uma nova ponte na Estrada do Bulha F, pois com a forte chuva os moradores estão sem ponte.</t>
   </si>
   <si>
     <t>6515</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6515/11062024153759arquivo_indicacao_110_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6515/11062024153759arquivo_indicacao_110_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie pedras irregulares na Rua Cristo Redentor, no Jardim Guanabara II.</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6516/11062024153911arquivo_indicacao_111_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6516/11062024153911arquivo_indicacao_111_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie pedras irregulares nas Ruas José Messias de Oliveira, Dercílio Matias, Pedro Sargionete e Alice Moreira Prestes, no Conjunto Habitacional Sebastião Alves de Andrade.</t>
   </si>
   <si>
     <t>6517</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6517/11062024153920arquivo_indicacao_112_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6517/11062024153920arquivo_indicacao_112_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie cascalhamento nas Ruas Barão do Rio Branco, Rodrigues Alves, Laercio J. Rodrigues, Arlindo M. Proença, Machado de Assis, Marlene Moraes, no Jardim Bosque da Saúde.</t>
   </si>
   <si>
     <t>6518</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6518/11062024153931arquivo_indicacao_113_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6518/11062024153931arquivo_indicacao_113_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie cascalhamento na estrada que liga a Vila Nova Porã até o Cinco Encruzo.</t>
   </si>
   <si>
     <t>6519</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6519/11062024153937arquivo_indicacao_114_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6519/11062024153937arquivo_indicacao_114_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, implante faixas elevadas nos lugares onde já houver faixa de pedestre, em toda a extensão da Avenida Ladislao Gil Fernandez.</t>
   </si>
   <si>
     <t>6520</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6520/11062024153944arquivo_indicacao_115_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6520/11062024153944arquivo_indicacao_115_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio deste, pedir ao departamento competente, que realize a limpeza das bocas de lobo, nas Ruas Paulista e Júlio Guerra, no Jardim Brasília.</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Hélio Barros, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6521/11062024153951arquivo_indicacao_116_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6521/11062024153951arquivo_indicacao_116_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que providencie a instalação de uma quadra de futebol de grama sintética, onde já existe uma quadra de concreto, no Conjunto Residencial Olímpio Mourão Filho, vulgo Casas Populares da Espírito Santo.</t>
   </si>
   <si>
     <t>6522</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6522/11062024153959arquivo_indicacao_117_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6522/11062024153959arquivo_indicacao_117_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para melhorar a iluminação do canteiro da Avenida Brasil, defronte ao Banco Itaú, sendo instaladas lâmpadas de LED.</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6523/11062024154005arquivo_indicacao_118_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6523/11062024154005arquivo_indicacao_118_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta pedir a disponibilidade de designar um guarda noturno para o Colégio Carlos Lacerda, no Conjunto Olímpio Mourão Filho.</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6524/11062024154012arquivo_indicacao_119_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6524/11062024154012arquivo_indicacao_119_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, seja realizado um estudo quanto a implantação de uma faixa elevada na Avenida Ladislao Gil Fernandez, defronte ao Plano Aliança.</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6526/11062024154020arquivo_indicacao_120_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6526/11062024154020arquivo_indicacao_120_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, instalação de pedras irregulares na extensão da Av. Brasil, no Jardim Itaipu, trecho que chega na ponte que liga ao Cinco Encruzo.</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6528/11062024154050arquivo_indicacao_121_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6528/11062024154050arquivo_indicacao_121_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que faça uma abertura no canteiro da Av. Marechal Cordeiro de Farias, próximo ao Estádio Municipal Manoel Fernandes Silva, facilitando o retorno ao outro sentido da via.</t>
   </si>
   <si>
     <t>6530</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6530/11062024154057arquivo_indicacao_122_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6530/11062024154057arquivo_indicacao_122_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, que seja realizada a retirada de entulhos na Avenida Maranhão, defronte ao nº 1.730.</t>
   </si>
   <si>
     <t>6531</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6531/11062024154105arquivo_indicacao_123_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6531/11062024154105arquivo_indicacao_123_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a implantação de pedras irregulares na Rua Cornélio Procópio.</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
     <t>Sueli Gevert, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6532/11062024154111arquivo_indicacao_124_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6532/11062024154111arquivo_indicacao_124_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, disponibilize um profissional da área de Educação Física para elaborar atividades físicas e alongamentos para os idosos de Jacutinga, para que os mesmos pratiquem sob suas orientações.</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6533/11062024154117arquivo_indicacao_125_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6533/11062024154117arquivo_indicacao_125_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a implantação de pedras irregulares na Rua Tijuca, Jardim Guanabara II.</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6534/11062024154122arquivo_indicacao_126_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6534/11062024154122arquivo_indicacao_126_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que cascalhe a Rua Princesa Isabel, situada no Jardim Aeroporto.</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6536/11062024154129arquivo_indicacao_127_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6536/11062024154129arquivo_indicacao_127_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a construção de uma pista de caminhada ao redor do Pátio de Máquinas, antigo IBC, localizado na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6537</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6537/11062024154135arquivo_indicacao_128_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6537/11062024154135arquivo_indicacao_128_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a sinalização das ruas do Jardim Novo Versalhes com seus devidos nomes.</t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6538/11062024154142arquivo_indicacao_129_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6538/11062024154142arquivo_indicacao_129_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, junto ao departamento competente, que providencie uma equipe para a limpeza e tampa aos bueiros de nossa cidade.</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6539/11062024154149arquivo_indicacao_130_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6539/11062024154149arquivo_indicacao_130_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, junto ao departamento competente, providencie a instalação de um portal para dar acesso a entrada do Lar Santo Antônio na Rua Londrina, próximo ao antigo Lago das Flores.</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6540/11062024154203arquivo_indicacao_131_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6540/11062024154203arquivo_indicacao_131_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, junto ao departamento competente, providencie a construção de um acostamento na Rua Placídio Miranda, que dá acesso a Vila João XXIII.</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6541/11062024154212arquivo_indicacao_132_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6541/11062024154212arquivo_indicacao_132_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que providencie a construção de um posto policial no Jardim Luiz XV, objetivando atender os bairros Luiz XV, João XXIII, Jardim Brasília, Jardim Imperial, Jardim Ouro Preto, Jardim Casagrande e Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6542/11062024154217arquivo_indicacao_133_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6542/11062024154217arquivo_indicacao_133_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, junto ao departamento competente que melhore a sinalização do Jardim Casagrande, Jardim Casagrande II, Jardim Casagrande III.</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6543/11062024154223arquivo_indicacao_134_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6543/11062024154223arquivo_indicacao_134_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a instalação de pedras irregulares nas ruas Brasília e Alvorada, todas no Jardim Iporã.</t>
   </si>
   <si>
     <t>6544</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6544/11062024154235arquivo_indicacao_135_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6544/11062024154235arquivo_indicacao_135_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a construção de uma cobertura no Cemitério Municipal, para que os munícipes possam despedir de seus entes queridos nos dias de chuva.</t>
   </si>
   <si>
     <t>6545</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6545/11062024154241arquivo_indicacao_136_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6545/11062024154241arquivo_indicacao_136_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, implante faixas elevadas defronte todas as escolas do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>6546</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6546/11062024154247arquivo_indicacao_137_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6546/11062024154247arquivo_indicacao_137_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie a construção de um trevo, para dar acesso ao Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>6547</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6547/11062024154253arquivo_indicacao_138_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6547/11062024154253arquivo_indicacao_138_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie a instalação de pedras irregulares na Rua Polônia, que dá acesso a Cia da Polícia Militar, na Vila Xurupita.</t>
   </si>
   <si>
     <t>6548</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6548/11062024154259arquivo_indicacao_139_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6548/11062024154259arquivo_indicacao_139_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie a instalação de bueiros no Jardim Belo Horizonte, próximo ao Sesc/Senac.</t>
   </si>
   <si>
     <t>6549</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6549/11062024154306arquivo_indicacao_140_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6549/11062024154306arquivo_indicacao_140_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie a instalação de um redutor de velocidade na Avenida Tancredo Neves, próximo ao INSS.</t>
   </si>
   <si>
     <t>6550</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6550/11062024154350arquivo_indicacao_141_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6550/11062024154350arquivo_indicacao_141_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie melhorias na iluminação e calçamento juntamente com a instalação de um redutor de velocidade na Rua Augusto Urbanski, nº 560, próximo ao Detran.</t>
   </si>
   <si>
     <t>6551</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6551/11062024154424arquivo_indicacao_142_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6551/11062024154424arquivo_indicacao_142_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado melhorias no Salão Comunitário, localizado na Rua General Ozório, ao lado do nº 765, no Jardim Imperial.</t>
   </si>
   <si>
     <t>6552</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6552/11062024154430arquivo_indicacao_143_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6552/11062024154430arquivo_indicacao_143_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, que providencie a instalação de pedras irregulares na Rua Anhanguera, Jardim Ouro Preto.</t>
   </si>
   <si>
     <t>6553</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6553/11062024154437arquivo_indicacao_144_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6553/11062024154437arquivo_indicacao_144_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a instalação de um poste de luz na Rua Rui Barbosa, nº 245, em frente à Escola Ignês de Souza Caetano, localizada na Vila João XXIII.</t>
   </si>
   <si>
     <t>6554</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6554/11062024154444arquivo_indicacao_145_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6554/11062024154444arquivo_indicacao_145_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, readéque e cascalhe as estradas da Água da Prata e do Pindauva, sentido Severiano.</t>
   </si>
   <si>
     <t>6555</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6555/11062024154452arquivo_indicacao_146_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6555/11062024154452arquivo_indicacao_146_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, construa um campo de Futebol Suíço. no Jardim Itaipu.</t>
   </si>
   <si>
     <t>6556</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6556/11062024154459arquivo_indicacao_147_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6556/11062024154459arquivo_indicacao_147_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie o cascalhamento na Rua Sapopema, no Jardim Paraná.</t>
   </si>
   <si>
     <t>6557</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6557/11062024154506arquivo_indicacao_148_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6557/11062024154506arquivo_indicacao_148_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie instalação de uma malha asfáltica junto a um redutor de velocidade na Rua Paulista, próximo ao Colégio Estadual Antônio Diniz, João XXIII.</t>
   </si>
   <si>
     <t>6558</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6558/11062024154512arquivo_indicacao_149_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6558/11062024154512arquivo_indicacao_149_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie o cascalhamento na Rua Curiúva, no Jardim Paraná.</t>
   </si>
   <si>
     <t>6559</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6559/11062024154518arquivo_indicacao_150_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6559/11062024154518arquivo_indicacao_150_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que seja providenciado um novo vidro para a patrola do Município de Ivaiporã que se encontra com vidro quebrado.</t>
   </si>
   <si>
     <t>6560</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6560/11062024154528arquivo_indicacao_151_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6560/11062024154528arquivo_indicacao_151_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, que providencie tampas para as bocas de lobo na Praça Independência, próximo ao Colégio Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>6561</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6561/11062024154534arquivo_indicacao_152_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6561/11062024154534arquivo_indicacao_152_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, instale um redutor de velocidade na Avenida Osvaldo Cruz, defronte ao nº 562.</t>
   </si>
   <si>
     <t>6562</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6562/11062024154541arquivo_indicacao_153_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6562/11062024154541arquivo_indicacao_153_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie melhorias no acesso a Bica D'Água.</t>
   </si>
   <si>
     <t>6563</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6563/11062024154548arquivo_indicacao_154_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6563/11062024154548arquivo_indicacao_154_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a construção de um ponto de ônibus defronte ao IFPR.</t>
   </si>
   <si>
     <t>6564</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6564/11062024154556arquivo_indicacao_155_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6564/11062024154556arquivo_indicacao_155_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a limpeza do terreno na Rua Marginal, às margens do Rio Pindauvinha.</t>
   </si>
   <si>
     <t>6565</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6565/11062024154603arquivo_indicacao_156_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6565/11062024154603arquivo_indicacao_156_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a construção de uma pista de caminhada no meio da mata localizada próximo ao Colégio Mater Consolatrix.</t>
   </si>
   <si>
     <t>6566</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6566/11062024154611arquivo_indicacao_157_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6566/11062024154611arquivo_indicacao_157_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a melhoria no estacionamento na Avenida defronte ao Supermercado Paulista.</t>
   </si>
   <si>
     <t>6567</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6567/11062024154618arquivo_indicacao_158_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6567/11062024154618arquivo_indicacao_158_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que isente os juros e multas dos IPTUs em atraso e realize o parcelamento.</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6648/indicacao_no_159.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6648/indicacao_no_159.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, verifique a possibilidade da implantação de um redutor de velocidade na Avenida Souza Naves, nas proximidades do nº 175, residência do Sr. Joaquim Belarmino.</t>
   </si>
   <si>
     <t>6650</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6650/indicacao_no_160.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6650/indicacao_no_160.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie pavimentação asfáltica na Rua Mén de Sá, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6651</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6651/indicacao_no_161.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6651/indicacao_no_161.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie galerias e pavimentação na Rua Joaquim Nabuco, no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6652</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6652/indicacao_no_162.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6652/indicacao_no_162.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a pavimentação asfáltica e um redutor de velocidades na Rua Luís Fabo, que liga o Conjunto João de Barro e a Vila Esperança.</t>
   </si>
   <si>
     <t>6653</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6653/indicacao_no_163.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6653/indicacao_no_163.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a retirada de um alicerce velho na Rua Cerro Azul, no Jardim Paraná.</t>
   </si>
   <si>
     <t>6654</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6654/indicacao_no_164.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6654/indicacao_no_164.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie instalação de ventiladores, roteadores de internet, juntamente seja adequado um parque ecológico e construção de um muro ao redor do CMEI Maria Burato, no Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>6655</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6655/indicacao_no_165.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6655/indicacao_no_165.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, que seja providenciado reforma e instalação de um brinquedo ecológico na praça Ireno Custódio Teixeira.</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6656/indicacao_no_166.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6656/indicacao_no_166.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie extensão da rede na Rua João F. Vieira, localizada no Jardim Aeroporto.</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6657/indicacao_no_167.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6657/indicacao_no_167.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie a implantação de pedras irregulares na Rua Pedro Sargionete, no Conjunto João de Barro.</t>
   </si>
   <si>
     <t>6658</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6658/indicacao_no_168.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6658/indicacao_no_168.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para realizar a pavimentação asfáltica na estrada vicinal, próximo à empresa Frango Caipira.</t>
   </si>
   <si>
     <t>6659</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6659/indicacao_no_169.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6659/indicacao_no_169.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que construa um acostamento na Rua Três Marias, no Jardim Iporã.</t>
   </si>
   <si>
     <t>6660</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6660/indicacao_no_170.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6660/indicacao_no_170.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que instale um redutor de velocidade na Rua Social, Centro.</t>
   </si>
   <si>
     <t>6661</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6661/indicacao_no_171.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6661/indicacao_no_171.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que instale um bueiro na Rua Marginal, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6662</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6662/indicacao_no_172.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6662/indicacao_no_172.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, proceda-se a doação do móvel objeto do Projeto de Decreto Legislativo nº 5/2017, a Unidade Básica de Saúde, localizada no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>6663</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6663/indicacao_no_173.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6663/indicacao_no_173.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie um redutor de velocidade na Avenida Lea Valviverde, no Jardim Novo Versalhes</t>
   </si>
   <si>
     <t>6664</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6664/indicacao_no_174.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6664/indicacao_no_174.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a pavimentação asfáltica de todas as ruas do Alto da Glória que ainda não foram pavimentadas.</t>
   </si>
   <si>
     <t>6665</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6665/indicacao_no_175.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6665/indicacao_no_175.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que conserte todas as lixeiras de nossa cidade.</t>
   </si>
   <si>
     <t>6666</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6666/indicacao_no_176.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6666/indicacao_no_176.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para instalar cascalho na Rua Uberlândia, na Vila João XXIII.</t>
   </si>
   <si>
     <t>6667</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6667/indicacao_no_177.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6667/indicacao_no_177.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que providencie a pavimentação da Rua Ceará, no trecho entre as ruas Mandaguari e Londrina, no Centro de Ivaiporã.</t>
   </si>
   <si>
     <t>6668</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6668/indicacao_no_178.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6668/indicacao_no_178.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, realize a pintura de "PARE" em cruzamentos de ruas e avenidas, mesmo já havendo placa de preferencial, em lugares que não há necessidade de instalação de redutores de velocidade.</t>
   </si>
   <si>
     <t>6669</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6669/indicacao_no_179.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6669/indicacao_no_179.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a possibilidade de instalação de cobertura das arquibancadas da arena de esportes, no campo de futebol society de grama sintética e na quadra de areia, no Parque Ecológico Jardim Botânico.</t>
   </si>
   <si>
     <t>6670</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6670/indicacao_no_180.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6670/indicacao_no_180.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a implantação de um sistema de protocolo integralizado e digitalizado de todos os setores da Prefeitura, de modo a facilitar e agilizar o andamento dos processos, como também evitar o extravio de documentos.</t>
   </si>
   <si>
     <t>6671</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6671/indicacao_no_181.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6671/indicacao_no_181.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que refaça o mapa rural e urbano do Município, contendo índice e cores diferenciadas dos loteamento e glebas, e disponibilize-o no site da Prefeitura de Ivaiporã, podendo também ser impresso para todos os órgãos públicos, principalmente escolas.</t>
   </si>
   <si>
     <t>6672</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6672/indicacao_no_182.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6672/indicacao_no_182.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a pavimentação asfáltica na Rua São Pedro, no Jardim Nova Fátima.</t>
   </si>
   <si>
     <t>6673</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6673/indicacao_no_183.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6673/indicacao_no_183.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie um redutor de velocidade na Avenida Souza Naves, defronte ao IAP.</t>
   </si>
   <si>
     <t>6674</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6674/indicacao_no_184.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6674/indicacao_no_184.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie um redutor de velocidade na Avenida Maranhão, defronte ao nº 3.020.</t>
   </si>
   <si>
     <t>6675</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6675/indicacao_no_185.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6675/indicacao_no_185.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie pintura em todas as faixas de travessia de pedestre de nossa cidade.</t>
   </si>
   <si>
     <t>6677</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6677/indicacao_no_186.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6677/indicacao_no_186.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie manutenção na rotatória da Rua Ucrânia, defronte a New Rolland, Vila Xurupita.</t>
   </si>
   <si>
     <t>6678</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6678/indicacao_no_187.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6678/indicacao_no_187.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que providencie o recape asfáltico nas Ruas Ivaiporã e Durvalina Dias de Jesus, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6680</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6680/indicacao_no_188.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6680/indicacao_no_188.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente providencie uma placa indicativa na entrada da cidade, descrevendo direções para alguns pontos de referência em nossa cidade.</t>
   </si>
   <si>
     <t>6681</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6681/indicacao_no_189.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6681/indicacao_no_189.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que por meio do departamento competente providencie o cascalhamento da estrada Bela Vista, mais conhecida como bairro do Silva.</t>
   </si>
   <si>
     <t>6682</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6682/indicacao_no_190.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6682/indicacao_no_190.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que por meio do departamento competente, providencie a pavimentação asfáltica da Rua Alvares de Azevedo, na Vila João XXIII.</t>
   </si>
   <si>
     <t>6683</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6683/indicacao_no_191.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6683/indicacao_no_191.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que por meio do departamento competente, seja providenciado uma pista de motocross, pista de laço e pista de gaiola, no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>6684</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6684/indicacao_no_192.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6684/indicacao_no_192.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que disponibilize um espaço definitivo para a realização anual da Expovale, com características semelhantes ao parque anterior.</t>
   </si>
   <si>
     <t>6685</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6685/indicacao_no_193.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6685/indicacao_no_193.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, cascalhe a estrada que liga a Vila Rural Ivainópolis até a comunidade do Santa Luzia.</t>
   </si>
   <si>
     <t>6686</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6686/indicacao_no_194.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6686/indicacao_no_194.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que disponibilize um ajudante para o motorista do transporte escolar.</t>
   </si>
   <si>
     <t>6687</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6687/indicacao_no_195.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6687/indicacao_no_195.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que disponibilize a poda das árvores que estão atrapalhando a iluminação pública na Avenida São Paulo.</t>
   </si>
   <si>
     <t>6688</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6688/indicacao_no_196.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6688/indicacao_no_196.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que providencie a adequação da Avenida Tancredo Neves, defronte o INSS.</t>
   </si>
   <si>
     <t>6690</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6690/indicacao_no_197.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6690/indicacao_no_197.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que disponibilize a doação de mudas de árvores frutíferas para os proprietários rurais que tem propriedade as margens do Rio Pindauva.</t>
   </si>
   <si>
     <t>6692</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6692/indicacao_no_198.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6692/indicacao_no_198.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que providencie a reforma do parquinho infantil, anexo a rotatória na Rua Ucrânia, Vila Xurupita.</t>
   </si>
   <si>
     <t>6693</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6693/indicacao_no_199.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6693/indicacao_no_199.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realizar a limpeza da rotatória defronte a Aggimotos, na Avenida Castelo Branco, Centro.</t>
   </si>
   <si>
     <t>6694</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6694/indicacao_no_200.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6694/indicacao_no_200.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, cascalhe a estrada dos Três Ranchinhos até a estrada da Guabirobeira (antiga estrada do Porto de Areia).</t>
   </si>
   <si>
     <t>6695</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6695/indicacao_no_201.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6695/indicacao_no_201.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que reverta a renda da lavoura plantada dos agricultores que permutaram os lotes para o Parque Industrial, abatedouro de frango e fábrica de ração, para as instituições de caridade do Município.</t>
   </si>
   <si>
     <t>6568</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6568/11062024154628arquivo_indicacao_202_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6568/11062024154628arquivo_indicacao_202_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que seja analisada a possibilidade de compra de uma máquina trituradora de galhos e troncos para o Município.</t>
   </si>
   <si>
     <t>6569</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6569/11062024154637arquivo_indicacao_203_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6569/11062024154637arquivo_indicacao_203_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado melhorias na iluminação pública da Rua Dom Pedro II, no Jardim Brasília.</t>
   </si>
   <si>
     <t>6570</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6570/11062024154649arquivo_indicacao_204_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6570/11062024154649arquivo_indicacao_204_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado a troca das lâmpadas amarelas por lâmpadas de LED nos postes de iluminação pública nas Ruas Ponta Grossa, Londrina, Bandeirantes, Arapongas, Jacarezinho e Felicita Rother, no Centro da Cidade.</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6574/11062024154656arquivo_indicacao_205_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6574/11062024154656arquivo_indicacao_205_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, para que seja providenciado o cascalhamento do trecho que liga Cinco Encruzo a Cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>6576</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6576/11062024154703arquivo_indicacao_206_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6576/11062024154703arquivo_indicacao_206_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado a pavimentação de pedras irregulares na Rua Suburbana, próximo ao Canil Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6577/11062024154709arquivo_indicacao_207_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6577/11062024154709arquivo_indicacao_207_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado uma tela de proteção em volta da quadra do Projeto Renascer de Ivaiporã.</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6578/11062024154715arquivo_indicacao_208_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6578/11062024154715arquivo_indicacao_208_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio deste pedir ao departamento competente que realize limpeza da Rua Xavantes, no Jardim Itaipu.</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6579/11062024154720arquivo_indicacao_209_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6579/11062024154720arquivo_indicacao_209_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio deste, pedir ao departamento competente que realize a instalação de pedras irregulares na Rua Ceará, entre as Ruas Bandeirantes e Felicita Rother, Centro.</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6580/11062024154727arquivo_indicacao_210_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6580/11062024154727arquivo_indicacao_210_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio deste pedir ao departamento competente, que realize a inclusão na grade curricular das escolas municipais a disciplina de Educação Ambiental.</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6581/11062024154733arquivo_indicacao_211_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6581/11062024154733arquivo_indicacao_211_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, pedir ao departamento competente, que realize a poda ou o corte de árvores que apresentam riscos tanto de queda, quanto de causar danos na rede elétrica.</t>
   </si>
   <si>
     <t>6582</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6582/11062024154739arquivo_indicacao_212_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6582/11062024154739arquivo_indicacao_212_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, pedir ao departamento competente, que realize a sinalização da faixa elevada defronte ao SESC/SENAC.</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6583/11062024154745arquivo_indicacao_213_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6583/11062024154745arquivo_indicacao_213_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, pedir ao departamento competente, que realize pintura da faixa de travessia de pedestres na Avenida Souza Naves, defronte ao Colégio Estadual Bento Mossurunga.</t>
   </si>
   <si>
     <t>6584</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6584/11062024154759arquivo_indicacao_214_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6584/11062024154759arquivo_indicacao_214_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, pedir ao departamento competente, que realize a adequação dos redutores de velocidade da Avenida Tancredo Neves, próximo ao Colégio Mater Consolatrix, Centro.</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6585/11062024154806arquivo_indicacao_215_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6585/11062024154806arquivo_indicacao_215_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie grades de proteção na boca de lobo, defronte ao nº 920, na Rua Rio Grande do Sul, no Centro da Cidade.</t>
   </si>
   <si>
     <t>6600</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6600/indicacao_no_216.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6600/indicacao_no_216.pdf</t>
   </si>
   <si>
     <t>INDICANDO ao Senhor Prefeito Municipal, que por meio do departamento competente, estude a viabilização da pintura de uma faixa de pedestres na esquina da Avenida Tancredo Neves com a Rua Antonina.</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6586/11062024154813arquivo_indicacao_217_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6586/11062024154813arquivo_indicacao_217_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie profissionais da limpeza pública (gari) na Rua Bulha, bairro Monte Castelo.</t>
   </si>
   <si>
     <t>6601</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6601/indicacao_no_218.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6601/indicacao_no_218.pdf</t>
   </si>
   <si>
     <t>INDICANDO ao Senhor Prefeito Municipal, que direcione a geladeira objeto do Projeto de Decreto Legislativo n° 10/2017 para utilização no Hospital Municipal de lvaiporã.</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6587/11062024154818arquivo_indicacao_219_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6587/11062024154818arquivo_indicacao_219_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a retirada de uma árvore na Avenida Maranhão, defronte ao nº 3.020.</t>
   </si>
   <si>
     <t>6602</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6602/indicacao_no_220.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6602/indicacao_no_220.pdf</t>
   </si>
   <si>
     <t>INDICANDO ao Senhor Prefeito Municipal, que por meio do departamento competente, realize recape asfáltico na Rua Santa Mariana, no Bairro Jardim Guanabara I.</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6588/11062024154826arquivo_indicacao_221_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6588/11062024154826arquivo_indicacao_221_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, seja realizada a reforma no calçamento e poda das árvores que atrapalham a visibilidade no canteiro da Avenida Curitiba, defronte ao Restaurante Soledade.</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6589/11062024154832arquivo_indicacao_222_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6589/11062024154832arquivo_indicacao_222_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, seja pavimentada a Rua Ceará, no trecho entre as Ruas Sertaneja e Paranavaí, Centro de Ivaiporã.</t>
   </si>
   <si>
     <t>6590</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6590/11062024154839arquivo_indicacao_223_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6590/11062024154839arquivo_indicacao_223_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, para que seja instalada nos prédios públicos caixas de armazenamento de água da chuva, para serem usadas para outros fins.</t>
   </si>
   <si>
     <t>6591</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6591/11062024154846arquivo_indicacao_224_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6591/11062024154846arquivo_indicacao_224_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, para que seja contratado um médico oftalmo, para atender a demanda do nosso Município.</t>
   </si>
   <si>
     <t>6592</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6592/11062024154851arquivo_indicacao_225_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6592/11062024154851arquivo_indicacao_225_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, vem por meio desta, para que determine aos proprietários de animais domésticos, o uso de equipamento de segurança, como focinheira, corrente e coleira, quando transitarem em parques, praças e vias públicas, sendo também instaladas placas de advertência pelos locais de passeio.</t>
   </si>
   <si>
     <t>6593</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6593/11062024154857arquivo_indicacao_226_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6593/11062024154857arquivo_indicacao_226_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie o cascalhamento da Rua Dercílio Matias, localizada no Conjunto Sebastião Alves de Andrade.</t>
   </si>
   <si>
     <t>6696</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6696/indicacao_no_227.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6696/indicacao_no_227.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, providencie a instalação de lixeiras ao lado da pista de passeio do Lago das Flores.</t>
   </si>
   <si>
     <t>6697</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6697/indicacao_no_228.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6697/indicacao_no_228.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, providencie a instalação de um redutor de velocidades na Avenida Maranhão, defronte ao nº 3.105, Centro.</t>
   </si>
   <si>
     <t>6698</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6698/indicacao_no_229.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6698/indicacao_no_229.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, providencie a instalação de bueiros na Rua São Luiz, na vila São Jorge.</t>
   </si>
   <si>
     <t>6699</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6699/indicacao_no_230.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6699/indicacao_no_230.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a retirada de galhos na Rua Emiliano Perneta, defronte ao nº 262, na Vila João XXIII.</t>
   </si>
   <si>
     <t>6700</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6700/indicacao_no_231.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6700/indicacao_no_231.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, realize a pavimentação asfáltica na Rua Barbosa Ferras, na Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>6701</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6701/indicacao_no_232.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6701/indicacao_no_232.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, providencie a instalação de um semáforo na rotatória da Avenida Brasil, próximo a Casa Esperança, Centro.</t>
   </si>
   <si>
     <t>6702</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6702/indicacao_no_233.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6702/indicacao_no_233.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, que estude a construção de um museu anexo a rotatória da Igreja Bom Jesus, na Avenida Castelo Branco, Centro.</t>
   </si>
   <si>
     <t>6703</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6703/indicacao_no_234.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6703/indicacao_no_234.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, providencie o recape asfáltico na Rua Dom Pedro II, no Jardim Brasília.</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6704/indicacao_no_235.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6704/indicacao_no_235.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, providencie a instalação de um redutor de velocidade na Rua Getúlio Vargas, defronte ao Bar do Claudinho, Vila João XXIII.</t>
   </si>
   <si>
     <t>6705</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6705/indicacao_no_236.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6705/indicacao_no_236.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, providencie a construção de um calçamento e acostamento na Av. Celso Maquita, acesso secundário.</t>
   </si>
   <si>
     <t>6706</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6706/indicacao_no_237.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6706/indicacao_no_237.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, providencie o recape asfáltico na Rua Tamandaré, no Jardim Aeroporto.</t>
   </si>
   <si>
     <t>6707</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6707/indicacao_no_238.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6707/indicacao_no_238.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, realize a pintura das faixas de pedestres e estacionamento da Avenida Castelo Branco, próximo ao Instituto de Saúde Bom Jesus, Centro.</t>
   </si>
   <si>
     <t>6708</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6708/indicacao_no_239.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6708/indicacao_no_239.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, seja realizado um estudo no acesso secundário, defronte aos barracões próximos do Ferro Velho do Coelho, providenciando cascalhamento bem como meio fio, para que o proprietário possa estar realizando melhorias no estabelecimento.</t>
   </si>
   <si>
     <t>6709</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6709/indicacao_no_240.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6709/indicacao_no_240.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que implante uma ATI (Academia da Terceira Idade) e um parquinho no Jardim Versalhes.</t>
   </si>
   <si>
     <t>6710</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6710/indicacao_no_241.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6710/indicacao_no_241.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que através do departamento competente, providencie a pavimentação asfáltica nas Ruas Feliciano Vidal, Marialva, Assai, São João do Ivaí, Califórnia, Kalore.</t>
   </si>
   <si>
     <t>6711</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6711/indicacao_no_242.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6711/indicacao_no_242.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que reajuste as diárias de viagens dos motoristas da Prefeitura, que atualmente são R$ 38,00 para R$ 50,00.</t>
   </si>
   <si>
     <t>6712</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6712/indicacao_no_243.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6712/indicacao_no_243.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, realize a construção de um banheiro no Parque Infantil Alice Albertin, na Avenida Tancredo Neves, Centro.</t>
   </si>
   <si>
     <t>6713</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6713/indicacao_no_244.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6713/indicacao_no_244.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, realize a instalação de uma faixa elevada na Avenida Souza Naves, defronte a APAE.</t>
   </si>
   <si>
     <t>6714</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6714/indicacao_no_245.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6714/indicacao_no_245.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, realize na Rua Benjamim Constante, Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6715</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6715/indicacao_no_246.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6715/indicacao_no_246.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, realize a instalação de um redutor de velocidade na Rua Luiz Pasteur, defronte à Lanchonete do Murilo, Jardim Imperial.</t>
   </si>
   <si>
     <t>6716</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6716/indicacao_no_247.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6716/indicacao_no_247.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que instale um redutor de velocidades na Rua Alfenas, próximo à Rua Tiradentes, no Jardim Casa Grande III.</t>
   </si>
   <si>
     <t>6718</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6718/indicacao_no_248.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6718/indicacao_no_248.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que providencie a colocação de uma lombada na Avenida Maranhão, nas proximidades do nº 110, quadra 23.</t>
   </si>
   <si>
     <t>6719</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6719/indicacao_no_249.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6719/indicacao_no_249.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado a pavimentação asfáltica na entrada do CMEI José Fiorim, localizado na Rua Placidio Miranda, na Vila João XXIII.</t>
   </si>
   <si>
     <t>6720</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6720/indicacao_no_250.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6720/indicacao_no_250.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado um recape asfáltico na Rua Marginal, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6722</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6722/indicacao_no_251.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6722/indicacao_no_251.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado um recape asfáltico na Rua Dom Pedro II, na Vila João XXIII.</t>
   </si>
   <si>
     <t>6723</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6723/indicacao_no_252.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6723/indicacao_no_252.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, por meio do departamento competente, para que providencie a instalação de câmeras de segurança no Terminal Rodoviário de Ivaiporã.</t>
   </si>
   <si>
     <t>6724</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6724/indicacao_no_253.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6724/indicacao_no_253.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a instalação de placas que alertem sobre focos de dengue no Cemitério Municipal.</t>
   </si>
   <si>
     <t>6725</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6725/indicacao_no_254.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6725/indicacao_no_254.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a reforma do banheiro do Ginásio de Esportes do Lago das Flores.</t>
   </si>
   <si>
     <t>6726</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6726/indicacao_no_255.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6726/indicacao_no_255.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que providencie um programa para isentar os pequenos produtores de taxas de produção e sobre seus terrenos.</t>
   </si>
   <si>
     <t>6727</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6727/indicacao_no_256.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6727/indicacao_no_256.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a arborização das fronteiras do Município, para evitar que o veneno usado nas plantações venha para área urbana.</t>
   </si>
   <si>
     <t>6728</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6728/indicacao_no_257.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6728/indicacao_no_257.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a construção de uma capela mortuária na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6729</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6729/indicacao_no_258.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6729/indicacao_no_258.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a adequação do estacionamento da Avenida Curitiba, defronte à Secretaria de Educação, Centro.</t>
   </si>
   <si>
     <t>6730</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6730/indicacao_no_259.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6730/indicacao_no_259.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a reforma da Rua Romário Martins, no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6731</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6731/indicacao_no_260.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6731/indicacao_no_260.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a instalação de pedras irregulares na Rua Cerro Azul, no Jardim Paraná.</t>
   </si>
   <si>
     <t>6732</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6732/indicacao_no_261.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6732/indicacao_no_261.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a construção de um ponto de ônibus defronte ao estágio Manoel Fernandes Silva, na Avenida Ladislao Gil Fernandez.</t>
   </si>
   <si>
     <t>6733</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6733/indicacao_no_262.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6733/indicacao_no_262.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providencia acostamento na Rua Apucarana, na Vila Santa Maria.</t>
   </si>
   <si>
     <t>6734</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6734/indicacao_no_263.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6734/indicacao_no_263.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado melhorias na quadra de areia do Jardim Botânico, no suporte da rede de vôlei e na iluminação em volta da quadra.</t>
   </si>
   <si>
     <t>6735</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6735/indicacao_no_264.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6735/indicacao_no_264.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a construção de uma Casa da Cultura.</t>
   </si>
   <si>
     <t>6736</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6736/indicacao_no_265.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6736/indicacao_no_265.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a instalação de mais lixeiras pelos passeios públicos e ruas.</t>
   </si>
   <si>
     <t>6737</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6737/indicacao_no_266.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6737/indicacao_no_266.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a construção de um acostamento na rodovia Nicolau Koltun e também a instalação de um Guard Rail na ponte do Pindauvinha.</t>
   </si>
   <si>
     <t>6738</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6738/indicacao_no_267.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6738/indicacao_no_267.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a poda da copa e dos galhos secos das árvores da Rua Carlos Alberto Portela, defronte ao nº 4, no Conjunto Bleis Guergolet, Vila Nova Porã.</t>
   </si>
   <si>
     <t>6739</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6739/indicacao_no_268.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6739/indicacao_no_268.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a instalação de um redutor de velocidades na Avenida São Paulo, próximo a Oficina do Neri, Vila Santa Maria.</t>
   </si>
   <si>
     <t>6742</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6742/indicacao_no_269.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6742/indicacao_no_269.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado o recape asfáltico no final da Avenida Brasil com a Rua Chopim, no Bairro Itaipu.</t>
   </si>
   <si>
     <t>6743</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6743/indicacao_no_270.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6743/indicacao_no_270.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado a compra de um novo caminhão pipa para o Município.</t>
   </si>
   <si>
     <t>6744</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6744/indicacao_no_271.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6744/indicacao_no_271.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a construção de um ponto de ônibus na Avenida Maranhão, Jardim Guanabara I.</t>
   </si>
   <si>
     <t>6745</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6745/indicacao_no_272.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6745/indicacao_no_272.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a construção de um ponto de ônibus na esquina ou do lado da praça da Igreja Espírito Santo, Conjunto Olímpio Mourão Filho.</t>
   </si>
   <si>
     <t>6746</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6746/indicacao_no_273.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6746/indicacao_no_273.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a implantação de redutores de velocidades em toda extensão da Avenida Itália, situada no Jardim Europa.</t>
   </si>
   <si>
     <t>6747</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6747/indicacao_no_274.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6747/indicacao_no_274.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado a construção de um Heliporto.</t>
   </si>
   <si>
     <t>6748</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6748/indicacao_no_275.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6748/indicacao_no_275.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a implantação de uma academia (ATI) nas proximidades da Praça Moisés Gil Fernandes.</t>
   </si>
   <si>
     <t>6749</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6749/indicacao_no_276.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6749/indicacao_no_276.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado instalação de um redutor de velocidade na Avenida Estevão Marciano dos Santos, defronte ao nº 600.</t>
   </si>
   <si>
     <t>6750</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6750/indicacao_no_277.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6750/indicacao_no_277.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado o cascalhamento ou a implantação de pedra irregular nas Ruas Princesa Izabel e Mauá, do Jardim Aeroporto.</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6751/indicacao_no_278.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6751/indicacao_no_278.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado a implantação de pedra irregular na Rua Regina Mazaro, Jardim Aeroporto.</t>
   </si>
   <si>
     <t>6753</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6753/indicacao_no_279.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6753/indicacao_no_279.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que construa uma quadra de esportes na Escola Municipal Diva Proença, na Vila Santa Maria.</t>
   </si>
   <si>
     <t>6754</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6754/indicacao_no_280.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6754/indicacao_no_280.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que construa ou reforme todas as pontes, sendo assim feitas de concreto.</t>
   </si>
   <si>
     <t>6755</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6755/indicacao_no_281.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6755/indicacao_no_281.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para tornar a Rua Mato Grosso em sentido único, defronte a Regional de Saúde, visando melhorar o trafego e carga e descarga dos caminhões.</t>
   </si>
   <si>
     <t>6756</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6756/indicacao_no_282.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6756/indicacao_no_282.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a construção de um hipódromo e uma pista de laço, visando atender aos praticantes de tal modalidade.</t>
   </si>
   <si>
     <t>6757</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6757/indicacao_no_283.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6757/indicacao_no_283.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a instalação de um redutor de velocidade na Rua Marginal, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6759</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6759/indicacao_no_284.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6759/indicacao_no_284.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a retirada de abelhas com dedetização nos brinquedos do parquinho no Lago Jardim Botânico.</t>
   </si>
   <si>
     <t>6761</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6761/indicacao_no_285.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6761/indicacao_no_285.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a pavimentação total da Rua Pindauvinha, próximo ao Supermercado Bom Preço, Centro.</t>
   </si>
   <si>
     <t>6762</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6762/indicacao_no_286.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6762/indicacao_no_286.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de pedras irregulares na Rua Manoel Ribas, no trecho próximo a Capela Mortuária Aliança, Vila Monte Castelo.</t>
   </si>
   <si>
     <t>6763</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6763/indicacao_no_287.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6763/indicacao_no_287.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a construção de uma passarela ao lado da ponte na Rua Apucarana, Vila Santa Maria.</t>
   </si>
   <si>
     <t>6764</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6764/indicacao_no_288.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6764/indicacao_no_288.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de uma ATI, na Praça da Igreja Bom Jesus, Centro.</t>
   </si>
   <si>
     <t>6769</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6769/indicacao_no_289.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6769/indicacao_no_289.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que realize o estudo de implantar um semáforo no cruzamento das Avenidas Castelo Branco com Ladislao Gil Fernandez, próximo a Igreja Cristã do Brasil, Centro.</t>
   </si>
   <si>
     <t>6770</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6770/indicacao_no_290.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6770/indicacao_no_290.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize o estudo para a instalação de uma rotatória no cruzamento das Avenidas Brasil e São Paulo, próximo a UCP, Centro.</t>
   </si>
   <si>
     <t>6771</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6771/indicacao_no_291.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6771/indicacao_no_291.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja providenciado pedras irregulares na Rua Men de Sá, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6772</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6772/indicacao_no_292.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6772/indicacao_no_292.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de sinaleiras de pedestre nos locais onde já existem semáforos em Ivaiporã.</t>
   </si>
   <si>
     <t>6773</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6773/indicacao_no_293.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6773/indicacao_no_293.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que realize a pode das árvores na Antiga Usina Hidrelétrica de Ivaiporã, Jardim Guanabara.</t>
   </si>
   <si>
     <t>6774</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6774/indicacao_no_294.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6774/indicacao_no_294.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de câmeras de segurança por toda a área central da cidade.</t>
   </si>
   <si>
     <t>6775</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6775/indicacao_no_295.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6775/indicacao_no_295.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a pavimentação asfáltica na Rua Valentim Talarico, entre as Ruas José Bonifácio e residente Kennedy, Jardim Ouro Preto.</t>
   </si>
   <si>
     <t>6777</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6777/indicacao_no_296.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6777/indicacao_no_296.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a pavimentação asfáltica na Rua Presidente Kennedy, próximo aos SESC/SENAC, Jardim Ouro Preto.</t>
   </si>
   <si>
     <t>6778</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6778/indicacao_no_297.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6778/indicacao_no_297.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de um redutor de velocidades na Rua Mangueira, Jardim Guanabara II.</t>
   </si>
   <si>
     <t>6779</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6779/indicacao_no_298.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6779/indicacao_no_298.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a pavimentação da Avenida Maranhão, próximo a Indústria de Doces Ana Clara, Centro.</t>
   </si>
   <si>
     <t>6781</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6781/indicacao_no_299.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6781/indicacao_no_299.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a reforma das calçadas na Rua Santa Catarina, entre os nº 20 e 120, Centro.</t>
   </si>
   <si>
     <t>6782</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6782/indicacao_no_300.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6782/indicacao_no_300.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a construção de uma pista de skate na rotatória da Praça da Igreja Bom Jesus, na Avenida Castelo Branco, Centro.</t>
   </si>
   <si>
     <t>6784</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6784/indicacao_no_301.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6784/indicacao_no_301.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a construção de um ponto de ônibus na Vila Rural Ivainópolis, próximo à Vila Nova Porã.</t>
   </si>
   <si>
     <t>6785</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6785/indicacao_no_302.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6785/indicacao_no_302.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie mais dois bancos no ponto de ônibus em frente a panificadora Bela Panni, Centro.</t>
   </si>
   <si>
     <t>6786</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6786/indicacao_no_303.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6786/indicacao_no_303.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a colocação de pedra irregular na Rua São Pedro, no Jardim Nova Fátima.</t>
   </si>
   <si>
     <t>6787</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6787/indicacao_no_304.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6787/indicacao_no_304.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie redutores de velocidade na Rua Poços de Caldas, no Jardim Novo Versalhes.</t>
   </si>
   <si>
     <t>6788</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6788/indicacao_no_305.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6788/indicacao_no_305.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie recape asfáltico na Rua Três Marias, indo para o Jardim Iporã.</t>
   </si>
   <si>
     <t>6789</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6789/indicacao_no_306.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6789/indicacao_no_306.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie sinalização com placas no estabelecimento de ponto de táxi, em frente à casa lotérica na Avenida Brasil, próximo ao edifício Ônnix.</t>
   </si>
   <si>
     <t>6790</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6790/indicacao_no_307.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6790/indicacao_no_307.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na sinalização de trânsito no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6791</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6791/indicacao_no_308.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6791/indicacao_no_308.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize um estudo para instalação de uma ATI na rotatória defronte a Aggimotos, na Avenida Castelo Branco.</t>
   </si>
   <si>
     <t>6792</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6792/indicacao_309_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6792/indicacao_309_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize um estudo para a construção de uma creche na Vila Santa Maria.</t>
   </si>
   <si>
     <t>6793</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6793/indicacao_310_2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6793/indicacao_310_2017.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a reforma da Praça da Paroquia Nossa Senhora de Lourdes, no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>6794</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6794/indicacao_no_311.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6794/indicacao_no_311.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a poda das árvores que estão atrapalhando a visão na Rodovia Nicolau Koltun.</t>
   </si>
   <si>
     <t>6796</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6796/indicacao_no_312.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6796/indicacao_no_312.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do Departamento Municipal de Administração, em conjunto com o setor de Tributação, realize um estudo quanto a viabilidade na elaboração e implantação de um projeto de lei que tenha por objetivo conceder um desconto na taxa de alvará ou imposto similar ao comerciante do ramo de restaurantes e afins que destinarem os alimentos (arroz, feijão, carnes, refogados, etc.) que não foram consumidos nos almoços e jantares, porém que estão em perfeitas condições de consumo, às entidades beneficentes do Município, tais como o Recanto dos velhinhos do Lar Santo Antônio, evitando assim o desperdício e proporcionando uma alimentação melhor aos que mais necessitam de auxílio.</t>
   </si>
   <si>
     <t>6797</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6797/indicacao_no_313.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6797/indicacao_no_313.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize convênio com a Associação Maringá Apoiando a Recuperação de Vidas - MAREV, para atender os dependentes químicos residentes no Município de Ivaiporã, conforme exemplos em anexo.</t>
   </si>
   <si>
     <t>6798</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6798/indicacao_no_314.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6798/indicacao_no_314.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie acostamento no trecho da Rua Mangueira até a Rua Durvalina de Jesus, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6799</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6799/indicacao_no_315.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6799/indicacao_no_315.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie melhorias no asfalto do final da Avenida Brasil, próximo ao Jardim Itaipu.</t>
   </si>
   <si>
     <t>6800</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6800/indicacao_no_316.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6800/indicacao_no_316.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie redutores de velocidade na Rua Campo Mourão, no Jardim Paraná.</t>
   </si>
   <si>
     <t>6801</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6801/indicacao_no_317.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6801/indicacao_no_317.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a reforma da praça da Igreja Católica, no Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>6802</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6802/indicacao_no_318.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6802/indicacao_no_318.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de um para raios no pátio das máquinas da Prefeitura, antigo IBC, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6805</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6805/indicacao_no_319.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6805/indicacao_no_319.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a adequação da Estrada da Água da Mamona que liga a Pedreirinha ao Santa Bárbara.</t>
   </si>
   <si>
     <t>6806</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6806/indicacao_no_320.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6806/indicacao_no_320.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie cascalhamento da estrada que liga a linha seca e Bulha.</t>
   </si>
   <si>
     <t>6807</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6807/indicacao_no_321.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6807/indicacao_no_321.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a construção de uma quadra de basquete ao lado do SESC/SENAC, na Avenida Curitiba.</t>
   </si>
   <si>
     <t>6808</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6808/indicacao_no_322.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6808/indicacao_no_322.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na sinalização de transito na Rodovia Nicolau Koltun.</t>
   </si>
   <si>
     <t>6809</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6809/indicacao_no_323.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6809/indicacao_no_323.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de uma ATI na Praça Milton Pirolo, próximo ao Colégio Estadual Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>6810</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6810/indicacao_no_324.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6810/indicacao_no_324.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na estrada rural que liga a Bica da Água ao Parque Industrial, no bairro dos Cunha.</t>
   </si>
   <si>
     <t>6811</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6811/indicacao_no_325.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6811/indicacao_no_325.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize um estudo para desenvolver melhorias na preservação das minas de água na Vila Rural Ivainopolis.</t>
   </si>
   <si>
     <t>6812</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6812/indicacao_no_326.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6812/indicacao_no_326.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie  (dois) guardas para cuidar do Cemitério Municipal.</t>
   </si>
   <si>
     <t>6813</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6813/indicacao_no_327.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6813/indicacao_no_327.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a construção de um ponto de ônibus na Rodovia Celso Makita, defronte ao Motel Stylus, Vila Santa Maria.</t>
   </si>
   <si>
     <t>6814</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6814/indicacao_no_328.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6814/indicacao_no_328.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na iluminação próximo ao Campo do Araçá, no Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6815</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6815/indicacao_no_329.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6815/indicacao_no_329.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na estrada rural que liga os 100 Alqueires ao Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>6816</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6816/indicacao_no_330.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6816/indicacao_no_330.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na estrada vicinal que dá acesso a bomba de catação da Sanepar.</t>
   </si>
   <si>
     <t>6817</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6817/indicacao_no_331.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6817/indicacao_no_331.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na iluminação da esquina da Rua Luiz Pasteur com a Rua Mauá, defronte à Igreja Bom Pastor.</t>
   </si>
   <si>
     <t>6818</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6818/indicacao_no_332.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6818/indicacao_no_332.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize o estudo de criar um projeto de lei, que vise disponibilizar aos pequenos produtores rurais calcário em um preço bem acessível.</t>
   </si>
   <si>
     <t>6819</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6819/indicacao_no_333.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6819/indicacao_no_333.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na iluminação na ATI, defronte a construtora Consvale, na Avenida Brasil.</t>
   </si>
   <si>
     <t>6820</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6820/indicacao_no_334.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6820/indicacao_no_334.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a reforma dos sanitários do Cemitério Municipal.</t>
   </si>
   <si>
     <t>6821</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6821/indicacao_no_335.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6821/indicacao_no_335.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize melhorias na iluminação da Praça Milton Pirolo, próximo ao Colégio Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>6822</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6822/indicacao_no_336.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6822/indicacao_no_336.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie o cascalhamento das estradas José Favore e Ivo de Souza, dois contrafortes da estrada Três Ranchinhos.</t>
   </si>
   <si>
     <t>6823</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6823/indicacao_no_337.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6823/indicacao_no_337.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie um caminhão pipa todos os dias às 09:00 horas da manhã e após às 18:00 horas na Rua Araras, na Colônia da Prefeitura, pois os moradores estão colocando galhos na rua para os carros diminuírem a velocidade e a poeira.</t>
   </si>
   <si>
     <t>6824</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6824/indicacao_no_338.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6824/indicacao_no_338.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a colocação de pedra irregular na Rua Araras, na Colônia da Prefeitura.</t>
   </si>
   <si>
     <t>6825</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6825/indicacao_no_339.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6825/indicacao_no_339.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a colocação de pedra irregular na Rua Marechal Deodoro da Fonseca, na Vila João XXIII.</t>
   </si>
   <si>
     <t>6826</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6826/indicacao_no_340.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6826/indicacao_no_340.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie recape asfáltico nas Ruas Urubu punga, Jupiã, Capivari e Chavantes, no Jardim Itaipu.</t>
   </si>
   <si>
     <t>6827</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6827/indicacao_no_341.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6827/indicacao_no_341.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie recape asfáltico na Rua Professora Diva Proença, atrás da Sanepar.</t>
   </si>
   <si>
     <t>6828</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6828/indicacao_no_342.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6828/indicacao_no_342.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a instalação de pedras irregulares na Rua Martins de Souza Afonso, no Jardim Luís XV.</t>
   </si>
   <si>
     <t>6829</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6829/indicacao_no_343.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6829/indicacao_no_343.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, crie um programa de doação de sêmens para gado leiteiro, aos pequenos proprietários rurais do nosso Município.</t>
   </si>
   <si>
     <t>6830</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6830/indicacao_no_344.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6830/indicacao_no_344.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie recape asfáltico nas Ruas Ucrânia, Inglaterra, Hungria, Holanda e Portugal, no Jardim Europa.</t>
   </si>
   <si>
     <t>6831</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6831/indicacao_no_345.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6831/indicacao_no_345.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie uma reforma na praça França e na Praça Alemanha, no Jardim Europa.</t>
   </si>
   <si>
     <t>6832</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6832/indicacao_no_346.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6832/indicacao_no_346.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a reforma das pedras irregulares na Rua Brasil, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>6833</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6833/indicacao_no_347.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6833/indicacao_no_347.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize o estudo para facilitar o acesso da Avenida Ladislao Gil Fernades a Rua Alfenas, próximo ao Fórum da Comarca de Ivaiporã, Vila Xurupita.</t>
   </si>
   <si>
     <t>6834</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6834/indicacao_no_348.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6834/indicacao_no_348.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize o estudo para a arborização das ruas do jardim Porã.</t>
   </si>
   <si>
     <t>6835</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6835/indicacao_no_349.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6835/indicacao_no_349.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de pedras irregulares nas Ruas Guaraniaçu, Matelândia, Curiúva, no Jardim Paraná.</t>
   </si>
   <si>
     <t>6836</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6836/indicacao_no_350.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6836/indicacao_no_350.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie limpeza na boca de lobo na Rua Urubupunga, no Jardim Itaipu, defronte ao nº 253.</t>
   </si>
   <si>
     <t>6837</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6837/indicacao_no_351.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6837/indicacao_no_351.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente providencie o recape asfáltico entre as Ruas Presidente Kennedy e Valentim Talarico.</t>
   </si>
   <si>
     <t>6838</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6838/indicacao_no_352.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6838/indicacao_no_352.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie cascalho ou instalação de pedras irregulares na Rua Realize, no Jardim Alvorada.</t>
   </si>
   <si>
     <t>6839</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6839/indicacao_no_353.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6839/indicacao_no_353.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie cascalhamento ou a instalação de pedras irregulares no final da Rua Andirá, Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>6840</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6840/indicacao_no_354.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6840/indicacao_no_354.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a reforma ou troca dos brinquedos na Praça França e na Praça Alemanha, no Jardim Europa.</t>
   </si>
   <si>
     <t>6841</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6841/indicacao_no_355.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6841/indicacao_no_355.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie melhorias na cerca do pátio das máquinas, antigo IBC, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6842</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6842/indicacao_no_356.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6842/indicacao_no_356.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie melhorias no muro do Cemitério Municipal de Ivaiporã. na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>6843</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6843/indicacao_no_357.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6843/indicacao_no_357.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie recape asfáltico em todas as ruas do Conjunto João de Barro.</t>
   </si>
   <si>
     <t>6844</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6844/indicacao_no_358.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6844/indicacao_no_358.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize reforma do redutor de velocidade na Rua Getúlio Vargas, defronte ao nº 550, Jardim Luiz XV.</t>
   </si>
   <si>
     <t>6845</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6845/indicacao_no_359.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6845/indicacao_no_359.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize um estudo para tornar todas as tuas que dão acesso as escolas do Município, em sentido único.</t>
   </si>
   <si>
     <t>6846</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6846/indicacao_no_360.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6846/indicacao_no_360.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize um estudo para instalar parquímetros no centro da cidade.</t>
   </si>
   <si>
     <t>6847</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6847/indicacao_no_361.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6847/indicacao_no_361.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a instalação de um redutor de velocidades na Rua Tamandaré, próximo a Escola Leila Diniz, Jardim Aeroporto.</t>
   </si>
   <si>
     <t>6848</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6848/indicacao_no_362.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6848/indicacao_no_362.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize dedetização de todas as palmeiras, canteiros e jardins municipais.</t>
   </si>
   <si>
     <t>6849</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6849/indicacao_no_363.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6849/indicacao_no_363.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize o estudo da construção de uma balsa, ligando Ivaiporã com Grandes Rios.</t>
   </si>
   <si>
     <t>6850</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6850/indicacao_no_364.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6850/indicacao_no_364.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize um estudo na Rua Panamericano, situada no Jardim Panamericano, para que ela volte a ter sentido duplo de circulação</t>
   </si>
   <si>
     <t>6851</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6851/indicacao_no_365.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6851/indicacao_no_365.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize o estudo para viabilizar a construção de uma cancha de malha, no Distrito do Severiano.</t>
   </si>
   <si>
     <t>6852</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6852/indicacao_no_366.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6852/indicacao_no_366.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize o estudo para a construção de uma área cobertura no Cemitério Municipal.</t>
   </si>
   <si>
     <t>6853</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6853/indicacao_no_367.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6853/indicacao_no_367.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie recape asfáltico entre as Ruas Guretá e Ivaiporã, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6854</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6854/indicacao_no_368.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6854/indicacao_no_368.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie recape asfáltico na Avenida Curitiba, próximo ao CMEI Antônio Carlos Costa, no Jardim Outro Preto.</t>
   </si>
   <si>
     <t>6855</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6855/indicacao_no_369.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6855/indicacao_no_369.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a reforma do asfalto da Rua Londrina, no trecho entre a Avenida Maranhão e a Rua Ceará, Centro.</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6856/indicacao_no_370.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6856/indicacao_no_370.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a pavimentação da Rua Barcelos, próximo a Creche José Fiorim, Vila Bom Jardim.</t>
   </si>
   <si>
     <t>6857</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6857/indicacao_no_371.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6857/indicacao_no_371.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize a pavimentação da Rua Mauá, próximo a Creche José Fiorim, Vila Bom Jesus.</t>
   </si>
   <si>
     <t>6858</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6858/indicacao_no_372.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6858/indicacao_no_372.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que realize o estudo para a construção de um estacionamento na Avenida Minas Gerais, defronte a Paroquia Santíssima Mãe de Deus, Centro.</t>
   </si>
   <si>
     <t>6859</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6859/indicacao_no_373.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6859/indicacao_no_373.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a instalação de pedra irregular nas Ruas Bem Te Vi e Faxinal nos trechos que ainda estão sem pavimentação, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6860</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6860/indicacao_no_374.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6860/indicacao_no_374.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie reparos na iluminação pública na Rua Alvarez de Azevedo, na Vila João XXIII.</t>
   </si>
   <si>
     <t>6861</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6861/indicacao_no_375.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6861/indicacao_no_375.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie reparos na iluminação pública na Rua das Indústrias, no Bosque da Saúde.</t>
   </si>
   <si>
     <t>6862</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6862/indicacao_no_376.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6862/indicacao_no_376.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie reparos na iluminação pública na Ru Pintassilgo, no Conjunto João de Barro.</t>
   </si>
   <si>
     <t>6863</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6863/indicacao_no_377.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6863/indicacao_no_377.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie reparos na iluminação pública na Rua Portugal, no Jardim Europa.</t>
   </si>
   <si>
     <t>6864</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6864/indicacao_no_378.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6864/indicacao_no_378.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie reparos na iluminação pública na Rua Rui Barbosa, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>6865</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6865/indicacao_no_379.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6865/indicacao_no_379.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a correção da faixa de pedestre em frente a Rede de Farmácias Onnix, localizada na Avenida Souza Naves, no Centro da Cidade.</t>
   </si>
   <si>
     <t>6866</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6866/indicacao_no_380.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6866/indicacao_no_380.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a montagem dos móveis da unidade básica de saúde da Vila Nova Porã, bem como a devida instalação do aparelho telefônico.</t>
   </si>
   <si>
     <t>6868</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6868/indicacao_no_381.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6868/indicacao_no_381.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie o estudo para a implantação de uma motolancia.</t>
   </si>
   <si>
     <t>6869</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6869/indicacao_no_382.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6869/indicacao_no_382.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie o estudo para a implantação de hortas comunitárias, visando atender as escolas municipais.</t>
   </si>
   <si>
     <t>6870</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6870/indicacao_no_383.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6870/indicacao_no_383.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie a construção de um ponto de ônibus defronte ao Batalhão da Polícia Militar, Vila Xurupita.</t>
   </si>
   <si>
     <t>6872</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6872/indicacao_no_384.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6872/indicacao_no_384.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie a reforma da Rodoviária Municipal, Centro.</t>
   </si>
   <si>
     <t>6873</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6873/indicacao_no_385.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6873/indicacao_no_385.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie estudo para transformar o estacionamento da Rua Ponta Grossa, de horizontal para diagonal, Centro.</t>
   </si>
   <si>
     <t>6874</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6874/indicacao_no_386.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6874/indicacao_no_386.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie pintura de faixas de pedestre com placas indicativas na rotatória da praça da Igreja Bom Jesus, ligando ao Supermercado Baratão e ao Departamento de Educação.</t>
   </si>
   <si>
     <t>6875</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6875/indicacao_no_387.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6875/indicacao_no_387.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie a instalação de pedras irregulares na passarela entre as Ruas Padre Anchieta, Manoel de Nobrega, Cesarina R. Teixeira, Marechal Floriano, Ivo Merico e Nilo Peçanha, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6876</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6876/indicacao_no_388.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6876/indicacao_no_388.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que através do departamento competente, providencie limpeza nas bocas de lobo na Rua Rio Grande do Sul, em frente ao Bar do Nelson.</t>
   </si>
   <si>
     <t>6877</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6877/indicacao_no_389.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6877/indicacao_no_389.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize o trabalho com rolo compressor na Rua Paulista, Vila João XXIII.</t>
   </si>
   <si>
     <t>6878</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6878/indicacao_no_390.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6878/indicacao_no_390.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize o trabalho de nivelamento com o rolo compressor na estrada que liga Ivaiporã ao Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>6879</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6879/indicacao_no_391.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6879/indicacao_no_391.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a poda das árvores e mata ao redor do Lago Jardim Botânico, Centro.</t>
   </si>
   <si>
     <t>6880</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6880/indicacao_no_392.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6880/indicacao_no_392.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a construção de uma guarita com banheiro para os policiais militares Lago Jardim Botânico, Centro.</t>
   </si>
   <si>
     <t>6881</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6881/indicacao_no_393.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6881/indicacao_no_393.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, realize a construção de uma passarela, na Rua Luiz Pasteur, ligando a Rua Londrina, próximo ao Asilo, Centro.</t>
   </si>
   <si>
     <t>6882</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6882/indicacao_no_394.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6882/indicacao_no_394.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie melhorias na iluminação pública e poda das árvores na Rua Sertanópolis, próximo ao nº 185.</t>
   </si>
   <si>
     <t>6883</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6883/indicacao_no_395.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6883/indicacao_no_395.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, seja verificada a possibilidade quanto a instalação de um quebra-molas na Rua Pará, defronte ao nº 982, nas proximidades dos Posto Ivaiporã.</t>
   </si>
   <si>
     <t>6884</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6884/indicacao_no_396.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6884/indicacao_no_396.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Analise a viabilidade de implantação de uma ponte para travessia, ligando a Rua Benjamin Constant, localizada na Vila João XXIII, a creche José Fiorin;_x000D_
 Realize a limpeza e lacre de boca de lobo (bueiro), defronte a mercearia do Djalma, localizada na Rua Joaquim Nabuco, no Jardim Brasília;_x000D_
 Proceda com o recapeamento asfáltico na Rua Alfenas, desde a Super Creche (Avenida Osvaldo Cruz), até a creche Nossa Senhora Aparecida, onde foram realizados serviços na tubulação que não foram devidamente concluídos;_x000D_
 Providencie o plantio de árvores defronte ao Fórum;_x000D_
 Incentive a piscicultura, gerando empregos e renda para nosso Município.</t>
   </si>
   <si>
     <t>6885</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6885/indicacao_no_397.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6885/indicacao_no_397.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Providencie pavimentação asfáltica na Rua General Osório, no Jardim Luiz XV;_x000D_
 Providencie pavimentação asfáltica, e analise a viabilidade de implantação de um redutor de velocidades na Rua Olavo Bilac, localizada na Vila Nova Porã;_x000D_
 Analise a viabilidade de implantação de pavimentação asfáltica, na Rua das Indústrias A, localizada no Parque Industrial, nos fundos do Macarrão Pietrobon.</t>
   </si>
   <si>
     <t>6886</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6886/indicacao_no_398.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6886/indicacao_no_398.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a reforma da quadra da Escola Ivaiporã.</t>
   </si>
   <si>
     <t>6887</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6887/indicacao_no_399.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6887/indicacao_no_399.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Analise a viabilidade de um projeto de lei municipal que isente o pagamento da taxa de iluminação pública dos contribuintes enquadrados como consumidores de baixa renda, estabelecendo critérios para concessão deste benefício, como por exemplo, apresentar, o número de Identificação Social (NIS) e a comprovação da renda familiar mensal per capita._x000D_
 Realize a implantação e lacre das bocas de lobo (bueiros) localizadas na Rua Paulista, no trecho compreendido entre as Ruas Alvares de Azevedo e Uberlândia;_x000D_
 Organize um programa de controle de surto de escorpiões, pois foram identificados focos no município, nas Ruas Tiradentes, e  Agostinho Cremasco, localizadas no Jardim Sabará;_x000D_
 Readéque os bueiros na Rua Romário Martins, localizada no Jardim Luiz XV, pois quando chove a água empoça gerando muitos transtornos para os moradores;</t>
   </si>
   <si>
     <t>6888</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6888/indicacao_no_400.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6888/indicacao_no_400.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente seja realizada a troca das lâmpadas queimadas na iluminação pública, nas proximidades do nº 197 da Rua Marginal, no Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>6889</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6889/indicacao_no_401.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6889/indicacao_no_401.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie uma capela mortuária e um muro em volta do Cemitério no Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>6890</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6890/indicacao_no_402.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6890/indicacao_no_402.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Coloque placas sinalizando o acesso ao Distrito de Santa Bárbara;_x000D_
 Analise a viabilidade de construção de um cemitério no Distrito de Santa Bárbara;_x000D_
 Construa uma capela mortuária na Vila João XXIII;_x000D_
 Implante pedras irregulares na Rua Pires, localizada na Vila Nova Porã;_x000D_
 Implante redutor de velocidades na Rua Narciso Ribeiro da Silva, localizada na Vila São José.</t>
   </si>
   <si>
     <t>6891</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6891/indicacao_no_403.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6891/indicacao_no_403.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Passe máquina patrola e cascalhe todas as ruas no município que forem necessárias.</t>
   </si>
   <si>
     <t>6892</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6892/indicacao_no_404.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6892/indicacao_no_404.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente realize a pintura da sinalização e meio fio, em todas as vilas do município, em especial, a Vila Nova Porã, e nos Distritos de Santa Bárbara e Jacutinga.</t>
   </si>
   <si>
     <t>6893</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6893/indicacao_no_405.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6893/indicacao_no_405.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Providencie melhorias (passar máquina e colocar cascalho) na Rua Pedro Vanzela Filho, no Jardim Itapoã, próximo ao Salão de Festas Mari Noivas;_x000D_
 Providencie pedras irregulares em todas as ruas no Jardim Itapoã;_x000D_
 Providencie pavimentação asfáltica na Rua Rui Barbosa, no bairro Jardim Belo Horizonte, bem como recape asfáltico onde se fizer necessário, no trecho compreendido entre os Jardins Ouro Preto e Imperial.</t>
   </si>
   <si>
     <t>6894</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6894/indicacao_no_406.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6894/indicacao_no_406.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente, providencie a limpeza da Estrada Ariranha que dá acesso ao Jardim Porã, pois a mesma encontra-se com uma grande quantidade de mato, dificultando a passagem de pedestre no local).</t>
   </si>
   <si>
     <t>6895</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6895/indicacao_no_407.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6895/indicacao_no_407.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Providencie a implantação de um campo de futebol no Município de Ivaiporã;_x000D_
 Verifique a pedido dos munícipes o itinerário do transporte coletivo gratuito, referente às linhas da Vila de Furnas/Centro, e ao Jardim Iporã/Centro;_x000D_
 Analise, e providencie a implantação de redutores de velocidades, na Rua Placídio Miranda, no trecho compreendido entre os Jardins Casagrande I e III;_x000D_
 Adeque ao lado da ponte da Rua Emílio Ganzert, um calçamento, para que os pedestres possam transitar com segurança.</t>
   </si>
   <si>
     <t>6896</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6896/indicacao_no_408.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6896/indicacao_no_408.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, que por meio do departamento competente:_x000D_
 Providencie um redutor de velocidades na Rua José Maximiano Prado, próximo ao nº 96, na Vila Nova Porã;_x000D_
 Providencie um redutor de velocidades na Rua Espanha, próximo ao nº 260, no jardim Europa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -6904,68 +6904,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/10296/plc_2017_6.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1197/ple-01-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1198/ple-02-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1199/ple-03-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1200/ple-04-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1201/ple-05-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/ple-06-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1203/ple-07-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1204/ple-08-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1205/ple-09-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1206/ple-10-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1208/ple-11-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1209/ple-12-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1211/ple-13-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1212/ple-14-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1213/ple-15-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1215/ple-16-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1216/ple-17-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1217/ple-18-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1220/ple-19-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1221/ple-20-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1222/ple-21-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1223/ple-22-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1224/ple-23-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1225/ple-24-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1226/ple-25-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1227/ple-26-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1228/ple-27-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1229/ple-28-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1230/ple-29-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1231/ple-30-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1232/ple-31-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1233/ple-32-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1234/ple-33-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1235/ple-34-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1236/ple-35-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1002/ple-38-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1003/ple-39-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1004/ple-40-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1005/ple-41-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1006/ple-42-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1007/ple-43-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1008/ple-44-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1010/ple-45-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1011/ple-46-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1012/ple-47-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1013/ple-48-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1014/ple-49-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1015/ple-50-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1018/ple-51-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1020/ple-52-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1025/ple-53-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1028/ple-54-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1030/ple-55-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1032/ple-56-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1034/ple-57-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1036/ple-58-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1037/ple-59-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1038/ple-60-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1039/ple-61-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1040/ple-62-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1041/ple_63_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1042/ple-65-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1046/ple-66-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1047/ple-67-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1048/ple-68-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1050/ple-69-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1060/ple-70-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1061/ple-71-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1063/ple-72-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1064/ple-73-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1065/ple-74-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1066/ple-75-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1067/ple-76-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1069/ple-78-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1070/ple-79-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1071/ple-80-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1072/ple-81-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1076/ple-82-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1078/ple_83_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1079/ple-84-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1080/ple-85-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1081/ple-86-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1082/ple-87-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1083/ple-88-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1084/ple-89-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/ple-92-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1090/ple-93-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1091/ple-94-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1092/ple-95-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1093/ple-96-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1094/ple-97-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1095/ple-98-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1096/ple-99-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1099/ple-100-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1100/ple-101-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1101/ple-102-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1103/ple-103-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1104/ple-104-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1106/ple-105-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1107/ple-106-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1108/ple-107-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1110/ple-108-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1117/ple-109-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1118/ple-110-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1119/ple-111-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1120/ple-112-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1121/ple-113-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1124/ple-115-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1125/ple-117-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1130/ple-118-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1135/ple-119-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1137/ple-120-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1139/ple-121-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1140/ple-122-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1142/ple-123-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1143/ple-124-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1150/ple-125-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1151/ple_126_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1152/ple_127_2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1153/ple-129-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1154/ple-130-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1155/ple-131-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1157/ple-132-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1163/ple_133_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1164/ple-134-2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1169/ple_135_2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1170/ple-136-2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1171/ple-137-2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1173/ple-138-2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1175/ple-139-2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1177/ple-140-2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1178/ple-141-2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1184/ple-143-2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1185/ple-144-2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1186/ple-145-2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1188/ple-147-2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1189/ple-148-2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1190/ple-149-2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1191/ple-150-2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1192/ple-151-2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1193/ple-152-2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1194/ple-153-2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1196/ple_155_2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2648/01-2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2650/02-2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2651/03-2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2654/04-2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2657/05-2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2659/06-2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2663/07-2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2668/09-2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2670/11-2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2671/12-2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2672/13-2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2707/14-2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2713/16-2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2716/17-2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2719/18-2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2722/19-2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2724/20-2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2725/21-2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8062/projeto_de_decreto_01-2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8061/projeto_de_decreto_02-2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8059/projeto_de_decreto_04-2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8058/projeto_de_decreto_05-2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8057/projeto_de_decreto_06-2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8056/projeto_de_decreto_08-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8055/projeto_de_decreto_09-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8054/projeto_de_decreto_10-2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8053/projeto_de_decreto_11-2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8052/projeto_de_decreto_13-2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8051/projeto_de_decreto_14-2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8050/projeto_de_decreto_15-2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8049/projeto_de_decreto_16-2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8048/projeto_de_decreto_17-2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8047/projeto_de_decreto_18-2017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8037/projeto_de_decreto_19-2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8036/projeto_de_decreto_20-2027.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8035/projeto_de_decreto_21-2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8030/projeto_de_decreto_22-2017.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8026/projeto_de_decreto_23-2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8022/projeto_de_decreto_24-2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8021/projeto_de_decreto_25_-20217.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8008/projeto_de_decreto_26-2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/7999/projeto_de_decreto_27_-_2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3970/pr_1_2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3971/pr_2_2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3972/pr_3_2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6391/06062024101450arquivo_indicacao_2_2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6392/06062024101459arquivo_indicacao_3_2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6393/06062024101514arquivo_indicacao_4_2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6394/06062024101523arquivo_indicacao_5_2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6395/06062024101531arquivo_indicacao_6_2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6396/06062024101540arquivo_indicacao_7_2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6397/06062024101547arquivo_indicacao_8_2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6402/06062024102023arquivo_indicacao_9_2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6403/06062024102037arquivo_indicacao_10_2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6404/06062024102051arquivo_indicacao_11_2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6406/06062024102214arquivo_indicacao_12_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6407/06062024102221arquivo_indicacao_13_2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6408/06062024102228arquivo_indicacao_14_2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6409/06062024102235arquivo_indicacao_15_2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6410/06062024102657arquivo_indicacao_16_2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6411/06062024102712arquivo_indicacao_17_2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6412/06062024102720arquivo_indicacao_18_2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6413/06062024102738arquivo_indicacao_19_2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6414/06062024102745arquivo_indicacao_20_2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6415/06062024102800arquivo_indicacao_21_2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6416/06062024102808arquivo_indicacao_22_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6417/06062024102816arquivo_indicacao_23_2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6418/06062024102824arquivo_indicacao_24_2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6419/06062024102832arquivo_indicacao_25_2017.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6420/06062024102841arquivo_indicacao_26_2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6421/06062024102934arquivo_indicacao_27_2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6422/06062024102942arquivo_indicacao_28_2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6423/06062024102951arquivo_indicacao_29_2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6424/06062024103000arquivo_indicacao_30_2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6425/06062024103341arquivo_indicacao_31_2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6426/06062024103625arquivo_indicacao_32_2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6427/06062024103634arquivo_indicacao_33_2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6428/06062024103643arquivo_indicacao_34_2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6429/06062024103649arquivo_indicacao_35_2017.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6430/06062024103655arquivo_indicacao_36_2017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6431/06062024103702arquivo_indicacao_37_2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6432/06062024103710arquivo_indicacao_38_2017.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6433/06062024103718arquivo_indicacao_39_2017.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6434/06062024103725arquivo_indicacao_40_2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6435/06062024104506arquivo_indicacao_41_2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6436/06062024104525arquivo_indicacao_42_2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6437/06062024104533arquivo_indicacao_43_2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6439/06062024104542arquivo_indicacao_44_2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6440/06062024104549arquivo_indicacao_45_2017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6441/06062024104557arquivo_indicacao_46_2017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6442/06062024104605arquivo_indicacao_47_2017.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6443/06062024104613arquivo_indicacao_48_2017.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6444/06062024104620arquivo_indicacao_49_2017.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6445/06062024104629arquivo_indicacao_50_2017.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6446/06062024104652arquivo_indicacao_51_2017.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6447/06062024104702arquivo_indicacao_52_2017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6448/06062024104710arquivo_indicacao_53_2017.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6449/06062024104718arquivo_indicacao_54_2017.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6450/06062024104726arquivo_indicacao_55_2017.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6451/06062024104735arquivo_indicacao_56_2017.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6452/06062024104743arquivo_indicacao_57_2017.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6453/06062024104751arquivo_indicacao_58_2017.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6454/06062024110817arquivo_indicacao_59_2017.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6455/06062024110827arquivo_indicacao_60_2017.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6456/06062024110842arquivo_indicacao_61_2017.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6457/06062024110850arquivo_indicacao_62_2017.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6458/06062024110900arquivo_indicacao_63_2017.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6459/06062024110908arquivo_indicacao_64_2017.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6460/06062024110916arquivo_indicacao_65_2017.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6461/06062024110924arquivo_indicacao_66_2017.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6462/06062024110935arquivo_indicacao_67_2017.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6463/06062024110941arquivo_indicacao_68_2017.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6464/06062024110949arquivo_indicacao_69_2017.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6465/06062024110956arquivo_indicacao_70_2017.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6466/06062024112352arquivo_indicacao_71_2017.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6467/06062024112359arquivo_indicacao_72_2017.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6468/06062024112408arquivo_indicacao_73_2017.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6469/06062024112415arquivo_indicacao_74_2017.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6470/06062024112423arquivo_indicacao_75_2017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6471/06062024112431arquivo_indicacao_76_2017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6472/06062024112440arquivo_indicacao_77_2017.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6473/06062024112448arquivo_indicacao_78_2017.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6474/06062024112455arquivo_indicacao_79_2017.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6475/06062024112504arquivo_indicacao_80_2017.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6476/06062024112519arquivo_indicacao_81_2017.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6477/06062024112527arquivo_indicacao_82_2017.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6478/06062024112534arquivo_indicacao_83_2017.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6479/06062024112541arquivo_indicacao_84_2017.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6480/06062024112547arquivo_indicacao_85_2017.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6481/06062024112554arquivo_indicacao_86_2017.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6482/06062024112600arquivo_indicacao_87_2017.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6483/06062024112608arquivo_indicacao_88_2017.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6484/06062024112616arquivo_indicacao_89_2017.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6485/06062024112623arquivo_indicacao_90_2017.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6486/06062024112656arquivo_indicacao_91_2017.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6487/11062024150043arquivo_indicacao_92_2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6488/11062024150104arquivo_indicacao_93_2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6489/11062024150126arquivo_indicacao_94_2017.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6490/11062024150134arquivo_indicacao_95_2017.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6491/11062024150140arquivo_indicacao_96_2017.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6497/11062024150147arquivo_indicacao_97_2017.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6499/11062024150153arquivo_indicacao_98_2017.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6500/11062024150200arquivo_indicacao_99_2017.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6501/11062024150206arquivo_indicacao_100_2017.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6503/11062024153152arquivo_indicacao_101_2017.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6505/11062024153706arquivo_indicacao_102_2017.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6507/11062024153713arquivo_indicacao_103_2017.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6508/11062024153721arquivo_indicacao_104_2017.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6510/11062024153727arquivo_indicacao_105_2017.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6511/11062024153734arquivo_indicacao_106_2017.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6512/11062024153740arquivo_indicacao_107_2017.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6513/11062024153745arquivo_indicacao_108_2017.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6514/11062024153753arquivo_indicacao_109_2017.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6515/11062024153759arquivo_indicacao_110_2017.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6516/11062024153911arquivo_indicacao_111_2017.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6517/11062024153920arquivo_indicacao_112_2017.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6518/11062024153931arquivo_indicacao_113_2017.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6519/11062024153937arquivo_indicacao_114_2017.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6520/11062024153944arquivo_indicacao_115_2017.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6521/11062024153951arquivo_indicacao_116_2017.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6522/11062024153959arquivo_indicacao_117_2017.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6523/11062024154005arquivo_indicacao_118_2017.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6524/11062024154012arquivo_indicacao_119_2017.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6526/11062024154020arquivo_indicacao_120_2017.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6528/11062024154050arquivo_indicacao_121_2017.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6530/11062024154057arquivo_indicacao_122_2017.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6531/11062024154105arquivo_indicacao_123_2017.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6532/11062024154111arquivo_indicacao_124_2017.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6533/11062024154117arquivo_indicacao_125_2017.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6534/11062024154122arquivo_indicacao_126_2017.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6536/11062024154129arquivo_indicacao_127_2017.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6537/11062024154135arquivo_indicacao_128_2017.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6538/11062024154142arquivo_indicacao_129_2017.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6539/11062024154149arquivo_indicacao_130_2017.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6540/11062024154203arquivo_indicacao_131_2017.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6541/11062024154212arquivo_indicacao_132_2017.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6542/11062024154217arquivo_indicacao_133_2017.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6543/11062024154223arquivo_indicacao_134_2017.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6544/11062024154235arquivo_indicacao_135_2017.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6545/11062024154241arquivo_indicacao_136_2017.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6546/11062024154247arquivo_indicacao_137_2017.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6547/11062024154253arquivo_indicacao_138_2017.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6548/11062024154259arquivo_indicacao_139_2017.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6549/11062024154306arquivo_indicacao_140_2017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6550/11062024154350arquivo_indicacao_141_2017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6551/11062024154424arquivo_indicacao_142_2017.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6552/11062024154430arquivo_indicacao_143_2017.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6553/11062024154437arquivo_indicacao_144_2017.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6554/11062024154444arquivo_indicacao_145_2017.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6555/11062024154452arquivo_indicacao_146_2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6556/11062024154459arquivo_indicacao_147_2017.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6557/11062024154506arquivo_indicacao_148_2017.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6558/11062024154512arquivo_indicacao_149_2017.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6559/11062024154518arquivo_indicacao_150_2017.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6560/11062024154528arquivo_indicacao_151_2017.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6561/11062024154534arquivo_indicacao_152_2017.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6562/11062024154541arquivo_indicacao_153_2017.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6563/11062024154548arquivo_indicacao_154_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6564/11062024154556arquivo_indicacao_155_2017.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6565/11062024154603arquivo_indicacao_156_2017.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6566/11062024154611arquivo_indicacao_157_2017.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6567/11062024154618arquivo_indicacao_158_2017.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6648/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6650/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6651/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6652/indicacao_no_162.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6653/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6654/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6655/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6656/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6657/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6658/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6659/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6660/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6661/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6662/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6663/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6664/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6665/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6666/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6667/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6668/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6669/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6670/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6671/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6672/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6673/indicacao_no_183.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6674/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6675/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6677/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6678/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6680/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6681/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6682/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6683/indicacao_no_191.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6684/indicacao_no_192.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6685/indicacao_no_193.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6686/indicacao_no_194.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6687/indicacao_no_195.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6688/indicacao_no_196.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6690/indicacao_no_197.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6692/indicacao_no_198.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6693/indicacao_no_199.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6694/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6695/indicacao_no_201.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6568/11062024154628arquivo_indicacao_202_2017.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6569/11062024154637arquivo_indicacao_203_2017.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6570/11062024154649arquivo_indicacao_204_2017.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6574/11062024154656arquivo_indicacao_205_2017.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6576/11062024154703arquivo_indicacao_206_2017.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6577/11062024154709arquivo_indicacao_207_2017.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6578/11062024154715arquivo_indicacao_208_2017.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6579/11062024154720arquivo_indicacao_209_2017.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6580/11062024154727arquivo_indicacao_210_2017.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6581/11062024154733arquivo_indicacao_211_2017.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6582/11062024154739arquivo_indicacao_212_2017.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6583/11062024154745arquivo_indicacao_213_2017.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6584/11062024154759arquivo_indicacao_214_2017.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6585/11062024154806arquivo_indicacao_215_2017.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6600/indicacao_no_216.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6586/11062024154813arquivo_indicacao_217_2017.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6601/indicacao_no_218.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6587/11062024154818arquivo_indicacao_219_2017.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6602/indicacao_no_220.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6588/11062024154826arquivo_indicacao_221_2017.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6589/11062024154832arquivo_indicacao_222_2017.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6590/11062024154839arquivo_indicacao_223_2017.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6591/11062024154846arquivo_indicacao_224_2017.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6592/11062024154851arquivo_indicacao_225_2017.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6593/11062024154857arquivo_indicacao_226_2017.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6696/indicacao_no_227.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6697/indicacao_no_228.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6698/indicacao_no_229.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6699/indicacao_no_230.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6700/indicacao_no_231.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6701/indicacao_no_232.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6702/indicacao_no_233.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6703/indicacao_no_234.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6704/indicacao_no_235.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6705/indicacao_no_236.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6706/indicacao_no_237.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6707/indicacao_no_238.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6708/indicacao_no_239.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6709/indicacao_no_240.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6710/indicacao_no_241.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6711/indicacao_no_242.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6712/indicacao_no_243.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6713/indicacao_no_244.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6714/indicacao_no_245.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6715/indicacao_no_246.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6716/indicacao_no_247.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6718/indicacao_no_248.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6719/indicacao_no_249.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6720/indicacao_no_250.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6722/indicacao_no_251.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6723/indicacao_no_252.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6724/indicacao_no_253.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6725/indicacao_no_254.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6726/indicacao_no_255.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6727/indicacao_no_256.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6728/indicacao_no_257.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6729/indicacao_no_258.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6730/indicacao_no_259.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6731/indicacao_no_260.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6732/indicacao_no_261.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6733/indicacao_no_262.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6734/indicacao_no_263.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6735/indicacao_no_264.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6736/indicacao_no_265.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6737/indicacao_no_266.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6738/indicacao_no_267.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6739/indicacao_no_268.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6742/indicacao_no_269.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6743/indicacao_no_270.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6744/indicacao_no_271.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6745/indicacao_no_272.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6746/indicacao_no_273.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6747/indicacao_no_274.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6748/indicacao_no_275.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6749/indicacao_no_276.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6750/indicacao_no_277.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6751/indicacao_no_278.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6753/indicacao_no_279.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6754/indicacao_no_280.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6755/indicacao_no_281.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6756/indicacao_no_282.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6757/indicacao_no_283.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6759/indicacao_no_284.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6761/indicacao_no_285.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6762/indicacao_no_286.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6763/indicacao_no_287.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6764/indicacao_no_288.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6769/indicacao_no_289.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6770/indicacao_no_290.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6771/indicacao_no_291.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6772/indicacao_no_292.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6773/indicacao_no_293.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6774/indicacao_no_294.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6775/indicacao_no_295.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6777/indicacao_no_296.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6778/indicacao_no_297.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6779/indicacao_no_298.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6781/indicacao_no_299.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6782/indicacao_no_300.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6784/indicacao_no_301.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6785/indicacao_no_302.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6786/indicacao_no_303.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6787/indicacao_no_304.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6788/indicacao_no_305.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6789/indicacao_no_306.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6790/indicacao_no_307.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6791/indicacao_no_308.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6792/indicacao_309_2017.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6793/indicacao_310_2017.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6794/indicacao_no_311.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6796/indicacao_no_312.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6797/indicacao_no_313.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6798/indicacao_no_314.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6799/indicacao_no_315.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6800/indicacao_no_316.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6801/indicacao_no_317.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6802/indicacao_no_318.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6805/indicacao_no_319.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6806/indicacao_no_320.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6807/indicacao_no_321.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6808/indicacao_no_322.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6809/indicacao_no_323.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6810/indicacao_no_324.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6811/indicacao_no_325.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6812/indicacao_no_326.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6813/indicacao_no_327.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6814/indicacao_no_328.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6815/indicacao_no_329.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6816/indicacao_no_330.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6817/indicacao_no_331.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6818/indicacao_no_332.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6819/indicacao_no_333.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6820/indicacao_no_334.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6821/indicacao_no_335.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6822/indicacao_no_336.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6823/indicacao_no_337.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6824/indicacao_no_338.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6825/indicacao_no_339.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6826/indicacao_no_340.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6827/indicacao_no_341.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6828/indicacao_no_342.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6829/indicacao_no_343.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6830/indicacao_no_344.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6831/indicacao_no_345.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6832/indicacao_no_346.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6833/indicacao_no_347.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6834/indicacao_no_348.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6835/indicacao_no_349.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6836/indicacao_no_350.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6837/indicacao_no_351.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6838/indicacao_no_352.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6839/indicacao_no_353.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6840/indicacao_no_354.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6841/indicacao_no_355.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6842/indicacao_no_356.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6843/indicacao_no_357.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6844/indicacao_no_358.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6845/indicacao_no_359.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6846/indicacao_no_360.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6847/indicacao_no_361.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6848/indicacao_no_362.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6849/indicacao_no_363.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6850/indicacao_no_364.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6851/indicacao_no_365.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6852/indicacao_no_366.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6853/indicacao_no_367.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6854/indicacao_no_368.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6855/indicacao_no_369.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6856/indicacao_no_370.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6857/indicacao_no_371.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6858/indicacao_no_372.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6859/indicacao_no_373.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6860/indicacao_no_374.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6861/indicacao_no_375.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6862/indicacao_no_376.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6863/indicacao_no_377.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6864/indicacao_no_378.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6865/indicacao_no_379.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6866/indicacao_no_380.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6868/indicacao_no_381.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6869/indicacao_no_382.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6870/indicacao_no_383.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6872/indicacao_no_384.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6873/indicacao_no_385.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6874/indicacao_no_386.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6875/indicacao_no_387.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6876/indicacao_no_388.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6877/indicacao_no_389.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6878/indicacao_no_390.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6879/indicacao_no_391.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6880/indicacao_no_392.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6881/indicacao_no_393.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6882/indicacao_no_394.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6883/indicacao_no_395.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6884/indicacao_no_396.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6885/indicacao_no_397.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6886/indicacao_no_398.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6887/indicacao_no_399.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6888/indicacao_no_400.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6889/indicacao_no_401.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6890/indicacao_no_402.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6891/indicacao_no_403.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6892/indicacao_no_404.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6893/indicacao_no_405.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6894/indicacao_no_406.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6895/indicacao_no_407.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6896/indicacao_no_408.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/10296/plc_2017_6.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1197/ple-01-2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1198/ple-02-2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1199/ple-03-2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1200/ple-04-2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1201/ple-05-2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/ple-06-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1203/ple-07-2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1204/ple-08-2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1205/ple-09-2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1206/ple-10-2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1208/ple-11-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1209/ple-12-2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1211/ple-13-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1212/ple-14-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1213/ple-15-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1215/ple-16-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1216/ple-17-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1217/ple-18-2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1220/ple-19-2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1221/ple-20-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1222/ple-21-2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1223/ple-22-2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1224/ple-23-2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1225/ple-24-2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1226/ple-25-2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1227/ple-26-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1228/ple-27-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1229/ple-28-2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1230/ple-29-2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1231/ple-30-2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1232/ple-31-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1233/ple-32-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1234/ple-33-2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1235/ple-34-2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1236/ple-35-2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1002/ple-38-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1003/ple-39-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1004/ple-40-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1005/ple-41-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1006/ple-42-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1007/ple-43-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1008/ple-44-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1010/ple-45-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1011/ple-46-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1012/ple-47-2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1013/ple-48-2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1014/ple-49-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1015/ple-50-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1018/ple-51-2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1020/ple-52-2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1025/ple-53-2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1028/ple-54-2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1030/ple-55-2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1032/ple-56-2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1034/ple-57-2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1036/ple-58-2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1037/ple-59-2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1038/ple-60-2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1039/ple-61-2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1040/ple-62-2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1041/ple_63_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1042/ple-65-2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1046/ple-66-2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1047/ple-67-2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1048/ple-68-2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1050/ple-69-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1060/ple-70-2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1061/ple-71-2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1063/ple-72-2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1064/ple-73-2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1065/ple-74-2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1066/ple-75-2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1067/ple-76-2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1069/ple-78-2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1070/ple-79-2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1071/ple-80-2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1072/ple-81-2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1076/ple-82-2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1078/ple_83_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1079/ple-84-2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1080/ple-85-2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1081/ple-86-2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1082/ple-87-2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1083/ple-88-2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1084/ple-89-2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/ple-92-2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1090/ple-93-2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1091/ple-94-2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1092/ple-95-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1093/ple-96-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1094/ple-97-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1095/ple-98-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1096/ple-99-2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1099/ple-100-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1100/ple-101-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1101/ple-102-2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1103/ple-103-2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1104/ple-104-2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1106/ple-105-2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1107/ple-106-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1108/ple-107-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1110/ple-108-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1117/ple-109-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1118/ple-110-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1119/ple-111-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1120/ple-112-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1121/ple-113-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1124/ple-115-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1125/ple-117-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1130/ple-118-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1135/ple-119-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1137/ple-120-2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1139/ple-121-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1140/ple-122-2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1142/ple-123-2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1143/ple-124-2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1150/ple-125-2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1151/ple_126_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1152/ple_127_2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1153/ple-129-2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1154/ple-130-2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1155/ple-131-2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1157/ple-132-2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1163/ple_133_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1164/ple-134-2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1169/ple_135_2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1170/ple-136-2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1171/ple-137-2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1173/ple-138-2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1175/ple-139-2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1177/ple-140-2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1178/ple-141-2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1184/ple-143-2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1185/ple-144-2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1186/ple-145-2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1188/ple-147-2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1189/ple-148-2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1190/ple-149-2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1191/ple-150-2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1192/ple-151-2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1193/ple-152-2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1194/ple-153-2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/1196/ple_155_2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2648/01-2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2650/02-2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2651/03-2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2654/04-2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2657/05-2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2659/06-2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2663/07-2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2668/09-2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2670/11-2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2671/12-2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2672/13-2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2707/14-2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2713/16-2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2716/17-2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2719/18-2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2722/19-2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2724/20-2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/2725/21-2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8062/projeto_de_decreto_01-2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8061/projeto_de_decreto_02-2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8059/projeto_de_decreto_04-2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8058/projeto_de_decreto_05-2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8057/projeto_de_decreto_06-2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8056/projeto_de_decreto_08-2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8055/projeto_de_decreto_09-2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8054/projeto_de_decreto_10-2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8053/projeto_de_decreto_11-2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8052/projeto_de_decreto_13-2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8051/projeto_de_decreto_14-2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8050/projeto_de_decreto_15-2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8049/projeto_de_decreto_16-2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8048/projeto_de_decreto_17-2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8047/projeto_de_decreto_18-2017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8037/projeto_de_decreto_19-2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8036/projeto_de_decreto_20-2027.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8035/projeto_de_decreto_21-2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8030/projeto_de_decreto_22-2017.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8026/projeto_de_decreto_23-2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8022/projeto_de_decreto_24-2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8021/projeto_de_decreto_25_-20217.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/8008/projeto_de_decreto_26-2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/7999/projeto_de_decreto_27_-_2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3970/pr_1_2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3971/pr_2_2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/3972/pr_3_2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6391/06062024101450arquivo_indicacao_2_2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6392/06062024101459arquivo_indicacao_3_2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6393/06062024101514arquivo_indicacao_4_2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6394/06062024101523arquivo_indicacao_5_2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6395/06062024101531arquivo_indicacao_6_2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6396/06062024101540arquivo_indicacao_7_2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6397/06062024101547arquivo_indicacao_8_2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6402/06062024102023arquivo_indicacao_9_2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6403/06062024102037arquivo_indicacao_10_2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6404/06062024102051arquivo_indicacao_11_2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6406/06062024102214arquivo_indicacao_12_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6407/06062024102221arquivo_indicacao_13_2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6408/06062024102228arquivo_indicacao_14_2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6409/06062024102235arquivo_indicacao_15_2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6410/06062024102657arquivo_indicacao_16_2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6411/06062024102712arquivo_indicacao_17_2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6412/06062024102720arquivo_indicacao_18_2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6413/06062024102738arquivo_indicacao_19_2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6414/06062024102745arquivo_indicacao_20_2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6415/06062024102800arquivo_indicacao_21_2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6416/06062024102808arquivo_indicacao_22_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6417/06062024102816arquivo_indicacao_23_2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6418/06062024102824arquivo_indicacao_24_2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6419/06062024102832arquivo_indicacao_25_2017.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6420/06062024102841arquivo_indicacao_26_2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6421/06062024102934arquivo_indicacao_27_2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6422/06062024102942arquivo_indicacao_28_2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6423/06062024102951arquivo_indicacao_29_2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6424/06062024103000arquivo_indicacao_30_2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6425/06062024103341arquivo_indicacao_31_2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6426/06062024103625arquivo_indicacao_32_2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6427/06062024103634arquivo_indicacao_33_2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6428/06062024103643arquivo_indicacao_34_2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6429/06062024103649arquivo_indicacao_35_2017.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6430/06062024103655arquivo_indicacao_36_2017.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6431/06062024103702arquivo_indicacao_37_2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6432/06062024103710arquivo_indicacao_38_2017.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6433/06062024103718arquivo_indicacao_39_2017.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6434/06062024103725arquivo_indicacao_40_2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6435/06062024104506arquivo_indicacao_41_2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6436/06062024104525arquivo_indicacao_42_2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6437/06062024104533arquivo_indicacao_43_2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6439/06062024104542arquivo_indicacao_44_2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6440/06062024104549arquivo_indicacao_45_2017.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6441/06062024104557arquivo_indicacao_46_2017.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6442/06062024104605arquivo_indicacao_47_2017.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6443/06062024104613arquivo_indicacao_48_2017.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6444/06062024104620arquivo_indicacao_49_2017.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6445/06062024104629arquivo_indicacao_50_2017.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6446/06062024104652arquivo_indicacao_51_2017.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6447/06062024104702arquivo_indicacao_52_2017.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6448/06062024104710arquivo_indicacao_53_2017.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6449/06062024104718arquivo_indicacao_54_2017.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6450/06062024104726arquivo_indicacao_55_2017.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6451/06062024104735arquivo_indicacao_56_2017.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6452/06062024104743arquivo_indicacao_57_2017.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6453/06062024104751arquivo_indicacao_58_2017.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6454/06062024110817arquivo_indicacao_59_2017.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6455/06062024110827arquivo_indicacao_60_2017.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6456/06062024110842arquivo_indicacao_61_2017.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6457/06062024110850arquivo_indicacao_62_2017.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6458/06062024110900arquivo_indicacao_63_2017.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6459/06062024110908arquivo_indicacao_64_2017.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6460/06062024110916arquivo_indicacao_65_2017.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6461/06062024110924arquivo_indicacao_66_2017.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6462/06062024110935arquivo_indicacao_67_2017.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6463/06062024110941arquivo_indicacao_68_2017.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6464/06062024110949arquivo_indicacao_69_2017.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6465/06062024110956arquivo_indicacao_70_2017.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6466/06062024112352arquivo_indicacao_71_2017.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6467/06062024112359arquivo_indicacao_72_2017.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6468/06062024112408arquivo_indicacao_73_2017.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6469/06062024112415arquivo_indicacao_74_2017.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6470/06062024112423arquivo_indicacao_75_2017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6471/06062024112431arquivo_indicacao_76_2017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6472/06062024112440arquivo_indicacao_77_2017.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6473/06062024112448arquivo_indicacao_78_2017.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6474/06062024112455arquivo_indicacao_79_2017.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6475/06062024112504arquivo_indicacao_80_2017.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6476/06062024112519arquivo_indicacao_81_2017.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6477/06062024112527arquivo_indicacao_82_2017.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6478/06062024112534arquivo_indicacao_83_2017.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6479/06062024112541arquivo_indicacao_84_2017.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6480/06062024112547arquivo_indicacao_85_2017.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6481/06062024112554arquivo_indicacao_86_2017.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6482/06062024112600arquivo_indicacao_87_2017.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6483/06062024112608arquivo_indicacao_88_2017.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6484/06062024112616arquivo_indicacao_89_2017.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6485/06062024112623arquivo_indicacao_90_2017.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6486/06062024112656arquivo_indicacao_91_2017.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6487/11062024150043arquivo_indicacao_92_2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6488/11062024150104arquivo_indicacao_93_2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6489/11062024150126arquivo_indicacao_94_2017.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6490/11062024150134arquivo_indicacao_95_2017.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6491/11062024150140arquivo_indicacao_96_2017.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6497/11062024150147arquivo_indicacao_97_2017.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6499/11062024150153arquivo_indicacao_98_2017.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6500/11062024150200arquivo_indicacao_99_2017.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6501/11062024150206arquivo_indicacao_100_2017.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6503/11062024153152arquivo_indicacao_101_2017.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6505/11062024153706arquivo_indicacao_102_2017.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6507/11062024153713arquivo_indicacao_103_2017.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6508/11062024153721arquivo_indicacao_104_2017.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6510/11062024153727arquivo_indicacao_105_2017.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6511/11062024153734arquivo_indicacao_106_2017.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6512/11062024153740arquivo_indicacao_107_2017.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6513/11062024153745arquivo_indicacao_108_2017.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6514/11062024153753arquivo_indicacao_109_2017.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6515/11062024153759arquivo_indicacao_110_2017.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6516/11062024153911arquivo_indicacao_111_2017.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6517/11062024153920arquivo_indicacao_112_2017.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6518/11062024153931arquivo_indicacao_113_2017.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6519/11062024153937arquivo_indicacao_114_2017.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6520/11062024153944arquivo_indicacao_115_2017.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6521/11062024153951arquivo_indicacao_116_2017.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6522/11062024153959arquivo_indicacao_117_2017.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6523/11062024154005arquivo_indicacao_118_2017.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6524/11062024154012arquivo_indicacao_119_2017.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6526/11062024154020arquivo_indicacao_120_2017.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6528/11062024154050arquivo_indicacao_121_2017.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6530/11062024154057arquivo_indicacao_122_2017.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6531/11062024154105arquivo_indicacao_123_2017.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6532/11062024154111arquivo_indicacao_124_2017.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6533/11062024154117arquivo_indicacao_125_2017.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6534/11062024154122arquivo_indicacao_126_2017.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6536/11062024154129arquivo_indicacao_127_2017.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6537/11062024154135arquivo_indicacao_128_2017.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6538/11062024154142arquivo_indicacao_129_2017.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6539/11062024154149arquivo_indicacao_130_2017.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6540/11062024154203arquivo_indicacao_131_2017.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6541/11062024154212arquivo_indicacao_132_2017.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6542/11062024154217arquivo_indicacao_133_2017.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6543/11062024154223arquivo_indicacao_134_2017.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6544/11062024154235arquivo_indicacao_135_2017.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6545/11062024154241arquivo_indicacao_136_2017.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6546/11062024154247arquivo_indicacao_137_2017.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6547/11062024154253arquivo_indicacao_138_2017.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6548/11062024154259arquivo_indicacao_139_2017.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6549/11062024154306arquivo_indicacao_140_2017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6550/11062024154350arquivo_indicacao_141_2017.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6551/11062024154424arquivo_indicacao_142_2017.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6552/11062024154430arquivo_indicacao_143_2017.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6553/11062024154437arquivo_indicacao_144_2017.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6554/11062024154444arquivo_indicacao_145_2017.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6555/11062024154452arquivo_indicacao_146_2017.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6556/11062024154459arquivo_indicacao_147_2017.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6557/11062024154506arquivo_indicacao_148_2017.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6558/11062024154512arquivo_indicacao_149_2017.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6559/11062024154518arquivo_indicacao_150_2017.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6560/11062024154528arquivo_indicacao_151_2017.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6561/11062024154534arquivo_indicacao_152_2017.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6562/11062024154541arquivo_indicacao_153_2017.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6563/11062024154548arquivo_indicacao_154_2017.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6564/11062024154556arquivo_indicacao_155_2017.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6565/11062024154603arquivo_indicacao_156_2017.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6566/11062024154611arquivo_indicacao_157_2017.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6567/11062024154618arquivo_indicacao_158_2017.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6648/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6650/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6651/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6652/indicacao_no_162.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6653/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6654/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6655/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6656/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6657/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6658/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6659/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6660/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6661/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6662/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6663/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6664/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6665/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6666/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6667/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6668/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6669/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6670/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6671/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6672/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6673/indicacao_no_183.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6674/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6675/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6677/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6678/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6680/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6681/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6682/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6683/indicacao_no_191.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6684/indicacao_no_192.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6685/indicacao_no_193.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6686/indicacao_no_194.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6687/indicacao_no_195.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6688/indicacao_no_196.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6690/indicacao_no_197.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6692/indicacao_no_198.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6693/indicacao_no_199.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6694/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6695/indicacao_no_201.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6568/11062024154628arquivo_indicacao_202_2017.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6569/11062024154637arquivo_indicacao_203_2017.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6570/11062024154649arquivo_indicacao_204_2017.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6574/11062024154656arquivo_indicacao_205_2017.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6576/11062024154703arquivo_indicacao_206_2017.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6577/11062024154709arquivo_indicacao_207_2017.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6578/11062024154715arquivo_indicacao_208_2017.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6579/11062024154720arquivo_indicacao_209_2017.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6580/11062024154727arquivo_indicacao_210_2017.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6581/11062024154733arquivo_indicacao_211_2017.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6582/11062024154739arquivo_indicacao_212_2017.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6583/11062024154745arquivo_indicacao_213_2017.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6584/11062024154759arquivo_indicacao_214_2017.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6585/11062024154806arquivo_indicacao_215_2017.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6600/indicacao_no_216.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6586/11062024154813arquivo_indicacao_217_2017.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6601/indicacao_no_218.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6587/11062024154818arquivo_indicacao_219_2017.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6602/indicacao_no_220.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6588/11062024154826arquivo_indicacao_221_2017.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6589/11062024154832arquivo_indicacao_222_2017.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6590/11062024154839arquivo_indicacao_223_2017.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6591/11062024154846arquivo_indicacao_224_2017.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6592/11062024154851arquivo_indicacao_225_2017.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6593/11062024154857arquivo_indicacao_226_2017.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6696/indicacao_no_227.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6697/indicacao_no_228.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6698/indicacao_no_229.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6699/indicacao_no_230.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6700/indicacao_no_231.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6701/indicacao_no_232.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6702/indicacao_no_233.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6703/indicacao_no_234.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6704/indicacao_no_235.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6705/indicacao_no_236.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6706/indicacao_no_237.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6707/indicacao_no_238.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6708/indicacao_no_239.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6709/indicacao_no_240.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6710/indicacao_no_241.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6711/indicacao_no_242.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6712/indicacao_no_243.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6713/indicacao_no_244.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6714/indicacao_no_245.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6715/indicacao_no_246.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6716/indicacao_no_247.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6718/indicacao_no_248.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6719/indicacao_no_249.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6720/indicacao_no_250.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6722/indicacao_no_251.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6723/indicacao_no_252.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6724/indicacao_no_253.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6725/indicacao_no_254.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6726/indicacao_no_255.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6727/indicacao_no_256.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6728/indicacao_no_257.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6729/indicacao_no_258.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6730/indicacao_no_259.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6731/indicacao_no_260.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6732/indicacao_no_261.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6733/indicacao_no_262.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6734/indicacao_no_263.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6735/indicacao_no_264.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6736/indicacao_no_265.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6737/indicacao_no_266.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6738/indicacao_no_267.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6739/indicacao_no_268.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6742/indicacao_no_269.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6743/indicacao_no_270.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6744/indicacao_no_271.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6745/indicacao_no_272.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6746/indicacao_no_273.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6747/indicacao_no_274.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6748/indicacao_no_275.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6749/indicacao_no_276.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6750/indicacao_no_277.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6751/indicacao_no_278.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6753/indicacao_no_279.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6754/indicacao_no_280.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6755/indicacao_no_281.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6756/indicacao_no_282.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6757/indicacao_no_283.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6759/indicacao_no_284.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6761/indicacao_no_285.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6762/indicacao_no_286.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6763/indicacao_no_287.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6764/indicacao_no_288.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6769/indicacao_no_289.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6770/indicacao_no_290.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6771/indicacao_no_291.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6772/indicacao_no_292.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6773/indicacao_no_293.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6774/indicacao_no_294.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6775/indicacao_no_295.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6777/indicacao_no_296.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6778/indicacao_no_297.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6779/indicacao_no_298.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6781/indicacao_no_299.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6782/indicacao_no_300.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6784/indicacao_no_301.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6785/indicacao_no_302.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6786/indicacao_no_303.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6787/indicacao_no_304.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6788/indicacao_no_305.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6789/indicacao_no_306.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6790/indicacao_no_307.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6791/indicacao_no_308.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6792/indicacao_309_2017.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6793/indicacao_310_2017.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6794/indicacao_no_311.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6796/indicacao_no_312.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6797/indicacao_no_313.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6798/indicacao_no_314.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6799/indicacao_no_315.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6800/indicacao_no_316.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6801/indicacao_no_317.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6802/indicacao_no_318.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6805/indicacao_no_319.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6806/indicacao_no_320.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6807/indicacao_no_321.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6808/indicacao_no_322.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6809/indicacao_no_323.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6810/indicacao_no_324.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6811/indicacao_no_325.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6812/indicacao_no_326.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6813/indicacao_no_327.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6814/indicacao_no_328.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6815/indicacao_no_329.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6816/indicacao_no_330.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6817/indicacao_no_331.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6818/indicacao_no_332.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6819/indicacao_no_333.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6820/indicacao_no_334.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6821/indicacao_no_335.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6822/indicacao_no_336.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6823/indicacao_no_337.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6824/indicacao_no_338.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6825/indicacao_no_339.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6826/indicacao_no_340.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6827/indicacao_no_341.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6828/indicacao_no_342.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6829/indicacao_no_343.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6830/indicacao_no_344.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6831/indicacao_no_345.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6832/indicacao_no_346.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6833/indicacao_no_347.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6834/indicacao_no_348.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6835/indicacao_no_349.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6836/indicacao_no_350.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6837/indicacao_no_351.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6838/indicacao_no_352.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6839/indicacao_no_353.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6840/indicacao_no_354.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6841/indicacao_no_355.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6842/indicacao_no_356.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6843/indicacao_no_357.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6844/indicacao_no_358.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6845/indicacao_no_359.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6846/indicacao_no_360.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6847/indicacao_no_361.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6848/indicacao_no_362.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6849/indicacao_no_363.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6850/indicacao_no_364.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6851/indicacao_no_365.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6852/indicacao_no_366.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6853/indicacao_no_367.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6854/indicacao_no_368.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6855/indicacao_no_369.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6856/indicacao_no_370.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6857/indicacao_no_371.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6858/indicacao_no_372.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6859/indicacao_no_373.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6860/indicacao_no_374.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6861/indicacao_no_375.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6862/indicacao_no_376.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6863/indicacao_no_377.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6864/indicacao_no_378.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6865/indicacao_no_379.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6866/indicacao_no_380.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6868/indicacao_no_381.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6869/indicacao_no_382.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6870/indicacao_no_383.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6872/indicacao_no_384.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6873/indicacao_no_385.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6874/indicacao_no_386.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6875/indicacao_no_387.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6876/indicacao_no_388.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6877/indicacao_no_389.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6878/indicacao_no_390.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6879/indicacao_no_391.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6880/indicacao_no_392.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6881/indicacao_no_393.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6882/indicacao_no_394.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6883/indicacao_no_395.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6884/indicacao_no_396.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6885/indicacao_no_397.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6886/indicacao_no_398.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6887/indicacao_no_399.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6888/indicacao_no_400.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6889/indicacao_no_401.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6890/indicacao_no_402.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6891/indicacao_no_403.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6892/indicacao_no_404.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6893/indicacao_no_405.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6894/indicacao_no_406.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6895/indicacao_no_407.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2017/6896/indicacao_no_408.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H608"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="116.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>