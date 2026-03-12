--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,2177 +54,2177 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11049</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Fábio Moraes, Ailton Stipp, Nando Dorta, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11049/pelo_2015_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11049/pelo_2015_1.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao parágrafo único do art. 42 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>11053</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11053/pelo_2015_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11053/pelo_2015_2.pdf</t>
   </si>
   <si>
     <t>Acrescenta os §§1º, 2º, 3º, 4º e 5º ao art. 11 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>10281</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Luiz Carlos Gil</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/10281/plc_1_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/10281/plc_1_2015.pdf</t>
   </si>
   <si>
     <t>Regulamenta e ratifica as datas para vencimento de alvarás no exercício de 2015, prorroga prazos, concede descontos e dá outras providências.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1534/ple-01-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1534/ple-01-2015.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1535/ple-02-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1535/ple-02-2015.pdf</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1537/ple-03-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1537/ple-03-2015.pdf</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1538/ple-04-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1538/ple-04-2015.pdf</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1540/ple-05-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1540/ple-05-2015.pdf</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1541/ple-06-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1541/ple-06-2015.pdf</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1543/ple-07-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1543/ple-07-2015.pdf</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1546/ple-08-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1546/ple-08-2015.pdf</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1547/ple-09-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1547/ple-09-2015.pdf</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1549/ple-10-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1549/ple-10-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de contratação estipulado na Lei Municipal 2.320/2013, que dispõe sobre a contratação temporária e emergencial de pessoal para atendimentos na área de saúde, em observância á Lei Federal 8.745, de 9 de dezembro de 1.993.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1550/ple-11-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1550/ple-11-2015.pdf</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1551/ple-12-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1551/ple-12-2015.pdf</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1552/ple-13-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1552/ple-13-2015.pdf</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1553/ple-14-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1553/ple-14-2015.pdf</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1554/ple-15-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1554/ple-15-2015.pdf</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1557/ple-16-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1557/ple-16-2015.pdf</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1558/ple-17-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1558/ple-17-2015.pdf</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1559/ple-18-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1559/ple-18-2015.pdf</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1561/ple-19-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1561/ple-19-2015.pdf</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1562/ple-20-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1562/ple-20-2015.pdf</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1566/ple-21-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1566/ple-21-2015.pdf</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1567/ple-22-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1567/ple-22-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reenquadramento do cargo de provimento efetivo de MOTORISTA DE VEÍCULOS LEVES e dá outras providências.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1568/ple-23-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1568/ple-23-2015.pdf</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1570/ple-24-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1570/ple-24-2015.pdf</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1572/ple-25-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1572/ple-25-2015.pdf</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1580/ple-27-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1580/ple-27-2015.pdf</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1584/ple-30-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1584/ple-30-2015.pdf</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1585/ple-31-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1585/ple-31-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de serviços de bar e lanchonete nas dependências do Centro Cultural “Clube da Melhor Idade” e na Cancha de Bocha situados no Jardim Botânico, Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1586/ple-32-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1586/ple-32-2015.pdf</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1587/ple-33-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1587/ple-33-2015.pdf</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1588/ple-34-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1588/ple-34-2015.pdf</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1589/ple-35-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1589/ple-35-2015.pdf</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1594/ple-37-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1594/ple-37-2015.pdf</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Adail Rother Júnior</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1595/ple-33-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1595/ple-33-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE TERRENO PARA   POLO DE APOIO PRESECIAL UAB DE IVAIPORÃ.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1596/ple-39-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1596/ple-39-2015.pdf</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1598/ple-40-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1598/ple-40-2015.pdf</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1599/ple-41-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1599/ple-41-2015.pdf</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1600/ple-42-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1600/ple-42-2015.pdf</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1601/ple-43-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1601/ple-43-2015.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 2.089/2011, a qual autoriza o Executivo Municipal a conceder uma cesta básica aos servidores da Prefeitura do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1603/ple-44-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1603/ple-44-2015.pdf</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1604/ple-45-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1604/ple-45-2015.pdf</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1606/ple-46-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1606/ple-46-2015.pdf</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1608/ple-48-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1608/ple-48-2015.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 1.585/2008, de 26/11/2008, e dá outras providências.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1614/ple-49-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1614/ple-49-2015.pdf</t>
   </si>
   <si>
     <t>Amplia o número de vagas do cargo de EDUCADOR INFANTIL e AUXILIAR NA EDUCAÇÃO INFANTIL constantes no Quadro de Cargos do Pessoal Efetivo do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1615/ple-50-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1615/ple-50-2015.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público a rua que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1616/ple-51-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1616/ple-51-2015.pdf</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1617/ple-52-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1617/ple-52-2015.pdf</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1618/ple-53-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1618/ple-53-2015.pdf</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1619/ple-54-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1619/ple-54-2015.pdf</t>
   </si>
   <si>
     <t>Inclui parágrafo único aos artigos 29, 30 e 36, da Lei Municipal 1.940/2011.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1620/ple-55-205.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1620/ple-55-205.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder à aquisição da parte ideal do imóvel que especifica, em observância à Lei Municipal 1.940/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1621/ple-56-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1621/ple-56-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder à aquisição de imóvel que especifica, em observância à Lei Municipal 1.940/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1623/ple-57-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1623/ple-57-2015.pdf</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1624/ple-58-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1624/ple-58-2015.pdf</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1627/ple-59-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1627/ple-59-2015.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal de Educação - PME, em conformidade com o que dispõe o Titulo V Art. 174 da Lei Orgânica do Município de Ivaiporã/PR - LOM e dá outras providências.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1635/ple-60-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1635/ple-60-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Ivaiporã/PR a ceder mediante Concessão de Direito Uso, veículo público à ASSOCIAÇÃO DE PRODUTORES RURAIS DE IVAIPORÃ – APRI e dá outras providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1636/ple-61-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1636/ple-61-2015.pdf</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1637/ple-62-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1637/ple-62-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento do Imposto Predial e Territorial Urbano - IPTU – Alvará de Funcionamento, Imposto sobre serviços de qualquer natureza – ISSQN e Contribuição de Melhoria, constituídos até 31 de dezembro de 2014.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1638/ple-63-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1638/ple-63-2015.pdf</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1639/ple-65-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1639/ple-65-2015.pdf</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1640/ple-66-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1640/ple-66-2015.pdf</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1641/ple-67-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1641/ple-67-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã a celebrar convênio com a SÃO BRAZ EDUCACIONAL LTDA – ME, e dá outras providências.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1642/ple-68-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1642/ple-68-2015.pdf</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1643/ple-69-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1643/ple-69-2015.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público o bem que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1644/ple-70-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1644/ple-70-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã a celebrar convênio com o ISF – INSTITUTO SUPERIOR DE FORMAÇÃO CONTINUADA LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1645/ple-71-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1645/ple-71-2015.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1646/ple-72-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1646/ple-72-2015.pdf</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1647/ple-74-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1647/ple-74-2015.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Trânsito – FUMTRAN, no Município de Ivaiporã/PR, dá nova redação ao Parágrafo único do Art. 3° da Lei Municipal 1.585/2008 e dá outras providências.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1648/ple-75-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1648/ple-75-2015.pdf</t>
   </si>
   <si>
     <t>DÁ ALTERAÇÃO DE ENTENDIMENTO DE NOMECLATURA DA LEI 1.522/2008- LEI DE PARCELAMENTO E REMEMBRAMENTO DE DO SOLO URBANO PARA FINS URBANOS, SEÇÃO V e I, DA TABELA DO ARTIGO 16 DA LEI 1.520/2008- LEI DO SISTEMA VIÁRIO E AMPLIAÇÃO DE AREA COMERCIAL DA LEI 1519/2008.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1649/ple-76-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1649/ple-76-2015.pdf</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1650/ple-77-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1650/ple-77-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo a contratar operação de crédito com a Agência de Fomento do Paraná S.A.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1651/ple-78-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1651/ple-78-2015.pdf</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1652/ple-79-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1652/ple-79-2015.pdf</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1653/ple-81-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1653/ple-81-2015.pdf</t>
   </si>
   <si>
     <t>Cria o Sistema Municipal de Segurança Alimentar e Nutricional do Município de Ivaiporã - Estado do Paraná (SIMSAN), e dá outras providências.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1654/ple-82-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1654/ple-82-2015.pdf</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1655/ple-83-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1655/ple-83-2015.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público o imóvel que especifica.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1656/ple-84-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1656/ple-84-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2016, e dá outras providências.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1657/ple-85-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1657/ple-85-2015.pdf</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1658/ple-86-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1658/ple-86-2015.pdf</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1659/ple-87-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1659/ple-87-2015.pdf</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1660/ple-88-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1660/ple-88-2015.pdf</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1661/ple-89-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1661/ple-89-2015.pdf</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1662/ple-90-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1662/ple-90-2015.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na redação da Lei nº 1.585/2008, que dispõe sobre a Estrutura Administrativa da Prefeitura do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1663/ple-92-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1663/ple-92-2015.pdf</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1664/ple-93-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1664/ple-93-2015.pdf</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1665/ple-94-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1665/ple-94-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã a celebrar convênio com a UNIÃO DE ENSINO SUPERIOR DO VALE DO IVAÍ LTDA - EPP, doravante denominada UNESVI, e dá outras providências.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1666/ple-95-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1666/ple-95-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã a realizar desapropriação amigável da fração do imóvel que especifica, bem como, efetuar a compensação de valores a serem recebidos e dá outras providências.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1667/ple-96-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1667/ple-96-2015.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1668/ple-97-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1668/ple-97-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder ao repasse de valores ao CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA 22ª REGIONAL DE SAÚDE DE IVAIPORÃ para manutenção do CAPS REGIONAL, e dá outras providências.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1669/ple-98-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1669/ple-98-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1670/ple-99-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1670/ple-99-2015.pdf</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1672/ple-100-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1672/ple-100-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Ivaiporã/PR a receber em forma de DOAÇÃO SEM ÔNUS o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1674/ple-101-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1674/ple-101-2015.pdf</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1678/ple-102-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1678/ple-102-2015.pdf</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1683/ple-103-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1683/ple-103-2015.pdf</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1684/ple-104-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1684/ple-104-2015.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes de mobilidade urbana para a promoção da acessibilidade nos passeios públicos do Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1685/ple-105-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1685/ple-105-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Ivaiporã/PR a realizar doação de terreno ao CONSELHO DA COMUNIDADE DA COMARCA DE IVAIPORÃ/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1686/ple-106-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1686/ple-106-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Especial no Orçamento do Município de Ivaiporã, para o exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1687/ple-107-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1687/ple-107-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover LEILÃO PARA ALIENAR VEÍCULOS INSERVÍVEIS de propriedade da Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1688/ple-108-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1688/ple-108-2015.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos nos incisos do Art. 15 da Lei Municipal 1.940, de 19 de abril de 2011, a qual dispõe sobre a política de Desenvolvimento Industrial do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1689/ple-109-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1689/ple-109-2015.pdf</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1690/ple-110-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1690/ple-110-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terrenos ao ESTADO DO PARANÁ e dá outras providências.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1691/ple-111-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1691/ple-111-2015.pdf</t>
   </si>
   <si>
     <t>Cria trechos da Rua Basílio Verenka, extensão da antiga Rua Uberlândia, entre o Jardim Sabará e a Vila Bandeirantes e dá outras providências.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1692/ple-112-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1692/ple-112-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação do cargo de ATENDENTE DE SAÚDE e dá outras providências.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1697/ple-113-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1697/ple-113-2015.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público a parte rua que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1699/ple-114-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1699/ple-114-2015.pdf</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1702/ple-115-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1702/ple-115-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais   Suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1706/ple-116-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1706/ple-116-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a alienação de bens imóveis que especifica, mediante processo licitatório na modalidade de concorrência, e dá outras providências.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1710/ple_117_2015.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1710/ple_117_2015.docx</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã a realizar desapropriação amigável da fração do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1711/ple-118-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1711/ple-118-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a ratificar o protocolo de intenções de ingresso dos municípios da 22ª Regional de Saúde de Ivaiporã do estado do Paraná, denominado de CIUENP, bem como adequar sua execução orçamentária ao novo regime jurídico adotado para os consórcios públicos, na forma e condições previstas na lei federal nº 11.107/2005 e decreto nº 6.017/2007 e dá outras providências.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1712/ple-119-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1712/ple-119-2015.pdf</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1713/ple-122-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1713/ple-122-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Suplementar no Orçamento do Município de Ivaiporã, para o exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1714/ple-123-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1714/ple-123-2015.pdf</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1715/ple-124-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1715/ple-124-2015.pdf</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1716/ple-125-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1716/ple-125-2015.pdf</t>
   </si>
   <si>
     <t>Estima Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2016.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1717/ple-126-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1717/ple-126-2015.pdf</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1718/ple-127-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1718/ple-127-2015.pdf</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1719/ple-128-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1719/ple-128-2015.pdf</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1720/ple-129-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1720/ple-129-2015.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público os bens que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1721/ple-130-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1721/ple-130-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder abono salarial a servidores efetivos do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1722/ple-131-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1722/ple-131-2015.pdf</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1723/ple-132-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1723/ple-132-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder a isenção do Imposto de Transmissão Sobre Bens Imóveis ITBI, dos imóveis resultantes da permuta de que trata a Lei Municipal 2.675/2015.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1724/ple-133-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1724/ple-133-2015.pdf</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1725/ple-134-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1725/ple-134-2015.pdf</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1726/ple-135-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1726/ple-135-2015.pdf</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1733/ple-136-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1733/ple-136-2015.pdf</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1734/ple-137-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1734/ple-137-2015.pdf</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1736/ple-138-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1736/ple-138-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover empreendimento habitacional em conjunto com a Companhia de Habitação do Paraná - COHAPAR, em áreas de terra de sua propriedade e dá outras providências.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1737/ple-139-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1737/ple-139-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os salários e vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1742/ple-140-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1742/ple-140-2015.pdf</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1743/ple-141-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1743/ple-141-2015.pdf</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1744/ple-142-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1744/ple-142-2015.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ESTABELECENDO A VEDAÇÃO À COMERCIALIZAÇÃO PELO BENEFICIÁRIO DAS UNIDADES HABITACIONAIS.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1745/ple-143-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1745/ple-143-2015.pdf</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1746/ple-144-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1746/ple-144-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a outorgar a Cessão de Uso de imóvel ao INSTITUTO DAS ÁGUAS DO PARANÁ e dá outras providências.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1747/ple-145-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1747/ple-145-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar o RECANTO DOS VELHINHOS DO LAR SANTO ANTÔNIO, mediante Transferência Voluntária de Valores e dá outras providências.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1748/ple-147-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1748/ple-147-2015.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 13 da Lei Complementar n° 1890, de 21 de dezembro de 2010.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1749/ple-148-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1749/ple-148-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a SOCIEDADE PROTETORA DOS ANIMAIS DE IVAIPORÃ, mediante Transferência Voluntária de Valores e dá outras providências.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1750/ple-149-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1750/ple-149-2015.pdf</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1751/ple-150-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1751/ple-150-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IVAIPORÃ – APAE.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1752/ple-151-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1752/ple-151-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar o ALBERGUE BOM SAMARITANO DE IVAIPORÃ, mediante Transferência Voluntária de Valores e dá outras providências.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1753/ple-152-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1753/ple-152-2015.pdf</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1754/ple-153-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1754/ple-153-2015.pdf</t>
   </si>
   <si>
     <t>Cria a Declaração Mensal de Serviços de Instituições Financeiras – DESIF, e dá outras providências.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3290/1-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3290/1-2015.pdf</t>
   </si>
   <si>
     <t>Concede recomposição aos subsídios dos vereadores da Câmara Municipal de Ivaiporã relativa a inflação acumulada no ano de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3291/03-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3291/03-2015.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 2.515, de 5/11/2014, cria a Função Gratificada de Pregoeiro, Presidente da Comissão Permanente de Licitação e Membro da Comissão Permanente de Licitação da Câmara do Município de Ivaiporã, e equipara o salário de Assessor Jurídico da Presidência ao de Procurador Jurídico e dá outras providências.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3292/04-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3292/04-2015.pdf</t>
   </si>
   <si>
     <t>Denomina a Praça que fica entre a Avenida Paraná, com as ruas Mandaguari e Pará, nesta cidade de Ivaiporã, Estado do Paraná, para ''Dorvalino Pedro Frederico''.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>Ilsinho da Saúde, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3293/05-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3293/05-2015.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a COPEMARI - COOPERATIVA DE MATERIAIS RECICLÁVEIS DE IAVIPORÃ - PR, na forma da Lei Municipal n° 2.460, de 6 de maio de 2014, e dá outras providencias.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3294/06-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3294/06-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da demanda atendida e lista de espera por vagas nos Centros Municipais de Educação Infantil (CMEI)  e Creches de Ivaiporã-PR.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>Fábio Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3295/07-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3295/07-2015.pdf</t>
   </si>
   <si>
     <t>Institui o ''Programa Alimentação Diferenciada'' para crianças portadoras de diabetes nas escolas da rede municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3296/08-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3296/08-2015.pdf</t>
   </si>
   <si>
     <t>''Dispõe sobre a obrigatoriedade de instalação de estruturas de segurança individual ( biombos, tapumes ou estruturas similares) entre os caixas e o espaço reservado para clientes que aguaram atendimentos nas Agências Bancárias, Postos de Serviços Bancários, Instituições Financeiras e de Créditos no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>Nadir Maciel</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3298/09-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3298/09-2015.pdf</t>
   </si>
   <si>
     <t>Cria a Semana do Aleitamento Materno a nível municipal, como especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3306/10-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3306/10-2015.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Ivaiporã, a Politica Municipal de Fomento a Economia Solidária, cria o Conselho Municipal de Economia Solidária, o Fundo Municipal de Economia Solidária e institui o Selo de Economia Solidária.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3307/11-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3307/11-2015.pdf</t>
   </si>
   <si>
     <t>Introduz alteração na Lei Municipal n° 2.114, de 14/02/2012, revoga a Lei Municipal n° 2.327, de 29/05/2013, e dá outras providências.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3308/12-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3308/12-2015.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APRI - ASSOCIAÇÃO DE PRODUTORES RURAIS DE IVAIPORÃ-PR. e dá outras providencias.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>Bunitinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3309/13-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3309/13-2015.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o IBASE - INSTITUTO BETEL DE ASSISTÊNCIA SOCIAL E EDUCACIONAL DE IVAIPORÃ-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3310/14-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3310/14-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção nos projetos arquitetônicos das unidades escolares do Município de Ivaiporã, da instalação do sistema de coleta para captação de água da chuva para fins não potáveis.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3311/15-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3311/15-2015.pdf</t>
   </si>
   <si>
     <t>Altera os Artigos 1° e 3°, da Lei Municipal n° 2.703 de 23/10/2015 - e dá outras providências.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3312/16-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3312/16-2015.pdf</t>
   </si>
   <si>
     <t>Denomina as Ruas do Conjunto Habitacional Sebastião Alves de Andrade e dá outras providencias.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto da Lei</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3297/veto_09-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3297/veto_09-2015.pdf</t>
   </si>
   <si>
     <t>veto 09-2015</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3305/veto_10-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3305/veto_10-2015.pdf</t>
   </si>
   <si>
     <t>veto 10-2015</t>
   </si>
   <si>
     <t>8112</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8112/projeto_de_decreto_02-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8112/projeto_de_decreto_02-2015.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a realizar processo seletivo simplificado, para contratação de pessoal para prestação de serviços no Pronto Atendimento Municipal - PAM, e dá outras providências.</t>
   </si>
   <si>
     <t>8111</t>
   </si>
   <si>
     <t>Ilsinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8111/decreto_legislativo_n_03-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8111/decreto_legislativo_n_03-2015.pdf</t>
   </si>
   <si>
     <t>Revoga na íntegra o Decreto Legislativo n° 32, de primeiro de dezembro de 2010, que dispõe sobre a concessão de Título de Cidadão Honorário do Município de Ivaiporã Estado do Paraná, ao Senhor André Luiz Vargas Ilário e dá outras providências.</t>
   </si>
   <si>
     <t>8098</t>
   </si>
   <si>
     <t>Ailton Stipp, Bunitinho, Éder Bueno, Fábio Moraes, Ilsinho da Saúde, Nadir Maciel, Nando Dorta, Sabão - Edivaldo Montanheri, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8098/projeto_de_decreto_04-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8098/projeto_de_decreto_04-2015.pdf</t>
   </si>
   <si>
     <t>Referenda a doação de bem móvel ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>8097</t>
   </si>
   <si>
     <t>Éder Bueno, Nadir Maciel, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8097/projeto_de_decretp_05-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8097/projeto_de_decretp_05-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Executivo  do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2008.</t>
   </si>
   <si>
     <t>8095</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8095/projeto_de_decreto_06-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8095/projeto_de_decreto_06-2015.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de licença ao Prefeito Municipal, Sr. Luiz Carlos Gil, e dá outras providências.</t>
   </si>
   <si>
     <t>8094</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8094/projeto_de_decreto_10-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8094/projeto_de_decreto_10-2015.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para realizar a suplementação de vagas do processo seletivo simplificado, para contratação de pessoal para prestação de serviços no Ponto Atendimento Municipal - PAM, e dá outras providências.</t>
   </si>
   <si>
     <t>8093</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8093/projeto_de_decreto_11-2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8093/projeto_de_decreto_11-2015.pdf</t>
   </si>
   <si>
     <t>Referenda a doação de móveis ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Fábio Moraes, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3928/pr_1_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3928/pr_1_2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3929/pr_2_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3929/pr_2_2015.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos Servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3930/pr_3_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3930/pr_3_2015.pdf</t>
   </si>
   <si>
     <t>Ficam os agentes políticos e os servidores do Poder Legislativo Municipal com direito a receberem diárias constantes na Lei n° 2.489, de 10 de julho de 2014.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3933/pr_4_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3933/pr_4_2015.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 131º do Regimento Interno da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
     <t>Éder Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3935/pr_6_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3935/pr_6_2015.pdf</t>
   </si>
   <si>
     <t>Suprime o Capítulo IV do Regimento Interno da Câmara Municipal de Ivaiporã. (Retirado pelo Autor)</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3937/pr_7_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3937/pr_7_2015.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Cargos, Carreira e Salários dos Servidores da Câmara Municipal de Ivaiporã - Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3938/pr_8_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3938/pr_8_2015.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar no valor de R$ 25.000,00 (Vinte Cinco Mil Reais), destinados a atender dotações constante do orçamento programa da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3939/pr_9_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3939/pr_9_2015.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Resolução n° 6/2015, que institui o Plano de Cargos, Carreiras e Salários dos Servidores da Câmara do Município de Ivaiporã - Estado do Paraná.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3941/pr_10_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3941/pr_10_2015.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Câmara Mirim no Município de Ivaiporã, Estado do Paraná, e estabelece normas para seu funcionamento.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3948/pr_11_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3948/pr_11_2015.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Resolução n° 6/2015, que institui o Plano de Cargos, Carreiras e Salários dos Servidores da Câmara do Município de Ivaiporã - Estado elo Paraná.</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3951/pr_12_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3951/pr_12_2015.pdf</t>
   </si>
   <si>
     <t>Altera o caput do art.7 da Resolução Legislativa nº 9, de 20/10/2015, dispõe, excepcionalmente, sobre a 2" Legislatura da Câmara Mirim do Município de Ivaiporã para o exercício de 2016 e estabelece o cronograma do Concurso de Redação.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
     <t>Fábio Moraes, Nadir Maciel, Nando Dorta, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3955/pr_13_2015.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3955/pr_13_2015.pdf</t>
   </si>
   <si>
     <t>Institui o Regimento Interno da Câmara Mirim do Município de Ivaiporã - Estado do Paraná, na forma do art. 14 da Resolução Legislativa n°9/2015</t>
   </si>
   <si>
     <t>11067</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11067/pea_1_ao_ple_2015_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11067/pea_1_ao_ple_2015_22.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva nº 1/2015, ao Projeto de Lei nº 22/2015 do Executivo._x000D_
 Adiciona parágrafo único ao artigo 2º do Projeto de Lei nº 22/2015, do Poder Executivo.</t>
   </si>
   <si>
     <t>11069</t>
   </si>
   <si>
     <t>EAG</t>
   </si>
   <si>
     <t>Emenda Aglutinativa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11069/pea_1_ao_ple_2015_54.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11069/pea_1_ao_ple_2015_54.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 1/2015, ao Projeto de Lei nº 54/2015 do Executivo._x000D_
 Modifica artigo 4º e adiciona artigo 5º ao Projeto de Lei nº 54/2015, do Poder Executivo.</t>
   </si>
   <si>
     <t>11070</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11070/pea_2_ao_ple_2015_59.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11070/pea_2_ao_ple_2015_59.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 2/2015, ao Projeto de Lei nº 59/2015, do Poder Executivo._x000D_
 Modifica e suprime dispositivos do Projeto de Lei nº 59/2015, Plano Municipal de Educação, do Poder Executivo.</t>
   </si>
   <si>
     <t>11071</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11071/pea_3_ao_ple_2015_48.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11071/pea_3_ao_ple_2015_48.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 3/2015, ao Projeto de Lei nº 48/2015 do Executivo._x000D_
 Modifica parágrafo único do art. 1º, o art. 2º, os §§ 1º e 2º do art. 3º, o art. 4º, acrescenta o art. 5º, ao Projeto de Lei nº 48/2015, do Poder Executivo.</t>
   </si>
   <si>
     <t>11072</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11072/pea_4_ao_ple_2015_67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11072/pea_4_ao_ple_2015_67.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 4/2015, ao Projeto de Lei nº 67/2015 do Executivo._x000D_
 Modifica artigo 2º e adiciona paragrafo único ao artigo 2º, Modifica o artigo 3º, e adiciona o Artigo 4º ao Projeto de Lei nº 67/2015, do Poder Executivo.</t>
   </si>
   <si>
     <t>11073</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11073/pea_5_ao_ple_2015_74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11073/pea_5_ao_ple_2015_74.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 5/2015, ao Projeto de Lei nº 74/2015 do Executivo._x000D_
 Modifica o art. 1º, art. 2º e seu paragrafo único, art. 4º, art. 9º e acrescenta incisos e o art. 10, e acrescenta o art. 11 ao Projeto de Lei nº 74/2015, do Poder Executivo.</t>
   </si>
   <si>
     <t>11074</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11074/pea_6_ao_ple_2015_70.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11074/pea_6_ao_ple_2015_70.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 6/2015, ao Projeto de Lei nº 70/2015 do Executivo._x000D_
 Modifica a súmula, e modifica o art. 1º e seus §§ 1º e 2º, e acrescenta § 3º, acrescenta paragrafo único ao art. 2º e modifica o art. 3º do Projeto de Lei nº 70/2015, do Poder Executivo.</t>
   </si>
   <si>
     <t>11075</t>
   </si>
   <si>
     <t>CESAS - Comissão de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11075/pea_7_ao_ple_2015_38.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11075/pea_7_ao_ple_2015_38.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 7/2015, ao Projeto de Lei nº 38/2015 do Executivo.</t>
   </si>
   <si>
     <t>11076</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11076/pea_8_ao_ple_2015_84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11076/pea_8_ao_ple_2015_84.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 8/2015, ao Projeto de Lei nº 84/2015 do Executivo._x000D_
 Modifica para fins de aplicação correta da norma, o § 8º, do art. 10, o inciso II, do art. 11, o Parágrafo Único, do art. 11 e acrescenta o § 2º, os incisos III e VII do art. 13, o §2º, do art. 14, o art. 15 e seus §§ 1º e 2º, o art. 17 e o seu inciso II do § 2º, o art. 25, o art. 26, o inciso II do art. 28, o inciso I do art. 31, art. 35, art. 36, art. 37, art. 38, art. 41, art. 42, art. 45 e seus incisos I e II, art. 46, art. 47, art. 51, art. 52, art. 53, art. 55 e seu Parágrafo único, e o art. 61 do Projeto de Lei nº 84/2015 - Poder Executivo.</t>
   </si>
   <si>
     <t>11077</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11077/pea_9_ao_ple_2015_105.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11077/pea_9_ao_ple_2015_105.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 9/2015, ao Projeto de Lei nº 105/2015 do Executivo._x000D_
 Acrescenta §§ 1 e 2º ao Art. 1º, modifica Art. 2º, modifica o Art. 3º e seu Paragrafo Único, modifica o Art. 5º e modifica o Art. 7º do Projeto de Lei nº 105/2015 do Poder Executivo.</t>
   </si>
   <si>
     <t>11095</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11095/pea_2015_11_ao_ple_2015_112.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11095/pea_2015_11_ao_ple_2015_112.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aglutinativa nº 11/2015, ao Projeto de Lei nº 112/2015 do Executivo._x000D_
 Modifica a Súmula, Modifica o Art. 1º, Modifica § 1º do Art. 1º, acrescenta § 2º ao Art. 1º, modifica o Art. 2º, modifica o Art. 3º e acrescenta Art. 4º e 5º ao Projeto de Lei nº 112/2015 do Poder Executivo.</t>
   </si>
   <si>
     <t>11055</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11055/pem_3_ao_ple_2015_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11055/pem_3_ao_ple_2015_12.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 3/2015, ao Projeto de Lei nº 12/2015 do Executivo.</t>
   </si>
   <si>
     <t>11056</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11056/pem_4_ao_ple_2015_75.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11056/pem_4_ao_ple_2015_75.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 4/2015, ao Projeto de Lei nº 75/2015 do Executivo._x000D_
 Modifica a Ementa, e os artigos 1º, 2º e 3º do Projeto de Lei nº 75/2015, do Poder Executivo.</t>
   </si>
   <si>
     <t>11057</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11057/pem_5_ao_ple_2015_90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11057/pem_5_ao_ple_2015_90.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 5/2015, ao Projeto de Lei nº 90/2015 do Executivo._x000D_
 Modifica os §§ 1º, 2º e 3º, do art. 1º do Projeto de Lei nº 90/2015, do Poder Executivo.</t>
   </si>
   <si>
     <t>11058</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11058/pem_6_ao_ple_2015_106.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11058/pem_6_ao_ple_2015_106.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 6/2015, ao Projeto de Lei nº 106/2015 do Executivo._x000D_
 Modifica o artigo 3º, do Projeto de Lei nº 106/2015, Poder Executivo.</t>
   </si>
   <si>
     <t>11059</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11059/pem_7_ao_ple_2015_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11059/pem_7_ao_ple_2015_10.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 7/2015, ao Projeto de Lei nº 10/2015 do Legislativo._x000D_
 Modifica a súmula, o parágrafo único do art. 1º, art. 2º, inciso I do art. 9º e 10, do Projeto de Lei nº 10/2015, do Poder Legislativo.</t>
   </si>
   <si>
     <t>11060</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11060/pem_8_ao_ple_2015_117.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11060/pem_8_ao_ple_2015_117.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 8/2015, ao Projeto de Lei nº 117/2015 do Executivo._x000D_
 Modificam os artigos 1º, 2º, 3º, 4º e 6º do Projeto de Lei nº 117/2015 do Poder Executivo.</t>
   </si>
   <si>
     <t>11066</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11066/pem_10_ao_ple_2015_142.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11066/pem_10_ao_ple_2015_142.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 10/2015, ao Projeto de Lei nº 142/2015 do Executivo._x000D_
 Modifica para fins de aplicação correta da norma legislativa o Projeto de Lei nº 142/2015 do Poder Executivo.</t>
   </si>
   <si>
     <t>11068</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11068/pes_1_ao_pll_2015_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11068/pes_1_ao_pll_2015_3.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda Supressiva nº 1/2015, ao Projeto de Lei nº 3/2015 do Legislativo._x000D_
 Suprime o Art. 5º do Projeto de Lei nº 03/2015 do Legislativo Municipal.</t>
   </si>
   <si>
     <t>11054</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11054/pes_2015_2_ao_ple_2014_135.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11054/pes_2015_2_ao_ple_2014_135.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva nº 2/2015 ao Projeto de Lei nº 135/2014, do Poder Executivo._x000D_
 Substitui na íntegra o texto proposto pelo Projeto de Lei nº 135/2014.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2532,68 +2532,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11049/pelo_2015_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11053/pelo_2015_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/10281/plc_1_2015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1534/ple-01-2015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1535/ple-02-2015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1537/ple-03-2015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1538/ple-04-2015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1540/ple-05-2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1541/ple-06-2015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1543/ple-07-2015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1546/ple-08-2015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1547/ple-09-2015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1549/ple-10-2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1550/ple-11-2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1551/ple-12-2015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1552/ple-13-2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1553/ple-14-2015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1554/ple-15-2015.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1557/ple-16-2015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1558/ple-17-2015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1559/ple-18-2015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1561/ple-19-2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1562/ple-20-2015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1566/ple-21-2015.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1567/ple-22-2015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1568/ple-23-2015.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1570/ple-24-2015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1572/ple-25-2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1580/ple-27-2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1584/ple-30-2015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1585/ple-31-2015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1586/ple-32-2015.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1587/ple-33-2015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1588/ple-34-2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1589/ple-35-2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1594/ple-37-2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1595/ple-33-2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1596/ple-39-2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1598/ple-40-2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1599/ple-41-2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1600/ple-42-2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1601/ple-43-2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1603/ple-44-2015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1604/ple-45-2015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1606/ple-46-2015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1608/ple-48-2015.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1614/ple-49-2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1615/ple-50-2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1616/ple-51-2015.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1617/ple-52-2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1618/ple-53-2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1619/ple-54-2015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1620/ple-55-205.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1621/ple-56-2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1623/ple-57-2015.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1624/ple-58-2015.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1627/ple-59-2015.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1635/ple-60-2015.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1636/ple-61-2015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1637/ple-62-2015.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1638/ple-63-2015.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1639/ple-65-2015.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1640/ple-66-2015.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1641/ple-67-2015.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1642/ple-68-2015.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1643/ple-69-2015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1644/ple-70-2015.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1645/ple-71-2015.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1646/ple-72-2015.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1647/ple-74-2015.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1648/ple-75-2015.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1649/ple-76-2015.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1650/ple-77-2015.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1651/ple-78-2015.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1652/ple-79-2015.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1653/ple-81-2015.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1654/ple-82-2015.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1655/ple-83-2015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1656/ple-84-2015.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1657/ple-85-2015.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1658/ple-86-2015.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1659/ple-87-2015.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1660/ple-88-2015.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1661/ple-89-2015.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1662/ple-90-2015.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1663/ple-92-2015.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1664/ple-93-2015.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1665/ple-94-2015.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1666/ple-95-2015.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1667/ple-96-2015.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1668/ple-97-2015.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1669/ple-98-2015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1670/ple-99-2015.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1672/ple-100-2015.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1674/ple-101-2015.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1678/ple-102-2015.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1683/ple-103-2015.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1684/ple-104-2015.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1685/ple-105-2015.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1686/ple-106-2015.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1687/ple-107-2015.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1688/ple-108-2015.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1689/ple-109-2015.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1690/ple-110-2015.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1691/ple-111-2015.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1692/ple-112-2015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1697/ple-113-2015.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1699/ple-114-2015.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1702/ple-115-2015.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1706/ple-116-2015.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1710/ple_117_2015.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1711/ple-118-2015.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1712/ple-119-2015.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1713/ple-122-2015.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1714/ple-123-2015.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1715/ple-124-2015.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1716/ple-125-2015.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1717/ple-126-2015.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1718/ple-127-2015.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1719/ple-128-2015.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1720/ple-129-2015.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1721/ple-130-2015.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1722/ple-131-2015.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1723/ple-132-2015.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1724/ple-133-2015.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1725/ple-134-2015.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1726/ple-135-2015.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1733/ple-136-2015.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1734/ple-137-2015.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1736/ple-138-2015.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1737/ple-139-2015.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1742/ple-140-2015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1743/ple-141-2015.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1744/ple-142-2015.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1745/ple-143-2015.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1746/ple-144-2015.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1747/ple-145-2015.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1748/ple-147-2015.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1749/ple-148-2015.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1750/ple-149-2015.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1751/ple-150-2015.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1752/ple-151-2015.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1753/ple-152-2015.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1754/ple-153-2015.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3290/1-2015.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3291/03-2015.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3292/04-2015.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3293/05-2015.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3294/06-2015.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3295/07-2015.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3296/08-2015.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3298/09-2015.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3306/10-2015.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3307/11-2015.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3308/12-2015.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3309/13-2015.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3310/14-2015.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3311/15-2015.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3312/16-2015.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3297/veto_09-2015.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3305/veto_10-2015.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8112/projeto_de_decreto_02-2015.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8111/decreto_legislativo_n_03-2015.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8098/projeto_de_decreto_04-2015.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8097/projeto_de_decretp_05-2015.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8095/projeto_de_decreto_06-2015.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8094/projeto_de_decreto_10-2015.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8093/projeto_de_decreto_11-2015.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3928/pr_1_2015.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3929/pr_2_2015.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3930/pr_3_2015.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3933/pr_4_2015.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3935/pr_6_2015.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3937/pr_7_2015.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3938/pr_8_2015.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3939/pr_9_2015.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3941/pr_10_2015.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3948/pr_11_2015.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3951/pr_12_2015.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3955/pr_13_2015.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11067/pea_1_ao_ple_2015_22.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11069/pea_1_ao_ple_2015_54.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11070/pea_2_ao_ple_2015_59.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11071/pea_3_ao_ple_2015_48.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11072/pea_4_ao_ple_2015_67.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11073/pea_5_ao_ple_2015_74.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11074/pea_6_ao_ple_2015_70.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11075/pea_7_ao_ple_2015_38.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11076/pea_8_ao_ple_2015_84.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11077/pea_9_ao_ple_2015_105.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11095/pea_2015_11_ao_ple_2015_112.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11055/pem_3_ao_ple_2015_12.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11056/pem_4_ao_ple_2015_75.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11057/pem_5_ao_ple_2015_90.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11058/pem_6_ao_ple_2015_106.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11059/pem_7_ao_ple_2015_10.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11060/pem_8_ao_ple_2015_117.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11066/pem_10_ao_ple_2015_142.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11068/pes_1_ao_pll_2015_3.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11054/pes_2015_2_ao_ple_2014_135.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11049/pelo_2015_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11053/pelo_2015_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/10281/plc_1_2015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1534/ple-01-2015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1535/ple-02-2015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1537/ple-03-2015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1538/ple-04-2015.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1540/ple-05-2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1541/ple-06-2015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1543/ple-07-2015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1546/ple-08-2015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1547/ple-09-2015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1549/ple-10-2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1550/ple-11-2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1551/ple-12-2015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1552/ple-13-2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1553/ple-14-2015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1554/ple-15-2015.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1557/ple-16-2015.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1558/ple-17-2015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1559/ple-18-2015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1561/ple-19-2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1562/ple-20-2015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1566/ple-21-2015.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1567/ple-22-2015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1568/ple-23-2015.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1570/ple-24-2015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1572/ple-25-2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1580/ple-27-2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1584/ple-30-2015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1585/ple-31-2015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1586/ple-32-2015.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1587/ple-33-2015.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1588/ple-34-2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1589/ple-35-2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1594/ple-37-2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1595/ple-33-2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1596/ple-39-2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1598/ple-40-2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1599/ple-41-2015.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1600/ple-42-2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1601/ple-43-2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1603/ple-44-2015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1604/ple-45-2015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1606/ple-46-2015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1608/ple-48-2015.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1614/ple-49-2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1615/ple-50-2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1616/ple-51-2015.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1617/ple-52-2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1618/ple-53-2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1619/ple-54-2015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1620/ple-55-205.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1621/ple-56-2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1623/ple-57-2015.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1624/ple-58-2015.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1627/ple-59-2015.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1635/ple-60-2015.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1636/ple-61-2015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1637/ple-62-2015.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1638/ple-63-2015.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1639/ple-65-2015.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1640/ple-66-2015.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1641/ple-67-2015.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1642/ple-68-2015.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1643/ple-69-2015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1644/ple-70-2015.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1645/ple-71-2015.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1646/ple-72-2015.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1647/ple-74-2015.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1648/ple-75-2015.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1649/ple-76-2015.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1650/ple-77-2015.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1651/ple-78-2015.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1652/ple-79-2015.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1653/ple-81-2015.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1654/ple-82-2015.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1655/ple-83-2015.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1656/ple-84-2015.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1657/ple-85-2015.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1658/ple-86-2015.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1659/ple-87-2015.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1660/ple-88-2015.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1661/ple-89-2015.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1662/ple-90-2015.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1663/ple-92-2015.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1664/ple-93-2015.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1665/ple-94-2015.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1666/ple-95-2015.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1667/ple-96-2015.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1668/ple-97-2015.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1669/ple-98-2015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1670/ple-99-2015.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1672/ple-100-2015.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1674/ple-101-2015.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1678/ple-102-2015.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1683/ple-103-2015.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1684/ple-104-2015.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1685/ple-105-2015.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1686/ple-106-2015.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1687/ple-107-2015.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1688/ple-108-2015.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1689/ple-109-2015.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1690/ple-110-2015.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1691/ple-111-2015.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1692/ple-112-2015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1697/ple-113-2015.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1699/ple-114-2015.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1702/ple-115-2015.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1706/ple-116-2015.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1710/ple_117_2015.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1711/ple-118-2015.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1712/ple-119-2015.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1713/ple-122-2015.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1714/ple-123-2015.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1715/ple-124-2015.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1716/ple-125-2015.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1717/ple-126-2015.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1718/ple-127-2015.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1719/ple-128-2015.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1720/ple-129-2015.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1721/ple-130-2015.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1722/ple-131-2015.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1723/ple-132-2015.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1724/ple-133-2015.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1725/ple-134-2015.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1726/ple-135-2015.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1733/ple-136-2015.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1734/ple-137-2015.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1736/ple-138-2015.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1737/ple-139-2015.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1742/ple-140-2015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1743/ple-141-2015.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1744/ple-142-2015.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1745/ple-143-2015.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1746/ple-144-2015.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1747/ple-145-2015.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1748/ple-147-2015.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1749/ple-148-2015.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1750/ple-149-2015.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1751/ple-150-2015.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1752/ple-151-2015.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1753/ple-152-2015.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/1754/ple-153-2015.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3290/1-2015.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3291/03-2015.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3292/04-2015.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3293/05-2015.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3294/06-2015.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3295/07-2015.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3296/08-2015.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3298/09-2015.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3306/10-2015.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3307/11-2015.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3308/12-2015.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3309/13-2015.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3310/14-2015.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3311/15-2015.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3312/16-2015.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3297/veto_09-2015.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3305/veto_10-2015.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8112/projeto_de_decreto_02-2015.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8111/decreto_legislativo_n_03-2015.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8098/projeto_de_decreto_04-2015.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8097/projeto_de_decretp_05-2015.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8095/projeto_de_decreto_06-2015.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8094/projeto_de_decreto_10-2015.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/8093/projeto_de_decreto_11-2015.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3928/pr_1_2015.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3929/pr_2_2015.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3930/pr_3_2015.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3933/pr_4_2015.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3935/pr_6_2015.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3937/pr_7_2015.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3938/pr_8_2015.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3939/pr_9_2015.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3941/pr_10_2015.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3948/pr_11_2015.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3951/pr_12_2015.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/3955/pr_13_2015.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11067/pea_1_ao_ple_2015_22.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11069/pea_1_ao_ple_2015_54.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11070/pea_2_ao_ple_2015_59.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11071/pea_3_ao_ple_2015_48.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11072/pea_4_ao_ple_2015_67.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11073/pea_5_ao_ple_2015_74.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11074/pea_6_ao_ple_2015_70.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11075/pea_7_ao_ple_2015_38.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11076/pea_8_ao_ple_2015_84.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11077/pea_9_ao_ple_2015_105.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11095/pea_2015_11_ao_ple_2015_112.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11055/pem_3_ao_ple_2015_12.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11056/pem_4_ao_ple_2015_75.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11057/pem_5_ao_ple_2015_90.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11058/pem_6_ao_ple_2015_106.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11059/pem_7_ao_ple_2015_10.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11060/pem_8_ao_ple_2015_117.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11066/pem_10_ao_ple_2015_142.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11068/pes_1_ao_pll_2015_3.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2015/11054/pes_2015_2_ao_ple_2014_135.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="120.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>