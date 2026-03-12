--- v0 (2026-01-23)
+++ v1 (2026-03-12)
@@ -54,2182 +54,2182 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11025</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Éder Bueno, Bunitinho, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11025/pelo_2014_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11025/pelo_2014_1.pdf</t>
   </si>
   <si>
     <t>Acrescenta as alíneas (a) e (b) ao inciso III do art. 144 da Lei Orgânica do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>10276</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Luiz Carlos Gil</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10276/plc_5_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10276/plc_5_2014.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre Tributos Municipais com alteração e regulamentação ao Título das Taxas do Código Tributário Municipal e define o lançamento de valores e alíquotas das taxas decorrentes do exercício do Poder de Polícia e dos serviços prestados de forma divisível, especificados nesta lei e dá outras providências.</t>
   </si>
   <si>
     <t>10277</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10277/plc_6_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10277/plc_6_2014.pdf</t>
   </si>
   <si>
     <t>Regulamenta as alíquotas de Imposto Sobre Serviços, em especial aos Artigos 55 e 71 do Código Tributário Municipal, veiculado na Lei Municipal nº 1.890, de 21 de dezembro de 2010.</t>
   </si>
   <si>
     <t>10279</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10279/plc_8_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10279/plc_8_2014.pdf</t>
   </si>
   <si>
     <t>Institui normas administrativas específicas para inscrição, protesto e ajuizamento da Dívida Ativa da Fazenda Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>10280</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10280/plc_9_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10280/plc_9_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Unidade Fiscal do Município de Ivaiporã - UFI, definição de valores para aplicação no exercício fiscal de 2015, em observância aos artigos 266, §1º e 268 do Código Tributário Municipal, Lei nº 1.890/2010 e dá outras providências.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Adail Rother Júnior</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1769/ple-01-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1769/ple-01-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREAS DE TERRAS DE SUA PROPRIEDADE AO FUNDO DE ARRENDAMENTO RESIDENCIAL – FAR, ADMINISTRADO PELA CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1770/ple-02-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1770/ple-02-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar o RECANTO DOS VELHINHOS DO LAR SANTO ANTÔNIO, mediante Transferência Voluntária de Valores e dá outras providências.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1771/ple-03-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1771/ple-03-2014.pdf</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1772/ple-04-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1772/ple-04-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a SOCIEDADE PROTETORA DOS ANIMAIS DE IVAIPORÃ, mediante Transferência Voluntária de Valores e dá outras providências.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1773/ple-05-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1773/ple-05-2014.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1774/ple-06-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1774/ple-06-2014.pdf</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1775/ple-07-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1775/ple-07-2014.pdf</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1776/ple-08-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1776/ple-08-2014.pdf</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1777/ple-10-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1777/ple-10-2014.pdf</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1778/ple-11-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1778/ple-11-2014.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1779/ple-12-2012.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1779/ple-12-2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de adicional de atividade diversa das atribuições eletivas dos Membros do Conselho Tutelar de Ivaiporã, eleitos para o biênio de 2014 a 2015.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1780/ple-13-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1780/ple-13-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Função de Coordenador do Centro Municipal de Educação Infantil CMEI, e dá outras providências.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1781/ple-14-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1781/ple-14-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza a implantação do Projeto de Reabilitação Psicossocial no Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1783/ple-15-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1783/ple-15-2014.pdf</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1786/ple-16-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1786/ple-16-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder abono salarial a servidores efetivos do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1787/ple-17-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1787/ple-17-2014.pdf</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1788/ple-18-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1788/ple-18-2014.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Saneamento Básico – PMSB de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1789/ple-19-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1789/ple-19-2014.pdf</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1790/ple-20-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1790/ple-20-2014.pdf</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1791/ple-21-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1791/ple-21-2014.pdf</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de contratação estipulado na Lei Municipal 2.320/2013, que dispõe sobre a contratação temporária e emergencial de pessoal para atendimentos na área de saúde.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1794/ple-23-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1794/ple-23-2014.pdf</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1795/ple-24-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1795/ple-24-2014.pdf</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1796/ple-25-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1796/ple-25-2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 1.585/2008, de 26/11/2008, e dá outras providências.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1798/ple-26-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1798/ple-26-2014.pdf</t>
   </si>
   <si>
     <t>Desmembra a Diretoria Municipal de Obras e Viação constante na Lei Municipal 1.585/2008, de 26/11/2008, e dá outras providências.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1800/ple-27-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1800/ple-27-2014.pdf</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1805/ple-28-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1805/ple-28-2014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ESTABELECER COM O GOVERNO DO ESTADO DO PARANÁ A GESTÃO ASSOCIADA PARA A PRESTAÇÃO, PLANEJAMENTO, REGULAÇÃO E FISCALIZAÇÃO DOS SERVIÇOS DE ABASTECIMENTO DE ÁGUA E ESGOTAMENTO SANITÁRIO NO MUNICÍPIO DE IVAIPORÃ</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1806/ple-29-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1806/ple-29-2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 1.522/2008, de 26/5/2008, que dispõe sobre o Parcelamento e o Remembramento do Solo para fins urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1807/ple-30-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1807/ple-30-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE TERRENO PARA GOVERNO DO ESTADO DO PARANÁ PARA USO DA 6º COMPANHIA INDEPENDENTE DE IVAIPORÃ.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1808/ple-31-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1808/ple-31-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1809/ple-32-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1809/ple-32-2014.pdf</t>
   </si>
   <si>
     <t>Revoga na íntegra a Lei Municipal 2.442, de 18/3/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1811/ple-33-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1811/ple-33-2014.pdf</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1812/ple-34-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1812/ple-34-2014.pdf</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1815/ple-35-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1815/ple-35-2014.pdf</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1816/ple-36-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1816/ple-36-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo do Processo Seletivo Simplificado para a Contratação Temporária na área da Educação, em observância ao Art. 169 § 2° da Lei Municipal 1.268, de 16/5/2005.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1817/ple-37-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1817/ple-37-2014.pdf</t>
   </si>
   <si>
     <t>Institui Contribuição de Melhoria para o quadro urbano do Município de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1818/ple-39-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1818/ple-39-2014.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1820/ple-40-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1820/ple-40-2014.pdf</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1821/ple-41-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1821/ple-41-2014.pdf</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1823/ple-42-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1823/ple-42-2014.pdf</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1824/ple-43-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1824/ple-43-2014.pdf</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1825/ple-44-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1825/ple-44-2014.pdf</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1826/ple-45-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1826/ple-45-2014.pdf</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1827/ple-47-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1827/ple-47-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento do Imposto Predial e Territorial Urbano - IPTU – Alvará de Funcionamento, Imposto sobre serviços de qualquer natureza – ISSQN e Contribuição de Melhoria, constituídos até 31 de dezembro de 2013.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1828/ple-48-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1828/ple-48-2014.pdf</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1829/ple-49-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1829/ple-49-2014.pdf</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1830/ple-50-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1830/ple-50-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a aderir ao Programa Mais Médicos para o Brasil e a conceder auxílio moradia e auxílio alimentação, e dá outras providências.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1831/ple-51-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1831/ple-51-2014.pdf</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1832/ple-52-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1832/ple-52-2014.pdf</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1833/ple-53-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1833/ple-53-2014.pdf</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1834/ple-54-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1834/ple-54-2014.pdf</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1835/ple-55-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1835/ple-55-2014.pdf</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1836/ple-61-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1836/ple-61-2014.pdf</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1837/ple-62-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1837/ple-62-2014.pdf</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1839/ple-63-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1839/ple-63-2014.pdf</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1840/ple-64-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1840/ple-64-2014.pdf</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1841/ple-65-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1841/ple-65-2014.pdf</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1842/ple-66-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1842/ple-66-2014.pdf</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1843/ple-67-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1843/ple-67-2014.pdf</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1844/ple-68-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1844/ple-68-2014.pdf</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1845/ple-69-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1845/ple-69-2014.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saneamento Básico Ambiental.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1846/ple-70-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1846/ple-70-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IVAIPORÃ – APAE.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1850/ple-71-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1850/ple-71-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a Associação de Pais e Amigos dos Excepcionais de Ivaiporã – APAE.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1851/ple-72-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1851/ple-72-2014.pdf</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1852/ple-73-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1852/ple-73-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno a SECRETARIA DE ESTADO DE SAÚDE DO PARANÁ e dá outras providências.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1853/ple-74-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1853/ple-74-2014.pdf</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1854/ple-75-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1854/ple-75-2014.pdf</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1856/ple-76-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1856/ple-76-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a desmembrar a área que especifica em caráter excepcional e dá outras providências.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1857/ple-77-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1857/ple-77-2014.pdf</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1858/ple-78-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1858/ple-78-2014.pdf</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1863/ple-79-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1863/ple-79-2014.pdf</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1865/ple-81-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1865/ple-81-2014.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público a área que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1866/ple-82-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1866/ple-82-2014.pdf</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1867/ple-83-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1867/ple-83-2014.pdf</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1868/ple-84-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1868/ple-84-2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 1.814/2010, a qual dispõe sobre o Conselho Municipal Antidrogas do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1869/ple-85-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1869/ple-85-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1872/ple-86-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1872/ple-86-2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei nº 1.585/2008, regulamentando o cargo de Assessor Jurídico e dá outras providências.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1873/ple-87-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1873/ple-87-2014.pdf</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1874/ple-88-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1874/ple-88-2014.pdf</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1875/ple-89-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1875/ple-89-2014.pdf</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1876/ple-90-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1876/ple-90-2014.pdf</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1879/ple-91-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1879/ple-91-2014.pdf</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1880/ple-93-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1880/ple-93-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização dos Pontos de Táxis no Município de Ivaiporã/Pr e dá outras providências.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1881/ple-94-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1881/ple-94-2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 1.680/2010, a qual institui o Fundo Municipal de Turismo em apoio ao desenvolvimento do turismo de serviços no município de Ivaiporã.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1883/ple-95-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1883/ple-95-2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 1.417/2007, a qual dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – Conselho do FUNDEB.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1884/ple-96-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1884/ple-96-2014.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Gestão Integrada de Resíduos Sólidos Urbanos do Município de Ivaiporã Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1885/ple-97-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1885/ple-97-2014.pdf</t>
   </si>
   <si>
     <t>DÁ AMPLIAÇÃO DO PERIMETRO URBANO.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1887/ple-99-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1887/ple-99-2014.pdf</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1888/ple-100-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1888/ple-100-2014.pdf</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1890/ple-101-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1890/ple-101-2014.pdf</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1891/ple-102-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1891/ple-102-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a veiculação de publicidade nos ônibus do transporte coletivo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1892/ple-103-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1892/ple-103-2014.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 1° da Lei Municipal 1.073/2000, a qual autoriza a concessão de direito real de uso do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1894/ple-105-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1894/ple-105-2014.pdf</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1895/ple-106-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1895/ple-106-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Ivaiporã/PR a receber em forma de doação sem ônus o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1896/ple-107-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1896/ple-107-2014.pdf</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1897/ple-108-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1897/ple-108-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações no Plano Plurianual, Lei de Diretrizes Orçamentárias e Lei Orçamentária Anual, conforme Leis n.ºs 2470/14 e 2445/14, e dá outras providências.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Estima Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1900/ple-110-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1900/ple-110-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação de cargos da contratação de pessoal por tempo determinado, para a prestação de serviço no Pronto Atendimento de Saúde em complemento a Lei Municipal 2.320, de 28/8/2013 e Lei Municipal 2.509/2014, de 28/8/2014.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1901/ple-111-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1901/ple-111-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do SIM/POA- Serviço de Inspeção Municipal de Produtos de Origem Animal, define normas e critérios para a elaboração, beneficiamento, industrialização e comercialização de produtos comestíveis de origem animal no Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1902/ple-112-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1902/ple-112-2014.pdf</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1903/ple-113-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1903/ple-113-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente, Conselho Tutelar e Fundo Municipal dos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1904/ple_115_2014.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1904/ple_115_2014.docx</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único à redação do Art. 1° da Lei Municipal 2.204, de 17 de agosto de 2012, que autoriza o Executivo Municipal a fazer contribuição financeira ao Consórcio Público Intermunicipal Regional para Desenvolvimento Rural e Urbano Sustentável do Vale do Ivaí.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1905/ple-116-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1905/ple-116-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a distribuir prêmios gratuitamente através do “Programa IPTU Premiado” no âmbito do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1906/ple-117-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1906/ple-117-2014.pdf</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1907/ple-118-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1907/ple-118-2014.pdf</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1908/ple-119-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1908/ple-119-2014.pdf</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1909/ple-120-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1909/ple-120-2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 2.414/2013, a qual dispõe sobre a doação de terreno a INSTITUTO PARANAENSE DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL- EMATER.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1910/ple-121-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1910/ple-121-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terrenos ao ESTADO DO PARANÁ e dá outras providências</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1911/ple-122-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1911/ple-122-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza a “SOCIEDADE CIVIL DA TERCEIRA IDADE – VIVER UMA VIDA FELIZ” a fazer uso do espaço denominado como Centro Cultural aos domingos, e dá outras providências.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1912/ple-125-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1912/ple-125-2014.pdf</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1913/ple-126-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1913/ple-126-2014.pdf</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1914/ple-127-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1914/ple-127-2014.pdf</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1915/ple-128-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1915/ple-128-2014.pdf</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1916/ple-129-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1916/ple-129-2014.pdf</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1917/ple-130-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1917/ple-130-2014.pdf</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1918/ple-131-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1918/ple-131-2014.pdf</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1919/ple-132-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1919/ple-132-2014.pdf</t>
   </si>
   <si>
     <t>Cria rua que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1921/ple-133-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1921/ple-133-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover LEILÃO PÚBLICO DE BENS INSERVÍVEIS para alienar equipamentos e sucatas inservíveis de propriedade da Prefeitura Municipal de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1922/ple-134-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1922/ple-134-2014.pdf</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1933/ple-135-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1933/ple-135-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação no Município de Ivaiporã, do "Projeto Cultivando Água Limpa”, e autoriza o Executivo Municipal a prestar apoio técnico e financeiro aos proprietários rurais, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1934/ple-136-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1934/ple-136-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais   Suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1935/ple-138-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1935/ple-138-2014.pdf</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1936/ple-139-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1936/ple-139-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Procurador do Município a celebrar acordo em ações no âmbito Cível e dá outras providências.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1937/ple-140-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1937/ple-140-2014.pdf</t>
   </si>
   <si>
     <t>Regulamenta a faixa de domínio da Rodovia Nicolau Koltun e dá outras providências.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1938/ple-141-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1938/ple-141-2014.pdf</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1944/ple-142-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1944/ple-142-2014.pdf</t>
   </si>
   <si>
     <t>Denomina a estrada de acesso ao Distrito de Santa Bárbara e regulamenta a faixa de domínio e dá outras providências.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1948/ple-143-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1948/ple-143-2014.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos na redação da lei n° 1578, de 6 de novembro de 2008.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1949/ple-144-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1949/ple-144-2014.pdf</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1951/ple-145-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1951/ple-145-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os salários e vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1956/ple-146-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1956/ple-146-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de vencimentos do quadro de pessoal efetivo do Município de Ivaiporã/PR, em conformidade com a Lei Municipal 1.269, de 16/5/2005, e do quadro de pessoal do Emprego Público, em conformidade com a Lei Municipal 1.425, de 21/6/2007 e dá outras providências.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1963/ple_147_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1963/ple_147_2014.pdf</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1964/ple_148_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1964/ple_148_2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a fazer manutenção e conservação da Avenida Marechal Cordeiro de Farias, e dá outras providências.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1965/ple_149_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1965/ple_149_2014.pdf</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1966/ple_150_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1966/ple_150_2014.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal 1.373/2006, a qual dispõe sobre a reestruturação do plano de cargos, vencimentos e carreiras do magistério público municipal, seus objetivos, diretrizes gerais e dá outras providências.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1967/ple_151_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1967/ple_151_2014.pdf</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1968/ple_152_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1968/ple_152_2014.pdf</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1969/ple-153-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1969/ple-153-2014.pdf</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1970/ple_154_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1970/ple_154_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos valores venais dos imóveis prediais e territoriais urbanos, para fins de lançamento e cobrança de tributos municipais, a partir de 2015.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1971/ple_155_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1971/ple_155_2014.pdf</t>
   </si>
   <si>
     <t>Estabelece alíquotas de ITPU progressivo no tempo como forma de garantir a compulsoriedade de aproveitamento do solo urbano no município de Ivaiporã e assegurar o uso social da propriedade, nos termos do Inciso 2° do artigo 42 da Lei Municipal n° 1517, de 26 de maio de 2008 (Plano Diretor), do Código Tributário Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1972/ple-156-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1972/ple-156-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento do Imposto Predial e Territorial Urbano - IPTU – Alvará de Funcionamento, Imposto sobre serviços de qualquer natureza – ISSQN e Contribuição de Melhoria, executados, declarados ou não, constituídos ou em fase de constituição.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1973/ple-157-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1973/ple-157-2014.pdf</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1974/ple-158-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1974/ple-158-2014.pdf</t>
   </si>
   <si>
     <t>Regulamenta a faixa de domínio da Estrada Vereador Pedro Goedert e dá outras providências.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1975/ple-159-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1975/ple-159-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza a distribuição de prêmios para casas mais decoradas com luzes e enfeites natalinos e dá outras providências.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1976/ple-160-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1976/ple-160-2014.pdf</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1977/ple-161-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1977/ple-161-2014.pdf</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1978/ple-162-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1978/ple-162-2014.pdf</t>
   </si>
   <si>
     <t>Concede gratificação de função ao Presidente e Membros da Comissão Permanente de Licitação e ao servidor designado como Pregoeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3269/01-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3269/01-2014.pdf</t>
   </si>
   <si>
     <t>Concede recomposição aos subsídios dos vereadores da Câmara Municipal de Ivaiporã relativa à inflação acumulada no ano de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>Ailton Stipp, Nadir Maciel, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3270/02-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3270/02-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de títulos declaratórios de utilidade pública e dá outras providências.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>Nadir Maciel</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3272/03-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3272/03-2014.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua "B" do Conjunto Valdomiro Bleis Guergolete para "Siloreu Pedro da Silva", na cidade de Ivaiporã/PR e dá outras providências.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3273/04-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3273/04-2014.pdf</t>
   </si>
   <si>
     <t>Denomina “Campo Santo Profº Cristina” o Cemitério Municipal da Cidade de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3275/05-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3275/05-2014.pdf</t>
   </si>
   <si>
     <t>Altera os valores das diárias constantes no anexo I da Lei nº 2.114, de 14/02/2012, e dá outras providências.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>Bunitinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3276/06-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3276/06-2014.pdf</t>
   </si>
   <si>
     <t>Cria o balanço social e ambiental para as empresas estabelecidas no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>Ailton Stipp, Bunitinho, Sabão - Edivaldo Montanheri, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3277/07-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3277/07-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Organização do Quadro de Pessoal Efetivo e Comissionado, atribuições e vencimentos dos servidores públicos da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3278/08-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3278/08-2014.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua "Araras", na cidade de Ivaiporã, Estado do Paraná, em toda sua extensão para "Luiz Fabo" e dá outras providências.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3279/09-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3279/09-2014.pdf</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3280/10-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3280/10-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da realização de Feiras itinerantes e Temporárias de vendas de produtos e mercadorias a varejo no Município de Ivaiporã Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3281/11-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3281/11-2014.pdf</t>
   </si>
   <si>
     <t>Cria a função gratificada de Tesoureiro da Câmara Municipal de Ivaiporã, ligado ao Departamento Econômico Financeiro, dando nova redação ao § 5º do Art. 7º, ao anexo V, e acrescenta o § 8 ao art. 7º da Lei Municipal nº 2.515/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto da Lei</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3271/veto_02-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3271/veto_02-2014.pdf</t>
   </si>
   <si>
     <t>veto  da lei 2/2014</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3274/veto_04-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3274/veto_04-2014.pdf</t>
   </si>
   <si>
     <t>veto da lei 4/2014</t>
   </si>
   <si>
     <t>11346</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11346/projeto_de_decreto_legislativo_no_01-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11346/projeto_de_decreto_legislativo_no_01-2014.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a contratar a FUNDAÇÃO DE APOIA À FAFIPA, para realização do Concurso Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>11348</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11348/projeto_de_decreto_legislativo_no_02-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11348/projeto_de_decreto_legislativo_no_02-2014.pdf</t>
   </si>
   <si>
     <t>Referenda a doação de equipamentos de informática pertencentes ao patrimônio da Câmara Municipal de Ivaiporã, Estado do Paraná, ao Conselho das Associações de Moradores de Ivaiporã-CAMI.</t>
   </si>
   <si>
     <t>11350</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11350/projeto_de_decreto_legislativo_no_03-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11350/projeto_de_decreto_legislativo_no_03-2014.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a realizar doação de carteiras e cadeiras do Departamento Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>11352</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11352/projeto_de_decreto_legislativo_no_04-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11352/projeto_de_decreto_legislativo_no_04-2014.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, ao Curso de Técnico em Enfermagem do Colégio Estadual Barbosa Ferraz e dá outras providências.</t>
   </si>
   <si>
     <t>11355</t>
   </si>
   <si>
     <t>Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11355/projeto_de_decreto_legislativo_no_05-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11355/projeto_de_decreto_legislativo_no_05-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2007.</t>
   </si>
   <si>
     <t>11356</t>
   </si>
   <si>
     <t>Éder Bueno, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11356/projeto_de_decreto_legislativo_no_06-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11356/projeto_de_decreto_legislativo_no_06-2014.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná, ao Major da Policia Militar do Estado do Paraná, Sr. José Francisco Cardoso e dá outras providências.</t>
   </si>
   <si>
     <t>11357</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Ailton Stipp</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11357/projeto_de_decreto_legislativo_no_07-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11357/projeto_de_decreto_legislativo_no_07-2014.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Igreja Evangélica Só Senhor é Deus e dá outras providências.</t>
   </si>
   <si>
     <t>11358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11358/projeto_de_decreto_legislativo_no_08-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11358/projeto_de_decreto_legislativo_no_08-2014.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de licença ao Prefeito Municipal, Sr. Luiz Carlos Gil e dá outras providências.</t>
   </si>
   <si>
     <t>11359</t>
   </si>
   <si>
     <t>Bunitinho, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11359/projeto_de_decreto_legislativo_no_09-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11359/projeto_de_decreto_legislativo_no_09-2014.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, à Igreja Adventista do Sétimo Dia e dá outras providências.</t>
   </si>
   <si>
     <t>11360</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11360/projeto_de_decreto_legislativo_no_10-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11360/projeto_de_decreto_legislativo_no_10-2014.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, ao Colégio Idália Rocha e dá outras providências.</t>
   </si>
   <si>
     <t>11361</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11361/projeto_de_decreto_legislativo_no_11-2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11361/projeto_de_decreto_legislativo_no_11-2014.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para o Grupo Yuu Ai Taiko e dá outras providências.</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3908/pr_1_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3908/pr_1_2014.pdf</t>
   </si>
   <si>
     <t>Ficam os agentes políticos e funcionários do Legislativo Municipal autorizados a receber diárias, conforme disposto na Lei Municipal n° 2.114 de 14 de_x000D_
 fevereiro de 2012</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
     <t>Ailton Stipp, Bunitinho, Éder Bueno, Fábio Moraes, Ilsinho da Saúde, Nadir Maciel, Sabão - Edivaldo Montanheri, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3910/pr_2_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3910/pr_2_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2014.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3911/pr_3_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3911/pr_3_2014.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos Servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3912/pr_4_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3912/pr_4_2014.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar valor de R$ 18.000,00 (Dezoito Mil Reais), destinados a atender dotações constantes do orçamento programa da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3918/pr_5_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3918/pr_5_2014.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar no valor de R$ 32.565,00 (Trinta e Dois Mil Quinhentos e Sessenta e Cinco Reais), destinados a atender dotações em fonte específica não constante do orçamento programa da Câmara Municipal de Ivaiporã:</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3920/pr_6_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3920/pr_6_2014.pdf</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3921/pr_7_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3921/pr_7_2014.pdf</t>
   </si>
   <si>
     <t>: Dá nova redação ao Art. 9o do Regimento Interno da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3924/pr_8_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3924/pr_8_2014.pdf</t>
   </si>
   <si>
     <t>Acrescenta o inciso I e renumera o parágrafo único como inciso II do Art. 1º da Resolução nº 09, de 20 de dezembro de 2011.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3927/pr_9_2014.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3927/pr_9_2014.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar no valor de R$ 5.000,00 (Cinco Mil Reais), destinados a atender dotações constante do orçamento programa da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>11030</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11030/pea_4_ao_ple_2014_86.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11030/pea_4_ao_ple_2014_86.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva nº 4/2014, ao Projeto de Lei nº 86/2014 do Executivo._x000D_
 Introduz alterações na Lei nº 1.585/2008, regulamentando o cargo de Assessor Jurídico e dá outras providências.</t>
   </si>
   <si>
     <t>11034</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11034/pea_5_ao_ple_2014_110.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11034/pea_5_ao_ple_2014_110.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva nº 5/2014, ao Projeto de Lei 110/2014 do Executivo.</t>
   </si>
   <si>
     <t>11026</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11026/pem_ao_ple_2014_26.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11026/pem_ao_ple_2014_26.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 26/2014 do Executivo.</t>
   </si>
   <si>
     <t>11029</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11029/pem_4_ao_ple_2014_86.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11029/pem_4_ao_ple_2014_86.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 4/2014, ao Projeto de Lei nº 86/2014 do Executivo._x000D_
 Introduz alterações na Lei Municipal nº 1.585/2008, criando o cargo de Assessor Jurídico e dá outras providências.</t>
   </si>
   <si>
     <t>11033</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11033/pem_5_ao_ple_2014_102.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11033/pem_5_ao_ple_2014_102.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 5/2014, ao Projeto de Lei nº 102/2014 do Executivo._x000D_
 Dispõe sobre a veiculação de publicidade nos ônibus do transporte coletivo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>11031</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11031/pem_7_ao_ple_2014_110.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11031/pem_7_ao_ple_2014_110.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 7/2014, ao Projeto de Lei 110/2014 do Executivo._x000D_
 Cria cargo e amplia o número de vagas dos cargos objeto da contratação de pessoal por tempo determinado para a prestação de serviços no Pronto Atendimento de Saúde Autorizados pelo Lei Municipal nº 2.320 de 21/05/2013.</t>
   </si>
   <si>
     <t>11035</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11035/pem_9_ao_ple_2014_145.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11035/pem_9_ao_ple_2014_145.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 9/2014, ao Projeto de Lei 145/2014 do Executivo._x000D_
 Renumere-se o § 1º do Art. 1º do Projeto de Lei nº 145/2014 do Executivo Municipal para parágrafo único.</t>
   </si>
   <si>
     <t>11038</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11038/pem_9_ao_ple_2014_109.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11038/pem_9_ao_ple_2014_109.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 9/2014, ao Projeto de Lei nº 109/2014 do Executivo, que estima a receita e fixa a despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2015.</t>
   </si>
   <si>
     <t>11048</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11048/pem_11_ao_ple_2014_143.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11048/pem_11_ao_ple_2014_143.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 11/2014, ao Projeto de Lei 143/2014 do Executivo.</t>
   </si>
   <si>
     <t>11039</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11039/pem_12_ao_ple_2014_155.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11039/pem_12_ao_ple_2014_155.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 12/2014, ao Projeto de Lei 155/2014 do Executivo._x000D_
 Renomeia o parágrafo primeiro do Art. 3º, renomeia e dá nova redação aos parágrafos primeiro, segundo, terceiro e quarto do Art. 6º, e também ao parágrafo primeiro do Art. 7º do Projeto de Lei nº 155/2014 do Executivo Municipal.</t>
   </si>
   <si>
     <t>11040</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11040/pem_13_ao_ple_2014_156.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11040/pem_13_ao_ple_2014_156.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 13/2014, ao Projeto de Lei nº 156/2014 do Executivo._x000D_
 Dá nova redação aos §§ 1º e 2º do Art. 2º do Projeto de Lei nº 156/2014 do Executivo Municipal.</t>
   </si>
   <si>
     <t>11045</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11045/pem_14_ao_plc_2014_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11045/pem_14_ao_plc_2014_5.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 14/2014, ao Projeto de Lei Complementar nº 5/2014 do Executivo._x000D_
 Renomeia os parágrafos primeiro e segundo do Art. 1º, parágrafo primeiro e segundo do Art. 5º, parágrafo primeiro, segundo e terceiro do Art. 6º, parágrafos primeiro e segundo do Art. 8º, o parágrafo primeiro do Art. 9º e renumera os artigos 9º, 10 e 11 para Artigos 10, 11 e 12 do Projeto de Lei Complementar nº 5/2014.</t>
   </si>
   <si>
     <t>11047</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11047/pem_15_ao_plc_2014_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11047/pem_15_ao_plc_2014_9.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 15/2014, ao Projeto de Lei Complementar nº 9/2014 do Executivo._x000D_
 Renomeia o parágrafo segundo do Art. 4º do Projeto de Lei Complementar nº 9/2014, para parágrafo único.</t>
   </si>
   <si>
     <t>11036</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11036/pem_16_ao_plc_2014_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11036/pem_16_ao_plc_2014_7.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 16/2014, ao Projeto de Lei Complementar nº 7/2014 do Executivo._x000D_
 Dá nova redação à alínea "b" do inciso I e ao inciso III do Art. 2º do Projeto de Lei Complementar nº 7/2014.</t>
   </si>
   <si>
     <t>11037</t>
   </si>
   <si>
     <t>Ilsinho da Saúde, Bunitinho, Nando Dorta, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11037/pem_17_ao_ple_2014_154.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11037/pem_17_ao_ple_2014_154.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 17/2014, ao Projeto de Lei 154/2014 do Executivo._x000D_
 Dá nova redação ao Art. 2º do Projeto de Lei nº 154/2014 do Executivo Municipal.</t>
   </si>
   <si>
     <t>11028</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11028/pes_2_ao_ple_2014_86.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11028/pes_2_ao_ple_2014_86.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei nº 86/2014 do Executivo Municipal, suprimindo e dando nova redação.</t>
   </si>
   <si>
     <t>11032</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11032/pes_3_ao_ple_2014_110.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11032/pes_3_ao_ple_2014_110.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda Supressiva nº 3/2014, ao Projeto de Lei nº 110/2014 do Executivo._x000D_
 Suprime o Anexo I do Projeto de Lei nº 86/2014 do Executivo Municipal.</t>
   </si>
   <si>
     <t>11046</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11046/pes_2_ao_ple_2014_159.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11046/pes_2_ao_ple_2014_159.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva nº 2/2014, ao Projeto de Lei 159/2014 do Executivo._x000D_
 Substitui na íntegra o texto proposto pelo Projeto de Lei nº 159/2014.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2537,68 +2537,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11025/pelo_2014_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10276/plc_5_2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10277/plc_6_2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10279/plc_8_2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10280/plc_9_2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1769/ple-01-2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1770/ple-02-2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1771/ple-03-2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1772/ple-04-2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1773/ple-05-2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1774/ple-06-2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1775/ple-07-2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1776/ple-08-2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1777/ple-10-2014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1778/ple-11-2014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1779/ple-12-2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1780/ple-13-2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1781/ple-14-2014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1783/ple-15-2014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1786/ple-16-2014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1787/ple-17-2014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1788/ple-18-2014.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1789/ple-19-2014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1790/ple-20-2014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1791/ple-21-2014.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1794/ple-23-2014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1795/ple-24-2014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1796/ple-25-2014.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1798/ple-26-2014.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1800/ple-27-2014.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1805/ple-28-2014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1806/ple-29-2014.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1807/ple-30-2014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1808/ple-31-2014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1809/ple-32-2014.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1811/ple-33-2014.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1812/ple-34-2014.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1815/ple-35-2014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1816/ple-36-2014.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1817/ple-37-2014.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1818/ple-39-2014.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1820/ple-40-2014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1821/ple-41-2014.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1823/ple-42-2014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1824/ple-43-2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1825/ple-44-2014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1826/ple-45-2014.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1827/ple-47-2014.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1828/ple-48-2014.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1829/ple-49-2014.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1830/ple-50-2014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1831/ple-51-2014.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1832/ple-52-2014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1833/ple-53-2014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1834/ple-54-2014.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1835/ple-55-2014.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1836/ple-61-2014.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1837/ple-62-2014.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1839/ple-63-2014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1840/ple-64-2014.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1841/ple-65-2014.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1842/ple-66-2014.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1843/ple-67-2014.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1844/ple-68-2014.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1845/ple-69-2014.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1846/ple-70-2014.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1850/ple-71-2014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1851/ple-72-2014.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1852/ple-73-2014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1853/ple-74-2014.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1854/ple-75-2014.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1856/ple-76-2014.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1857/ple-77-2014.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1858/ple-78-2014.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1863/ple-79-2014.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1865/ple-81-2014.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1866/ple-82-2014.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1867/ple-83-2014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1868/ple-84-2014.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1869/ple-85-2014.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1872/ple-86-2014.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1873/ple-87-2014.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1874/ple-88-2014.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1875/ple-89-2014.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1876/ple-90-2014.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1879/ple-91-2014.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1880/ple-93-2014.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1881/ple-94-2014.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1883/ple-95-2014.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1884/ple-96-2014.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1885/ple-97-2014.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1887/ple-99-2014.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1888/ple-100-2014.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1890/ple-101-2014.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1891/ple-102-2014.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1892/ple-103-2014.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1894/ple-105-2014.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1895/ple-106-2014.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1896/ple-107-2014.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1897/ple-108-2014.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1900/ple-110-2014.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1901/ple-111-2014.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1902/ple-112-2014.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1903/ple-113-2014.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1904/ple_115_2014.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1905/ple-116-2014.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1906/ple-117-2014.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1907/ple-118-2014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1908/ple-119-2014.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1909/ple-120-2014.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1910/ple-121-2014.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1911/ple-122-2014.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1912/ple-125-2014.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1913/ple-126-2014.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1914/ple-127-2014.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1915/ple-128-2014.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1916/ple-129-2014.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1917/ple-130-2014.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1918/ple-131-2014.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1919/ple-132-2014.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1921/ple-133-2014.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1922/ple-134-2014.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1933/ple-135-2014.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1934/ple-136-2014.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1935/ple-138-2014.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1936/ple-139-2014.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1937/ple-140-2014.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1938/ple-141-2014.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1944/ple-142-2014.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1948/ple-143-2014.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1949/ple-144-2014.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1951/ple-145-2014.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1956/ple-146-2014.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1963/ple_147_2014.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1964/ple_148_2014.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1965/ple_149_2014.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1966/ple_150_2014.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1967/ple_151_2014.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1968/ple_152_2014.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1969/ple-153-2014.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1970/ple_154_2014.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1971/ple_155_2014.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1972/ple-156-2014.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1973/ple-157-2014.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1974/ple-158-2014.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1975/ple-159-2014.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1976/ple-160-2014.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1977/ple-161-2014.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1978/ple-162-2014.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3269/01-2014.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3270/02-2014.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3272/03-2014.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3273/04-2014.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3275/05-2014.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3276/06-2014.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3277/07-2014.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3278/08-2014.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3279/09-2014.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3280/10-2014.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3281/11-2014.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3271/veto_02-2014.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3274/veto_04-2014.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11346/projeto_de_decreto_legislativo_no_01-2014.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11348/projeto_de_decreto_legislativo_no_02-2014.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11350/projeto_de_decreto_legislativo_no_03-2014.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11352/projeto_de_decreto_legislativo_no_04-2014.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11355/projeto_de_decreto_legislativo_no_05-2014.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11356/projeto_de_decreto_legislativo_no_06-2014.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11357/projeto_de_decreto_legislativo_no_07-2014.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11358/projeto_de_decreto_legislativo_no_08-2014.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11359/projeto_de_decreto_legislativo_no_09-2014.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11360/projeto_de_decreto_legislativo_no_10-2014.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11361/projeto_de_decreto_legislativo_no_11-2014.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3908/pr_1_2014.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3910/pr_2_2014.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3911/pr_3_2014.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3912/pr_4_2014.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3918/pr_5_2014.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3920/pr_6_2014.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3921/pr_7_2014.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3924/pr_8_2014.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3927/pr_9_2014.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11030/pea_4_ao_ple_2014_86.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11034/pea_5_ao_ple_2014_110.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11026/pem_ao_ple_2014_26.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11029/pem_4_ao_ple_2014_86.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11033/pem_5_ao_ple_2014_102.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11031/pem_7_ao_ple_2014_110.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11035/pem_9_ao_ple_2014_145.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11038/pem_9_ao_ple_2014_109.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11048/pem_11_ao_ple_2014_143.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11039/pem_12_ao_ple_2014_155.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11040/pem_13_ao_ple_2014_156.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11045/pem_14_ao_plc_2014_5.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11047/pem_15_ao_plc_2014_9.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11036/pem_16_ao_plc_2014_7.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11037/pem_17_ao_ple_2014_154.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11028/pes_2_ao_ple_2014_86.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11032/pes_3_ao_ple_2014_110.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11046/pes_2_ao_ple_2014_159.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11025/pelo_2014_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10276/plc_5_2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10277/plc_6_2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10279/plc_8_2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/10280/plc_9_2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1769/ple-01-2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1770/ple-02-2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1771/ple-03-2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1772/ple-04-2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1773/ple-05-2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1774/ple-06-2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1775/ple-07-2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1776/ple-08-2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1777/ple-10-2014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1778/ple-11-2014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1779/ple-12-2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1780/ple-13-2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1781/ple-14-2014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1783/ple-15-2014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1786/ple-16-2014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1787/ple-17-2014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1788/ple-18-2014.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1789/ple-19-2014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1790/ple-20-2014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1791/ple-21-2014.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1794/ple-23-2014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1795/ple-24-2014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1796/ple-25-2014.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1798/ple-26-2014.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1800/ple-27-2014.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1805/ple-28-2014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1806/ple-29-2014.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1807/ple-30-2014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1808/ple-31-2014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1809/ple-32-2014.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1811/ple-33-2014.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1812/ple-34-2014.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1815/ple-35-2014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1816/ple-36-2014.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1817/ple-37-2014.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1818/ple-39-2014.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1820/ple-40-2014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1821/ple-41-2014.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1823/ple-42-2014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1824/ple-43-2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1825/ple-44-2014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1826/ple-45-2014.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1827/ple-47-2014.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1828/ple-48-2014.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1829/ple-49-2014.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1830/ple-50-2014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1831/ple-51-2014.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1832/ple-52-2014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1833/ple-53-2014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1834/ple-54-2014.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1835/ple-55-2014.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1836/ple-61-2014.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1837/ple-62-2014.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1839/ple-63-2014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1840/ple-64-2014.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1841/ple-65-2014.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1842/ple-66-2014.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1843/ple-67-2014.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1844/ple-68-2014.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1845/ple-69-2014.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1846/ple-70-2014.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1850/ple-71-2014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1851/ple-72-2014.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1852/ple-73-2014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1853/ple-74-2014.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1854/ple-75-2014.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1856/ple-76-2014.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1857/ple-77-2014.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1858/ple-78-2014.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1863/ple-79-2014.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1865/ple-81-2014.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1866/ple-82-2014.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1867/ple-83-2014.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1868/ple-84-2014.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1869/ple-85-2014.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1872/ple-86-2014.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1873/ple-87-2014.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1874/ple-88-2014.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1875/ple-89-2014.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1876/ple-90-2014.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1879/ple-91-2014.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1880/ple-93-2014.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1881/ple-94-2014.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1883/ple-95-2014.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1884/ple-96-2014.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1885/ple-97-2014.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1887/ple-99-2014.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1888/ple-100-2014.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1890/ple-101-2014.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1891/ple-102-2014.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1892/ple-103-2014.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1894/ple-105-2014.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1895/ple-106-2014.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1896/ple-107-2014.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1897/ple-108-2014.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1900/ple-110-2014.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1901/ple-111-2014.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1902/ple-112-2014.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1903/ple-113-2014.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1904/ple_115_2014.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1905/ple-116-2014.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1906/ple-117-2014.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1907/ple-118-2014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1908/ple-119-2014.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1909/ple-120-2014.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1910/ple-121-2014.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1911/ple-122-2014.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1912/ple-125-2014.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1913/ple-126-2014.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1914/ple-127-2014.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1915/ple-128-2014.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1916/ple-129-2014.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1917/ple-130-2014.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1918/ple-131-2014.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1919/ple-132-2014.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1921/ple-133-2014.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1922/ple-134-2014.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1933/ple-135-2014.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1934/ple-136-2014.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1935/ple-138-2014.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1936/ple-139-2014.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1937/ple-140-2014.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1938/ple-141-2014.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1944/ple-142-2014.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1948/ple-143-2014.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1949/ple-144-2014.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1951/ple-145-2014.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1956/ple-146-2014.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1963/ple_147_2014.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1964/ple_148_2014.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1965/ple_149_2014.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1966/ple_150_2014.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1967/ple_151_2014.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1968/ple_152_2014.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1969/ple-153-2014.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1970/ple_154_2014.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1971/ple_155_2014.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1972/ple-156-2014.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1973/ple-157-2014.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1974/ple-158-2014.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1975/ple-159-2014.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1976/ple-160-2014.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1977/ple-161-2014.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/1978/ple-162-2014.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3269/01-2014.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3270/02-2014.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3272/03-2014.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3273/04-2014.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3275/05-2014.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3276/06-2014.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3277/07-2014.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3278/08-2014.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3279/09-2014.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3280/10-2014.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3281/11-2014.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3271/veto_02-2014.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3274/veto_04-2014.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11346/projeto_de_decreto_legislativo_no_01-2014.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11348/projeto_de_decreto_legislativo_no_02-2014.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11350/projeto_de_decreto_legislativo_no_03-2014.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11352/projeto_de_decreto_legislativo_no_04-2014.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11355/projeto_de_decreto_legislativo_no_05-2014.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11356/projeto_de_decreto_legislativo_no_06-2014.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11357/projeto_de_decreto_legislativo_no_07-2014.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11358/projeto_de_decreto_legislativo_no_08-2014.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11359/projeto_de_decreto_legislativo_no_09-2014.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11360/projeto_de_decreto_legislativo_no_10-2014.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11361/projeto_de_decreto_legislativo_no_11-2014.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3908/pr_1_2014.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3910/pr_2_2014.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3911/pr_3_2014.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3912/pr_4_2014.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3918/pr_5_2014.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3920/pr_6_2014.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3921/pr_7_2014.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3924/pr_8_2014.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/3927/pr_9_2014.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11030/pea_4_ao_ple_2014_86.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11034/pea_5_ao_ple_2014_110.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11026/pem_ao_ple_2014_26.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11029/pem_4_ao_ple_2014_86.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11033/pem_5_ao_ple_2014_102.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11031/pem_7_ao_ple_2014_110.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11035/pem_9_ao_ple_2014_145.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11038/pem_9_ao_ple_2014_109.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11048/pem_11_ao_ple_2014_143.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11039/pem_12_ao_ple_2014_155.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11040/pem_13_ao_ple_2014_156.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11045/pem_14_ao_plc_2014_5.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11047/pem_15_ao_plc_2014_9.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11036/pem_16_ao_plc_2014_7.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11037/pem_17_ao_ple_2014_154.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11028/pes_2_ao_ple_2014_86.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11032/pes_3_ao_ple_2014_110.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2014/11046/pes_2_ao_ple_2014_159.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="108.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>