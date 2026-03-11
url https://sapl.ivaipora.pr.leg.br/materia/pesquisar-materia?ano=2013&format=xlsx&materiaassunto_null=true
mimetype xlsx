--- v0 (2025-10-20)
+++ v1 (2026-03-11)
@@ -10,1803 +10,2004 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1320" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1480" uniqueCount="652">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10517</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Bunitinho, Ailton Stipp, Éder Bueno, Fábio Moraes, Ilsinho da Saúde, Nadir Maciel, Nando Dorta, Sabão - Edivaldo Montanheri, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10517/pelo_2_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10517/pelo_2_2013.pdf</t>
   </si>
   <si>
     <t>Adiciona inciso XXV, ao art. 11 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>10518</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10518/pelo_3_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10518/pelo_3_2013.pdf</t>
   </si>
   <si>
     <t>Adiciona parágrafo 2º, ao art. 82 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>10519</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Ailton Stipp, Nando Dorta, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10519/pelo_4_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10519/pelo_4_2013.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>10521</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Ailton Stipp, Éder Bueno, Fábio Moraes, Ilsinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10521/pelo_5_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10521/pelo_5_2013.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no inciso XXII do Artigo 11 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>11024</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Nadir Maciel, Ailton Stipp, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11024/pelo_2013_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11024/pelo_2013_7.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 22 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>10248</t>
   </si>
   <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Luiz Carlos Gil</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10248/lei_complementar_n_02-2013.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta o inciso XIII do art. 7º da Lei Orgânica do Município de Ivaiporã, para definir as áreas das fundações que venham a ser instituídas pelo Poder Público e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
-    <t>PLC</t>
-[...16 lines deleted...]
-  <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1980/ple-01-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1980/ple-01-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os salários e vencimentos dos servidores municipais e dá outras providências</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1983/ple-02-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1983/ple-02-2013.pdf</t>
   </si>
   <si>
     <t>Concede Abono Salarial aos Servidores Municipais no mês de janeiro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1986/ple-04-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1986/ple-04-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento do Imposto Predial e Territorial Urbano - IPTU – Alvará de Funcionamento, Imposto sobre serviços de qualquer natureza – ISSQN e Contribuição de Melhoria, constituídos até 31 de dezembro de 2012.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1990/ple-05-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1990/ple-05-2013.pdf</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1991/ple-06-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1991/ple-06-2013.pdf</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1993/ple-07-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1993/ple-07-2013.pdf</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1994/ple-08-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1994/ple-08-2013.pdf</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1999/ple-09-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1999/ple-09-2013.pdf</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2000/ple-10-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2000/ple-10-2013.pdf</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2001/ple-11-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2001/ple-11-2013.pdf</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2007/ple-12-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2007/ple-12-2013.pdf</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2008/ple-13-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2008/ple-13-2013.pdf</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2011/ple-14-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2011/ple-14-2013.pdf</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2015/ple-15-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2015/ple-15-2013.pdf</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2018/ple-16-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2018/ple-16-2013.pdf</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2019/ple-17-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2019/ple-17-2013.pdf</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2020/ple-18-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2020/ple-18-2013.pdf</t>
   </si>
   <si>
     <t>Revoga o Artigo 4° da Lei Municipal n° 2.248, de 14/12/12.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2021/ple-19-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2021/ple-19-2013.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público o imóvel que especifica. (Não aprovado - conforme anotação foi devolvido ao Executivo).</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2022/ple-20-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2022/ple-20-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a fazer doação de um terreno como forma de premiação mediante sorteio aos contribuintes do Imposto Predial e Territorial Urbano – IPTU, referente ao exercício de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3253/ple-21-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3253/ple-21-2013.pdf</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2024/ple-22-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2024/ple-22-2013.pdf</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2025/ple-23-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2025/ple-23-2013.pdf</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2028/ple-24-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2028/ple-24-2013.pdf</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2030/ple-25-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2030/ple-25-2013.pdf</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2031/ple-26-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2031/ple-26-2013.pdf</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2032/ple-28-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2032/ple-28-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a ASSOCIAÇÃO ESPORTIVA IVAIPORAENSE, mediante Transferência Voluntária de Valores e dá outras providências.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2033/ple-29-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2033/ple-29-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno ao ESTADO DO PARANÁ e dá outras providências</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2034/ple-30-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2034/ple-30-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a criar o Programa Municipal de Desenvolvimento da Cadeia Produtiva da Aqüicultura Familiar, bem como, utilizar recursos na promoção de ações de apoio e incentivo à atividade, e dá outras providências.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2035/ple-31-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2035/ple-31-2013.pdf</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2036/ple-32-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2036/ple-32-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a SOCIEDADE PROTETORA DOS ANIMAIS DE IVAIPORÃ, mediante Transferência Voluntária de Valores e dá outras providências.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2037/ple--33-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2037/ple--33-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a Associação de Pais e Amigos dos Excepcionais de Ivaiporã – APAE</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2038/ple-34-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2038/ple-34-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IVAIPORÃ – APAE.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2039/ple-35-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2039/ple-35-2013.pdf</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2040/ple-36-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2040/ple-36-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Consórcio Público Intermunicipal de Infraestrutura e Desenvolvimento Urbano da Região de Ivaiporã – CINDIVA, na forma e condições previstas pela Lei Federal 11.107/2005, e, Decreto 6.017/2007, ratifica o protocolo de intenções e dá outras providências.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2041/ple-38-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2041/ple-38-2013.pdf</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2042/ple-39-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2042/ple-39-2013.pdf</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2043/ple-40-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2043/ple-40-2013.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 1142/2001, e, institui o Pronto Atendimento Municipal de Ivaiporã/PR.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2045/ple-41-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2045/ple-41-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado, para a prestação de serviço no Pronto Atendimento de Saúde criado de forma temporário no Município de Ivaiporã, para atender a necessidade temporária de excepcional interesse público, nos Órgãos da Administração Direta do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2048/ple-43-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2048/ple-43-2013.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e da outras providências.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2049/ple-45-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2049/ple-45-2013.pdf</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2050/ple-46-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2050/ple-46-2013.pdf</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2052/ple-47-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2052/ple-47-2013.pdf</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2053/ple-48-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2053/ple-48-2013.pdf</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2054/ple-49-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2054/ple-49-2013.pdf</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2055/ple-50-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2055/ple-50-2013.pdf</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de Fundação Pública Municipal de Saúde no Município de Ivaiporã nos moldes da Lei Municipal 2.321/2013.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2057/ple-52-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2057/ple-52-2013.pdf</t>
   </si>
   <si>
     <t>Revoga na integra a Lei Municipal 2.265/2012, de 18/12/12.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2058/ple-53-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2058/ple-53-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Cessão de Direito de Uso de Imóvel que especifica e posterior doação à empresa VALTEC COMERCIAL TECNOLOGIA SERVIÇOS  LTDA – ME,  mediante observância a Lei Municipal n° 1.940, de 19/4/2011, e dá outras providências.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2060/ple-54-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2060/ple-54-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Cessão de Direito de Uso de Imóvel que especifica e posterior doação à empresa CHOCOLATES NORTE DO PARANÁ LTDA – ME,  mediante observância a Lei Municipal n° 1.940, de 19/4/2011, e dá outras providências.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2061/ple-55-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2061/ple-55-2013.pdf</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2062/ple-56-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2062/ple-56-2013.pdf</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2063/ple-57-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2063/ple-57-2013.pdf</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2064/ple-58-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2064/ple-58-2013.pdf</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2066/ple-59-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2066/ple-59-2013.pdf</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2067/ple-60-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2067/ple-60-2013.pdf</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2068/ple-61-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2068/ple-61-2013.pdf</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2069/ple-62-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2069/ple-62-2013.pdf</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2070/ple-63-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2070/ple-63-2013.pdf</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2071/ple-66-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2071/ple-66-2013.pdf</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2072/ple-67-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2072/ple-67-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2073/ple-69-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2073/ple-69-2013.pdf</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2074/ple-70-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2074/ple-70-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2014, e dá outras providências.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2075/ple-71-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2075/ple-71-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Estima Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2014.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2078/ple-73-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2078/ple-73-2013.pdf</t>
   </si>
   <si>
     <t>DÁ IDENTIFICAÇÃO TÉCNICA DAS OBRAS EM EXECUÇÃO NO MUNICÍPIO DE IVAIPORÃ.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2079/ple-74-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2079/ple-74-2013.pdf</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2080/ple-75-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2080/ple-75-2013.pdf</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2081/ple-76-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2081/ple-76-2013.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2082/ple-77-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2082/ple-77-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de contratação estipulado na Lei Municipal 2.320, de 21/5/2013, que dispõe sobre a contratação temporária e emergencial de pessoal para atendimentos na área de saúde.</t>
   </si>
   <si>
     <t>6215</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6215/ple-78-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6215/ple-78-2013.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>6216</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6216/ple-79-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6216/ple-79-2013.pdf</t>
   </si>
   <si>
     <t>6188</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6188/ple-80-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6188/ple-80-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a contratar operação de crédito com Agência de Fomento do Paraná S.A.</t>
   </si>
   <si>
     <t>6190</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6190/ple-81-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6190/ple-81-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a aditivar o convênio 903/2012, celebrado entre o Município de Ivaiporã/Pr., e o o Albergue Bom Samaritano de Ivaiporã.</t>
   </si>
   <si>
     <t>6193</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6193/ple-82-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6193/ple-82-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a fazer repasse financeiro à Associação Fukuoka do Sul do Paraná, e dá outras providências._x000D_
 (Projeto Reprovado)</t>
   </si>
   <si>
     <t>6195</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6195/ple-83-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6195/ple-83-2013.pdf</t>
   </si>
   <si>
     <t>6196</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6196/ple-84-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6196/ple-84-2013.pdf</t>
   </si>
   <si>
     <t>6197</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6197/ple-85-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6197/ple-85-2013.pdf</t>
   </si>
   <si>
     <t>6198</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6198/ple-86-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6198/ple-86-2013.pdf</t>
   </si>
   <si>
     <t>6201</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6201/ple-87-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6201/ple-87-2013.pdf</t>
   </si>
   <si>
     <t>6202</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6202/ple-88-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6202/ple-88-2013.pdf</t>
   </si>
   <si>
     <t>6205</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6205/ple-89-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6205/ple-89-2013.pdf</t>
   </si>
   <si>
     <t>6206</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6206/ple-90-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6206/ple-90-2013.pdf</t>
   </si>
   <si>
     <t>6207</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6207/ple-91-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6207/ple-91-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de um Crédito Adicional Especial, no orçamento do Município de Ivaiporã, para o exercício financeiro 2013.</t>
   </si>
   <si>
     <t>6208</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6208/ple-92-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6208/ple-92-2013.pdf</t>
   </si>
   <si>
     <t>6209</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6209/ple-93-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6209/ple-93-2013.pdf</t>
   </si>
   <si>
     <t>6211</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6211/ple-94-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6211/ple-94-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar o '''ALBERGUE BOM SAMARINTANO '' mediante transferência voluntária de valores e dá outras providências.</t>
   </si>
   <si>
     <t>6212</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6212/ple-95-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6212/ple-95-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO SALARIAL AOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6213</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6213/ple-96-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6213/ple-96-2013.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre municípios do Vale do Ivai com a finalidade adequar e regulamentar o Consórcio Público da 22ª Regional de Saúde de Ivaiporã, nos termos da Lei Federal n ° 11.107 de 6 de abril de 2005.</t>
   </si>
   <si>
     <t>6214</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6214/ple-97-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6214/ple-97-2013.pdf</t>
   </si>
   <si>
     <t>6220</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6220/ple-98-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6220/ple-98-2013.pdf</t>
   </si>
   <si>
     <t>6221</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6221/ple-99-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6221/ple-99-2013.pdf</t>
   </si>
   <si>
     <t>6222</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6222/ple-100-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6222/ple-100-2013.pdf</t>
   </si>
   <si>
     <t>6223</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6223/ple-101-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6223/ple-101-2013.pdf</t>
   </si>
   <si>
     <t>6224</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6224/ple-103-23-013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6224/ple-103-23-013.pdf</t>
   </si>
   <si>
     <t>6226</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6226/ple-104-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6226/ple-104-2013.pdf</t>
   </si>
   <si>
     <t>6227</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6227/ple-105-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6227/ple-105-2013.pdf</t>
   </si>
   <si>
     <t>6229</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6229/ple-106-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6229/ple-106-2013.pdf</t>
   </si>
   <si>
     <t>6230</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6230/ple-107-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6230/ple-107-2013.pdf</t>
   </si>
   <si>
     <t>6231</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6231/ple-108-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6231/ple-108-2013.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei 1.273/2005, que dispõe sobre a concessão de diárias ao Executivo e Servidores do Município, institui o regime de adiantamento e dá outras providências.</t>
   </si>
   <si>
     <t>6233</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6233/ple-109-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6233/ple-109-2013.pdf</t>
   </si>
   <si>
     <t>6232</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6232/ple-110-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6232/ple-110-2013.pdf</t>
   </si>
   <si>
     <t>6234</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6234/ple-111-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6234/ple-111-2013.pdf</t>
   </si>
   <si>
     <t>6235</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6235/ple-112-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6235/ple-112-2013.pdf</t>
   </si>
   <si>
     <t>6236</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6236/ple-113-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6236/ple-113-2013.pdf</t>
   </si>
   <si>
     <t>6237</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6237/ple-114-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6237/ple-114-2013.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei nº 2.316/2013, que autoriza a Doação de Terreno ao Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>6238</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6238/ple-115-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6238/ple-115-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno ao ESTADO DO PARANÁ  e dá outras providências.</t>
   </si>
   <si>
     <t>6239</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6239/ple-116-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6239/ple-116-2013.pdf</t>
   </si>
   <si>
     <t>6240</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6240/ple-117-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6240/ple-117-2013.pdf</t>
   </si>
   <si>
     <t>Dá ampliação do perímetro urbano, criação do Loteamento Residencial Esperança, Ampliação de área Comercial e Criação do Parque Industrial.</t>
   </si>
   <si>
     <t>6241</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6241/ple-118-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6241/ple-118-2013.pdf</t>
   </si>
   <si>
     <t>6242</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6242/ple-119-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6242/ple-119-2013.pdf</t>
   </si>
   <si>
     <t>6243</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6243/ple-120-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6243/ple-120-2013.pdf</t>
   </si>
   <si>
     <t>6244</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6244/ple-122-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6244/ple-122-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo de contratação estipulado na Lei Municipal 2.320/2013, que dispõe sobre s contratação temporária e emergencial  de pessoal para atendimento na área da Saúde.</t>
   </si>
   <si>
     <t>6245</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6245/ple-123-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6245/ple-123-2013.pdf</t>
   </si>
   <si>
     <t>6246</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6246/ple-124-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6246/ple-124-2013.pdf</t>
   </si>
   <si>
     <t>6247</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6247/ple-125-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6247/ple-125-2013.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na redação da Lei Municipal 2.041/2011, de 18/10/2011, a qual autoriza o Executivo Municipal a outorgar mediante processo licitatório a Concessão  de uso da Capela Mortuária Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>6248</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6248/ple-126-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6248/ple-126-2013.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial, é dá outras providências.</t>
   </si>
   <si>
     <t>6249</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6249/ple-127-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6249/ple-127-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do prazo do Processo Seletivo Simplificado para Contratação Temporária na área da Educação, em observância ao Art. 169 § 2° da Lei Municipal 1.268, de 16/05/2005.</t>
   </si>
   <si>
     <t>6250</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6250/ple-128-2103.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6250/ple-128-2103.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder ás medidas visando a participação do Município de Ivaiporã no programa ''MINHA CASA MINHA VIDA '' instituído pela Lei Federal n° 11.977, de 7 de Julho de 2009, e dá outras providências.</t>
   </si>
   <si>
     <t>6251</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6251/ple-129-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6251/ple-129-2013.pdf</t>
   </si>
   <si>
     <t>Altera  dispositivo da Lei Municipal n° 1.373m² de 29 setembro de 2006, que dispõe sobre o ''PLANO DE CARGOS'' Vencimentos e Carreiras do Magistério  Público Municipal de Ivaiporã - Estado do Paraná, revogando o inciso IV,  do Art. 19, Alterando o Inciso VII do Art. 22  e Art. 52, e anexo I, no que se refere ao Cargo de Coordenador de Centro Educacional (CMEI) e dá outras providências.</t>
   </si>
   <si>
     <t>6252</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6252/ple-130-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6252/ple-130-2013.pdf</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6253/ple-131-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6253/ple-131-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno a INSTITUTO PARANAENSE DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL - EMATER, e dá outras providências.</t>
   </si>
   <si>
     <t>6254</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6254/ple-132-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6254/ple-132-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos valores venais dos imóveis prediais e territoriais urbanos, para fins de lançamento e cobrança de tributos municipais, a partir de 2014.</t>
   </si>
   <si>
     <t>6255</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6255/ple-133-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6255/ple-133-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os salários e vencimentos dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>6256</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6256/ple-135-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6256/ple-135-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de novos cargos e suas respectivas atribuições, ampliação de vagas, alteração de carga horária e vencimentos do quadro de pessoal efetivo do Município de Ivaiporã/PR, em conformidade com a Lei Municipal 1.269 de 16/05/2005, e dá outras providências.</t>
   </si>
   <si>
     <t>6257</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6257/ple-136-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6257/ple-136-2013.pdf</t>
   </si>
   <si>
     <t>Estabelece normas e procedimentos relativos a cargos, estruturação, provimento, vencimentos e números de vagas de Emprego Público na Administração Direta, cria cargos e amplia o número de vagas de cargos existentes, em conformidade com o disposto em Lei Municipal n° 1.410, de 10 de maio de 2007, e dá outras providências.</t>
   </si>
   <si>
     <t>6258</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6258/ple-137-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6258/ple-137-2013.pdf</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Bunitinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3225/01-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3225/01-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a construção dos passeios públicos do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>Nadir Maciel, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3227/02-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3227/02-2013.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - Associação de Pais, Mestres e Funcionários do Colégio Estadual Bento Mussurunga, e dá outras providências.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3228/03-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3228/03-2013.pdf</t>
   </si>
   <si>
     <t>Extingue o Cargo de agente legislativo e Jornalista, cria os cargos de assistente contábil e assessor de imprensa, modifica o quadro de pessoal efetivo e comissionado, atribuições e vencimentos dos servidores públicos da Câmara Municipal de Ivaiporã e dá outra providências.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>Ailton Stipp, Bunitinho, Éder Bueno, Fábio Moraes, Ilsinho da Saúde, Nadir Maciel, Nando Dorta, Sabão - Edivaldo Montanheri, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3229/04-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3229/04-2013.pdf</t>
   </si>
   <si>
     <t>Institui a coleta seletiva de medicamentos vencidos e a implantação de política de informação sobre os riscos causados por tais produtos, no ambito do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3230/05-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3230/05-2013.pdf</t>
   </si>
   <si>
     <t>Altera a redação da lei municipal 2.267, de 18 dezembro de 2012, que institui o Conselho Municipal de Trânsito, Transportes e Mobilidade do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3231/06-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3231/06-2013.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei municipal 2.114/2012, que fixa o valor da diária do Presidente da Câmara de Vereadores e Servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>Nadir Maciel</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3232/07-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3232/07-2013.pdf</t>
   </si>
   <si>
     <t>Institui o programa respeito na faixa no município de Ivaiporã- Estadodo Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3233/08-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3233/08-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a instalar câmeras de monitoramento de segurança nas vias públicas municipais e cercanias e dá outras providências.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3235/09-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3235/09-2013.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Pátria no Município de Ivaiporã, Estado do Paraná, a ser comemorada anualmente, de 01 a 07 de setembro e dá outras providências.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3237/10-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3237/10-2013.pdf</t>
   </si>
   <si>
     <t>Proíbe no âmbito do Município de Ivaiporã, Estado do Paraná, o uso de fogos de artificio, sinalizadores, shows pirotécnicos com produtos inflamáveis ou com fogos e similares em casas de shows, boates, bares, teatros, igrejas, auditórios, clubes e locais fechados, públicos ou privados, destinados a eventos e dá outras providências.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3239/11-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3239/11-2013.pdf</t>
   </si>
   <si>
     <t>Revoga na Integra a Lei Municipal nº 2334/2013, de 03 de julho de 2013, que dispõe sobre a construção dos passeios públicos no município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>Fábio Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3254/12-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3254/12-2013.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário de comemorações do Município de Ivaiporã , "O dia da Consciência Jovem", e dá outras providências.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3256/13-2013.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3256/13-2013.docx</t>
   </si>
   <si>
     <t>Declara de Utilidade Publica Municipal a Entidade Bom Jesus, e dá outras providências.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>Ailton Stipp, Bunitinho, Éder Bueno, Fábio Moraes, Ilsinho da Saúde, Nando Dorta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3258/14-2013.docx</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3258/14-2013.docx</t>
   </si>
   <si>
     <t>Institui o Plano de Carreira dos Servidores da Câmara Municipal de Ivaiporã, cria funções gratificadas e dá outras providências.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>Éder Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3262/15-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3262/15-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia da Alegria para todos em Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3263/16-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3263/16-2013.pdf</t>
   </si>
   <si>
     <t>Modifica o quadro de vencimentos dos servidores públicos comissionados da Câmara Municipal de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3266/17-2013-1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3266/17-2013-1.pdf</t>
   </si>
   <si>
     <t>Regulamenta os meios de disponibilização das informações no âmbito do Município de Ivaiporã - PR, nos termos do artigo 45 da Lei 12.257, de 18 de novembro de 2011 (Lei de Acesso à Informação).</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3268/18-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3268/18-2013.pdf</t>
   </si>
   <si>
     <t>Fixa em parcela única o subsídio do Chefe de Gabinete, Procurador e dos Secretários Municipais do Município de Ivaiporã-PR, passando a vigorar a partir de 1º de janeiro de 2014.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto da Lei</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3226/veto_01-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3226/veto_01-2013.pdf</t>
   </si>
   <si>
     <t>veto 01-2013</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3234/veto_08-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3234/veto_08-2013.pdf</t>
   </si>
   <si>
     <t>veto parcial...</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3267/veto_17-2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3267/veto_17-2013.pdf</t>
   </si>
   <si>
     <t>veto parcial.</t>
   </si>
   <si>
+    <t>11362</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11362/projeto_de_decreto_legislativo_n_01-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a transferência de veículo de propriedade do Município de Ivaiporã e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11363</t>
+  </si>
+  <si>
+    <t>Ailton Stipp, Zé do Bar</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11363/projeto_de_decreto_legislativo_n_02-2013.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná, ao Dr. Orlando Sanchez e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11364</t>
+  </si>
+  <si>
+    <t>Sabão - Edivaldo Montanheri, Zé do Bar</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11364/projeto_de_decreto_legislativo_n_03-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de micro-ônibus do Município de Ivaiporã, Estado do Paraná, a Igreja Internacional da Graça de Deus e dá outras providências</t>
+  </si>
+  <si>
+    <t>11365</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11365/projeto_de_decreto_legislativo_n_04-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a utilizar maquinários e operadores municipais em obra de responsabilidade do Instituto das Águas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11366</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11366/projeto_de_decreto_legislativo_n_05-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, ao Colégio Estadual José de Mattos Leão do Distrito de Alto Porã e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11367</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11367/projeto_de_decreto_legislativo_n_06-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a realizar permuta de maquinários da frota municipal com a Empresa H.R Construções e Serviços LTDA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11368</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11368/projeto_de_decreto_legislativo_n_07-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, a Diaconia Nossa Senhora Aparecida - Distrito de Alto Porã, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11369</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11369/projeto_de_decreto_legislativo_n_08-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de 01 (um) veículo sprinter pertencente à Frota Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11370</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11370/projeto_de_decreto_legislativo_n_09-2013.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Ivaiporã, Estado do Paraná, a realizar permuta com o Sr. Milton Santos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11371</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11371/projeto_de_decreto_legislativo_n_10-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para ao Colégio Estadual Antônio Diniz Pereira - Ensino Fundamental e Médio e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11372</t>
+  </si>
+  <si>
+    <t>Ailton Stipp, Sabão - Edivaldo Montanheri</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11372/projeto_de_decreto_legislativo_n_11-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para os funcionários do Supermercado Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11373</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11373/projeto_de_decreto_legislativo_n_12-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, às Paróquias Bom Jesus, Espirito Santo e Diaconia Bom Pastor e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11374</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11374/projeto_de_decreto_legislativo_n_13-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Igreja Assembleia de Deus e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11375</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11375/projeto_de_decreto_legislativo_n_14-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a transferência de veículos de propriedade do Município de Ivaiporã e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11377</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11377/projeto_de_decreto_legislativo_n_15-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a receber como forma de doação cascalho e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11378</t>
+  </si>
+  <si>
+    <t>Zé do Bar, Bunitinho, Fábio Moraes</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11378/projeto_de_decreto_legislativo_n_16-2013.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Prestações de Contas do Poder Executivo do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2011.</t>
+  </si>
+  <si>
+    <t>11379</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11379/projeto_de_decreto_legislativo_n_17-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, na cessão de uso de bom público à ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IVAIPORÃ - APAE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11380</t>
+  </si>
+  <si>
+    <t>Sabão - Edivaldo Montanheri, Ailton Stipp, Bunitinho, Zé do Bar</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11380/projeto_de_decreto_legislativo_n_18-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a doação de equipamento de informática inservíveis ao serviço público, pertencentes ao patrimônio da Câmara Municipal de Ivaiporã, Estado do Paraná, ao Departamento de Engenharia de Ivaiporã.</t>
+  </si>
+  <si>
+    <t>11381</t>
+  </si>
+  <si>
+    <t>Ailton Stipp, Nadir Maciel</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11381/projeto_de_decreto_legislativo_n_19-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, aos Colégios Estaduais do Município de Ivaiporã e dá outras providências.</t>
+  </si>
+  <si>
+    <t>11382</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11382/projeto_de_decreto_legislativo_n_20-2013.pdf</t>
+  </si>
+  <si>
+    <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Paróquia Espírito Santo e dá outras providências.</t>
+  </si>
+  <si>
     <t>3997</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>Sabão - Edivaldo Montanheri, Zé do Bar</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3997/pr_1_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3997/pr_1_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e cronograma mensal da despesa para o Legislativo Municipal referente ao exercício financeiro de 2013.</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
     <t>Ailton Stipp, Bunitinho, Fábio Moraes, Nadir Maciel, Nando Dorta, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3999/pr_2_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3999/pr_2_2013.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos Servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4003/pr_3_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4003/pr_3_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilização de aparelhos celulares aos Vereadores da Câmara de Vereadores de Ivaiporã mediante modalidade de comodato e dá outras providências.</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4004/pr_4_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4004/pr_4_2013.pdf</t>
   </si>
   <si>
     <t>Disciplina normas que definem o ressarcimento de multas de trânsito aplicadas aos agentes públicos e políticos quando da condução de veículos da frota da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>Ailton Stipp, Bunitinho, Sabão - Edivaldo Montanheri, Zé do Bar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4005/pr_5_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4005/pr_5_2013.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar no valor de R$ 2.000,00 (Dois Mil Reais), destinados a atender dotações constantes do orçamento programa da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4007/pr_6_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4007/pr_6_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a administração, definição de conceitos e procedimentos para levantamento de inventário, incorporação, baixa e controle dos bens patrimoniais da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4008/pr_7_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4008/pr_7_2013.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar no valor de R$ 10.000,00 (Dez Mil Reais), destinados a atender dotações constantes do orçamento programa da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>10520</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Ailton Stipp</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10520/emple_77_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10520/emple_77_2013.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 1º do Projeto de Lei nº 77/2013 de autoria do Executivo Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>10522</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10522/pem_pll_18_2013.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10522/pem_pll_18_2013.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 1º do Projeto de Lei nº 18/2013 de autoria do Legislativo Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>11019</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11019/ato_2013_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11019/ato_2013_1.pdf</t>
   </si>
   <si>
     <t>Ficam os Senhores Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes da Lei nº 2.114/2012 a partir do dia 11 de janeiro a 31 de dezembro de 2013.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2113,68 +2314,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10517/pelo_2_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10518/pelo_3_2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10519/pelo_4_2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10521/pelo_5_2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11024/pelo_2013_7.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10248/plc_1_2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1980/ple-01-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1983/ple-02-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1986/ple-04-2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1990/ple-05-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1991/ple-06-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1993/ple-07-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1994/ple-08-2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1999/ple-09-2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2000/ple-10-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2001/ple-11-2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2007/ple-12-2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2008/ple-13-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2011/ple-14-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2015/ple-15-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2018/ple-16-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2019/ple-17-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2020/ple-18-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2021/ple-19-2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2022/ple-20-2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3253/ple-21-2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2024/ple-22-2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2025/ple-23-2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2028/ple-24-2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2030/ple-25-2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2031/ple-26-2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2032/ple-28-2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2033/ple-29-2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2034/ple-30-2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2035/ple-31-2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2036/ple-32-2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2037/ple--33-2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2038/ple-34-2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2039/ple-35-2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2040/ple-36-2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2041/ple-38-2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2042/ple-39-2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2043/ple-40-2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2045/ple-41-2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2048/ple-43-2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2049/ple-45-2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2050/ple-46-2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2052/ple-47-2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2053/ple-48-2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2054/ple-49-2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2055/ple-50-2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2057/ple-52-2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2058/ple-53-2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2060/ple-54-2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2061/ple-55-2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2062/ple-56-2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2063/ple-57-2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2064/ple-58-2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2066/ple-59-2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2067/ple-60-2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2068/ple-61-2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2069/ple-62-2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2070/ple-63-2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2071/ple-66-2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2072/ple-67-2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2073/ple-69-2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2074/ple-70-2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2075/ple-71-2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2078/ple-73-2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2079/ple-74-2013.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2080/ple-75-2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2081/ple-76-2013.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2082/ple-77-2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6215/ple-78-2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6216/ple-79-2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6188/ple-80-2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6190/ple-81-2013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6193/ple-82-2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6195/ple-83-2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6196/ple-84-2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6197/ple-85-2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6198/ple-86-2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6201/ple-87-2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6202/ple-88-2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6205/ple-89-2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6206/ple-90-2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6207/ple-91-2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6208/ple-92-2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6209/ple-93-2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6211/ple-94-2013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6212/ple-95-2013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6213/ple-96-2013.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6214/ple-97-2013.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6220/ple-98-2013.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6221/ple-99-2013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6222/ple-100-2013.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6223/ple-101-2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6224/ple-103-23-013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6226/ple-104-2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6227/ple-105-2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6229/ple-106-2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6230/ple-107-2013.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6231/ple-108-2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6233/ple-109-2013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6232/ple-110-2013.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6234/ple-111-2013.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6235/ple-112-2013.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6236/ple-113-2013.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6237/ple-114-2013.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6238/ple-115-2013.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6239/ple-116-2013.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6240/ple-117-2013.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6241/ple-118-2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6242/ple-119-2013.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6243/ple-120-2013.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6244/ple-122-2013.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6245/ple-123-2013.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6246/ple-124-2013.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6247/ple-125-2013.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6248/ple-126-2013.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6249/ple-127-2013.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6250/ple-128-2103.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6251/ple-129-2013.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6252/ple-130-2013.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6253/ple-131-2013.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6254/ple-132-2013.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6255/ple-133-2013.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6256/ple-135-2013.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6257/ple-136-2013.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6258/ple-137-2013.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3225/01-2013.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3227/02-2013.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3228/03-2013.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3229/04-2013.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3230/05-2013.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3231/06-2013.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3232/07-2013.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3233/08-2013.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3235/09-2013.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3237/10-2013.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3239/11-2013.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3254/12-2013.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3256/13-2013.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3258/14-2013.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3262/15-2013.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3263/16-2013.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3266/17-2013-1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3268/18-2013.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3226/veto_01-2013.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3234/veto_08-2013.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3267/veto_17-2013.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3997/pr_1_2013.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3999/pr_2_2013.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4003/pr_3_2013.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4004/pr_4_2013.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4005/pr_5_2013.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4007/pr_6_2013.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4008/pr_7_2013.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10520/emple_77_2013.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10522/pem_pll_18_2013.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11019/ato_2013_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10517/pelo_2_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10518/pelo_3_2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10519/pelo_4_2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10521/pelo_5_2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11024/pelo_2013_7.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10248/lei_complementar_n_02-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1980/ple-01-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1983/ple-02-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1986/ple-04-2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1990/ple-05-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1991/ple-06-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1993/ple-07-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1994/ple-08-2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/1999/ple-09-2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2000/ple-10-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2001/ple-11-2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2007/ple-12-2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2008/ple-13-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2011/ple-14-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2015/ple-15-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2018/ple-16-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2019/ple-17-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2020/ple-18-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2021/ple-19-2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2022/ple-20-2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3253/ple-21-2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2024/ple-22-2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2025/ple-23-2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2028/ple-24-2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2030/ple-25-2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2031/ple-26-2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2032/ple-28-2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2033/ple-29-2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2034/ple-30-2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2035/ple-31-2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2036/ple-32-2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2037/ple--33-2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2038/ple-34-2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2039/ple-35-2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2040/ple-36-2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2041/ple-38-2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2042/ple-39-2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2043/ple-40-2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2045/ple-41-2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2048/ple-43-2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2049/ple-45-2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2050/ple-46-2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2052/ple-47-2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2053/ple-48-2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2054/ple-49-2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2055/ple-50-2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2057/ple-52-2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2058/ple-53-2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2060/ple-54-2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2061/ple-55-2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2062/ple-56-2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2063/ple-57-2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2064/ple-58-2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2066/ple-59-2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2067/ple-60-2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2068/ple-61-2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2069/ple-62-2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2070/ple-63-2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2071/ple-66-2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2072/ple-67-2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2073/ple-69-2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2074/ple-70-2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2075/ple-71-2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2078/ple-73-2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2079/ple-74-2013.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2080/ple-75-2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2081/ple-76-2013.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/2082/ple-77-2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6215/ple-78-2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6216/ple-79-2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6188/ple-80-2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6190/ple-81-2013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6193/ple-82-2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6195/ple-83-2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6196/ple-84-2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6197/ple-85-2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6198/ple-86-2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6201/ple-87-2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6202/ple-88-2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6205/ple-89-2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6206/ple-90-2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6207/ple-91-2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6208/ple-92-2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6209/ple-93-2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6211/ple-94-2013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6212/ple-95-2013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6213/ple-96-2013.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6214/ple-97-2013.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6220/ple-98-2013.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6221/ple-99-2013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6222/ple-100-2013.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6223/ple-101-2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6224/ple-103-23-013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6226/ple-104-2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6227/ple-105-2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6229/ple-106-2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6230/ple-107-2013.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6231/ple-108-2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6233/ple-109-2013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6232/ple-110-2013.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6234/ple-111-2013.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6235/ple-112-2013.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6236/ple-113-2013.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6237/ple-114-2013.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6238/ple-115-2013.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6239/ple-116-2013.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6240/ple-117-2013.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6241/ple-118-2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6242/ple-119-2013.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6243/ple-120-2013.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6244/ple-122-2013.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6245/ple-123-2013.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6246/ple-124-2013.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6247/ple-125-2013.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6248/ple-126-2013.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6249/ple-127-2013.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6250/ple-128-2103.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6251/ple-129-2013.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6252/ple-130-2013.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6253/ple-131-2013.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6254/ple-132-2013.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6255/ple-133-2013.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6256/ple-135-2013.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6257/ple-136-2013.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/6258/ple-137-2013.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3225/01-2013.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3227/02-2013.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3228/03-2013.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3229/04-2013.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3230/05-2013.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3231/06-2013.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3232/07-2013.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3233/08-2013.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3235/09-2013.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3237/10-2013.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3239/11-2013.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3254/12-2013.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3256/13-2013.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3258/14-2013.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3262/15-2013.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3263/16-2013.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3266/17-2013-1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3268/18-2013.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3226/veto_01-2013.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3234/veto_08-2013.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3267/veto_17-2013.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11362/projeto_de_decreto_legislativo_n_01-2013.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11363/projeto_de_decreto_legislativo_n_02-2013.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11364/projeto_de_decreto_legislativo_n_03-2013.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11365/projeto_de_decreto_legislativo_n_04-2013.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11366/projeto_de_decreto_legislativo_n_05-2013.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11367/projeto_de_decreto_legislativo_n_06-2013.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11368/projeto_de_decreto_legislativo_n_07-2013.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11369/projeto_de_decreto_legislativo_n_08-2013.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11370/projeto_de_decreto_legislativo_n_09-2013.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11371/projeto_de_decreto_legislativo_n_10-2013.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11372/projeto_de_decreto_legislativo_n_11-2013.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11373/projeto_de_decreto_legislativo_n_12-2013.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11374/projeto_de_decreto_legislativo_n_13-2013.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11375/projeto_de_decreto_legislativo_n_14-2013.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11377/projeto_de_decreto_legislativo_n_15-2013.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11378/projeto_de_decreto_legislativo_n_16-2013.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11379/projeto_de_decreto_legislativo_n_17-2013.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11380/projeto_de_decreto_legislativo_n_18-2013.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11381/projeto_de_decreto_legislativo_n_19-2013.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11382/projeto_de_decreto_legislativo_n_20-2013.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3997/pr_1_2013.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/3999/pr_2_2013.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4003/pr_3_2013.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4004/pr_4_2013.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4005/pr_5_2013.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4007/pr_6_2013.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/4008/pr_7_2013.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10520/emple_77_2013.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/10522/pem_pll_18_2013.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2013/11019/ato_2013_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H165"/>
+  <dimension ref="A1:H185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="120.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2298,3379 +2499,3379 @@
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
         <v>36</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>42</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>47</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
         <v>43</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>50</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>21</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11" t="s">
         <v>44</v>
       </c>
       <c r="F11" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
         <v>44</v>
       </c>
       <c r="F12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
       <c r="D13" t="s">
         <v>43</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="H13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>44</v>
       </c>
       <c r="F14" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H14" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>63</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>44</v>
       </c>
       <c r="F16" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="H16" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>70</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
         <v>44</v>
       </c>
       <c r="F17" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>71</v>
       </c>
       <c r="H17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>72</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>73</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>74</v>
       </c>
       <c r="H18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>75</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>76</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H19" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>78</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>79</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>44</v>
       </c>
       <c r="F20" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="H20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>81</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>82</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>44</v>
       </c>
       <c r="F21" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H21" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>84</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>85</v>
       </c>
       <c r="D22" t="s">
         <v>43</v>
       </c>
       <c r="E22" t="s">
         <v>44</v>
       </c>
       <c r="F22" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>86</v>
       </c>
       <c r="H22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>87</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>88</v>
       </c>
       <c r="D23" t="s">
         <v>43</v>
       </c>
       <c r="E23" t="s">
         <v>44</v>
       </c>
       <c r="F23" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>89</v>
       </c>
       <c r="H23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>90</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>91</v>
       </c>
       <c r="D24" t="s">
         <v>43</v>
       </c>
       <c r="E24" t="s">
         <v>44</v>
       </c>
       <c r="F24" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>92</v>
       </c>
       <c r="H24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>93</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>94</v>
       </c>
       <c r="D25" t="s">
         <v>43</v>
       </c>
       <c r="E25" t="s">
         <v>44</v>
       </c>
       <c r="F25" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="H25" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>97</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>98</v>
       </c>
       <c r="D26" t="s">
         <v>43</v>
       </c>
       <c r="E26" t="s">
         <v>44</v>
       </c>
       <c r="F26" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H26" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>101</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>102</v>
       </c>
       <c r="D27" t="s">
         <v>43</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>103</v>
       </c>
       <c r="H27" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>105</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>106</v>
       </c>
       <c r="D28" t="s">
         <v>43</v>
       </c>
       <c r="E28" t="s">
         <v>44</v>
       </c>
       <c r="F28" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H28" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>108</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>109</v>
       </c>
       <c r="D29" t="s">
         <v>43</v>
       </c>
       <c r="E29" t="s">
         <v>44</v>
       </c>
       <c r="F29" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>110</v>
       </c>
       <c r="H29" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>111</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>112</v>
       </c>
       <c r="D30" t="s">
         <v>43</v>
       </c>
       <c r="E30" t="s">
         <v>44</v>
       </c>
       <c r="F30" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>113</v>
       </c>
       <c r="H30" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>114</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>115</v>
       </c>
       <c r="D31" t="s">
         <v>43</v>
       </c>
       <c r="E31" t="s">
         <v>44</v>
       </c>
       <c r="F31" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H31" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>117</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>118</v>
       </c>
       <c r="D32" t="s">
         <v>43</v>
       </c>
       <c r="E32" t="s">
         <v>44</v>
       </c>
       <c r="F32" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>119</v>
       </c>
       <c r="H32" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>120</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>121</v>
       </c>
       <c r="D33" t="s">
         <v>43</v>
       </c>
       <c r="E33" t="s">
         <v>44</v>
       </c>
       <c r="F33" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H33" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>123</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>124</v>
       </c>
       <c r="D34" t="s">
         <v>43</v>
       </c>
       <c r="E34" t="s">
         <v>44</v>
       </c>
       <c r="F34" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H34" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>127</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>128</v>
       </c>
       <c r="D35" t="s">
         <v>43</v>
       </c>
       <c r="E35" t="s">
         <v>44</v>
       </c>
       <c r="F35" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>129</v>
       </c>
       <c r="H35" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>131</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>132</v>
       </c>
       <c r="D36" t="s">
         <v>43</v>
       </c>
       <c r="E36" t="s">
         <v>44</v>
       </c>
       <c r="F36" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>133</v>
       </c>
       <c r="H36" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>135</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>136</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>44</v>
       </c>
       <c r="F37" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>137</v>
       </c>
       <c r="H37" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>138</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>139</v>
       </c>
       <c r="D38" t="s">
         <v>43</v>
       </c>
       <c r="E38" t="s">
         <v>44</v>
       </c>
       <c r="F38" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H38" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>142</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>143</v>
       </c>
       <c r="D39" t="s">
         <v>43</v>
       </c>
       <c r="E39" t="s">
         <v>44</v>
       </c>
       <c r="F39" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H39" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>146</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>147</v>
       </c>
       <c r="D40" t="s">
         <v>43</v>
       </c>
       <c r="E40" t="s">
         <v>44</v>
       </c>
       <c r="F40" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>148</v>
       </c>
       <c r="H40" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>150</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>151</v>
       </c>
       <c r="D41" t="s">
         <v>43</v>
       </c>
       <c r="E41" t="s">
         <v>44</v>
       </c>
       <c r="F41" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>152</v>
       </c>
       <c r="H41" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>153</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>154</v>
       </c>
       <c r="D42" t="s">
         <v>43</v>
       </c>
       <c r="E42" t="s">
         <v>44</v>
       </c>
       <c r="F42" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H42" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>157</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>158</v>
       </c>
       <c r="D43" t="s">
         <v>43</v>
       </c>
       <c r="E43" t="s">
         <v>44</v>
       </c>
       <c r="F43" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>159</v>
       </c>
       <c r="H43" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>160</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>161</v>
       </c>
       <c r="D44" t="s">
         <v>43</v>
       </c>
       <c r="E44" t="s">
         <v>44</v>
       </c>
       <c r="F44" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>162</v>
       </c>
       <c r="H44" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>163</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>164</v>
       </c>
       <c r="D45" t="s">
         <v>43</v>
       </c>
       <c r="E45" t="s">
         <v>44</v>
       </c>
       <c r="F45" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H45" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>167</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>168</v>
       </c>
       <c r="D46" t="s">
         <v>43</v>
       </c>
       <c r="E46" t="s">
         <v>44</v>
       </c>
       <c r="F46" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>169</v>
       </c>
       <c r="H46" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>171</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>172</v>
       </c>
       <c r="D47" t="s">
         <v>43</v>
       </c>
       <c r="E47" t="s">
         <v>44</v>
       </c>
       <c r="F47" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>173</v>
       </c>
       <c r="H47" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>175</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>176</v>
       </c>
       <c r="D48" t="s">
         <v>43</v>
       </c>
       <c r="E48" t="s">
         <v>44</v>
       </c>
       <c r="F48" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>177</v>
       </c>
       <c r="H48" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>178</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>179</v>
       </c>
       <c r="D49" t="s">
         <v>43</v>
       </c>
       <c r="E49" t="s">
         <v>44</v>
       </c>
       <c r="F49" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>180</v>
       </c>
       <c r="H49" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>181</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>182</v>
       </c>
       <c r="D50" t="s">
         <v>43</v>
       </c>
       <c r="E50" t="s">
         <v>44</v>
       </c>
       <c r="F50" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>183</v>
       </c>
       <c r="H50" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>184</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>185</v>
       </c>
       <c r="D51" t="s">
         <v>43</v>
       </c>
       <c r="E51" t="s">
         <v>44</v>
       </c>
       <c r="F51" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H51" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>187</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>188</v>
       </c>
       <c r="D52" t="s">
         <v>43</v>
       </c>
       <c r="E52" t="s">
         <v>44</v>
       </c>
       <c r="F52" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>189</v>
       </c>
       <c r="H52" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>190</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>191</v>
       </c>
       <c r="D53" t="s">
         <v>43</v>
       </c>
       <c r="E53" t="s">
         <v>44</v>
       </c>
       <c r="F53" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>192</v>
       </c>
       <c r="H53" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>193</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>194</v>
       </c>
       <c r="D54" t="s">
         <v>43</v>
       </c>
       <c r="E54" t="s">
         <v>44</v>
       </c>
       <c r="F54" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H54" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>196</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>197</v>
       </c>
       <c r="D55" t="s">
         <v>43</v>
       </c>
       <c r="E55" t="s">
         <v>44</v>
       </c>
       <c r="F55" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>198</v>
       </c>
       <c r="H55" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>200</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>201</v>
       </c>
       <c r="D56" t="s">
         <v>43</v>
       </c>
       <c r="E56" t="s">
         <v>44</v>
       </c>
       <c r="F56" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>202</v>
       </c>
       <c r="H56" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>204</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>205</v>
       </c>
       <c r="D57" t="s">
         <v>43</v>
       </c>
       <c r="E57" t="s">
         <v>44</v>
       </c>
       <c r="F57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>206</v>
       </c>
       <c r="H57" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>208</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>209</v>
       </c>
       <c r="D58" t="s">
         <v>43</v>
       </c>
       <c r="E58" t="s">
         <v>44</v>
       </c>
       <c r="F58" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>210</v>
       </c>
       <c r="H58" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>211</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>212</v>
       </c>
       <c r="D59" t="s">
         <v>43</v>
       </c>
       <c r="E59" t="s">
         <v>44</v>
       </c>
       <c r="F59" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>213</v>
       </c>
       <c r="H59" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>214</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>215</v>
       </c>
       <c r="D60" t="s">
         <v>43</v>
       </c>
       <c r="E60" t="s">
         <v>44</v>
       </c>
       <c r="F60" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>216</v>
       </c>
       <c r="H60" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>217</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>218</v>
       </c>
       <c r="D61" t="s">
         <v>43</v>
       </c>
       <c r="E61" t="s">
         <v>44</v>
       </c>
       <c r="F61" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>219</v>
       </c>
       <c r="H61" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>220</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>221</v>
       </c>
       <c r="D62" t="s">
         <v>43</v>
       </c>
       <c r="E62" t="s">
         <v>44</v>
       </c>
       <c r="F62" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>222</v>
       </c>
       <c r="H62" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>223</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>224</v>
       </c>
       <c r="D63" t="s">
         <v>43</v>
       </c>
       <c r="E63" t="s">
         <v>44</v>
       </c>
       <c r="F63" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>225</v>
       </c>
       <c r="H63" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>226</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>227</v>
       </c>
       <c r="D64" t="s">
         <v>43</v>
       </c>
       <c r="E64" t="s">
         <v>44</v>
       </c>
       <c r="F64" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>228</v>
       </c>
       <c r="H64" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>229</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>230</v>
       </c>
       <c r="D65" t="s">
         <v>43</v>
       </c>
       <c r="E65" t="s">
         <v>44</v>
       </c>
       <c r="F65" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>231</v>
       </c>
       <c r="H65" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>232</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>233</v>
       </c>
       <c r="D66" t="s">
         <v>43</v>
       </c>
       <c r="E66" t="s">
         <v>44</v>
       </c>
       <c r="F66" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>234</v>
       </c>
       <c r="H66" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>235</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>236</v>
       </c>
       <c r="D67" t="s">
         <v>43</v>
       </c>
       <c r="E67" t="s">
         <v>44</v>
       </c>
       <c r="F67" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>237</v>
       </c>
       <c r="H67" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>238</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>239</v>
       </c>
       <c r="D68" t="s">
         <v>43</v>
       </c>
       <c r="E68" t="s">
         <v>44</v>
       </c>
       <c r="F68" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H68" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>242</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>243</v>
       </c>
       <c r="D69" t="s">
         <v>43</v>
       </c>
       <c r="E69" t="s">
         <v>44</v>
       </c>
       <c r="F69" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>244</v>
       </c>
       <c r="H69" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>245</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>246</v>
       </c>
       <c r="D70" t="s">
         <v>43</v>
       </c>
       <c r="E70" t="s">
         <v>44</v>
       </c>
       <c r="F70" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>247</v>
       </c>
       <c r="H70" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>249</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>250</v>
       </c>
       <c r="D71" t="s">
         <v>43</v>
       </c>
       <c r="E71" t="s">
         <v>44</v>
       </c>
       <c r="F71" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>251</v>
       </c>
       <c r="H71" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>253</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>254</v>
       </c>
       <c r="D72" t="s">
         <v>43</v>
       </c>
       <c r="E72" t="s">
         <v>44</v>
       </c>
       <c r="F72" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H72" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>256</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>257</v>
       </c>
       <c r="D73" t="s">
         <v>43</v>
       </c>
       <c r="E73" t="s">
         <v>44</v>
       </c>
       <c r="F73" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H73" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>260</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>261</v>
       </c>
       <c r="D74" t="s">
         <v>43</v>
       </c>
       <c r="E74" t="s">
         <v>44</v>
       </c>
       <c r="F74" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>262</v>
       </c>
       <c r="H74" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>263</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>264</v>
       </c>
       <c r="D75" t="s">
         <v>43</v>
       </c>
       <c r="E75" t="s">
         <v>44</v>
       </c>
       <c r="F75" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>265</v>
       </c>
       <c r="H75" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>266</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>267</v>
       </c>
       <c r="D76" t="s">
         <v>43</v>
       </c>
       <c r="E76" t="s">
         <v>44</v>
       </c>
       <c r="F76" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>268</v>
       </c>
       <c r="H76" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>270</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>271</v>
       </c>
       <c r="D77" t="s">
         <v>43</v>
       </c>
       <c r="E77" t="s">
         <v>44</v>
       </c>
       <c r="F77" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>272</v>
       </c>
       <c r="H77" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>274</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>275</v>
       </c>
       <c r="D78" t="s">
         <v>43</v>
       </c>
       <c r="E78" t="s">
         <v>44</v>
       </c>
       <c r="F78" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>276</v>
       </c>
       <c r="H78" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>278</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>279</v>
       </c>
       <c r="D79" t="s">
         <v>43</v>
       </c>
       <c r="E79" t="s">
         <v>44</v>
       </c>
       <c r="F79" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>280</v>
       </c>
       <c r="H79" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>281</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>282</v>
       </c>
       <c r="D80" t="s">
         <v>43</v>
       </c>
       <c r="E80" t="s">
         <v>44</v>
       </c>
       <c r="F80" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>283</v>
       </c>
       <c r="H80" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>285</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>286</v>
       </c>
       <c r="D81" t="s">
         <v>43</v>
       </c>
       <c r="E81" t="s">
         <v>44</v>
       </c>
       <c r="F81" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H81" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>289</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>290</v>
       </c>
       <c r="D82" t="s">
         <v>43</v>
       </c>
       <c r="E82" t="s">
         <v>44</v>
       </c>
       <c r="F82" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>291</v>
       </c>
       <c r="H82" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>293</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>294</v>
       </c>
       <c r="D83" t="s">
         <v>43</v>
       </c>
       <c r="E83" t="s">
         <v>44</v>
       </c>
       <c r="F83" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>295</v>
       </c>
       <c r="H83" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>296</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>297</v>
       </c>
       <c r="D84" t="s">
         <v>43</v>
       </c>
       <c r="E84" t="s">
         <v>44</v>
       </c>
       <c r="F84" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>298</v>
       </c>
       <c r="H84" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>299</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>300</v>
       </c>
       <c r="D85" t="s">
         <v>43</v>
       </c>
       <c r="E85" t="s">
         <v>44</v>
       </c>
       <c r="F85" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>301</v>
       </c>
       <c r="H85" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>302</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>303</v>
       </c>
       <c r="D86" t="s">
         <v>43</v>
       </c>
       <c r="E86" t="s">
         <v>44</v>
       </c>
       <c r="F86" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>304</v>
       </c>
       <c r="H86" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>305</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>306</v>
       </c>
       <c r="D87" t="s">
         <v>43</v>
       </c>
       <c r="E87" t="s">
         <v>44</v>
       </c>
       <c r="F87" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>307</v>
       </c>
       <c r="H87" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>308</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>309</v>
       </c>
       <c r="D88" t="s">
         <v>43</v>
       </c>
       <c r="E88" t="s">
         <v>44</v>
       </c>
       <c r="F88" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>310</v>
       </c>
       <c r="H88" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>311</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>312</v>
       </c>
       <c r="D89" t="s">
         <v>43</v>
       </c>
       <c r="E89" t="s">
         <v>44</v>
       </c>
       <c r="F89" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>313</v>
       </c>
       <c r="H89" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>314</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>315</v>
       </c>
       <c r="D90" t="s">
         <v>43</v>
       </c>
       <c r="E90" t="s">
         <v>44</v>
       </c>
       <c r="F90" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>316</v>
       </c>
       <c r="H90" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>317</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>318</v>
       </c>
       <c r="D91" t="s">
         <v>43</v>
       </c>
       <c r="E91" t="s">
         <v>44</v>
       </c>
       <c r="F91" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>319</v>
       </c>
       <c r="H91" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>321</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>322</v>
       </c>
       <c r="D92" t="s">
         <v>43</v>
       </c>
       <c r="E92" t="s">
         <v>44</v>
       </c>
       <c r="F92" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>323</v>
       </c>
       <c r="H92" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>324</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>325</v>
       </c>
       <c r="D93" t="s">
         <v>43</v>
       </c>
       <c r="E93" t="s">
         <v>44</v>
       </c>
       <c r="F93" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>326</v>
       </c>
       <c r="H93" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>327</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>328</v>
       </c>
       <c r="D94" t="s">
         <v>43</v>
       </c>
       <c r="E94" t="s">
         <v>44</v>
       </c>
       <c r="F94" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H94" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>331</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>332</v>
       </c>
       <c r="D95" t="s">
         <v>43</v>
       </c>
       <c r="E95" t="s">
         <v>44</v>
       </c>
       <c r="F95" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>333</v>
       </c>
       <c r="H95" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>335</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>336</v>
       </c>
       <c r="D96" t="s">
         <v>43</v>
       </c>
       <c r="E96" t="s">
         <v>44</v>
       </c>
       <c r="F96" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>337</v>
       </c>
       <c r="H96" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>339</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>340</v>
       </c>
       <c r="D97" t="s">
         <v>43</v>
       </c>
       <c r="E97" t="s">
         <v>44</v>
       </c>
       <c r="F97" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>341</v>
       </c>
       <c r="H97" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>342</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>343</v>
       </c>
       <c r="D98" t="s">
         <v>43</v>
       </c>
       <c r="E98" t="s">
         <v>44</v>
       </c>
       <c r="F98" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>344</v>
       </c>
       <c r="H98" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>345</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>346</v>
       </c>
       <c r="D99" t="s">
         <v>43</v>
       </c>
       <c r="E99" t="s">
         <v>44</v>
       </c>
       <c r="F99" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>347</v>
       </c>
       <c r="H99" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>348</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>349</v>
       </c>
       <c r="D100" t="s">
         <v>43</v>
       </c>
       <c r="E100" t="s">
         <v>44</v>
       </c>
       <c r="F100" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H100" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>351</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>352</v>
       </c>
       <c r="D101" t="s">
         <v>43</v>
       </c>
       <c r="E101" t="s">
         <v>44</v>
       </c>
       <c r="F101" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H101" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>354</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>355</v>
       </c>
       <c r="D102" t="s">
         <v>43</v>
       </c>
       <c r="E102" t="s">
         <v>44</v>
       </c>
       <c r="F102" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>356</v>
       </c>
       <c r="H102" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>357</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>358</v>
       </c>
       <c r="D103" t="s">
         <v>43</v>
       </c>
       <c r="E103" t="s">
         <v>44</v>
       </c>
       <c r="F103" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>359</v>
       </c>
       <c r="H103" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>360</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>361</v>
       </c>
       <c r="D104" t="s">
         <v>43</v>
       </c>
       <c r="E104" t="s">
         <v>44</v>
       </c>
       <c r="F104" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>362</v>
       </c>
       <c r="H104" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>363</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>364</v>
       </c>
       <c r="D105" t="s">
         <v>43</v>
       </c>
       <c r="E105" t="s">
         <v>44</v>
       </c>
       <c r="F105" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>365</v>
       </c>
       <c r="H105" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>366</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>367</v>
       </c>
       <c r="D106" t="s">
         <v>43</v>
       </c>
       <c r="E106" t="s">
         <v>44</v>
       </c>
       <c r="F106" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>368</v>
       </c>
       <c r="H106" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>369</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>370</v>
       </c>
       <c r="D107" t="s">
         <v>43</v>
       </c>
       <c r="E107" t="s">
         <v>44</v>
       </c>
       <c r="F107" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>371</v>
       </c>
       <c r="H107" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>373</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>374</v>
       </c>
       <c r="D108" t="s">
         <v>43</v>
       </c>
       <c r="E108" t="s">
         <v>44</v>
       </c>
       <c r="F108" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H108" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>376</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>377</v>
       </c>
       <c r="D109" t="s">
         <v>43</v>
       </c>
       <c r="E109" t="s">
         <v>44</v>
       </c>
       <c r="F109" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>378</v>
       </c>
       <c r="H109" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>379</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>380</v>
       </c>
       <c r="D110" t="s">
         <v>43</v>
       </c>
       <c r="E110" t="s">
         <v>44</v>
       </c>
       <c r="F110" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H110" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>382</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>383</v>
       </c>
       <c r="D111" t="s">
         <v>43</v>
       </c>
       <c r="E111" t="s">
         <v>44</v>
       </c>
       <c r="F111" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H111" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>385</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>386</v>
       </c>
       <c r="D112" t="s">
         <v>43</v>
       </c>
       <c r="E112" t="s">
         <v>44</v>
       </c>
       <c r="F112" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>387</v>
       </c>
       <c r="H112" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>388</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>389</v>
       </c>
       <c r="D113" t="s">
         <v>43</v>
       </c>
       <c r="E113" t="s">
         <v>44</v>
       </c>
       <c r="F113" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H113" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>392</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>393</v>
       </c>
       <c r="D114" t="s">
         <v>43</v>
       </c>
       <c r="E114" t="s">
         <v>44</v>
       </c>
       <c r="F114" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>394</v>
       </c>
       <c r="H114" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>396</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>397</v>
       </c>
       <c r="D115" t="s">
         <v>43</v>
       </c>
       <c r="E115" t="s">
         <v>44</v>
       </c>
       <c r="F115" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>398</v>
       </c>
       <c r="H115" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>399</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>400</v>
       </c>
       <c r="D116" t="s">
         <v>43</v>
       </c>
       <c r="E116" t="s">
         <v>44</v>
       </c>
       <c r="F116" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H116" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>403</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>404</v>
       </c>
       <c r="D117" t="s">
         <v>43</v>
       </c>
       <c r="E117" t="s">
         <v>44</v>
       </c>
       <c r="F117" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>405</v>
       </c>
       <c r="H117" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>406</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>407</v>
       </c>
       <c r="D118" t="s">
         <v>43</v>
       </c>
       <c r="E118" t="s">
         <v>44</v>
       </c>
       <c r="F118" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>408</v>
       </c>
       <c r="H118" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>409</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>410</v>
       </c>
       <c r="D119" t="s">
         <v>43</v>
       </c>
       <c r="E119" t="s">
         <v>44</v>
       </c>
       <c r="F119" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>411</v>
       </c>
       <c r="H119" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>412</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>413</v>
       </c>
       <c r="D120" t="s">
         <v>43</v>
       </c>
       <c r="E120" t="s">
         <v>44</v>
       </c>
       <c r="F120" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H120" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>416</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>417</v>
       </c>
       <c r="D121" t="s">
         <v>43</v>
       </c>
       <c r="E121" t="s">
         <v>44</v>
       </c>
       <c r="F121" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H121" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>419</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>420</v>
       </c>
       <c r="D122" t="s">
         <v>43</v>
       </c>
       <c r="E122" t="s">
         <v>44</v>
       </c>
       <c r="F122" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H122" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>422</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>423</v>
       </c>
       <c r="D123" t="s">
         <v>43</v>
       </c>
       <c r="E123" t="s">
         <v>44</v>
       </c>
       <c r="F123" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>424</v>
       </c>
       <c r="H123" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>426</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>427</v>
       </c>
       <c r="D124" t="s">
         <v>43</v>
       </c>
       <c r="E124" t="s">
         <v>44</v>
       </c>
       <c r="F124" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H124" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>430</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>431</v>
       </c>
       <c r="D125" t="s">
         <v>43</v>
       </c>
       <c r="E125" t="s">
         <v>44</v>
       </c>
       <c r="F125" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>432</v>
       </c>
       <c r="H125" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>434</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>435</v>
       </c>
       <c r="D126" t="s">
         <v>43</v>
       </c>
       <c r="E126" t="s">
         <v>44</v>
       </c>
       <c r="F126" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>436</v>
       </c>
       <c r="H126" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>438</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>439</v>
       </c>
       <c r="D127" t="s">
         <v>43</v>
       </c>
       <c r="E127" t="s">
         <v>44</v>
       </c>
       <c r="F127" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>440</v>
       </c>
       <c r="H127" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>442</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>443</v>
       </c>
       <c r="D128" t="s">
         <v>43</v>
       </c>
       <c r="E128" t="s">
         <v>44</v>
       </c>
       <c r="F128" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>444</v>
       </c>
       <c r="H128" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>445</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>446</v>
       </c>
       <c r="D129" t="s">
         <v>43</v>
       </c>
       <c r="E129" t="s">
         <v>44</v>
       </c>
       <c r="F129" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>447</v>
       </c>
       <c r="H129" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>449</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>450</v>
       </c>
       <c r="D130" t="s">
         <v>43</v>
       </c>
       <c r="E130" t="s">
         <v>44</v>
       </c>
       <c r="F130" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H130" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>453</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>454</v>
       </c>
       <c r="D131" t="s">
         <v>43</v>
       </c>
       <c r="E131" t="s">
         <v>44</v>
       </c>
       <c r="F131" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H131" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>457</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>458</v>
       </c>
       <c r="D132" t="s">
         <v>43</v>
       </c>
       <c r="E132" t="s">
         <v>44</v>
       </c>
       <c r="F132" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H132" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>461</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>462</v>
       </c>
       <c r="D133" t="s">
         <v>43</v>
       </c>
       <c r="E133" t="s">
         <v>44</v>
       </c>
       <c r="F133" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>463</v>
       </c>
       <c r="H133" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>465</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>466</v>
       </c>
       <c r="D134" t="s">
         <v>43</v>
       </c>
       <c r="E134" t="s">
         <v>44</v>
       </c>
       <c r="F134" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>467</v>
       </c>
       <c r="H134" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>468</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D135" t="s">
         <v>469</v>
       </c>
       <c r="E135" t="s">
         <v>470</v>
       </c>
       <c r="F135" t="s">
         <v>471</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H135" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>474</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
@@ -6094,190 +6295,190 @@
       </c>
       <c r="D152" t="s">
         <v>469</v>
       </c>
       <c r="E152" t="s">
         <v>470</v>
       </c>
       <c r="F152" t="s">
         <v>521</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>531</v>
       </c>
       <c r="H152" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>533</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D153" t="s">
         <v>534</v>
       </c>
       <c r="E153" t="s">
         <v>535</v>
       </c>
       <c r="F153" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>536</v>
       </c>
       <c r="H153" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>538</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>10</v>
       </c>
       <c r="D154" t="s">
         <v>534</v>
       </c>
       <c r="E154" t="s">
         <v>535</v>
       </c>
       <c r="F154" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>539</v>
       </c>
       <c r="H154" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>541</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>542</v>
       </c>
       <c r="D155" t="s">
         <v>534</v>
       </c>
       <c r="E155" t="s">
         <v>535</v>
       </c>
       <c r="F155" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>543</v>
       </c>
       <c r="H155" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>545</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D156" t="s">
         <v>546</v>
       </c>
       <c r="E156" t="s">
         <v>547</v>
       </c>
       <c r="F156" t="s">
+        <v>479</v>
+      </c>
+      <c r="G156" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="G156" s="1" t="s">
+      <c r="H156" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>10</v>
       </c>
       <c r="D157" t="s">
         <v>546</v>
       </c>
       <c r="E157" t="s">
         <v>547</v>
       </c>
       <c r="F157" t="s">
+        <v>551</v>
+      </c>
+      <c r="G157" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="G157" s="1" t="s">
+      <c r="H157" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>17</v>
       </c>
       <c r="D158" t="s">
         <v>546</v>
       </c>
       <c r="E158" t="s">
         <v>547</v>
       </c>
       <c r="F158" t="s">
-        <v>479</v>
+        <v>555</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>556</v>
       </c>
       <c r="H158" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>558</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>21</v>
       </c>
       <c r="D159" t="s">
         <v>546</v>
       </c>
       <c r="E159" t="s">
         <v>547</v>
       </c>
       <c r="F159" t="s">
@@ -6285,187 +6486,707 @@
       </c>
       <c r="G159" s="1" t="s">
         <v>559</v>
       </c>
       <c r="H159" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>561</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>26</v>
       </c>
       <c r="D160" t="s">
         <v>546</v>
       </c>
       <c r="E160" t="s">
         <v>547</v>
       </c>
       <c r="F160" t="s">
+        <v>555</v>
+      </c>
+      <c r="G160" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="G160" s="1" t="s">
+      <c r="H160" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>59</v>
       </c>
       <c r="D161" t="s">
         <v>546</v>
       </c>
       <c r="E161" t="s">
         <v>547</v>
       </c>
       <c r="F161" t="s">
-        <v>552</v>
+        <v>479</v>
       </c>
       <c r="G161" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H161" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>31</v>
       </c>
       <c r="D162" t="s">
         <v>546</v>
       </c>
       <c r="E162" t="s">
         <v>547</v>
       </c>
       <c r="F162" t="s">
-        <v>548</v>
+        <v>479</v>
       </c>
       <c r="G162" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H162" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>570</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>64</v>
+      </c>
+      <c r="D163" t="s">
+        <v>546</v>
+      </c>
+      <c r="E163" t="s">
+        <v>547</v>
+      </c>
+      <c r="F163" t="s">
+        <v>479</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B163" t="s">
-[...5 lines deleted...]
-      <c r="D163" t="s">
+      <c r="H163" t="s">
         <v>572</v>
-      </c>
-[...10 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D164" t="s">
-        <v>572</v>
+        <v>546</v>
       </c>
       <c r="E164" t="s">
-        <v>573</v>
+        <v>547</v>
       </c>
       <c r="F164" t="s">
         <v>479</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="H164" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>576</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>70</v>
+      </c>
+      <c r="D165" t="s">
+        <v>546</v>
+      </c>
+      <c r="E165" t="s">
+        <v>547</v>
+      </c>
+      <c r="F165" t="s">
+        <v>479</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H165" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>579</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>73</v>
+      </c>
+      <c r="D166" t="s">
+        <v>546</v>
+      </c>
+      <c r="E166" t="s">
+        <v>547</v>
+      </c>
+      <c r="F166" t="s">
         <v>580</v>
       </c>
-      <c r="B165" t="s">
-[...5 lines deleted...]
-      <c r="D165" t="s">
+      <c r="G166" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="E165" t="s">
-[...2 lines deleted...]
-      <c r="F165" t="s">
+      <c r="H166" t="s">
         <v>582</v>
       </c>
-      <c r="G165" s="1" t="s">
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
         <v>583</v>
       </c>
-      <c r="H165" t="s">
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>76</v>
+      </c>
+      <c r="D167" t="s">
+        <v>546</v>
+      </c>
+      <c r="E167" t="s">
+        <v>547</v>
+      </c>
+      <c r="F167" t="s">
+        <v>500</v>
+      </c>
+      <c r="G167" s="1" t="s">
         <v>584</v>
+      </c>
+      <c r="H167" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>586</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>79</v>
+      </c>
+      <c r="D168" t="s">
+        <v>546</v>
+      </c>
+      <c r="E168" t="s">
+        <v>547</v>
+      </c>
+      <c r="F168" t="s">
+        <v>500</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H168" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>589</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>82</v>
+      </c>
+      <c r="D169" t="s">
+        <v>546</v>
+      </c>
+      <c r="E169" t="s">
+        <v>547</v>
+      </c>
+      <c r="F169" t="s">
+        <v>479</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H169" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>592</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>85</v>
+      </c>
+      <c r="D170" t="s">
+        <v>546</v>
+      </c>
+      <c r="E170" t="s">
+        <v>547</v>
+      </c>
+      <c r="F170" t="s">
+        <v>479</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H170" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>595</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>88</v>
+      </c>
+      <c r="D171" t="s">
+        <v>546</v>
+      </c>
+      <c r="E171" t="s">
+        <v>547</v>
+      </c>
+      <c r="F171" t="s">
+        <v>596</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H171" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>599</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>91</v>
+      </c>
+      <c r="D172" t="s">
+        <v>546</v>
+      </c>
+      <c r="E172" t="s">
+        <v>547</v>
+      </c>
+      <c r="F172" t="s">
+        <v>479</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H172" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>602</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>94</v>
+      </c>
+      <c r="D173" t="s">
+        <v>546</v>
+      </c>
+      <c r="E173" t="s">
+        <v>547</v>
+      </c>
+      <c r="F173" t="s">
+        <v>603</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H173" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>606</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>98</v>
+      </c>
+      <c r="D174" t="s">
+        <v>546</v>
+      </c>
+      <c r="E174" t="s">
+        <v>547</v>
+      </c>
+      <c r="F174" t="s">
+        <v>607</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H174" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>610</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>102</v>
+      </c>
+      <c r="D175" t="s">
+        <v>546</v>
+      </c>
+      <c r="E175" t="s">
+        <v>547</v>
+      </c>
+      <c r="F175" t="s">
+        <v>479</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H175" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>613</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>42</v>
+      </c>
+      <c r="D176" t="s">
+        <v>614</v>
+      </c>
+      <c r="E176" t="s">
+        <v>615</v>
+      </c>
+      <c r="F176" t="s">
+        <v>555</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H176" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>618</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>10</v>
+      </c>
+      <c r="D177" t="s">
+        <v>614</v>
+      </c>
+      <c r="E177" t="s">
+        <v>615</v>
+      </c>
+      <c r="F177" t="s">
+        <v>619</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H177" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>622</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>17</v>
+      </c>
+      <c r="D178" t="s">
+        <v>614</v>
+      </c>
+      <c r="E178" t="s">
+        <v>615</v>
+      </c>
+      <c r="F178" t="s">
+        <v>479</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H178" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>625</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>21</v>
+      </c>
+      <c r="D179" t="s">
+        <v>614</v>
+      </c>
+      <c r="E179" t="s">
+        <v>615</v>
+      </c>
+      <c r="F179" t="s">
+        <v>479</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H179" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>628</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>26</v>
+      </c>
+      <c r="D180" t="s">
+        <v>614</v>
+      </c>
+      <c r="E180" t="s">
+        <v>615</v>
+      </c>
+      <c r="F180" t="s">
+        <v>629</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H180" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>632</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>59</v>
+      </c>
+      <c r="D181" t="s">
+        <v>614</v>
+      </c>
+      <c r="E181" t="s">
+        <v>615</v>
+      </c>
+      <c r="F181" t="s">
+        <v>619</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H181" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>635</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>31</v>
+      </c>
+      <c r="D182" t="s">
+        <v>614</v>
+      </c>
+      <c r="E182" t="s">
+        <v>615</v>
+      </c>
+      <c r="F182" t="s">
+        <v>555</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H182" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>638</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>42</v>
+      </c>
+      <c r="D183" t="s">
+        <v>639</v>
+      </c>
+      <c r="E183" t="s">
+        <v>640</v>
+      </c>
+      <c r="F183" t="s">
+        <v>641</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H183" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>644</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>10</v>
+      </c>
+      <c r="D184" t="s">
+        <v>639</v>
+      </c>
+      <c r="E184" t="s">
+        <v>640</v>
+      </c>
+      <c r="F184" t="s">
+        <v>479</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H184" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>647</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>42</v>
+      </c>
+      <c r="D185" t="s">
+        <v>648</v>
+      </c>
+      <c r="E185" t="s">
+        <v>648</v>
+      </c>
+      <c r="F185" t="s">
+        <v>649</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H185" t="s">
+        <v>651</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6590,50 +7311,70 @@
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>