--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,2709 +54,2709 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Cyro Fernandes Correâ Júnior</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2517/ple-01-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2517/ple-01-2011.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina a Rua João Maria Stresser, nesta cidade de Ivaiporã, Estado do Paraná, de “RUA PASTOR CELESTINO ALVES DE SOUZA” e dá outras providências.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2520/ple-03-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2520/ple-03-2011.pdf</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2521/ple-04-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2521/ple-04-2011.pdf</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2522/ple-06-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2522/ple-06-2011.pdf</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2524/ple-07-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2524/ple-07-2011.pdf</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2526/ple-08-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2526/ple-08-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o ALBERGUE BOM SAMARITANO DE IVAIPORÃ e dá outras providências.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Introduz alterações na Lei n° 1.890, de 21 de dezembro de 2010, a qual dispõe sobre o sistema tributário do Município e dá outras providências.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2528/ple-10-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2528/ple-10-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento do Imposto Predial e Territorial Urbano – IPTU constituídos até 31 de dezembro de 2010.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2529/ple-11-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2529/ple-11-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política de Desenvolvimento Industrial do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2530/ple-12-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2530/ple-12-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar    _x000D_
 Convênio com a Fundação Grêmio Beneficente  _x000D_
 Esportivo de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2531/ple-13-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2531/ple-13-2011.pdf</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2532/ple-14-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2532/ple-14-2011.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei n° 1.878/2010, que introduz alterações na lei nº 1.476/2007, que autoriza a permuta dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2533/ple-16-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2533/ple-16-2011.pdf</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2534/ple-17-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2534/ple-17-2011.pdf</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2535/ple-18-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2535/ple-18-2011.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2536/ple-19-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2536/ple-19-2011.pdf</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2537/ple-20-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2537/ple-20-2011.pdf</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2538/ple-21-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2538/ple-21-2011.pdf</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2539/ple-22-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2539/ple-22-2011.pdf</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2540/ple-23-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2540/ple-23-2011.pdf</t>
   </si>
   <si>
     <t>Propõe dilação de prazo de pagamento da Taxa de Licença para Localização e Taxa de Fiscalização de Funcionamento, exercício 2011, do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2541/ple-24-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2541/ple-24-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a oferta de cursos na modalidade a distância, bem como sobre a implantação do Polo Universitário de Apoio Presencial ao Programa Universidade Aberta do Brasil - UAB no âmbito do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2545/ple-25-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2545/ple-25-2011.pdf</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2546/ple-26-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2546/ple-26-2011.pdf</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2547/ple-27-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2547/ple-27-2011.pdf</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2548/ple-28-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2548/ple-28-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã a celebrar convênio com o MUNICIPIO DE ARAPUÃ, ESTADO DO PARANÁ e dá outras providências.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2550/ple-29-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2550/ple-29-2011.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei n° 1.269/2005 que dispões da instituição do Plano de Cargos e Salários na Administração Publica e dá outras providências.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2551/ple-31-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2551/ple-31-2011.pdf</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2553/ple-32-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2553/ple-32-2011.pdf</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2554/ple-33-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2554/ple-33-2011.pdf</t>
   </si>
   <si>
     <t>Abre um crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2556/ple-34-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2556/ple-34-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE OS LIMITES DOS PERÍMETROS URBANOS DO MUNICIPIO DE IVAIPORÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2557/ple-35-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2557/ple-35-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Zona Especial de Interesse Social – ZEIS e dá outras providências.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2558/ple-36-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2558/ple-36-2011.pdf</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2559/ple-37-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2559/ple-37-2011.pdf</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2560/ple-38-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2560/ple-38-2011.pdf</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2561/ple-39-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2561/ple-39-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à ASSOCIAÇÃO DOS MILITARES DO VALE DO IVAI –APOM e dá outras providências.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2563/ple-40-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2563/ple-40-2011.pdf</t>
   </si>
   <si>
     <t>Propõe Programa de Recuperação Fiscal ISSQN para promover a regularização de créditos tributários até 2010, do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2564/ple-41-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2564/ple-41-2011.pdf</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2565/ple-42-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2565/ple-42-2011.pdf</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2566/ple-43-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2566/ple-43-2011.pdf</t>
   </si>
   <si>
     <t>Propõe retificação dos lotes 12, 13, 14 e 15, quadra 10, da Vila João XXIII, deste município, bem como isenção do ITBI para regularização de propriedade das matrículas de imóveis dos lotes supracitados.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2567/ple-44-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2567/ple-44-2011.pdf</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2568/ple-45-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2568/ple-45-2011.pdf</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2569/ple-46-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2569/ple-46-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber em doação terreno para o prolongamento de rua e dá outras providências.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2571/ple-47-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2571/ple-47-2011.pdf</t>
   </si>
   <si>
     <t>Altera os salários dos ocupantes dos cargos de Educador Infantil e Professor.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2572/ple-48-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2572/ple-48-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Subvencionar o ALBERGUE BOM SAMARITANO DE IVAIPORÃ e dá outras providências.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2575/ple-49-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2575/ple-49-2011.pdf</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2576/ple-50-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2576/ple-50-2011.pdf</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2592/ple-51-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2592/ple-51-2011.pdf</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2593/ple-52-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2593/ple-52-2011.pdf</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2596/ple-54-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2596/ple-54-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2601/ple-55-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2601/ple-55-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de IPTU – Imposto Predial e Territorial Urbano e dá outras providências.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2602/ple56-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2602/ple56-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica e dá outras providencias.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2605/ple-57-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2605/ple-57-2011.pdf</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2614/ple-58-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2614/ple-58-2011.pdf</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2615/ple-59-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2615/ple-59-2011.pdf</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.523/2008 e dá outras providências.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2617/ple-61-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2617/ple-61-2011.pdf</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2618/ple-62-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2618/ple-62-2011.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei n° 1.121/2000, de 27-12-2000, que dispõe sobre a criação do Conselho de Alimentação Escolar – CAE e dá outras providências.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2619/ple-63-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2619/ple-63-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a ART&amp;VEST – COOPERATIVA DE COSTURA E ARTESANATO e dá outras providências.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2620/ple-64-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2620/ple-64-2011.pdf</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2621/ple-65-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2621/ple-65-2011.pdf</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2622/ple-66-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2622/ple-66-2011.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.380/2006 e dá outras providências.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2623/ple-67-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2623/ple-67-2011.pdf</t>
   </si>
   <si>
     <t>Revoga na íntegra a Lei Municipal nº 1.361/2006, de 04/07/2006, que autoriza o executivo Municipal a deduzir na folha de pagamento, ordens de fornecimentos de servidores municipais que forem sócios do Sindicato dos Servidores Públicos Municipais de Ivaiporã.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2624/ple-68-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2624/ple-68-2011.pdf</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2625/ple-69-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2625/ple-69-2011.pdf</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2626/ple-70-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2626/ple-70-2011.pdf</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2627/ple-71-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2627/ple-71-2011.pdf</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2628/ple-72-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2628/ple-72-2011.pdf</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2629/ple-73-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2629/ple-73-2011.pdf</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2630/ple-74-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2630/ple-74-2011.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2631/ple-75-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2631/ple-75-2011.pdf</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2632/ple-76-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2632/ple-76-2011.pdf</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2633/ple-77-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2633/ple-77-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de Direito Real de Uso de veículo à “COPEMARI – COOPERATIVA DE MATERIAIS RECICLÁVEIS DE IVAIPORÃ” e dá outras providências.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2634/ple-78-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2634/ple-78-2011.pdf</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2635/ple-79-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2635/ple-79-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de “RUAS” que especifica.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2636/ple-80-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2636/ple-80-2011.pdf</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2637/ple-81-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2637/ple-81-2011.pdf</t>
   </si>
   <si>
     <t>Institui Comissão Permanente de Sindicância e Processo Administrativo Disciplinar e Especial e dá outras providencias.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2638/ple-83-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2638/ple-83-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos móveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2639/ple-84-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2639/ple-84-2011.pdf</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2640/ple-85-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2640/ple-85-2011.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 1.709/2009, de 29 de outubro de 2009, que dispõe sobre a autorização a doação de terreno ao IFPR – Instituto Federal do Paraná.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2641/ple-86-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2641/ple-86-2011.pdf</t>
   </si>
   <si>
     <t>Revoga na integra a Lei Municipal nº 1.620/2009, de 16 de março de 2009, que autoriza a concessão de auxilio a acadêmicos, na forma que especifica.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2642/ple-87-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2642/ple-87-2011.pdf</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2643/ple-88-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2643/ple-88-2011.pdf</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2644/ple-89-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2644/ple-89-2011.pdf</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2645/ple-90-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2645/ple-90-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a ART&amp;VEST – COOPERATIVA DE COSTURA E ARTESANATO e dá outras providências.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2646/ple-91-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2646/ple-91-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã a celebrar convênio com o SINDICATO RURAL DE IVAIPORÃ e dá outras providências.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2647/ple-92-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2647/ple-92-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a outorgar mediante procedimento licitatório a CONCESSÃO DE USO DA CAPELA MORTUÁRIA MUNICIPAL, e dá outras providências.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2649/ple-93-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2649/ple-93-2011.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho do Pólo de Apoio Presencial da Universidade Aberta do Brasil - UAB de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2652/ple-94-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2652/ple-94-2011.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Suplementar e dá outras providencias.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2653/ple-95-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2653/ple-95-2011.pdf</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2655/ple-96-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2655/ple-96-2011.pdf</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2656/ple-97-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2656/ple-97-2011.pdf</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2658/ple-98-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2658/ple-98-2011.pdf</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2660/ple-99-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2660/ple-99-2011.pdf</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2661/ple-100-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2661/ple-100-2011.pdf</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2662/ple-101-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2662/ple-101-2011.pdf</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2664/ple-102-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2664/ple-102-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IVAIPORÃ – APAE.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2665/ple-103-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2665/ple-103-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã a celebrar convênio com o ALIANÇA -  PLANO DE ASSISTENCIA FAMILIAR LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2666/ple-104-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2666/ple-104-2011.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saúde do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2667/ple-105-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2667/ple-105-2011.pdf</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2673/ple-106-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2673/ple-106-2011.pdf</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2674/ple-107-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2674/ple-107-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a locação e posterior concessão de uso de imóvel, em caráter excepcional, mediante locação de prédio e/ou barracão, conforme dispõe o art. 41, da Lei Municipal n° 1.940, de 19/04/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2675/ple-108-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2675/ple-108-2011.pdf</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2676/ple-109-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2676/ple-109-2011.pdf</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2677/ple-110-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2677/ple-110-2011.pdf</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2678/ple-111-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2678/ple-111-2011.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providencias.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2679/ple-112-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2679/ple-112-2011.pdf</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2680/ple-113-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2680/ple-113-2011.pdf</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2681/ple-114-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2681/ple-114-2011.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4º da lei nº. 1.904/2011 e o art. 9º da lei 1.939/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2682/ple-115-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2682/ple-115-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Direito Real de Uso de imóveis que especifica à CONSVALE - CONSTRUTORA VALE DO IVAÍ, mediante observância a Lei Municipal nº 1.940, de 19/04/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Ivaiporã, Estado do Paraná, para o exercício financeiro de 2012.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2684/ple-117-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2684/ple-117-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a manutenção e/ou correção do PPA – Plano Plurianual e do Orçamento Geral do Município, para o exercício financeiro de 2012.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2685/ple-119-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2685/ple-119-2011.pdf</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2686/ple-120-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2686/ple-120-2011.pdf</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2687/ple-121-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2687/ple-121-2011.pdf</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2688/ple-122-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2688/ple-122-2011.pdf</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2689/ple-123-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2689/ple-123-2011.pdf</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2690/ple-124-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2690/ple-124-2011.pdf</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2691/ple-125-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2691/ple-125-2011.pdf</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2692/ple-126-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2692/ple-126-2011.pdf</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2693/ple-127-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2693/ple-127-2011.pdf</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2694/ple-128-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2694/ple-128-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2695/ple-129-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2695/ple-129-2011.pdf</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2696/ple-131-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2696/ple-131-2011.pdf</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2697/ple-132-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2697/ple-132-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do Imóvel sob matricula 3.845/1 a UEM- Universidade Estadual de Maringá.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2698/ple-133-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2698/ple-133-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de valores relativos as diferenças de progressão vertical e reenquadramento de pessoal, concedidas em 2005 e /2010, e dá outras providências.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2699/ple-134-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2699/ple-134-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de adicional de atividade diversa das atribuições eletivas dos Membros do Conselho Tutelar de Ivaiporã, eleitos para o triênio de 2011 a 2013.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2700/ple-135-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2700/ple-135-2011.pdf</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2701/ple-136-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2701/ple-136-2011.pdf</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2702/ple-137-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2702/ple-137-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o INSTITUTO PHOENIX e dá outras providências.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2703/ple-138-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2703/ple-138-2011.pdf</t>
   </si>
   <si>
     <t>Amplia o numero de vagas do cargo de PSICOLOGO 40 hs constante no Quadro de Cargos do Pessoal Efetivo do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2704/ple-139-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2704/ple-139-2011.pdf</t>
   </si>
   <si>
     <t>Institui a Gestão do Sistema de Limpeza Urbana no Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2705/ple-140-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2705/ple-140-2011.pdf</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n° 1.522/2008 e dá outras providências.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2708/ple-142-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2708/ple-142-2011.pdf</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2709/ple-143-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2709/ple-143-2011.pdf</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2710/ple-144-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2710/ple-144-2011.pdf</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2712/ple-145-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2712/ple-145-2011.pdf</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2714/ple-146-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2714/ple-146-2011.pdf</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2715/ple-147-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2715/ple-147-2011.pdf</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2717/ple-148-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2717/ple-148-2011.pdf</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2718/ple-149-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2718/ple-149-2011.pdf</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2720/ple-150-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2720/ple-150-2011.pdf</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2721/ple-151-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2721/ple-151-2011.pdf</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2723/ple-152-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2723/ple-152-2011.pdf</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2726/ple-153-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2726/ple-153-2011.pdf</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2727/ple154-2011.doc</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2727/ple154-2011.doc</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2728/ple-155-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2728/ple-155-2011.pdf</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2729/ple-156-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2729/ple-156-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do Imóvel sob matricula 37462, ASSOCIAÇÃO DA AGRICULTURA FAMILIAR DE JACUTINGA.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2730/ple-157-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2730/ple-157-2011.pdf</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2731/ple-158-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2731/ple-158-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com Universidade Estadual de Maringá – UEM e dá outras providências.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2732/ple-159-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2732/ple-159-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder uma cesta básica aos servidores da Prefeitura do Município de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2733/ple-160-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2733/ple-160-2011.pdf</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2734/ple-161-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2734/ple-161-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Créditos adicionais Suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2735/ple-162-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2735/ple-162-2011.pdf</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2736/ple-163-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2736/ple-163-2011.pdf</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2737/ple-165-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2737/ple-165-2011.pdf</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2738/ple-165-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2738/ple-165-2011.pdf</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2739/ple-166-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2739/ple-166-2011.pdf</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2740/ple-167-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2740/ple-167-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipais a reajustar os salários e vencimentos dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2741/ple-168-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2741/ple-168-2011.pdf</t>
   </si>
   <si>
     <t>Amplia o número de vagas do cargo de EDUCADOR INFANTIL constante no Quadro de Cargos do Pessoal Efetivo do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2742/ple-169-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2742/ple-169-2011.pdf</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2743/ple-170-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2743/ple-170-2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a participar do Programa Minha Casa, Minha Vida – PMCMV.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2744/ple-171-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2744/ple-171-2011.pdf</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2745/ple-172-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2745/ple-172-2011.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial dá outras providências.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2746/ple-173-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2746/ple-173-2011.pdf</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2750/ple-174-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2750/ple-174-2011.pdf</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2751/ple-175-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2751/ple-175-2011.pdf</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2753/ple-176-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2753/ple-176-2011.pdf</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2754/ple-177-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2754/ple-177-2011.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Habitação  de Interesse Social – FMHIS e institui  o Conselho Gestor do FMHIS.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2755/ple-178-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2755/ple-178-2011.pdf</t>
   </si>
   <si>
     <t>6364</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/6364/ple-179-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/6364/ple-179-2011.pdf</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Jaffer Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3441/01-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3441/01-2011.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua "D" localizada no Jardim Casa Grande, para ''FRANCISCO DA SILVA'', nesta cidade de Ivaiporã-Pr., e dá outras providências.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3442/pll-02-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3442/pll-02-2011.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Saúde Auditiva e Ocular, no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3443/03-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3443/03-2011.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua "B" localizada no Jardim Brasil, Distrito de Jacutinga, para ''VICENTE KUNSMINSKI'' e dá outras providências.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3444/04-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3444/04-2011.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua "C" localizada no Jardim Casa Grande, para ''GERALDO FURQUIM DE CASTRO'', e dá outras providências.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Bunitinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3445/05-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3445/05-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicidade ao ar livre, no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>Bunitinho, Mário Hort, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3446/06-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3446/06-2011.pdf</t>
   </si>
   <si>
     <t>Cria o balanço social e ambiental para as empresas estabelecidas no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3448/07-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3448/07-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a ONG VOLUNTÁRIADO JOVEM - DIREITO DE VIVER, e dá outras providências.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3449/08-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3449/08-2011.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua "A" no Jardim Casa Grande, nesta cidade de Ivaiporã, Estado do Paraná de ''SALIM HAYEL BITAR'', e dá outras providências.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>Ademar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3450/09-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3450/09-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação no Município de Ivaiporã, do ''Projeto Manancial'', e autoriza o Executivo Municipal a prestar apoio técnico e financeiro aos proprietários rurais, conforme especifica e da outras providências.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>Torão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3451/10-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3451/10-2011.pdf</t>
   </si>
   <si>
     <t>Disciplina as nomeações para cargos em comissões e funções gratificadas no âmbito dos órgãos do Poder Executivo e Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>Gustavo Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3452/11-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3452/11-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a ''AAEI'' ASSOCIAÇÃO DOS AMIGOS DO ESPORTE DE IVAIPORÃ, e  dá outras providências.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3453/12-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3453/12-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Programa de Saúde Vocal do Professor da Rede Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>Ademar, Bunitinho, Gustavo Chaves, Jaffer Ferreira, Luciano da Gráfica, Mário Hort, Sabão - Edivaldo Montanheri, Torão, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3454/13-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3454/13-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS do CMEI - CWNTRO MUNICIPAL DE EDUCAÇÃO INFANTIL BOM JESUS, e dá outras providências.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3455/14-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3455/14-2011.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Combate ao ''Crack'' e dá outras providências.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3456/15-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3456/15-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DO CMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL SANTA TEREZINHA, e dá outras providências.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3393/16-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3393/16-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DO CMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL VILA NOVA PORÃ, e dá outras providências.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3394/17-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3394/17-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS do CIMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL NOSSA SENHORA DE LOURDES, e dá outras providências.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3395/18-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3395/18-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS do CIMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL CRECHE ARCO ÍRIS, e dá outras providências.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3396/19-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3396/19-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DOS PAIS, MESTRES EFUNCIONÁRIOS DA ESCOLA MUNICIPAL ALTO PORÃ, e dá outras providências.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3397/20-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3397/20-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL DOM JOÃO VI, e dá outras providências.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3398/21-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3398/21-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL LEILA DINIZ, e dá  outras providências.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3399/22-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3399/22-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL IGNEZ DE SOUZA CAETANO, e dá outras providências.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3400/23-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3400/23-2011.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL JOÃO PESSOA, e dá outras providências.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3401/24-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3401/24-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL CARLOAS LACERDA, e dá outras providências.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3402/25-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3402/25-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL MARIA DIVA RIBEIRO DE PROENÇA, e dá outras providências.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3403/26-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3403/26-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL de JACUTINGA, e dá outras providências.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3344/27-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3344/27-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL IVAIPORÃ, e dá outras providências.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3345/28-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3345/28-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a ACMV - ASSOCIAÇÃO CLUBE DE MÃES E VOLUNTÁRIAS, e dá outras providências.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3346/29-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3346/29-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a APMF - ASSOCIAÇÃO DE PAIS, MESTRES E FUNCIONÁRIOS DA ESCOLA MUNICIPAL BENTO VIANA, e dá outras providências.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3347/30-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3347/30-2011.pdf</t>
   </si>
   <si>
     <t>Denomina a Rua "B" no Jardim  Casa Grande, nesta cidade de Ivaiporã, Estado do Paraná de ''LAURO JOSÉ LOPES'', e dá outras providências.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>Luciano da Gráfica</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3348/31-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3348/31-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o corte de fornecimento de agua por falta de pagamento da tarifa correspondente.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3349/32-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3349/32-2011.pdf</t>
   </si>
   <si>
     <t>dispõe sobre o corte de fornecimento de energia elétrica por falta de pagamento da tarifa correspondente.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3350/33-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3350/33-2011.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o PROJETO FÉ, e dá outras providências.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3351/34-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3351/34-2011.pdf</t>
   </si>
   <si>
     <t>Denomina  Biblioteca Pública Municipal Prof. Bento Munhoz da Rocha Neto de "DRA. NEUSA ROCHA MARTINS", e dá outras providências.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3353/35-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3353/35-2011.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Trabalhador na Área da Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3354/36-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3354/36-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de placas ou painéis informativos no abrigos de embarque e desembarque de ônibus do transporte coletivo urbano.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3355/37-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3355/37-2011.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a fixação de aviso ao direito de acesso gratuito ao assento  de óbito  e da respectiva primeira certidão, no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3356/38-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3356/38-2011.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal da Poesia a dá outras providencias.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3357/39-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3357/39-2011.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Praça e dá outras providências.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3358/40-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3358/40-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de placas com nomes dos médicos e horários de atendimentos no Posto de Saúde do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3359/41-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3359/41-2011.pdf</t>
   </si>
   <si>
     <t>Denomina a Praça do Conjunto Espirito Santo, de ''PRAÇA DA PAZ'' e dá outras providências.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3360/42-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3360/42-2011.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito, do Procurador Geral do Município e doa Secretários Municipais do Município de Ivaiporã para o período da Legislatura de 2013 a 2016, e dá outras providências.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto da Lei</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3447/veto_06-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3447/veto_06-2011.pdf</t>
   </si>
   <si>
     <t>veto do projeto 06/2011</t>
   </si>
   <si>
     <t>8548</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8548/projeto_de_decreto_03-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8548/projeto_de_decreto_03-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, ao VS - Futebol Clube de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>8546</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8546/projeto_de_decreto_05-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8546/projeto_de_decreto_05-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a troca de veículos, de propriedade do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>8543</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8543/projeto_de_decreto_06-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8543/projeto_de_decreto_06-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Igreja Adventista do Sétimo Dia e dá outras providências.</t>
   </si>
   <si>
     <t>8542</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8542/projeto_de_decreto_07-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8542/projeto_de_decreto_07-2011.pdf</t>
   </si>
   <si>
     <t>Institui sessão solene em homenagem às mulheres e dá outras providências.</t>
   </si>
   <si>
     <t>8540</t>
   </si>
   <si>
     <t>Luciano da Gráfica, Ademar, Bunitinho, Jaffer Ferreira, Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8540/projeto_de_decreto_08-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8540/projeto_de_decreto_08-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso do Estádio Municipal Manoel Fernandes Silva do Município de Ivaiporã, Estado do Paraná, para a Escolinha de Futebol Curitiba Futebol Clube e dá outras providências.</t>
   </si>
   <si>
     <t>8538</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8538/projeto_de_decreto_09-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8538/projeto_de_decreto_09-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Paróquia Bom Jesus e dá outras providências.</t>
   </si>
   <si>
     <t>8535</t>
   </si>
   <si>
     <t>Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8535/projeto_de_decreto_10-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8535/projeto_de_decreto_10-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Academia de Karatê Associação Real de Karatê e dá outras providências.</t>
   </si>
   <si>
     <t>8519</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8519/projeto_de_decreto_11-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8519/projeto_de_decreto_11-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a autorização à MARMORIAL MARMORARIA LTDA, única e exclusivamente, para realização de hipoteca de imóvel para garantia de financiamento e dá outras providências.</t>
   </si>
   <si>
     <t>8499</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8499/projeto_de_decreto_13-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8499/projeto_de_decreto_13-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, ao Grupo de Caminhantes de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>8455</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8455/projeto_de_decreto_14-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8455/projeto_de_decreto_14-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, ao Curso de Técnico em Meio Ambiente do Colégio Estadual Barbosa Ferraz, e dá outras providências.</t>
   </si>
   <si>
     <t>8454</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8454/projeto_de_decreto_15-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8454/projeto_de_decreto_15-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, ao Curso de Tecnologia em Agronegócio III período da UCT/FATEC de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>8453</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8453/projeto_de_decreto_16-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8453/projeto_de_decreto_16-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Igreja Congregação Cristã do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>8435</t>
   </si>
   <si>
     <t>Luciano da Gráfica, Mário Hort, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8435/projeto_de_dcereto_17-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8435/projeto_de_dcereto_17-2011.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Senhor MIGUEL ROBERTO DO AMARAL e dá outras providências.</t>
   </si>
   <si>
     <t>8433</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8433/projeto_de_decreto_18-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8433/projeto_de_decreto_18-2011.pdf</t>
   </si>
   <si>
     <t>Regulamenta subsidio ao Agricultor Familiar com serviços de maquinários do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>8431</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8431/projeto_de_decreto_19-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8431/projeto_de_decreto_19-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, ao Núcleo Regional de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>8430</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8430/projeto_de_decreto_20-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8430/projeto_de_decreto_20-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de caminhão do Município de Ivaiporã, Estado do Paraná, à Associação de Radiofusão Comunitária de Ivaiporã - Rádio Esperança FM, e dá outras providências.</t>
   </si>
   <si>
     <t>8429</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8429/projeto_de_decreto_21-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8429/projeto_de_decreto_21-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, à CASA DO ARTESÃO e dá outras providências.</t>
   </si>
   <si>
     <t>8428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8428/projeto_de_decreto_23-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8428/projeto_de_decreto_23-2011.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, ao SR, IRENEU MÁRIO COLOMBO e dá outras providências.</t>
   </si>
   <si>
     <t>8427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8427/projeto_de_decreto_24-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8427/projeto_de_decreto_24-2011.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, ao Diretor da UEM - Campus Regional do Vale do Ivaí, PROFESSOR DR. RAIMUNDO PINHEIRO NETO e dá outras providências.</t>
   </si>
   <si>
     <t>8426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8426/projeto_de_decreto_25-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8426/projeto_de_decreto_25-2011.pdf</t>
   </si>
   <si>
     <t>Cria o Portal de Transparência da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>8415</t>
   </si>
   <si>
     <t>Luciano da Gráfica, Bunitinho, Gustavo Chaves, Jaffer Ferreira, Sabão - Edivaldo Montanheri, Torão, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8415/projeto_de_decreto_26-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8415/projeto_de_decreto_26-2011.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária de Ivaiporã, Estado do Paraná, a Srª. ZULEIKA DOS SANTOS REZENDE e dá outras providências.</t>
   </si>
   <si>
     <t>8405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8405/projeto_de_decreto_27-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8405/projeto_de_decreto_27-2011.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná, ao Deputado Federal ALEX CANZIANI e dá outras providências.</t>
   </si>
   <si>
     <t>8404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8404/projeto_de_decreto_28-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8404/projeto_de_decreto_28-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, para a Igreja Evangélica Assembleia de Deus e dá outras providências.</t>
   </si>
   <si>
     <t>8403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8403/projeto_de_decreto_29-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8403/projeto_de_decreto_29-2011.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a firmar Termo de Ajustamento de Conduta, TAC, com empresa " Industria de Derivados de Carne Sanches LTDA", e dá outras providências.</t>
   </si>
   <si>
     <t>8402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8402/projeto_de_decreto_30-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8402/projeto_de_decreto_30-2011.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, para o transporte/busca de "pedra irregular" com veículo pertencente a esta municipalidade, no Município de São João do Ivaí, e dá outras providências.</t>
   </si>
   <si>
     <t>8401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8401/projeto_de_decreto_31-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8401/projeto_de_decreto_31-2011.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a firmar Termo de Cooperação Ampla, entre o MUNICÍPIO DE IVAIPORÃ e a UNIVERSIDADE ESTADUAL DE MARINGÁ - UEM, e dá outras providências.</t>
   </si>
   <si>
     <t>8400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8400/projeto_de_decreto_32-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8400/projeto_de_decreto_32-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as prestações de contas do Poder Legislativa do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2010.</t>
   </si>
   <si>
     <t>8399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8399/projeto_de_decreto_33-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8399/projeto_de_decreto_33-2011.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, Estado do Paraná, a Comunidade da Vila Nova Porã e dá outras providências.</t>
   </si>
   <si>
     <t>8398</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8398/projeto_de_decreto_34-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8398/projeto_de_decreto_34-2011.pdf</t>
   </si>
   <si>
     <t>Referenda autorização ao Município de Ivaiporã, Estado do Paraná, a firmar Contratos de Comodato com os integrantes da Feira Sol e Lua e dá outras providências.</t>
   </si>
   <si>
     <t>8395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8395/projeto_de_decreto_35-2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8395/projeto_de_decreto_35-2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as prestações de contas do Poder Executivo de Ivaiporã, Estado do Paraná, referente ao exercício financeiro do ano de 2009.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Bunitinho, Gustavo Chaves, Jaffer Ferreira, Luciano da Gráfica, Mário Hort, Sabão - Edivaldo Montanheri, Torão, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3936/pr_1_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3936/pr_1_2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Instrumento da Programação Financeira e Cronograma Mensal da Despesa para o Legislativo Municipal referente ao Exercício Financeiro_x000D_
 de 2011.</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
     <t>Ademar, Bunitinho, Luciano da Gráfica, Mário Hort, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3940/pr_2_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3940/pr_2_2011.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos Servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
     <t>Ademar, Bunitinho, Gustavo Chaves, Luciano da Gráfica, Mário Hort, Torão, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3942/pr_3_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3942/pr_3_2011.pdf</t>
   </si>
   <si>
     <t>Determina o uso de crachá na Câmara Municipal de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3943/pr_4_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3943/pr_4_2011.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 1º do Regimento Interno da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>Ademar, Luciano da Gráfica, Mário Hort, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3944/pr_5_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3944/pr_5_2011.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 3° do Regimento Interno da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providência</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
     <t>Gustavo Chaves, Jaffer Ferreira, Luciano da Gráfica, Mário Hort, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3945/pr_6_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3945/pr_6_2011.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Inciso I do Art. 181 e ao § 4o do Artigo 235, do Regimento Interno da Câmara Municipal de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3953/pr_7_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3953/pr_7_2011.pdf</t>
   </si>
   <si>
     <t>Estabelece, com fulcrc no artigo 41 da Constituição Federal, 30 e 31 do Estatuto dos Servidores Municipais de Ivaiporá e 171, VIII do Regimento Interno da Câmara de Ivaiporã, a avaliação especial de desempenho dos servidores em estágio probatório da Câmara Municipal de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>Ademar, Bunitinho, Gustavo Chaves, Jaffer Ferreira, Luciano da Gráfica, Sabão - Edivaldo Montanheri, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3963/pr_8_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3963/pr_8_2011.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES PARA A LEGISLATURA DE 2013 A 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>Bunitinho, Gustavo Chaves, Jaffer Ferreira, Mário Hort, Sabão - Edivaldo Montanheri, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3966/pr_9_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3966/pr_9_2011.pdf</t>
   </si>
   <si>
     <t>Concede uma cesta básica mensal aos servidores da Câmara Municipal de Ivaiporã/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>10510</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10510/pea_1_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10510/pea_1_2011.pdf</t>
   </si>
   <si>
     <t>Acrescentam-se dispositivos no Projeto de Lei nº 012/2011 do Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>10511</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Torão, Ademar, Bunitinho, Gustavo Chaves, Jaffer Ferreira, Luciano da Gráfica, Mário Hort, Sabão - Edivaldo Montanheri, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10511/pem_2_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10511/pem_2_2011.pdf</t>
   </si>
   <si>
     <t>Modifica o Parágrafo Único do Art. 40 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>10512</t>
   </si>
   <si>
     <t>Gustavo Chaves, Ademar, Jaffer Ferreira, Luciano da Gráfica, Mário Hort, Sabão - Edivaldo Montanheri, Zé Maria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10512/pem_3_2011.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10512/pem_3_2011.pdf</t>
   </si>
   <si>
     <t>Modifica o Inciso XXIV do Artigo 62 da Lei Orgânica do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>11011</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11011/ato_2011_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11011/ato_2011_1.pdf</t>
   </si>
   <si>
     <t>Ficam os Senhores Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes do Decreto Legislativo nº 1/2003, a partir do dia 10 de janeiro a 31 de dezembro de 2011.</t>
   </si>
   <si>
     <t>11012</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11012/ato_2011_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11012/ato_2011_2.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 5.000,00)</t>
   </si>
   <si>
     <t>11013</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11013/ato_2011_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11013/ato_2011_4.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 50.000,00)</t>
   </si>
   <si>
     <t>11014</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11014/ato_2011_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11014/ato_2011_5.pdf</t>
   </si>
   <si>
     <t>11015</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11015/ato_2011_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11015/ato_2011_6.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 23.227,00)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3063,68 +3063,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2517/ple-01-2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2520/ple-03-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2521/ple-04-2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2522/ple-06-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2524/ple-07-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2526/ple-08-2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2528/ple-10-2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2529/ple-11-2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2530/ple-12-2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2531/ple-13-2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2532/ple-14-2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2533/ple-16-2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2534/ple-17-2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2535/ple-18-2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2536/ple-19-2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2537/ple-20-2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2538/ple-21-2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2539/ple-22-2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2540/ple-23-2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2541/ple-24-2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2545/ple-25-2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2546/ple-26-2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2547/ple-27-2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2548/ple-28-2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2550/ple-29-2011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2551/ple-31-2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2553/ple-32-2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2554/ple-33-2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2556/ple-34-2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2557/ple-35-2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2558/ple-36-2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2559/ple-37-2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2560/ple-38-2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2561/ple-39-2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2563/ple-40-2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2564/ple-41-2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2565/ple-42-2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2566/ple-43-2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2567/ple-44-2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2568/ple-45-2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2569/ple-46-2011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2571/ple-47-2011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2572/ple-48-2011.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2575/ple-49-2011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2576/ple-50-2011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2592/ple-51-2011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2593/ple-52-2011.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2596/ple-54-2011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2601/ple-55-2011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2602/ple56-2011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2605/ple-57-2011.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2614/ple-58-2011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2615/ple-59-2011.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2617/ple-61-2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2618/ple-62-2011.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2619/ple-63-2011.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2620/ple-64-2011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2621/ple-65-2011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2622/ple-66-2011.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2623/ple-67-2011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2624/ple-68-2011.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2625/ple-69-2011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2626/ple-70-2011.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2627/ple-71-2011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2628/ple-72-2011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2629/ple-73-2011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2630/ple-74-2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2631/ple-75-2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2632/ple-76-2011.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2633/ple-77-2011.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2634/ple-78-2011.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2635/ple-79-2011.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2636/ple-80-2011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2637/ple-81-2011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2638/ple-83-2011.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2639/ple-84-2011.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2640/ple-85-2011.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2641/ple-86-2011.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2642/ple-87-2011.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2643/ple-88-2011.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2644/ple-89-2011.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2645/ple-90-2011.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2646/ple-91-2011.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2647/ple-92-2011.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2649/ple-93-2011.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2652/ple-94-2011.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2653/ple-95-2011.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2655/ple-96-2011.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2656/ple-97-2011.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2658/ple-98-2011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2660/ple-99-2011.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2661/ple-100-2011.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2662/ple-101-2011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2664/ple-102-2011.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2665/ple-103-2011.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2666/ple-104-2011.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2667/ple-105-2011.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2673/ple-106-2011.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2674/ple-107-2011.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2675/ple-108-2011.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2676/ple-109-2011.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2677/ple-110-2011.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2678/ple-111-2011.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2679/ple-112-2011.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2680/ple-113-2011.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2681/ple-114-2011.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2682/ple-115-2011.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2684/ple-117-2011.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2685/ple-119-2011.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2686/ple-120-2011.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2687/ple-121-2011.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2688/ple-122-2011.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2689/ple-123-2011.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2690/ple-124-2011.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2691/ple-125-2011.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2692/ple-126-2011.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2693/ple-127-2011.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2694/ple-128-2011.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2695/ple-129-2011.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2696/ple-131-2011.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2697/ple-132-2011.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2698/ple-133-2011.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2699/ple-134-2011.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2700/ple-135-2011.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2701/ple-136-2011.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2702/ple-137-2011.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2703/ple-138-2011.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2704/ple-139-2011.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2705/ple-140-2011.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2708/ple-142-2011.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2709/ple-143-2011.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2710/ple-144-2011.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2712/ple-145-2011.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2714/ple-146-2011.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2715/ple-147-2011.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2717/ple-148-2011.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2718/ple-149-2011.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2720/ple-150-2011.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2721/ple-151-2011.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2723/ple-152-2011.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2726/ple-153-2011.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2727/ple154-2011.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2728/ple-155-2011.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2729/ple-156-2011.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2730/ple-157-2011.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2731/ple-158-2011.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2732/ple-159-2011.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2733/ple-160-2011.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2734/ple-161-2011.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2735/ple-162-2011.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2736/ple-163-2011.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2737/ple-165-2011.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2738/ple-165-2011.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2739/ple-166-2011.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2740/ple-167-2011.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2741/ple-168-2011.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2742/ple-169-2011.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2743/ple-170-2011.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2744/ple-171-2011.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2745/ple-172-2011.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2746/ple-173-2011.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2750/ple-174-2011.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2751/ple-175-2011.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2753/ple-176-2011.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2754/ple-177-2011.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2755/ple-178-2011.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/6364/ple-179-2011.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3441/01-2011.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3442/pll-02-2011.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3443/03-2011.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3444/04-2011.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3445/05-2011.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3446/06-2011.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3448/07-2011.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3449/08-2011.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3450/09-2011.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3451/10-2011.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3452/11-2011.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3453/12-2011.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3454/13-2011.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3455/14-2011.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3456/15-2011.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3393/16-2011.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3394/17-2011.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3395/18-2011.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3396/19-2011.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3397/20-2011.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3398/21-2011.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3399/22-2011.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3400/23-2011.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3401/24-2011.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3402/25-2011.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3403/26-2011.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3344/27-2011.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3345/28-2011.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3346/29-2011.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3347/30-2011.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3348/31-2011.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3349/32-2011.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3350/33-2011.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3351/34-2011.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3353/35-2011.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3354/36-2011.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3355/37-2011.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3356/38-2011.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3357/39-2011.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3358/40-2011.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3359/41-2011.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3360/42-2011.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3447/veto_06-2011.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8548/projeto_de_decreto_03-2011.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8546/projeto_de_decreto_05-2011.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8543/projeto_de_decreto_06-2011.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8542/projeto_de_decreto_07-2011.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8540/projeto_de_decreto_08-2011.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8538/projeto_de_decreto_09-2011.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8535/projeto_de_decreto_10-2011.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8519/projeto_de_decreto_11-2011.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8499/projeto_de_decreto_13-2011.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8455/projeto_de_decreto_14-2011.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8454/projeto_de_decreto_15-2011.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8453/projeto_de_decreto_16-2011.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8435/projeto_de_dcereto_17-2011.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8433/projeto_de_decreto_18-2011.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8431/projeto_de_decreto_19-2011.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8430/projeto_de_decreto_20-2011.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8429/projeto_de_decreto_21-2011.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8428/projeto_de_decreto_23-2011.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8427/projeto_de_decreto_24-2011.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8426/projeto_de_decreto_25-2011.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8415/projeto_de_decreto_26-2011.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8405/projeto_de_decreto_27-2011.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8404/projeto_de_decreto_28-2011.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8403/projeto_de_decreto_29-2011.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8402/projeto_de_decreto_30-2011.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8401/projeto_de_decreto_31-2011.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8400/projeto_de_decreto_32-2011.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8399/projeto_de_decreto_33-2011.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8398/projeto_de_decreto_34-2011.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8395/projeto_de_decreto_35-2011.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3936/pr_1_2011.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3940/pr_2_2011.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3942/pr_3_2011.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3943/pr_4_2011.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3944/pr_5_2011.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3945/pr_6_2011.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3953/pr_7_2011.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3963/pr_8_2011.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3966/pr_9_2011.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10510/pea_1_2011.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10511/pem_2_2011.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10512/pem_3_2011.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11011/ato_2011_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11012/ato_2011_2.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11013/ato_2011_4.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11014/ato_2011_5.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11015/ato_2011_6.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2517/ple-01-2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2520/ple-03-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2521/ple-04-2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2522/ple-06-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2524/ple-07-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2526/ple-08-2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2528/ple-10-2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2529/ple-11-2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2530/ple-12-2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2531/ple-13-2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2532/ple-14-2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2533/ple-16-2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2534/ple-17-2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2535/ple-18-2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2536/ple-19-2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2537/ple-20-2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2538/ple-21-2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2539/ple-22-2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2540/ple-23-2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2541/ple-24-2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2545/ple-25-2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2546/ple-26-2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2547/ple-27-2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2548/ple-28-2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2550/ple-29-2011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2551/ple-31-2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2553/ple-32-2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2554/ple-33-2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2556/ple-34-2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2557/ple-35-2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2558/ple-36-2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2559/ple-37-2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2560/ple-38-2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2561/ple-39-2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2563/ple-40-2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2564/ple-41-2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2565/ple-42-2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2566/ple-43-2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2567/ple-44-2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2568/ple-45-2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2569/ple-46-2011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2571/ple-47-2011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2572/ple-48-2011.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2575/ple-49-2011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2576/ple-50-2011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2592/ple-51-2011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2593/ple-52-2011.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2596/ple-54-2011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2601/ple-55-2011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2602/ple56-2011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2605/ple-57-2011.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2614/ple-58-2011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2615/ple-59-2011.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2617/ple-61-2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2618/ple-62-2011.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2619/ple-63-2011.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2620/ple-64-2011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2621/ple-65-2011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2622/ple-66-2011.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2623/ple-67-2011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2624/ple-68-2011.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2625/ple-69-2011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2626/ple-70-2011.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2627/ple-71-2011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2628/ple-72-2011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2629/ple-73-2011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2630/ple-74-2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2631/ple-75-2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2632/ple-76-2011.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2633/ple-77-2011.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2634/ple-78-2011.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2635/ple-79-2011.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2636/ple-80-2011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2637/ple-81-2011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2638/ple-83-2011.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2639/ple-84-2011.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2640/ple-85-2011.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2641/ple-86-2011.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2642/ple-87-2011.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2643/ple-88-2011.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2644/ple-89-2011.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2645/ple-90-2011.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2646/ple-91-2011.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2647/ple-92-2011.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2649/ple-93-2011.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2652/ple-94-2011.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2653/ple-95-2011.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2655/ple-96-2011.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2656/ple-97-2011.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2658/ple-98-2011.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2660/ple-99-2011.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2661/ple-100-2011.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2662/ple-101-2011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2664/ple-102-2011.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2665/ple-103-2011.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2666/ple-104-2011.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2667/ple-105-2011.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2673/ple-106-2011.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2674/ple-107-2011.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2675/ple-108-2011.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2676/ple-109-2011.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2677/ple-110-2011.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2678/ple-111-2011.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2679/ple-112-2011.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2680/ple-113-2011.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2681/ple-114-2011.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2682/ple-115-2011.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2684/ple-117-2011.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2685/ple-119-2011.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2686/ple-120-2011.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2687/ple-121-2011.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2688/ple-122-2011.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2689/ple-123-2011.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2690/ple-124-2011.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2691/ple-125-2011.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2692/ple-126-2011.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2693/ple-127-2011.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2694/ple-128-2011.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2695/ple-129-2011.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2696/ple-131-2011.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2697/ple-132-2011.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2698/ple-133-2011.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2699/ple-134-2011.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2700/ple-135-2011.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2701/ple-136-2011.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2702/ple-137-2011.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2703/ple-138-2011.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2704/ple-139-2011.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2705/ple-140-2011.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2708/ple-142-2011.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2709/ple-143-2011.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2710/ple-144-2011.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2712/ple-145-2011.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2714/ple-146-2011.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2715/ple-147-2011.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2717/ple-148-2011.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2718/ple-149-2011.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2720/ple-150-2011.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2721/ple-151-2011.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2723/ple-152-2011.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2726/ple-153-2011.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2727/ple154-2011.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2728/ple-155-2011.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2729/ple-156-2011.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2730/ple-157-2011.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2731/ple-158-2011.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2732/ple-159-2011.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2733/ple-160-2011.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2734/ple-161-2011.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2735/ple-162-2011.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2736/ple-163-2011.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2737/ple-165-2011.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2738/ple-165-2011.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2739/ple-166-2011.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2740/ple-167-2011.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2741/ple-168-2011.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2742/ple-169-2011.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2743/ple-170-2011.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2744/ple-171-2011.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2745/ple-172-2011.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2746/ple-173-2011.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2750/ple-174-2011.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2751/ple-175-2011.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2753/ple-176-2011.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2754/ple-177-2011.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/2755/ple-178-2011.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/6364/ple-179-2011.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3441/01-2011.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3442/pll-02-2011.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3443/03-2011.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3444/04-2011.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3445/05-2011.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3446/06-2011.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3448/07-2011.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3449/08-2011.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3450/09-2011.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3451/10-2011.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3452/11-2011.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3453/12-2011.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3454/13-2011.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3455/14-2011.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3456/15-2011.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3393/16-2011.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3394/17-2011.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3395/18-2011.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3396/19-2011.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3397/20-2011.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3398/21-2011.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3399/22-2011.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3400/23-2011.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3401/24-2011.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3402/25-2011.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3403/26-2011.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3344/27-2011.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3345/28-2011.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3346/29-2011.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3347/30-2011.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3348/31-2011.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3349/32-2011.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3350/33-2011.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3351/34-2011.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3353/35-2011.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3354/36-2011.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3355/37-2011.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3356/38-2011.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3357/39-2011.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3358/40-2011.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3359/41-2011.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3360/42-2011.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3447/veto_06-2011.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8548/projeto_de_decreto_03-2011.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8546/projeto_de_decreto_05-2011.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8543/projeto_de_decreto_06-2011.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8542/projeto_de_decreto_07-2011.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8540/projeto_de_decreto_08-2011.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8538/projeto_de_decreto_09-2011.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8535/projeto_de_decreto_10-2011.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8519/projeto_de_decreto_11-2011.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8499/projeto_de_decreto_13-2011.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8455/projeto_de_decreto_14-2011.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8454/projeto_de_decreto_15-2011.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8453/projeto_de_decreto_16-2011.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8435/projeto_de_dcereto_17-2011.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8433/projeto_de_decreto_18-2011.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8431/projeto_de_decreto_19-2011.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8430/projeto_de_decreto_20-2011.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8429/projeto_de_decreto_21-2011.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8428/projeto_de_decreto_23-2011.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8427/projeto_de_decreto_24-2011.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8426/projeto_de_decreto_25-2011.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8415/projeto_de_decreto_26-2011.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8405/projeto_de_decreto_27-2011.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8404/projeto_de_decreto_28-2011.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8403/projeto_de_decreto_29-2011.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8402/projeto_de_decreto_30-2011.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8401/projeto_de_decreto_31-2011.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8400/projeto_de_decreto_32-2011.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8399/projeto_de_decreto_33-2011.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8398/projeto_de_decreto_34-2011.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/8395/projeto_de_decreto_35-2011.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3936/pr_1_2011.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3940/pr_2_2011.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3942/pr_3_2011.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3943/pr_4_2011.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3944/pr_5_2011.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3945/pr_6_2011.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3953/pr_7_2011.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3963/pr_8_2011.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/3966/pr_9_2011.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10510/pea_1_2011.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10511/pem_2_2011.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/10512/pem_3_2011.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11011/ato_2011_1.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11012/ato_2011_2.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11013/ato_2011_4.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11014/ato_2011_5.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2011/11015/ato_2011_6.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="114.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>