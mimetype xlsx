--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -54,1414 +54,1414 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Célio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3721/ple-01-2017.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3721/ple-01-2017.pdf</t>
   </si>
   <si>
     <t>abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3722/ple-02-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3722/ple-02-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3724/ple-03-2008.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3724/ple-03-2008.pdf</t>
   </si>
   <si>
     <t>Abre um  Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3725/ple-04-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3725/ple-04-2007.pdf</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3726/ple_06-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3726/ple_06-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a instituição de sorteio entre contribuintes do IPTU 2007, tendo, como prêmio, o imóvel que especifica.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3727/ple-07-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3727/ple-07-2007.pdf</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3728/ple-08-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3728/ple-08-2007.pdf</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3729/ple-09-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3729/ple-09-2007.pdf</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3735/ple-10-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3735/ple-10-2007.pdf</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3742/ple-11-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3742/ple-11-2007.pdf</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3743/ple-12-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3743/ple-12-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais e dá outras providências.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3744/ple-13-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3744/ple-13-2007.pdf</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3746/ple-14-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3746/ple-14-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de Direito Real de Uso do Imóvel que específica e dá outras providências.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3749/ple-15-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3749/ple-15-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção às entidades que  especifica.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3751/ple-16-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3751/ple-16-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno ao Tribunal de Justiça Paraná e dá outras providencias.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3769/ple-17-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3769/ple-17-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno ao Tribunal Regional Eleitoral do Estado do Paraná e dá outras providencias.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3770/ple-18-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3770/ple-18-2007.pdf</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3868/ple-19-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3868/ple-19-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Criar Empregos Públicos no âmbito da Administração Direta e da outras providências.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3875/ple-20-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3875/ple-20-2007.pdf</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3877/ple-21-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3877/ple-21-2007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária do Município de Ivaiporã, para o exercício financeiro de 2008 e dá outras providências.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3878/ple-22-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3878/ple-22-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a subvencionar a Associação de Pais e Amigos dos Excepcionais de Ivaiporã – APAE.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3881/ple-23-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3881/ple-23-2007.pdf</t>
   </si>
   <si>
     <t>“Autoriza a concessão de direto real de uso do  imóvel que especifica e dá outras providências.”</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3895/ple-24-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3895/ple-24-2007.pdf</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3904/ple-25-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3904/ple-25-2007.pdf</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3905/ple-26-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3905/ple-26-2007.pdf</t>
   </si>
   <si>
     <t>Alteram os Anexos da Lei nº. 1.307 de 19/12/2005, do Plano Plurianual de 2006 a 2009, e dá outras providências.</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3907/ple-27-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3907/ple-27-2007.pdf</t>
   </si>
   <si>
     <t>Altera a nomenclatura das atividades e projetos do Orçamento Programa em execução de 2007 de FUNDEF para FUNDEB.</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3909/ple-28-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3909/ple-28-2007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo De Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação-Conselho do FUNDEB.</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3913/ple-29-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3913/ple-29-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3914/ple-30-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3914/ple-30-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a celebrar convênio entre o Município de Ivaiporã e o Estado do Paraná, pela Secretaria de Estado da Segurança Pública, por meio da Policia Militar do Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3915/ple-31-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3915/ple-31-2007.pdf</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3916/ple-32-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3916/ple-32-2007.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Meio Ambiente – CMMA, o Fundo Municipal de Meio Ambiente e dá outras providencias.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3919/ple-33-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3919/ple-33-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os vencimentos dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3923/ple-34-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3923/ple-34-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento de débitos tributários.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3925/ple-35-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3925/ple-35-2007.pdf</t>
   </si>
   <si>
     <t>Estabelece normas e provimentos relativos a estruturação e provimentos de empregos públicos, vencimentos e números de vagas para o Emprego Público na Administração Direta, conforme Lei Municipal nº. 1.410, de 10 de maio de 2007, e da outras providências.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3934/ple-36-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3934/ple-36-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e  dá outras providências.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3946/ple-37-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3946/ple-37-2007.pdf</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3947/ple-38-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3947/ple-38-2007.pdf</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3949/ple-39-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3949/ple-39-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3950/ple-40-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3950/ple-40-2007.pdf</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3952/ple-41-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3952/ple-41-2007.pdf</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3954/ple-42-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3954/ple-42-2007.pdf</t>
   </si>
   <si>
     <t>Altera Elemento de Despesas do Orçamento em execução e dá outras providências.</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3956/ple-43-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3956/ple-43-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de Direito Real de Uso do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3957/ple-44-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3957/ple-44-2007.pdf</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3959/ple-45-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3959/ple-45-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3961/ple-46-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3961/ple-46-2007.pdf</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3962/ple-47-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3962/ple-47-2007.pdf</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3981/ple-48-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3981/ple-48-2007.pdf</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3983/ple-49--2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3983/ple-49--2007.pdf</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3986/ple-50-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3986/ple-50-2007.pdf</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3989/ple-52-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3989/ple-52-2007.pdf</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3990/ple-53-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3990/ple-53-2007.pdf</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3991/ple-54-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3991/ple-54-2007.pdf</t>
   </si>
   <si>
     <t>Cria gratificação para servidores efetivos e comissionados do Executivo Municipal, que participam de comissões permanentes de licitação.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3992/ple-55-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3992/ple-55-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar  e dá outras providências.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3994/ple-56-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3994/ple-56-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial  e dá outras providências.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3995/ple-57-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3995/ple-57-2007.pdf</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3996/ple-58-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3996/ple-58-2007.pdf</t>
   </si>
   <si>
     <t>Altera o Parágrafo único do Art. 8º da Lei Municipal nº 1.373/2006.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3998/ple-59-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3998/ple-59-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ESTABELECER COM O GOVERNO DO ESTADO DO PARANÁ A GESTÃO ASSOCIADA PARA A PRESTAÇÃO, PLANEJAMENTO, REGULAÇÃO E FISCALIZAÇÃO DOS SERVIÇOS DE SANEAMENTO BÁSICO, INTEGRADO PELAS INFRA-ESTRUTURAS, INSTALAÇÕES OPERACIONAIS E SERVIÇOS DE ABASTECIMENTO DE ÁGUA E DE ESGOTAMENTO SANITÁRIO, NO MUNICÍPIO DE IVAIPORÃ, ESTADO DO PARANÁ, ATRAVÉS DE CONVÊNIO DE COOPERAÇÃO, A FIRMAR CONTRATO DE PROGRAMA COM A SANEPAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4000/ple-60-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4000/ple-60-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4001/ple-61-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4001/ple-61-2007.pdf</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4002/ple-62-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4002/ple-62-2007.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para parcelamento de débitos tributários.</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4006/ple-63-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4006/ple-63-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional  Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4009/ple-64-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4009/ple-64-2007.pdf</t>
   </si>
   <si>
     <t>Dispõe da alteração de carga horária, número de  vagas, remuneração e cargos da lei nº. 1.269 de 16 de maio de 2005.</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4010/ple-65-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4010/ple-65-2007.pdf</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4011/ple-66-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4011/ple-66-2007.pdf</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4012/ple-67-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4012/ple-67-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Ivaiporã para o exercício de 2008.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4014/ple-69-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4014/ple-69-2007.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional        Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4015/ple-70-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4015/ple-70-2007.pdf</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4016/ple-71-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4016/ple-71-2007.pdf</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4017/ple-72-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4017/ple-72-2007.pdf</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4018/ple-73-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4018/ple-73-2007.pdf</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4019/ple-74-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4019/ple-74-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno ao SENAC – Serviço Nacional de Aprendizagem Comercial e dá outras providências.</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4020/ple-75-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4020/ple-75-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno ao SESC - Serviço Social do Comércio e dá outras providências.</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4021/ple-76-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4021/ple-76-2007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Educação de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4022/ple-77-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4022/ple-77-2007.pdf</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4023/ple-78-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4023/ple-78-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4024/ple-79-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4024/ple-79-2007.pdf</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4025/ple-80-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4025/ple-80-2007.pdf</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4026/ple-81-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4026/ple-81-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno ao SOCIEDADE VIVER UMA VIDA FELIZ – Clube da terceira idade e dá outras providências.</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4027/ple-82-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4027/ple-82-2007.pdf</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4028/ple-83-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4028/ple-83-2007.pdf</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4029/ple-84-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4029/ple-84-2007.pdf</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4030/ple-85-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4030/ple-85-2007.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Educação do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4031/ple-86-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4031/ple-86-2007.pdf</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4032/ple-87-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4032/ple-87-2007.pdf</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4033/ple-88-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4033/ple-88-2007.pdf</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4034/ple-89-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4034/ple-89-2007.pdf</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Ademar, Lourdes Mancia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3638/01-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3638/01-2007.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a permitir que quaisquer entidade do setor público ou privado  e moradores façam a manutenção, conservação e melhorias de praças e canteiros centrais das Avenidas.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>Geovane Pedroso, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3639/02-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3639/02-2007.pdf</t>
   </si>
   <si>
     <t>Denomina a Capela Mortuária de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>Ademar, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3640/03-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3640/03-2007.pdf</t>
   </si>
   <si>
     <t>Denomina o mini Ginásio municipal, localizado nas confluências das avenidas Castelo Branco e Pedro Koltun, nesta cidade de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>Gustavo Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3641/04-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3641/04-2007.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Praça Otávio Machado dos Santos, nesta cidade de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ademar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3643/05-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3643/05-2007.pdf</t>
   </si>
   <si>
     <t>Disciplina o horário de funcionamento de Moto-Táxi no município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3644/06-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3644/06-2007.pdf</t>
   </si>
   <si>
     <t>Denomina o  Lago das Flores de Ivaiporã, Estado do Paraná, de '' Lago Jardim Botânico '' e dá outras providências.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>Lourdes Mancia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3645/07-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3645/07-2007.pdf</t>
   </si>
   <si>
     <t>Fica instituída "A Semana do Homem" no Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3646/08-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3646/08-2007.pdf</t>
   </si>
   <si>
     <t>Estabelece regras de segurança para a posse, permanência e circulação de cães ferozes em locais públicos</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>Geovane Pedroso</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3647/09-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3647/09-2007.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I do Artigo 1º e o "caput" do artigo 2º da Lei n° 1.380, de 25 de outubro de 2006.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3648/10-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3648/10-2007.pdf</t>
   </si>
   <si>
     <t>Cria gratificação para Servidores Efetivos e Comissionados do Legislativo Municipal que participam de Comissões Permanentes de Licitação._x000D_
 RETIRADO PELO AUTOR EM 27/03/2008</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3649/11-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3649/11-2007.pdf</t>
   </si>
   <si>
     <t>Inclui-se o Inciso III, no Art. 1° da lei n° 1.380 de 25 de outubro de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3650/12-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3650/12-2007.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a inclusão no currículo das Escolas municipais, conteúdo programático sobre os efeitos de substancias que causem dependência física e psicológica aos seres humanos e dá outras providencias.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>Getúlio da Coletoria, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3651/13-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3651/13-2007.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua "A" do Jardim Imperial, nesta cidade de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>Ademar, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Gustavo Chaves, Lourdes Mancia, Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3652/14-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3652/14-2007.pdf</t>
   </si>
   <si>
     <t>Inclui-se o Inciso III, no Art. 1º da lei nº 1380 de 25 de outubro de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3654/15-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3654/15-2007.pdf</t>
   </si>
   <si>
     <t>Fixa em parcela única o subsidio do Prefeito, do Vice-Prefeito e dos secretários municipais do Município de Ivaiporã a vigorar a partir de 1° de Janeiro de 2008.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3656/16-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3656/16-2007.pdf</t>
   </si>
   <si>
     <t>Insere-se o inciso IV ao artigo 1º da Lei Municipal n° 1.076 de 22 de março de 2000 e dá outras providências.</t>
   </si>
   <si>
     <t>8257</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8257/projeto_de_decreto_01-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8257/projeto_de_decreto_01-2007.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Senhor Durval Marques Dias e dá outras providências.</t>
   </si>
   <si>
     <t>8256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8256/projeto_de_decreto_02-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8256/projeto_de_decreto_02-2007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cassação do mandato do Vereador Antônio Vila Real.</t>
   </si>
   <si>
     <t>8255</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8255/proejto_de_decreto_03-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8255/proejto_de_decreto_03-2007.pdf</t>
   </si>
   <si>
     <t>Referenda a doação de computadores pertencentes ao patrimônio da Câmara Municipal de Ivaiporã, Estado do Paraná, ao Conselho das Associações de Moradores de Ivaiporã - CAMI.</t>
   </si>
   <si>
     <t>8254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8254/projeto_de_decreto_04-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8254/projeto_de_decreto_04-2007.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Deputado ALEXANDRE CURI  e dá outras providências.</t>
   </si>
   <si>
     <t>8253</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Getúlio da Coletoria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8253/projeto_de_decreto_05-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8253/projeto_de_decreto_05-2007.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão o uso de ônibus do Município, à Paróquia Bom Jesus de Ivaiporã - PR, para o " Encontro de Pentecostes".</t>
   </si>
   <si>
     <t>8246</t>
   </si>
   <si>
     <t>Edison José de Brito</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8246/projeto_de_decreto_06-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8246/projeto_de_decreto_06-2007.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município, ao Colégio Estadual NIlo Peçanha do Distrito do Jacutinga, Ivaiporã- PR, para o " Encontro sobre Meio Ambiente".</t>
   </si>
   <si>
     <t>8245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8245/projeto_de_decreto_07-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8245/projeto_de_decreto_07-2007.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município, as Paróquias Bom Jesus e Santíssima Mãe de Deus de Ivaiporã-PR.</t>
   </si>
   <si>
     <t>8244</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8244/projeto_de_decreto_08-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8244/projeto_de_decreto_08-2007.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município, a Paróquia Espírito Santo, Diaconias da Vila Rural e Bom Pastor de Ivaiporã.</t>
   </si>
   <si>
     <t>8243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8243/projeto_de_decreto_09-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8243/projeto_de_decreto_09-2007.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município de Ivaiporã, a Diaconia do Distrito de Santa Bárbara.</t>
   </si>
   <si>
     <t>8239</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Ademar, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8239/projeto_de_decreto_10-2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8239/projeto_de_decreto_10-2007.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de uso de ônibus do Município, a Associação da 3ª Idade.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ademar, Bertinho, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Lourdes Mancia, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3876/pr_1_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3876/pr_1_2007.pdf</t>
   </si>
   <si>
     <t>Altera o horário das sessões ordinárias da câmara Municipal de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3886/pr_2_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3886/pr_2_2007.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução n° 01/2003, de 26 de março de 2003, da Câmara Municipal de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3887/pr_3_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3887/pr_3_2007.pdf</t>
   </si>
   <si>
     <t>Reajusta a Tabela Única de Vencimentos dos Cargos de Provimento Efetivo do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3889/pr_4_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3889/pr_4_2007.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da RESOLUÇÃO N°01/2003, de 26 de março de 2003, da Câmara Municipal de Ivaiporã, e da outras providências.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
     <t>Ademar, Bertinho, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Gustavo Chaves, Lourdes Mancia, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3890/pr_5_2007_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3890/pr_5_2007_3.pdf</t>
   </si>
   <si>
     <t>Estabelece o Regimento Interno da Câmara Municipal de Ivaiporã</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3891/pr_6_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3891/pr_6_2007.pdf</t>
   </si>
   <si>
     <t>Fixa em parcela única o subsídio dos vereadores da Câmara Municipal de Ivaiporã a vigorar a partir 1º janeiro de 2009.</t>
   </si>
   <si>
     <t>10412</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10412/24_emenda_modificativa_1_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10412/24_emenda_modificativa_1_2007.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 1º da Lei nº 1.393/06 e dá outras providências.</t>
   </si>
   <si>
     <t>10413</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10413/25_emenda_modificativa_2_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10413/25_emenda_modificativa_2_2007.pdf</t>
   </si>
   <si>
     <t>Modifica os artigos 76, 91, 100 e § 1º e incisos I e II da Emenda Modificativa nº 02/2025 de 12/02/2025 - Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>10414</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10414/26_emenda_modificativa_3_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10414/26_emenda_modificativa_3_2007.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 42, parágrafo único e o art. 50, caput, da Lei Orgânica do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>10423</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10423/35_emenda_supressiva_1_2007.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10423/35_emenda_supressiva_1_2007.pdf</t>
   </si>
   <si>
     <t>Suprime os parágrafos 2º e 3º do artigo 100 da Emenda Modificativa nº 02/2005 de 12/02/2005 - Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>10991</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10991/ato_2007_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10991/ato_2007_1.pdf</t>
   </si>
   <si>
     <t>Ficam os Senhores Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes do Decreto Legislativo nº 1/2003, enunciado a partir de 1º de janeiro a 31 de dezembro de 2007.</t>
   </si>
   <si>
     <t>10992</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10992/ato_2007_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10992/ato_2007_2.pdf</t>
   </si>
   <si>
     <t>Nomeia Comissão de Recebimento de Bens do Exercício.</t>
   </si>
   <si>
     <t>10993</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10993/ato_2007_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10993/ato_2007_3.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 10.000,00)</t>
   </si>
   <si>
     <t>10994</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10994/ato_2007_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10994/ato_2007_4.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 2.714,63)</t>
   </si>
   <si>
     <t>10995</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10995/ato_2007_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10995/ato_2007_5.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 30.000,00)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1768,68 +1768,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3721/ple-01-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3722/ple-02-2007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3724/ple-03-2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3725/ple-04-2007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3726/ple_06-2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3727/ple-07-2007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3728/ple-08-2007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3729/ple-09-2007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3735/ple-10-2007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3742/ple-11-2007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3743/ple-12-2007.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3744/ple-13-2007.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3746/ple-14-2007.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3749/ple-15-2007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3751/ple-16-2007.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3769/ple-17-2007.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3770/ple-18-2007.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3868/ple-19-2007.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3875/ple-20-2007.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3877/ple-21-2007.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3878/ple-22-2007.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3881/ple-23-2007.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3895/ple-24-2007.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3904/ple-25-2007.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3905/ple-26-2007.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3907/ple-27-2007.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3909/ple-28-2007.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3913/ple-29-2007.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3914/ple-30-2007.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3915/ple-31-2007.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3916/ple-32-2007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3919/ple-33-2007.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3923/ple-34-2007.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3925/ple-35-2007.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3934/ple-36-2007.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3946/ple-37-2007.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3947/ple-38-2007.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3949/ple-39-2007.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3950/ple-40-2007.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3952/ple-41-2007.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3954/ple-42-2007.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3956/ple-43-2007.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3957/ple-44-2007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3959/ple-45-2007.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3961/ple-46-2007.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3962/ple-47-2007.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3981/ple-48-2007.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3983/ple-49--2007.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3986/ple-50-2007.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3989/ple-52-2007.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3990/ple-53-2007.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3991/ple-54-2007.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3992/ple-55-2007.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3994/ple-56-2007.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3995/ple-57-2007.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3996/ple-58-2007.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3998/ple-59-2007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4000/ple-60-2007.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4001/ple-61-2007.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4002/ple-62-2007.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4006/ple-63-2007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4009/ple-64-2007.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4010/ple-65-2007.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4011/ple-66-2007.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4012/ple-67-2007.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4014/ple-69-2007.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4015/ple-70-2007.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4016/ple-71-2007.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4017/ple-72-2007.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4018/ple-73-2007.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4019/ple-74-2007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4020/ple-75-2007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4021/ple-76-2007.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4022/ple-77-2007.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4023/ple-78-2007.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4024/ple-79-2007.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4025/ple-80-2007.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4026/ple-81-2007.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4027/ple-82-2007.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4028/ple-83-2007.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4029/ple-84-2007.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4030/ple-85-2007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4031/ple-86-2007.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4032/ple-87-2007.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4033/ple-88-2007.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4034/ple-89-2007.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3638/01-2007.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3639/02-2007.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3640/03-2007.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3641/04-2007.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3643/05-2007.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3644/06-2007.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3645/07-2007.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3646/08-2007.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3647/09-2007.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3648/10-2007.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3649/11-2007.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3650/12-2007.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3651/13-2007.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3652/14-2007.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3654/15-2007.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3656/16-2007.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8257/projeto_de_decreto_01-2007.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8256/projeto_de_decreto_02-2007.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8255/proejto_de_decreto_03-2007.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8254/projeto_de_decreto_04-2007.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8253/projeto_de_decreto_05-2007.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8246/projeto_de_decreto_06-2007.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8245/projeto_de_decreto_07-2007.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8244/projeto_de_decreto_08-2007.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8243/projeto_de_decreto_09-2007.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8239/projeto_de_decreto_10-2007.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3876/pr_1_2007.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3886/pr_2_2007.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3887/pr_3_2007.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3889/pr_4_2007.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3890/pr_5_2007_3.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3891/pr_6_2007.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10412/24_emenda_modificativa_1_2007.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10413/25_emenda_modificativa_2_2007.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10414/26_emenda_modificativa_3_2007.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10423/35_emenda_supressiva_1_2007.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10991/ato_2007_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10992/ato_2007_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10993/ato_2007_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10994/ato_2007_4.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10995/ato_2007_5.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3721/ple-01-2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3722/ple-02-2007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3724/ple-03-2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3725/ple-04-2007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3726/ple_06-2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3727/ple-07-2007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3728/ple-08-2007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3729/ple-09-2007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3735/ple-10-2007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3742/ple-11-2007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3743/ple-12-2007.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3744/ple-13-2007.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3746/ple-14-2007.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3749/ple-15-2007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3751/ple-16-2007.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3769/ple-17-2007.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3770/ple-18-2007.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3868/ple-19-2007.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3875/ple-20-2007.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3877/ple-21-2007.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3878/ple-22-2007.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3881/ple-23-2007.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3895/ple-24-2007.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3904/ple-25-2007.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3905/ple-26-2007.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3907/ple-27-2007.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3909/ple-28-2007.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3913/ple-29-2007.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3914/ple-30-2007.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3915/ple-31-2007.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3916/ple-32-2007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3919/ple-33-2007.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3923/ple-34-2007.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3925/ple-35-2007.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3934/ple-36-2007.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3946/ple-37-2007.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3947/ple-38-2007.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3949/ple-39-2007.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3950/ple-40-2007.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3952/ple-41-2007.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3954/ple-42-2007.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3956/ple-43-2007.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3957/ple-44-2007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3959/ple-45-2007.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3961/ple-46-2007.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3962/ple-47-2007.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3981/ple-48-2007.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3983/ple-49--2007.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3986/ple-50-2007.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3989/ple-52-2007.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3990/ple-53-2007.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3991/ple-54-2007.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3992/ple-55-2007.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3994/ple-56-2007.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3995/ple-57-2007.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3996/ple-58-2007.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3998/ple-59-2007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4000/ple-60-2007.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4001/ple-61-2007.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4002/ple-62-2007.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4006/ple-63-2007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4009/ple-64-2007.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4010/ple-65-2007.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4011/ple-66-2007.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4012/ple-67-2007.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4014/ple-69-2007.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4015/ple-70-2007.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4016/ple-71-2007.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4017/ple-72-2007.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4018/ple-73-2007.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4019/ple-74-2007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4020/ple-75-2007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4021/ple-76-2007.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4022/ple-77-2007.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4023/ple-78-2007.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4024/ple-79-2007.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4025/ple-80-2007.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4026/ple-81-2007.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4027/ple-82-2007.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4028/ple-83-2007.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4029/ple-84-2007.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4030/ple-85-2007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4031/ple-86-2007.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4032/ple-87-2007.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4033/ple-88-2007.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/4034/ple-89-2007.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3638/01-2007.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3639/02-2007.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3640/03-2007.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3641/04-2007.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3643/05-2007.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3644/06-2007.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3645/07-2007.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3646/08-2007.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3647/09-2007.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3648/10-2007.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3649/11-2007.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3650/12-2007.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3651/13-2007.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3652/14-2007.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3654/15-2007.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3656/16-2007.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8257/projeto_de_decreto_01-2007.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8256/projeto_de_decreto_02-2007.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8255/proejto_de_decreto_03-2007.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8254/projeto_de_decreto_04-2007.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8253/projeto_de_decreto_05-2007.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8246/projeto_de_decreto_06-2007.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8245/projeto_de_decreto_07-2007.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8244/projeto_de_decreto_08-2007.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8243/projeto_de_decreto_09-2007.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/8239/projeto_de_decreto_10-2007.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3876/pr_1_2007.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3886/pr_2_2007.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3887/pr_3_2007.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3889/pr_4_2007.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3890/pr_5_2007_3.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/3891/pr_6_2007.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10412/24_emenda_modificativa_1_2007.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10413/25_emenda_modificativa_2_2007.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10414/26_emenda_modificativa_3_2007.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10423/35_emenda_supressiva_1_2007.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10991/ato_2007_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10992/ato_2007_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10993/ato_2007_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10994/ato_2007_4.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2007/10995/ato_2007_5.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>