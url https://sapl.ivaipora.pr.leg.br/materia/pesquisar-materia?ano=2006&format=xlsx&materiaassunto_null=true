--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -54,1228 +54,1228 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Célio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4423/ple-01-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4423/ple-01-2006.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Turismo.</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4426/ple-02-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4426/ple-02-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar próprios do Município, firmar convênios, assumir obrigações e dá outras providências.</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4436/ple-03-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4436/ple-03-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4437/ple-04-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4437/ple-04-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 0004/2006_x000D_
 Ementa: Autoriza abertura de Créditos Adicionais Suplementares.</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4438/ple-05-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4438/ple-05-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 005/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4439/ple7-2006.doc</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4439/ple7-2006.doc</t>
   </si>
   <si>
     <t>PROJETO N.º 007/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4440/ple9-2006.doc</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4440/ple9-2006.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 009/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4461/ple-09-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4461/ple-09-2006.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4462/ple-10-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4462/ple-10-2006.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4441/ple-11-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4441/ple-11-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 0011/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4442/ple-12-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4442/ple-12-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO N.º 012/2006_x000D_
 Súmula: Autoriza a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4443/ple-13-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4443/ple-13-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO N.º 013/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4444/ple-14-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4444/ple-14-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO N.º 014/2006_x000D_
 Súmula: Abre um Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4445/ple-15-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4445/ple-15-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 016/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4463/ple-16-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4463/ple-16-2006.pdf</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4446/ple-18-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4446/ple-18-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 18/2006_x000D_
 Ementa: Autoriza a permuta dos imóveis que especifica.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4447/ple-20-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4447/ple-20-2006.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre as Diretrizes para a Elaboração da Lei    Orçamentária do Município de Ivaiporã para o exercício de 2007 e dá outras providências.</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4448/ple-21-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4448/ple-21-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 21/2006_x000D_
 Ementa: Autoriza o Chefe do Poder Executivo Municipal a firmar convênio com o Departamento de Estradas de Rodagem do Paraná - DER/PR.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4449/ple-22-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4449/ple-22-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 022/2006._x000D_
 _x000D_
 Súmula:  Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4450/ple-23-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4450/ple-23-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 23/2006_x000D_
 Ementa: Autoriza a concessão de subvenção à Fundação Médico-Assistencial do Trabalhador rural de Ivaiporã.</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4451/ple-24-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4451/ple-24-2006.pdf</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4452/ple-25-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4452/ple-25-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 25/2006_x000D_
 Ementa: Autoriza a doação de terreno ao Instituto Nacional do Seguro Social e dá outras providências.</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4453/ple-26-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4453/ple-26-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI  N.º 026/2006._x000D_
 _x000D_
 Súmula: Abre um  Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4464/ple-27-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4464/ple-27-2006.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio Público o Imóvel que especifica.</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4454/ple-28-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4454/ple-28-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 028/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4455/ple-29-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4455/ple-29-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 29/2006_x000D_
 Ementa: Altera o número de cargos no Quadro de Cargos em Comissão constante na Lei Municipal nº 852/94.</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4456/ple-30-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4456/ple-30-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 030/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4457/ple-31-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4457/ple-31-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 031/2006_x000D_
 Súmula: Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4458/ple-32-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4458/ple-32-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N.º  032/2006._x000D_
 _x000D_
 Súmula:  Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4465/ple-33-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4465/ple-33-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a contratar operação de crédito com Banco Regional de Desenvolvimento do Extremo Sul -BRDE - e/ou a Agência de Fomento do Paraná.</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4466/ple-34-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4466/ple-34-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a contratar Operação de Crédito e dá outras providências.</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4467/ple-35-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4467/ple-35-2006.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito  Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4468/ple-36-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4468/ple-36-2006.pdf</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4469/ple-37-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4469/ple-37-2006.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional e dá outras providências.</t>
   </si>
   <si>
     <t>11234</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4470/ple-38-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4470/ple-38-2006.pdf</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4471/ple-40-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4471/ple-40-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os Vencimentos do Servidores Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4472/ple-41-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4472/ple-41-2006.pdf</t>
   </si>
   <si>
     <t>Abre um crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4473/ple-43-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4473/ple-43-2006.pdf</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4474/ple-44-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4474/ple-44-2006.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4475/ple-45-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4475/ple-45-2006.pdf</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4476/ple-46-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4476/ple-46-2006.pdf</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4477/ple-47-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4477/ple-47-2006.pdf</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4478/ple-49-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4478/ple-49-2006.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 5° da Lei n° 1354, de 26 de Junho de 2006, e dá outras providências.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4479/ple-50-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4479/ple-50-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza a locação de imóvel e a permissão de seu uso por Empresa.</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá providências.</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4481/ple-52-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4481/ple-52-2006.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.360/2006.</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4482/ple-53-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4482/ple-53-2006.pdf</t>
   </si>
   <si>
     <t>Altera o Parágrafo Único do Art. 54 da Lei MUNICIPAL N°1.373/2006.</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4483/ple-54-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4483/ple-54-2006.pdf</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4484/ple-55-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4484/ple-55-2006.pdf</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4485/ple-57-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4485/ple-57-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar concessão de direito real de uso do imóvel que especifica.</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4486/ple-58-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4486/ple-58-2006.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 2° da Lei n° 1.323/2006.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4487/ple-59-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4487/ple-59-2006.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo ao Art. 2° da Lei Municipal n° 1.301/2006.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4488/ple-60-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4488/ple-60-2006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema de Controle Interno Municipal nos Termos do Artigo 31 da Constituição Federal e Artigo 59 da Lei Complementar n° 101/2000, Cria a Undidade de Controle Interno do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4489/ple-61-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4489/ple-61-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a construir salas de aula em prédios escolar do Estado do Paraná.</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4490/ple-62-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4490/ple-62-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais e dá outras providências.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3602/01-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3602/01-2006.pdf</t>
   </si>
   <si>
     <t>denomina a praça localizada na vila Nova Porã, nesta cidade de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>Lourdes Mancia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3603/02-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3603/02-2006.pdf</t>
   </si>
   <si>
     <t>Altera o nome da praça Kennedy e dá outras providências.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3604/03-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3604/03-2006.pdf</t>
   </si>
   <si>
     <t>declara de utilidade pública municipal a Associação de Moradores da Vila Santa, e dá outras providências.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3605/04-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3605/04-2006.pdf</t>
   </si>
   <si>
     <t>Na semana do dia 8 de março fica instituída ''A SEMANA DA MULHER'' no Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>Geovane Pedroso</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3606/05-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3606/05-2006.pdf</t>
   </si>
   <si>
     <t>dá nova denominação na Rua Social localizada no perímetro urbano da cidade de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ademar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3607/06-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3607/06-2006.pdf</t>
   </si>
   <si>
     <t>altera o nome de rua na cidade de Ivaiporã, Estado do Paraná,  e dá outras providências.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3608/07-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3608/07-2006.pdf</t>
   </si>
   <si>
     <t>Altera o nome da rua Sete de Setembro e dá outras providências.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3611/08-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3611/08-2006.pdf</t>
   </si>
   <si>
     <t>Seja incluída no currículo do ensino Fundamental do nosso Município matéria sobre a História de Ivaiporã e dá outras providências</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3613/09-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3613/09-2006.pdf</t>
   </si>
   <si>
     <t>inclui na rede municipal de educação matéria sobre administração financeira e dá outras providências.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>Getúlio da Coletoria</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3618/10-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3618/10-2006.pdf</t>
   </si>
   <si>
     <t>Altera o nome da rua Goiás nesta cidade de IVAIPORÃ, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>Gustavo Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3621/11-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3621/11-2006.pdf</t>
   </si>
   <si>
     <t>proíbe a mudança de nomes de ruas e avenidas no Município de Ivaiporã, e dá outras providências._x000D_
 RETIRADA PELO AUTOR.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3625/12-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3625/12-2006.pdf</t>
   </si>
   <si>
     <t>Proíbe a venda de bebidas alcoólicas a menores de 18 anos no âmbito Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3626/13-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3626/13-2006.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade publica municipal a Associação Religiosa, Cultural e Beneficente Casa Santa Maria dos Anjos, e dá outras providências.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3627/14-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3627/14-2006.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a deduzir na folha de pagamento, Ordem de Fornecimento de Servidores Municipais que forem sócios do Sindicato dos Servidores Públicos Municipais de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3628/15-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3628/15-2006.pdf</t>
   </si>
   <si>
     <t>proíbe a construção de postos de revenda de combustíveis em área de terreno inferior a 1.000² (hum) mil metros quadrados e dá outras providências.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3629/16-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3629/16-2006.pdf</t>
   </si>
   <si>
     <t>estabelece o horário de funcionamento dos bares e similares no município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3631/17-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3631/17-2006.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública  Municipal a Sociedade Civil da Terceira Idade - Viver Uma vida Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>Edison José de Brito</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3632/18-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3632/18-2006.pdf</t>
   </si>
   <si>
     <t>denomina a estrada de ACESSO ao distrito de Jacutinga nesta cidade de ivaiporã, estado do Paraná de RODOVIA NICOLAU KOLTUN e dá outras providencias.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3633/19-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3633/19-2006.pdf</t>
   </si>
   <si>
     <t>Acrescenta-se incisos no artigo 22 da lei municipal nº 493/83 ( código Tributário Municipal ) e dá outras providências.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3634/20-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3634/20-2006.pdf</t>
   </si>
   <si>
     <t>Altera anexo 06 e os anexos correspondentes do plano plurianual e dá outras providências.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3635/21-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3635/21-2006.pdf</t>
   </si>
   <si>
     <t>Altera o nome da atual praça Largo M. Floriano, situada nesta cidade de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3636/22-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3636/22-2006.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o Conselho da Comunidade de Ivaiporã-PR., e dá outras providências.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3637/23-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3637/23-2006.pdf</t>
   </si>
   <si>
     <t>Denomina o Conjunto Habitacional  localizado no Distrito de Jacutinga, neste Município de Ivaiporã, Estado do Paraná, de ''Jardim Residencial Conquista'' e dá outras providências.</t>
   </si>
   <si>
     <t>11236</t>
   </si>
   <si>
     <t>Abre um crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>8277</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8277/projeto_de_decreto_01-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8277/projeto_de_decreto_01-2006.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Emérito de Ivaiporã, Estado do Paraná ao Senhor Dr, Waldir Pugliesi e dá outras providências.</t>
   </si>
   <si>
     <t>8276</t>
   </si>
   <si>
     <t>Vila Real, Ademar, Bertinho, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Gustavo Chaves, Lourdes Mancia, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8276/projeto_de_decreto_02-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8276/projeto_de_decreto_02-2006.pdf</t>
   </si>
   <si>
     <t>Referenda a lavratura do Contrato de Concessão, a ser lavrado entre esse Município de Ivaiporã, Estado do Paraná, e a empresa Cia. de Saneamento do Paraná S/A - SANEPAR, com as novas bases propositivas enunciadas neste Projeto de Decreto Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>8275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8275/projeto_de_decreto_03-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8275/projeto_de_decreto_03-2006.pdf</t>
   </si>
   <si>
     <t>Referenda o uso de maquinários do Poder Executivo Municipal de Ivaiporã na área de terras do Loteamento Panamericano e dá outras providências.</t>
   </si>
   <si>
     <t>8274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8274/projeto_de_decreto_04-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8274/projeto_de_decreto_04-2006.pdf</t>
   </si>
   <si>
     <t>Referenda a assinatura do Contrato de construção do prédio da Câmara de Vereadores de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>8273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8273/projeto_de_decreto_05-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8273/projeto_de_decreto_05-2006.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Senhor Coronel Mauro Pirolo e dá outras providências.</t>
   </si>
   <si>
     <t>8271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8271/projeto_de_decreto_07-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8271/projeto_de_decreto_07-2006.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, Estado do Paraná ao Desembargador JOSÉ AUGUSTO ANICETO e dá outras providências.</t>
   </si>
   <si>
     <t>8269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8269/projeto_de_decreto_08-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8269/projeto_de_decreto_08-2006.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Desembargador ANTÔNIO DE SÁ RAVAGNANI e dá outras providências.</t>
   </si>
   <si>
     <t>8266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8266/projeto_de_decreto_09-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8266/projeto_de_decreto_09-2006.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito ao Senhor JOSÉ CLEMENTE MARTINS  e dá outras providências.</t>
   </si>
   <si>
     <t>8263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8263/projeto_de_decreto_10-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8263/projeto_de_decreto_10-2006.pdf</t>
   </si>
   <si>
     <t>Referenda a lavratura do Contrato de Concessão, a ser lavrado entre esse Município de Ivaiporã, Estado do Paraná, e a empresa Cia. de Saneamento do Paraná S/A - SANEPAR, com as novas bases propositivas neste Decreto Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>8261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8261/projeto_de_decreto_11-2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8261/projeto_de_decreto_11-2006.pdf</t>
   </si>
   <si>
     <t>Concede licença para o Prefeito Municipal de Ivaiporã, Estado do Paraná, para ausentar-se do Município.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3872/pr_2_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3872/pr_2_2006.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução n° 01/2003, de 26 de março de 2003, da Câmara Municipal de Ivaiporã, e dá outras providências</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
     <t>Ademar, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3873/pr_3_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3873/pr_3_2006.pdf</t>
   </si>
   <si>
     <t>Disciplina e Normaliza a Realização de Audiência Públicas.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3874/pr_4_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3874/pr_4_2006.pdf</t>
   </si>
   <si>
     <t>Reajusta a Tabela Única de Vencimentos dos Cargos de Provimento Efetivo do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>10383</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10383/16_emenda_aditiva_1_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10383/16_emenda_aditiva_1_2006.pdf</t>
   </si>
   <si>
     <t>Adiciona ao Projeto de Lei nº 18/2006 do Poder Executivo, parágrafo único e dá outras providências.</t>
   </si>
   <si>
     <t>10387</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10387/20_emenda_modificativa_1_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10387/20_emenda_modificativa_1_2006.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 1º do Projeto de Lei nº 16/2006 do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>10385</t>
   </si>
   <si>
     <t>Geovane Pedroso, Gustavo Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10385/21_emenda_modificativa_2_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10385/21_emenda_modificativa_2_2006.pdf</t>
   </si>
   <si>
     <t>Modifica o § 3º do art. 20 do Projeto de Lei nº 48/2006 do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>10411</t>
   </si>
   <si>
     <t>Ademar, Gustavo Chaves, Bertinho, Edison José de Brito, Geovane Pedroso, Lourdes Mancia, Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10411/23_emenda_modificativa_3_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10411/23_emenda_modificativa_3_2006.pdf</t>
   </si>
   <si>
     <t>Altera o art. 6º do Projeto de Lei nº 56/2006 do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>10384</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10384/17_emenda_supressiva_1_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10384/17_emenda_supressiva_1_2006.pdf</t>
   </si>
   <si>
     <t>Suprime a conjunção aditiva "e" e o pronome demonstrativo "os" do artigo 189 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>10386</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10386/19_emenda_supressiva_2_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10386/19_emenda_supressiva_2_2006.pdf</t>
   </si>
   <si>
     <t>Suprime o art. 2º do Projeto de Lei nº 16/2006 do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>10382</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10382/15_emenda_substitutiva_1_2006.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10382/15_emenda_substitutiva_1_2006.pdf</t>
   </si>
   <si>
     <t>Substitui valores constantes no Projeto de Lei nº 4/2006, do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>10986</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10986/ato_2006_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10986/ato_2006_1.pdf</t>
   </si>
   <si>
     <t>Ficam os Senhores Presidente, Vereadores e Funcionários deste Poder Legislativo com direito a receberem diárias constantes do Decreto Legislativo acima enunciado a partir de 1º de janeiro de 2006 a 31 de dezembro de 2006.</t>
   </si>
   <si>
     <t>10987</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10987/ato_2006_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10987/ato_2006_2.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 53.000,00)</t>
   </si>
   <si>
     <t>10988</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10988/ato_2006_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10988/ato_2006_3.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 14.110,00)</t>
   </si>
   <si>
     <t>10989</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10989/ato_2006_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10989/ato_2006_4.pdf</t>
   </si>
   <si>
     <t>Ficam fixadas as diárias a partir do dia 01 de janeiro de 2007, instituídas pelo Decreto Legislativo nº 01/2003.</t>
   </si>
   <si>
     <t>10990</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10990/ato_2006_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10990/ato_2006_5.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 7.100,00)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1582,68 +1582,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4423/ple-01-2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4426/ple-02-2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4436/ple-03-2006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4437/ple-04-2006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4438/ple-05-2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4439/ple7-2006.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4440/ple9-2006.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4461/ple-09-2006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4462/ple-10-2006.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4441/ple-11-2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4442/ple-12-2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4443/ple-13-2006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4444/ple-14-2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4445/ple-15-2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4463/ple-16-2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4446/ple-18-2006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4447/ple-20-2006.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4448/ple-21-2006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4449/ple-22-2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4450/ple-23-2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4451/ple-24-2006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4452/ple-25-2006.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4453/ple-26-2006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4464/ple-27-2006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4454/ple-28-2006.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4455/ple-29-2006.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4456/ple-30-2006.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4457/ple-31-2006.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4458/ple-32-2006.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4465/ple-33-2006.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4466/ple-34-2006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4467/ple-35-2006.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4468/ple-36-2006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4469/ple-37-2006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4470/ple-38-2006.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4471/ple-40-2006.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4472/ple-41-2006.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4473/ple-43-2006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4474/ple-44-2006.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4475/ple-45-2006.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4476/ple-46-2006.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4477/ple-47-2006.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4478/ple-49-2006.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4479/ple-50-2006.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4481/ple-52-2006.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4482/ple-53-2006.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4483/ple-54-2006.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4484/ple-55-2006.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4485/ple-57-2006.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4486/ple-58-2006.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4487/ple-59-2006.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4488/ple-60-2006.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4489/ple-61-2006.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4490/ple-62-2006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3602/01-2006.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3603/02-2006.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3604/03-2006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3605/04-2006.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3606/05-2006.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3607/06-2006.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3608/07-2006.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3611/08-2006.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3613/09-2006.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3618/10-2006.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3621/11-2006.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3625/12-2006.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3626/13-2006.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3627/14-2006.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3628/15-2006.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3629/16-2006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3631/17-2006.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3632/18-2006.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3633/19-2006.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3634/20-2006.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3635/21-2006.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3636/22-2006.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3637/23-2006.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8277/projeto_de_decreto_01-2006.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8276/projeto_de_decreto_02-2006.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8275/projeto_de_decreto_03-2006.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8274/projeto_de_decreto_04-2006.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8273/projeto_de_decreto_05-2006.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8271/projeto_de_decreto_07-2006.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8269/projeto_de_decreto_08-2006.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8266/projeto_de_decreto_09-2006.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8263/projeto_de_decreto_10-2006.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8261/projeto_de_decreto_11-2006.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3872/pr_2_2006.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3873/pr_3_2006.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3874/pr_4_2006.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10383/16_emenda_aditiva_1_2006.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10387/20_emenda_modificativa_1_2006.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10385/21_emenda_modificativa_2_2006.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10411/23_emenda_modificativa_3_2006.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10384/17_emenda_supressiva_1_2006.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10386/19_emenda_supressiva_2_2006.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10382/15_emenda_substitutiva_1_2006.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10986/ato_2006_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10987/ato_2006_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10988/ato_2006_3.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10989/ato_2006_4.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10990/ato_2006_5.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4423/ple-01-2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4426/ple-02-2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4436/ple-03-2006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4437/ple-04-2006.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4438/ple-05-2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4439/ple7-2006.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4440/ple9-2006.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4461/ple-09-2006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4462/ple-10-2006.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4441/ple-11-2006.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4442/ple-12-2006.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4443/ple-13-2006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4444/ple-14-2006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4445/ple-15-2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4463/ple-16-2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4446/ple-18-2006.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4447/ple-20-2006.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4448/ple-21-2006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4449/ple-22-2006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4450/ple-23-2006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4451/ple-24-2006.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4452/ple-25-2006.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4453/ple-26-2006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4464/ple-27-2006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4454/ple-28-2006.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4455/ple-29-2006.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4456/ple-30-2006.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4457/ple-31-2006.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4458/ple-32-2006.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4465/ple-33-2006.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4466/ple-34-2006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4467/ple-35-2006.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4468/ple-36-2006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4469/ple-37-2006.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4470/ple-38-2006.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4471/ple-40-2006.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4472/ple-41-2006.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4473/ple-43-2006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4474/ple-44-2006.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4475/ple-45-2006.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4476/ple-46-2006.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4477/ple-47-2006.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4478/ple-49-2006.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4479/ple-50-2006.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4481/ple-52-2006.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4482/ple-53-2006.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4483/ple-54-2006.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4484/ple-55-2006.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4485/ple-57-2006.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4486/ple-58-2006.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4487/ple-59-2006.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4488/ple-60-2006.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4489/ple-61-2006.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/4490/ple-62-2006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3602/01-2006.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3603/02-2006.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3604/03-2006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3605/04-2006.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3606/05-2006.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3607/06-2006.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3608/07-2006.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3611/08-2006.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3613/09-2006.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3618/10-2006.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3621/11-2006.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3625/12-2006.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3626/13-2006.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3627/14-2006.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3628/15-2006.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3629/16-2006.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3631/17-2006.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3632/18-2006.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3633/19-2006.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3634/20-2006.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3635/21-2006.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3636/22-2006.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3637/23-2006.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8277/projeto_de_decreto_01-2006.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8276/projeto_de_decreto_02-2006.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8275/projeto_de_decreto_03-2006.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8274/projeto_de_decreto_04-2006.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8273/projeto_de_decreto_05-2006.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8271/projeto_de_decreto_07-2006.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8269/projeto_de_decreto_08-2006.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8266/projeto_de_decreto_09-2006.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8263/projeto_de_decreto_10-2006.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/8261/projeto_de_decreto_11-2006.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3872/pr_2_2006.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3873/pr_3_2006.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/3874/pr_4_2006.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10383/16_emenda_aditiva_1_2006.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10387/20_emenda_modificativa_1_2006.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10385/21_emenda_modificativa_2_2006.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10411/23_emenda_modificativa_3_2006.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10384/17_emenda_supressiva_1_2006.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10386/19_emenda_supressiva_2_2006.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10382/15_emenda_substitutiva_1_2006.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10986/ato_2006_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10987/ato_2006_2.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10988/ato_2006_3.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10989/ato_2006_4.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2006/10990/ato_2006_5.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="135.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="248.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>