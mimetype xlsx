--- v0 (2026-01-24)
+++ v1 (2026-03-15)
@@ -54,1006 +54,1006 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Célio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4491/ple-02-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4491/ple-02-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de  um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4492/ple-03-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4492/ple-03-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a distribuição de prêmios, mediante sorteio, entre os contribuintes do IPTU.</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4493/ple-04-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4493/ple-04-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza à abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4494/ple-05-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4494/ple-05-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a subvencionar a Associação de Pais e Amigos dos Excepcionais de Ivaiporã -APAE -.</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4495/ple-06-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4495/ple-06-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento de débitos tributários.</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4496/ple-07-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4496/ple-07-2005.pdf</t>
   </si>
   <si>
     <t>Cria o conselho Municipal dos Direitos do Idoso e o fundo Municipal dos Direitos do Idoso, institui a Conferência Municipal dos Direitos do Idoso e dá outras providências.</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4497/ple-08-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4497/ple-08-2005.pdf</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4498/ple-09-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4498/ple-09-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com o Tribunal de Justiça do Estado do Paraná.</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4499/ple-10-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4499/ple-10-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar o convênio com a Barigui S/A -CFI - para concessão de crédito aos Servidores Municipais de Ivaiporã.</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4500/ple-11-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4500/ple-11-2005.pdf</t>
   </si>
   <si>
     <t>Abre um crédito Adicional  Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4501/ple-12-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4501/ple-12-2005.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional e Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4502/ple-13-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4502/ple-13-2005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias ao Executivo e Servidores do Município, institui o regime  de adiamento e dá outras providências.</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4503/ple-14-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4503/ple-14-2005.pdf</t>
   </si>
   <si>
     <t>Concede isenção dos tributos que especifica a trabalhadores autônomos  do Programa Casa Familiar - construção de até 33 unidades habitacionais na sede do Distrito de Jacutinga, neste município.</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4504/ple-15-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4504/ple-15-2005.pdf</t>
   </si>
   <si>
     <t>Modifica em face da Emenda Constitucional n° 19/98, o vínculo dos Servidores Públicos, Agente Políticos, Empregados Públicos e de Cargos de Provimento em Comissão, com o Município de Ivaiporã, Estado do Paraná, e confirma como regime previdenciário o Geral de Previdência Social, e dá outras providências.</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o Plano de Cargos e Salários na administração Pública Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4506/ple-17-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4506/ple-17-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicionais Suplementares.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4507/pll.18-2005.zip</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4507/pll.18-2005.zip</t>
   </si>
   <si>
     <t>Declara ponto facultativo Religioso no Distrito de Jacutinga e dá outras providências.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4508/ple-19-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4508/ple-19-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio com o Banco do Brasil S/A, para concessão de crédito aos servidores municipais de Ivaiporã.</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4509/ple-20-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4509/ple-20-2005.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 63 da lei Municipal n°1.268/2005, de 16-05-2005 ( Estatuto dos Servidores Públicos Municipais de Ivaiporã.</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4510/ple-21-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4510/ple-21-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção financeira ás entidades que especifica.</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4511/ple-22-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4511/ple-22-2005.pdf</t>
   </si>
   <si>
     <t>Fixa novos valores para o Regime de Adiantamentos instituido pela Lei Municipal n° 931/95, de 13/12/95.</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4512/ple-23-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4512/ple-23-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a fixar, por Decreto, a remuneração dos membros do Conselho Tutelar de Ivaiporã e revoga a legislação que especifica.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4513/ple-24-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4513/ple-24-2005.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial  e dá outras providências.</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4514/ple-25-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4514/ple-25-2005.pdf</t>
   </si>
   <si>
     <t>Da nova redação ao inciso I do Art. 2°, e ao art. 7 /, da Lei Municipal n°1.263/05, de 29/04/2005.</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4521/ple-26-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4521/ple-26-2005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Diretrizes Orçamentarias, para a elaboração da Lei Orçamentaria para o exercício de 2006 do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4523/ple-27-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4523/ple-27-2005.pdf</t>
   </si>
   <si>
     <t>Introduz Alterações na Lei Municipal n° 1.271/2005, de 03/06/2005.</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4525/ple-29-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4525/ple-29-2005.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 1.241/04, de 07 de novembro de 2004, e dá outras providências.</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4526/ple-30-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4526/ple-30-2005.pdf</t>
   </si>
   <si>
     <t>Atende o disposto no 1° do Art. 82 da Lei Orgânica do Município e dá outras providências.</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4528/ple-31-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4528/ple-31-2005.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 2° da Lei Municipal n° 997/97, de 29/09/97.</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4529/ple-32-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4529/ple-32-2005.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4530/ple-33-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4530/ple-33-2005.pdf</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4531/ple-34-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4531/ple-34-2005.pdf</t>
   </si>
   <si>
     <t>Disciplina o ordenamento da construção de calçada na cidade de Ivaiporã e dispõe sobre os modelos a serem usados, e dá outra providências.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4532/ple-35-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4532/ple-35-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a promover a cessão de uso gratuito, de imóvel do Município  para o Albergue Bom Samaritano, desta Cidade, e dá outra providências.</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4533/ple-36-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4533/ple-36-2005.pdf</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4534/ple-37-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4534/ple-37-2005.pdf</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4536/ple-39-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4536/ple-39-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4537/ple-40-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4537/ple-40-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4538/ple-41-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4538/ple-41-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a promover termo de acordo para desocupação de imóveis localizados na Vila Conceição, Distrito de Jacutinga, e dá outras providências.</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4539/ple-42-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4539/ple-42-2005.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos Artigos 1° e 3° da Lei 765/91.</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4540/ple-47-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4540/ple-47-2005.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4543/ple-48-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4543/ple-48-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a contratar Operação de Crédito com a Agência de Fomento do Paraná S/A.</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4544/ple-49-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4544/ple-49-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio com a Associação de Proteção a Maternidade e a Infãncia de Ivaiporã - APMI -.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4545/ple-50-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4545/ple-50-2005.pdf</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4546/ple-51-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4546/ple-51-2005.pdf</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4547/ple-53-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4547/ple-53-2005.pdf</t>
   </si>
   <si>
     <t>Altera Anexo I de Metas e Prioridades da Lei n° 1.284/05 ( Lei de Diretrizes Orçamentarias ) para o exercício de 2006.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4548/pll-54-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4548/pll-54-2005.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4549/ple-55-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4549/ple-55-2005.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais Suplementares.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Ademar, Bertinho, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Lourdes Mancia, Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4166/pll_01-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4166/pll_01-2005.pdf</t>
   </si>
   <si>
     <t>Revoga o capitulo IV - Da Tribuna Popular do Art.  1º e Art. 124 e seus parágrafos da Emenda Substitutiva nº 01/2003; e fica revogada Tribuna Popular do Art. 117 da Emenda Aditiva nº 01/2003, e dá outras providências.</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
     <t>Ademar, Geovane Pedroso, Getúlio da Coletoria, Gustavo Chaves, Lourdes Mancia, Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4167/pll_02-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4167/pll_02-2005.pdf</t>
   </si>
   <si>
     <t>Proíbe a nomeação, contratação e permanência de aposentados nos cargos da administração direta e indireta dos Poderes Executivos e Legislativo do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
     <t>Ademar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4168/pll_03-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4168/pll_03-2005.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo de Desenvolvimento Agropecuário de Ivaiporã - FUNDESI, e dá outras providências.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4169/pll_04-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4169/pll_04-2005.pdf</t>
   </si>
   <si>
     <t>Institui a  Comissão de Planejamento para escolha de pintura oficial em próprios públicos do Municipio de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
     <t>Lourdes Mancia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4170/pll_08-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4170/pll_08-2005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre renuncia fiscal do IPTU a imóveis de Ivaiporã, consolidando os critérios de isençoes  a associações de moradores, e dá outras providências.</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
     <t>Ademar, Bertinho, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Gustavo Chaves, Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4171/pll_09-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4171/pll_09-2005.pdf</t>
   </si>
   <si>
     <t>Reconhece a Sociedade Rural Ipiranga - SORIP - como órgão de utilidade pública e dá outras providências.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
     <t>Gustavo Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4172/pll_10-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4172/pll_10-2005.pdf</t>
   </si>
   <si>
     <t>Determina a obrigação de instalação de sanitários ecológicos em festividades, feiras e eventos realizados em ruas, avenidas e praças públicas no âmbito municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4173/pll_12-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4173/pll_12-2005.pdf</t>
   </si>
   <si>
     <t>Reconhece como ógão de utilidade pública a Associação de Câmaras Municipais de Vereadores do Vale do Ivaí - ACAVI, e dá outras providências.</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4100/ppl_13-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4100/ppl_13-2005.pdf</t>
   </si>
   <si>
     <t>Reconhece como órgão de utilidade pública municipal a Associação dos Moradores do Conjunto Habilitacional João de Barro, e dá outras providências.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>Ademar, Lourdes Mancia, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4176/pll_14-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4176/pll_14-2005.pdf</t>
   </si>
   <si>
     <t>Disciplina a exploração de equipamentos e sistemas sonoros, bem como a utilização de faixa e cartazes em locais públicos. A câmara de Vereadores de Ivaiporã, Estado do Paraná, aprovou e Eu, sanciono a seguinte.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
     <t>Ademar, Bertinho, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Gustavo Chaves, Lourdes Mancia, Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4180/pll15-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4180/pll15-2005.pdf</t>
   </si>
   <si>
     <t>Inclui como extenção das estradas vicinais do Município de Ivaiporã, Estado do Paraná, os carreadores existentes na área rural e dá outras providências.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4181/pll_16-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4181/pll_16-2005.pdf</t>
   </si>
   <si>
     <t>Torna órgão de Utilidade Pública a APOM - Associação dos Policiais Militares do Vale do Ivaí e determina outras providências.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4182/pll17-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4182/pll17-2005.pdf</t>
   </si>
   <si>
     <t>Reconhece como Órgão de Utilidade Pública a Associação dos Moradores do Conjunto Habitacional Waldomiro Bleis Guergolette.</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
     <t>Bertinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4183/pll.18-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4183/pll.18-2005.pdf</t>
   </si>
   <si>
     <t>Declara ponto facultativo religioso no Distrito de Jacutinga, neste Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>8280</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Vila Real, Bertinho, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Gustavo Chaves, Lourdes Mancia, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8280/projeto_de_decreto_01-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8280/projeto_de_decreto_01-2005.pdf</t>
   </si>
   <si>
     <t>Referenda a cessão de ônibus do Município para viagem ao Encontro Estadual das APAEs, a Associação de Pais e Amigos dos Excepcionais de Ivaiporã.</t>
   </si>
   <si>
     <t>8279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8279/projeto_de_decreto_02-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8279/projeto_de_decreto_02-2005.pdf</t>
   </si>
   <si>
     <t>De acordo com a Lei 1049/99, Art. 29 Inciso V, referenda o nome do representante junto ao Conselho Municipal de Desenvolvimento Econômico de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>8278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8278/projeto_de_decreto_03-2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8278/projeto_de_decreto_03-2005.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito ao Sr. JOSÉ FRANCISCO CABRAL e dá outras providências.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3864/pr_1_2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3864/pr_1_2005.pdf</t>
   </si>
   <si>
     <t>Altera e dá nova redação ao § 5o do Art.31 do Regimento Interno da Câmara de Vereadores de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3866/pr_2_2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3866/pr_2_2005.pdf</t>
   </si>
   <si>
     <t>- Altera o nome do Plenário da Câmara de Vereadores de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t>Ademar, Bertinho, Edison José de Brito, Getúlio da Coletoria, Sabão - Edivaldo Montanheri, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3867/pr_3_2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3867/pr_3_2005.pdf</t>
   </si>
   <si>
     <t>- Cria o cargo de Diretor Financeiro no quadro único de pessoal da Câmara de Vereadores de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3869/pr_4_2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3869/pr_4_2005.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução n° 01/2003, de 26 de março de 2003, da Câmara Municipal de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3870/pr_5_2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3870/pr_5_2005.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução N° 01/2003, de 26 de março de 2003, da Câmara Municipal de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
     <t>Ademar, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3871/pr_6_2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3871/pr_6_2005.pdf</t>
   </si>
   <si>
     <t>Estabelece o Regimento Interno da Câmara Municipal</t>
   </si>
   <si>
     <t>10366</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Vila Real, Ademar, Bertinho, Edison José de Brito, Geovane Pedroso, Getúlio da Coletoria, Gustavo Chaves, Lourdes Mancia, Sabão - Edivaldo Montanheri</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10366/emenda_modificativa_2_2005_lom.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10366/emenda_modificativa_2_2005_lom.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>10381</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10381/14_emenda_modificativa_3_2005.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10381/14_emenda_modificativa_3_2005.pdf</t>
   </si>
   <si>
     <t>Altera o art. 6º do Projeto de Lei nº 43/2005 do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>10752</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10752/projeto_de_lei_substitutivo_1_2005_ao_ple_29_2025.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10752/projeto_de_lei_substitutivo_1_2005_ao_ple_29_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei nº 29/2005 do Poder Executivo, apresenta substitutivo e dá outras providências.</t>
   </si>
   <si>
     <t>10973</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10973/ato_2005_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10973/ato_2005_1.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 5.000,00)</t>
   </si>
   <si>
     <t>10974</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10974/ato_2005_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10974/ato_2005_2.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 20.000,00)</t>
   </si>
   <si>
     <t>10975</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10975/ato_2005_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10975/ato_2005_4.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 12.000,00)</t>
   </si>
   <si>
     <t>10976</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10976/ato_2005_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10976/ato_2005_5.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 8.000,00)</t>
   </si>
   <si>
     <t>10977</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10977/ato_2005_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10977/ato_2005_6.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 1.200,00)</t>
   </si>
   <si>
     <t>10980</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10980/ato_2005_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10980/ato_2005_7.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 20.000,00)</t>
   </si>
   <si>
     <t>10981</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10981/ato_2005_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10981/ato_2005_8.pdf</t>
   </si>
   <si>
     <t>1) Autorizar a Mesa Diretora a abrir concurso público para o preenchimento de vaga para o cargo de provimento efetivo de Contador._x000D_
 2) Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 8.800,00)</t>
   </si>
   <si>
     <t>10982</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10982/ato_2005_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10982/ato_2005_9.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 27.500,00)</t>
   </si>
   <si>
     <t>10983</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10983/ato_2005_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10983/ato_2005_10.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 9.450,00)</t>
   </si>
   <si>
     <t>10984</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10984/ato_2005_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10984/ato_2005_11.pdf</t>
   </si>
   <si>
     <t>Autorizar a Mesa Diretora a dar posse para preenchimento de vaga para o cargo de provimento efetivo de Contador.</t>
   </si>
   <si>
     <t>10985</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10985/ato_2005_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10985/ato_2005_12.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências. (Valor de R$ 1.700,00)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1360,68 +1360,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4491/ple-02-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4492/ple-03-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4493/ple-04-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4494/ple-05-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4495/ple-06-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4496/ple-07-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4497/ple-08-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4498/ple-09-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4499/ple-10-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4500/ple-11-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4501/ple-12-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4502/ple-13-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4503/ple-14-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4504/ple-15-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4506/ple-17-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4507/pll.18-2005.zip" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4508/ple-19-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4509/ple-20-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4510/ple-21-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4511/ple-22-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4512/ple-23-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4513/ple-24-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4514/ple-25-2005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4521/ple-26-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4523/ple-27-2005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4525/ple-29-2005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4526/ple-30-2005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4528/ple-31-2005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4529/ple-32-2005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4530/ple-33-2005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4531/ple-34-2005.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4532/ple-35-2005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4533/ple-36-2005.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4534/ple-37-2005.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4536/ple-39-2005.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4537/ple-40-2005.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4538/ple-41-2005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4539/ple-42-2005.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4540/ple-47-2005.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4543/ple-48-2005.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4544/ple-49-2005.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4545/ple-50-2005.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4546/ple-51-2005.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4547/ple-53-2005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4548/pll-54-2005.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4549/ple-55-2005.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4166/pll_01-2005.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4167/pll_02-2005.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4168/pll_03-2005.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4169/pll_04-2005.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4170/pll_08-2005.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4171/pll_09-2005.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4172/pll_10-2005.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4173/pll_12-2005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4100/ppl_13-2005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4176/pll_14-2005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4180/pll15-2005.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4181/pll_16-2005.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4182/pll17-2005.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4183/pll.18-2005.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8280/projeto_de_decreto_01-2005.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8279/projeto_de_decreto_02-2005.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8278/projeto_de_decreto_03-2005.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3864/pr_1_2005.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3866/pr_2_2005.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3867/pr_3_2005.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3869/pr_4_2005.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3870/pr_5_2005.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3871/pr_6_2005.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10366/emenda_modificativa_2_2005_lom.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10381/14_emenda_modificativa_3_2005.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10752/projeto_de_lei_substitutivo_1_2005_ao_ple_29_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10973/ato_2005_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10974/ato_2005_2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10975/ato_2005_4.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10976/ato_2005_5.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10977/ato_2005_6.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10980/ato_2005_7.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10981/ato_2005_8.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10982/ato_2005_9.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10983/ato_2005_10.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10984/ato_2005_11.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10985/ato_2005_12.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4491/ple-02-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4492/ple-03-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4493/ple-04-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4494/ple-05-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4495/ple-06-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4496/ple-07-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4497/ple-08-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4498/ple-09-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4499/ple-10-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4500/ple-11-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4501/ple-12-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4502/ple-13-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4503/ple-14-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4504/ple-15-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4506/ple-17-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4507/pll.18-2005.zip" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4508/ple-19-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4509/ple-20-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4510/ple-21-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4511/ple-22-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4512/ple-23-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4513/ple-24-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4514/ple-25-2005.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4521/ple-26-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4523/ple-27-2005.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4525/ple-29-2005.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4526/ple-30-2005.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4528/ple-31-2005.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4529/ple-32-2005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4530/ple-33-2005.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4531/ple-34-2005.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4532/ple-35-2005.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4533/ple-36-2005.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4534/ple-37-2005.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4536/ple-39-2005.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4537/ple-40-2005.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4538/ple-41-2005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4539/ple-42-2005.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4540/ple-47-2005.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4543/ple-48-2005.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4544/ple-49-2005.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4545/ple-50-2005.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4546/ple-51-2005.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4547/ple-53-2005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4548/pll-54-2005.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4549/ple-55-2005.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4166/pll_01-2005.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4167/pll_02-2005.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4168/pll_03-2005.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4169/pll_04-2005.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4170/pll_08-2005.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4171/pll_09-2005.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4172/pll_10-2005.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4173/pll_12-2005.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4100/ppl_13-2005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4176/pll_14-2005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4180/pll15-2005.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4181/pll_16-2005.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4182/pll17-2005.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/4183/pll.18-2005.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8280/projeto_de_decreto_01-2005.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8279/projeto_de_decreto_02-2005.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/8278/projeto_de_decreto_03-2005.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3864/pr_1_2005.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3866/pr_2_2005.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3867/pr_3_2005.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3869/pr_4_2005.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3870/pr_5_2005.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/3871/pr_6_2005.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10366/emenda_modificativa_2_2005_lom.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10381/14_emenda_modificativa_3_2005.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10752/projeto_de_lei_substitutivo_1_2005_ao_ple_29_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10973/ato_2005_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10974/ato_2005_2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10975/ato_2005_4.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10976/ato_2005_5.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10977/ato_2005_6.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10980/ato_2005_7.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10981/ato_2005_8.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10982/ato_2005_9.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10983/ato_2005_10.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10984/ato_2005_11.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2005/10985/ato_2005_12.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="135.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>