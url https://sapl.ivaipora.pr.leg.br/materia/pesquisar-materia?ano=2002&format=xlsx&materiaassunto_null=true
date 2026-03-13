--- v0 (2025-12-06)
+++ v1 (2026-03-13)
@@ -10,949 +10,2084 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1328" uniqueCount="671">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Pedro Wilson Papin</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4637/ple-01-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4637/ple-01-2002.pdf</t>
   </si>
   <si>
     <t>Cria as escolas municipais que especifica.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4638/ple-03-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4638/ple-03-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de termo de cooperação entre os Municípios de Ivaiporã e Ariranha do Ivaí e dá outras providências.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4639/ple-04-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4639/ple-04-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza a abrir um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4640/ple-05-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4640/ple-05-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza o  Poder Executivo a dispor sobre as Concessões dos Serviços de Transportes Coletivos de passageiros no Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4627/ple-06-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4627/ple-06-2002.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Art. 213 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná, de acordo com Lei Federal n° 9.785/99 e dá outras providências.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4628/ple-07-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4628/ple-07-2002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentarias para o exercício financeiro de 2003 e dá outras providências.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4629/ple-08-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4629/ple-08-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento de débitos tributários.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4630/ple-09-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4630/ple-09-2002.pdf</t>
   </si>
   <si>
     <t>Altera tabelas da Lei Municipal n° 1.167/2002.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4631/ple-10-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4631/ple-10-2002.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 213 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná, de acordo com a Lei Federal n° 9.785/99 e dá outras providências.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4632/ple-11-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4632/ple-11-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de materiais usados.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4633/ple-12-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4633/ple-12-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza a anistia e a isenção do IPTU.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4634/ple-13-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4634/ple-13-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação, quando a destinação, do imóvel que especifica.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4635/ple-14-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4635/ple-14-2002.pdf</t>
   </si>
   <si>
     <t>Declara as áreas que especifica como áreas de expansão do perímeto urbano de Ivaiporã.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4636/ple-15-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4636/ple-15-2002.pdf</t>
   </si>
   <si>
     <t>Referenda o Regime Geral de Previdência Social para reger a Seguridade Social dos Servidores do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4641/ple-16-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4641/ple-16-2002.pdf</t>
   </si>
   <si>
     <t>Declara como expansão urbana a área que especifica.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4642/ple-17-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4642/ple-17-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza a compensação de Créditos com Servidores Municipais.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4643/ple-18-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4643/ple-18-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4644/ple-20-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4644/ple-20-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a repassar os excessos não pagos, no exercício de 2002,  relativos aos 60% do Fundo de Manutenção e Desenvolvimento do Ensino Fundamental e de Valorização do Magistério - FUNDEF -.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4645/ple19-2002-01.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4645/ple19-2002-01.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município  de Ivaiporã para o exercício de 2003</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4129/pll_01-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4129/pll_01-2002.pdf</t>
   </si>
   <si>
     <t>Insenta Hospitais do Pagamento do ISSQN  e estabelece outras providências.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Leonil Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4130/pll_02-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4130/pll_02-2002.pdf</t>
   </si>
   <si>
     <t>Altera o nome da atual Escola Municipal  Venceslau Braz para  ''ESCOLA MUNICIPAL ZILDA ALVES ANACLETO'' E e de outras providência.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
     <t>Professor Cyro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4132/pll_04-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4132/pll_04-2002.pdf</t>
   </si>
   <si>
     <t>Reconhece a Associação de Moradores do Conjunto Habitacional João de Barro, como Órgão de Utilidade Publica.</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4133/pll_05-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4133/pll_05-2002.pdf</t>
   </si>
   <si>
     <t>Proíbe a cobrança de taxa de consumo mínimo de água no município, como especifica, e estabelece outras providências.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>Luizão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4134/pll_06-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4134/pll_06-2002.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a Rua Bulha, nesta cidade.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4135/pll_07-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4135/pll_07-2002.pdf</t>
   </si>
   <si>
     <t>Proíbe a Suspensão e Corte de fornecimento de Energia Elétrica e da outras providências.</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>Rui Gasparotto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4136/pll_08-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4136/pll_08-2002.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Praça 19 de Novembro, para Praça Henrique Martins Portelinha.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
     <t>Éder Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4137/pll_09-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4137/pll_09-2002.pdf</t>
   </si>
   <si>
     <t>Altera a Rua Rio Grande do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4138/pll_10-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4138/pll_10-2002.pdf</t>
   </si>
   <si>
     <t>Institui a Coleta Seletiva de Lixo Urbano no Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>Celestino Júnior</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4139/pll_11-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4139/pll_11-2002.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a ASSOCIAÇÃO DE MORADORES DOS BAIRRO JARDIM IMPERIAL E JARDIM OURO PRETO e dá outras providências.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4140/pll_12-2003.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4140/pll_12-2003.pdf</t>
   </si>
   <si>
     <t>Reconhece a Associação dos Moradores do  Jardim Luiz XV, como Órgão de Utilidade Pública.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
     <t>Leonil Garcia, Professor Caloi, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4141/pll_13-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4141/pll_13-2002.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a deduzir na folha de pagamento, Ordens de fornecimentos de Servidores Municipais que forem sócios do Sindicato dos Servidores Públicos Municipais de Ivaiporã e  dá outras providências.</t>
   </si>
   <si>
     <t>8770</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Dito, Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8770/projeto_de_decreto_01-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8770/projeto_de_decreto_01-2002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as prestações de Contas do Executivo Municipal de Ivaiporã, Serviço Autônomo de Saneamento e Pavimentação e Legislativo Municipal.</t>
   </si>
   <si>
     <t>8766</t>
   </si>
   <si>
     <t>Dito</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8766/projeto_de_decreto_02-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8766/projeto_de_decreto_02-2002.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio que entre si celebram o Município de Ivaiporã e o DER - Departamento de Estradas de Rodagem, com a interveniência da Secretaria de Estado dos Transportes.</t>
   </si>
   <si>
     <t>8765</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8765/projeto_de_decreto_03-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8765/projeto_de_decreto_03-2002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Legislativo do Município de Ivaiporã, Serviço Autônomo de Saneamento e Pavimentação e Poder Executivo de Ivaiporã. Estado do Paraná.</t>
   </si>
   <si>
     <t>8764</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8764/projeto_de_decreto_04-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8764/projeto_de_decreto_04-2002.pdf</t>
   </si>
   <si>
     <t>Concede licença a Vereador. (Benedito Vieira da Silva - 90 dias - Para tratamento de Saúde).</t>
   </si>
   <si>
     <t>8763</t>
   </si>
   <si>
     <t>Emir Matias</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8763/projeto_de_decreto_05-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8763/projeto_de_decreto_05-2002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor DURVALINO FRANSCISCO FELIZARDO.</t>
   </si>
   <si>
     <t>8748</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8748/projeto_de_decreto_06-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8748/projeto_de_decreto_06-2002.pdf</t>
   </si>
   <si>
     <t>Altera o cargo de funcionário. (Nélio Montanhini p cargo de provimento efetivo de Motorista)</t>
   </si>
   <si>
     <t>8747</t>
   </si>
   <si>
     <t>Dito, Leonil Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8747/projeto_de_decreto_07-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8747/projeto_de_decreto_07-2002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Poder Executivo e Poder Legislativo de Ivaiporã, Estado do Paraná, referente ao exercício financeiro de 2000.</t>
   </si>
   <si>
     <t>8734</t>
   </si>
   <si>
     <t>Professor Caloi, Dito, Luizão, Mário Hort, Professor Cyro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8734/projeto_de_decreto_08-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8734/projeto_de_decreto_08-2002.pdf</t>
   </si>
   <si>
     <t>Disciplina o horário de trabalho do Presidente da Câmara de Vereadores de Ivaiporã, Estado do Paraná._x000D_
 _x000D_
 (arquivado pelos autores)</t>
   </si>
   <si>
     <t>11463</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11463/indicacao_01-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11463/indicacao_01-2002.pdf</t>
   </si>
   <si>
     <t>Indicar  ao Senhor Prefeito Municipal, a conclusão da Creche da Vila Santa maria, bem como, melhorias em todas as ruas daquela Vila, com galerias, meio-fio e antipó.</t>
   </si>
   <si>
     <t>11464</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11464/indicacao_02-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11464/indicacao_02-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de benfeitorias com galerias, meio-fio e antipó, em todas as Ruas que se fizerem necessárias dos Jardins; Luiz XV, Belo Horizonte imperial. Ouro Preto, Alto da Glória, Alvorada, Vilas Monte Castelo e São José.</t>
   </si>
   <si>
     <t>11465</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11465/indicacao_03-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11465/indicacao_03-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade urgente da conclusão do acostamento do trecho que liga a cidade de Ivaiporã à Vila Nova Porã.</t>
   </si>
   <si>
     <t>11466</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11466/indicacao_04-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11466/indicacao_04-2002.pdf</t>
   </si>
   <si>
     <t>Solicitar o envio desta ao Ministro das Comunicações, João Pimenta da Veiga Filho, para que determine a instalação de um Quiosque de Acesso Público à Internet na Agência dos Correios de Ivaiporã.</t>
   </si>
   <si>
     <t>11467</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11467/indicacao_05-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11467/indicacao_05-2002.pdf</t>
   </si>
   <si>
     <t>Solicitar o envio desta ao Governador Jaime Lemer, ao Deputado Estadual Orlando Pessuti e ao Secretário de Estado da Administração e da Previdência Ricardo Augusto Cunha Smijtink, para que os permanência do Instituto de Previdência do Estado, para que desta forma os Servidores Públicos Estaduais continuem tendo a opção de serem atendidos pela atual rede hospitalar conveniada pelo referido Instituto.</t>
   </si>
   <si>
     <t>11471</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11471/indicacao_06-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11471/indicacao_06-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, necessidade de conceder 30% (trinta por cento) de aumento salarial a todo funcionalismo municipal.</t>
   </si>
   <si>
     <t>11472</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11472/indicacao_07-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11472/indicacao_07-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de se lazer uma adaptação nos ônibus para facilitar o acesso dos deficientes físicos, bem como, determinar um banco específico  para os mesmos.</t>
   </si>
   <si>
     <t>11473</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11473/indicacao_08-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11473/indicacao_08-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que o mesmo tome as_x000D_
 seguintes providências no que concerne às gratificações concedidas irregularmente_x000D_
 detentores de Cargos de Confiança:_x000D_
 1° " Extinção das mesmas imediatamente, com ressarcimento aos cofres públicos dos valores concedidos irregularmente do início do exercício de 2001 até a presente data;_x000D_
 2 - que os valores auferidos pelo ressarcimento, bem como com a economia que se fará desta data para frente, que sejam utilizados em reajuste salarial para todo o funcionalismo municipal;_x000D_
 3o - que esta Câmara Municipal envie cópia desta Indicação ao Ministério Público para que o mesmo tome providências legais frente ao referido ato de improbidade administrativa, improbidade esta expressa no Parágrafo 4o do artigo 39 da Constituição Federal, como se segue:</t>
   </si>
   <si>
     <t>11474</t>
   </si>
   <si>
     <t>Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11474/indicacao_09-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11474/indicacao_09-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade urgente de proceder ao serviço de limpeza em todas as bocas-de-lobo,_x000D_
 das quais muitas se encontram entupidas causando vários transtornos aos munícipes.</t>
   </si>
   <si>
     <t>11475</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11475/indicacao_10-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11475/indicacao_10-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de arrumar a ponte do Rio Pindaúvinha, fundos da Av. Maranhão, a qual dá acesso a Chácara da Sra. Zena.</t>
   </si>
   <si>
     <t>11476</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11476/indicacao_11-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11476/indicacao_11-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, uma via para pedestre no trecho compreendido entre a saída da cidade até a Rua que da acesso ao Hospital Municipal, Vila Santa Maria.</t>
   </si>
   <si>
     <t>11477</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11477/indicacao_12-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11477/indicacao_12-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a limpeza e reurbanização urgente no Lago das Flores.</t>
   </si>
   <si>
     <t>11478</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11478/indicacao_13-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11478/indicacao_13-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a restauração das Ruas que se fizerem necessárias da Vila Santa Terezinha.</t>
   </si>
   <si>
     <t>11479</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11479/indicacao_14-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11479/indicacao_14-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Competente, restaurar a entrada ao Jardim Belo Horizonte.</t>
   </si>
   <si>
     <t>11480</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11480/indicacao_15-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11480/indicacao_15-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que através do departamento competente realize a manutenção de bueiros/bocas-de-lobo, desentupindo-os, protegendo-os com tampas e grades de segurança.</t>
   </si>
   <si>
     <t>11481</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11481/indicacao_16-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11481/indicacao_16-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal que através do departamento competente, realize a manutenção das calçadas/passeio público do canteiro central da Avenida Brasil, no trecho entre a Rua Sete de Setembro e o Colégio Unidade Pólo. Indica-se também que, ao realizar tal trabalho, que a Prefeitura aproveite a oportunidade e construa pequenas rampas nessas calçadas removendo o obstáculo que representam os meios-fios às pessoas portadoras de necessidades especiais, de acordo com a Lei Federal n° 7.853 em seu Art. 2o.</t>
   </si>
   <si>
     <t>11482</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11482/indicacao_17-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11482/indicacao_17-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade urgente de recuperar as estradas rurais do município.</t>
   </si>
   <si>
     <t>11483</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11483/indicacao_18-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11483/indicacao_18-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que o mesmo requeira em regime de urgência junto à TELEPAR-Brasil Telecom, a instalação de um telefone público na localidade do Pindaúvinha, ao lado da Igreja.</t>
   </si>
   <si>
     <t>11484</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Professor Caloi</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11484/indicacao_19-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11484/indicacao_19-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, o seguinte: _x000D_
 I - A necessidade de valorizar os trabalhadores e para que os mesmos não sejam excluídos ou discriminados, beneficiando-os com o Transporte Coletivo Rural Gratuito, pois estes têem o mesmo direito que os moradores da Zona Urbana, que já desfrutam do modelo nacional do Transporte Coletivo Urbano Gratuito._x000D_
 2 " Adquirir mais ônibus para fazer as linhas e resolver o problema da super lotação que envolve estudantes e passageiros._x000D_
 3 Fazer um estudo de horários mais diversificado para atender cidadãos que necessitam do atendimento médico, que muitas vezes devido ao horário que chegam ao Posto de Saúde, não conseguem guias de consultas com as especialidades.</t>
   </si>
   <si>
     <t>11485</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11485/indicacao_20-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11485/indicacao_20-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que determine ao Departamento Competente, a manutenção construir uma nova ponte no Rio Azul, com parceria da Prefeitura Municipal de Ariranha do Ivaí, porque a mesma já se encontra totalmente destruída.</t>
   </si>
   <si>
     <t>11486</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11486/indicacao_21-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11486/indicacao_21-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, as seguintes benfeitorias:_x000D_
 I - Reforma da Escola Estadual e Municipal do Distrito de Santa Bárbara, em parceria com a Escola Estadual e a Prefeitura, onde a Escola compra o material e a Prefeitura entra com a mão de obra._x000D_
 2 - Realizar benfeitorias tais como; término da quadra, pintura da escola, e serviço de jardinagem.</t>
   </si>
   <si>
     <t>11487</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11487/indicacao_22-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11487/indicacao_22-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, implantar as Patrulhas Mecanizadas, e ainda, três ambulâncias para as regiões de Santa Bárbara, Alto Porã e Jacutinga, cumprindo a promessa de campanha a exemplo do Hospital Municipal e Transporte Coletivo Urbano Gratuito, que já foram implantados, sugerindo que o Conselho de Desenvolvimento Agrícola administre as Patrulhas Mecanizadas, e os responsáveis pelo Posto de Saúde da localidade administre as ambulâncias ou como a administração achar melhor.</t>
   </si>
   <si>
     <t>11488</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11488/indicacao_23-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11488/indicacao_23-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR Senhor Prefeito Municipal, que o mesmo determine ao Departamento Competente, o serviço de tapa-buracos ou recapear a Rua Jandaia, nesta cidade.</t>
   </si>
   <si>
     <t>11489</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11489/indicacao_24-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11489/indicacao_24-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de arrumar as ruas do Conjunto João de Barro e Nossa Senhora Aparecida, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>11490</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Celestino Júnior, Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11490/indicacao_25-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11490/indicacao_25-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de proceder ao serviço de tapa-buracos no asfalto da Rua São José, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>11491</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11491/indicacao_26-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11491/indicacao_26-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, que determine ao departamento competente, o serviço de limpeza principalmente na Rua Bulha e demais ruas que tem pedras irregulares, na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>11492</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11492/indicacao_27-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11492/indicacao_27-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de arrumar as estradas rurais das seguintes Localidades: Água da Mamona, Perobão, Formoso, Formosinho, Antônio Bonito e a estrada até Santa Bárbara.</t>
   </si>
   <si>
     <t>11501</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Mário Hort, Professor Caloi</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11501/indicacao_28-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11501/indicacao_28-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a instalação de um albergue, haja vista da necessidade que a nossa cidade infelizmente, já está sentindo.</t>
   </si>
   <si>
     <t>11502</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11502/indicacao_29-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11502/indicacao_29-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, para que o mesmo dê uma atenção especial às Indicações dos Vereadores Mirins.</t>
   </si>
   <si>
     <t>11503</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11503/indicacao_30-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11503/indicacao_30-2002.pdf</t>
   </si>
   <si>
     <t>sugerir ao Senhor Prefeito Municipal, a venda dos dois tratores para a aquisição de uma moto niveladora para atender a agricultura.</t>
   </si>
   <si>
     <t>11504</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11504/indicacao_31-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11504/indicacao_31-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de fazer a reposição salarial do ano de 2001 e 2002 aos Funcionários Públicos Municipais.</t>
   </si>
   <si>
     <t>11505</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11505/indicacao_32-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11505/indicacao_32-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Senhor Prefeito Municipal, o adiantamento das Ações Trabalhistas para os Funcionários Públicos Municipais, para que os mesmos possam pagar o IPTU e demais despesas.</t>
   </si>
   <si>
     <t>11506</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11506/indicacao_33-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11506/indicacao_33-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Excelentíssimo Senhor Prefeito Municipal, para que determine ao Departamento competente que faça a limpeza do mato e vegetação alta na área do pátio do antigo IBC, onde funciona o Departamento de Agricultura e Meio Ambiente, e ainda, determinar a limpeza do mato e vegetação alta no Cemitério Municipal.</t>
   </si>
   <si>
     <t>11507</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11507/indicacao_34-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11507/indicacao_34-2002.pdf</t>
   </si>
   <si>
     <t>INDICAR, ao Excelentíssimo Senhor Prefeito Municipal, para REATIVAR o "Conselho Municipal de_x000D_
 Entorpecentes de Ivaiporã".</t>
   </si>
   <si>
+    <t>11508</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11508/indicacao_35-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de agilizar a aprovação do Plano de Carreira dos Funcionários Públicos Municipais e do Estatuto.</t>
+  </si>
+  <si>
+    <t>11509</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11509/indicacao_36-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de se construir uma quadra de esportes na Escola Bento Viana, localizada na Vila Nova Porã.</t>
+  </si>
+  <si>
+    <t>11510</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Dito, Éder Bueno, Luizão, Mário Hort, Professor Cyro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11510/indicacao_37-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Competente, com a máxima urgência, a_x000D_
+reforma da quadra de esportes, do Posto de Saúde, bem como da creche, do Distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11511</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11511/indicacao_38-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de readequar as estradas da Serrinha, Paineirinha, Três Ranchinhos e Perobão.</t>
+  </si>
+  <si>
+    <t>11512</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11512/indicacao_39-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de colocar uma ambulância a disposição da comunidade do Distrito de Jacutinga, de acordo com as promessas de campanha.</t>
+  </si>
+  <si>
+    <t>11513</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11513/indicacao_40-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de colocar um veículo mais apropriado para a coleta de lixo no Distrito de Jacutinga, onde a carroça que faz esse serviço encontra-se em péssimo estado.</t>
+  </si>
+  <si>
+    <t>11514</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11514/indicacao_42-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de colocar a disposição do Distrito de Jacutinga, uma patrola, um caminhão caçamba, uma pá carregadeira e um trator para o serviço agrícola.</t>
+  </si>
+  <si>
+    <t>11515</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Celestino Júnior, Dito, Leonil Garcia, Luizão, Professor Caloi, Professor Cyro, Vila Real</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11515/indicacao_43-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a construção de uma pista de skate mini ramp na quadra municipal derrubando o muro lá existente.</t>
+  </si>
+  <si>
+    <t>11516</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11516/indicacao_44-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a instalação de um consultório odontológico no Distrito de Jacutinga com um Dentista atendendo meio período todos os dias.</t>
+  </si>
+  <si>
+    <t>11517</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11517/indicacao_45-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a descentralização dos serviços administrativos para os Distritos de Alto Porã, Santa Bárbara e Jacutinga.</t>
+  </si>
+  <si>
+    <t>11518</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Dito, Celestino Júnior, Leonil Garcia, Luizão, Mário Hort, Professor Cyro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11518/indicacao_46-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a abertura de um poço artesiano na Localidade de Santa Luzia.</t>
+  </si>
+  <si>
+    <t>11519</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Éder Bueno, Dito, Leonil Garcia, Luizão, Mário Hort</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11519/indicacao_47-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade urgente de tomar providências quanta a vala que se formou ao longo do tempo devido às intempéries, medindo mais ou menos uns dez metros de altura por sete metros de largura, na divisa dos Jardins Belo Horizonte e Ouro Preto.</t>
+  </si>
+  <si>
+    <t>11520</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11520/indicacao_48-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de asfaltar, colocar meio-fio e galerias de águas pluviais nos seguintes locais: Jardim Luiz XV, Jardim Brasília, Jardim Imperial, Jardim Aeroporto, jardim Belo Horizonte, Jardim Alvorada, Jardim_x000D_
+Paraná, Jardim Alto da Glória, Jardim Iporã, Vila Nova Porã, Bosque da Saúde, Jardim Guanabara I e II, Jardim Itaipu, Vila Xurupita, Vila Monte Castelo e Vila São José.</t>
+  </si>
+  <si>
+    <t>11521</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11521/indicacao_49-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a reativação da vaca mecânica, em virtude de muitas crianças carentes necessitarem do leite de soja que é propício à saúde delas.</t>
+  </si>
+  <si>
+    <t>11522</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Celestino Júnior, Dito, Leonil Garcia, Luizão, Mário Hort, Professor Cyro, Vila Real</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11522/indicacao_50-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de colocar com urgência, ônibus gratuito, como está sendo feito na cidade e nos bairros, para atender a comunidade de Santa Bárbara, a de Jacutinga e a de Alto Porã.</t>
+  </si>
+  <si>
+    <t>11523</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11523/indicacao_51-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de cascalhar as estradas que dão acesso Santa Bárbara, Limeira, Batatais, Fazenda Francana, Deus Conosco, Berro da Onça, Pedreirinha, Água da Mamona, Material a Rio Azul, João Proscópio e José_x000D_
+Português.</t>
+  </si>
+  <si>
+    <t>11524</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11524/indicacao_52-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de construir um abrigo aos usuários de ônibus na estrada Deus Conosco, no Distrito de Santa Bárbara.</t>
+  </si>
+  <si>
+    <t>11525</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Celestino Júnior, Dito, Leonil Garcia, Luizão, Mário Hort, Professor Cyro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11525/indicacao_53-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de cobrir a quadra de Santa Bárbara.</t>
+  </si>
+  <si>
+    <t>11526</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Professor Cyro, Celestino Júnior, Dito, Leonil Garcia, Luizão, Mário Hort</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11526/indicacao_54-2002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar a Telepar, a possibilidade de instalar um telefone público (orelhão) no Distrito de Santa Bárbara, em frente à Mercearia Paiva.</t>
+  </si>
+  <si>
+    <t>11527</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>Mário Hort, Celestino Júnior, Dito, Leonil Garcia, Luizão, Professor Cyro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11527/indicacao_55-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de proceder ao serviço de coleta de lixo no Distrito de Santa Bárbara.</t>
+  </si>
+  <si>
+    <t>11528</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11528/indicacao_56-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de firmar convênio com a Secretaria de Estado da Criança e Assuntos da Família, para criar uma escola profissionalizante no estilo CIAC, no Distrito de Santa Bárbara.</t>
+  </si>
+  <si>
+    <t>11529</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11529/indicacao_57-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de implantar um parquinho de diversão na Creche de Santa Bárbara.</t>
+  </si>
+  <si>
+    <t>11530</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11530/indicacao_58-2002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar a Telepar, a possibilidade de instalar um telefone público (orelhão) na localidade do Severiano, Distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11531</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Luizão, Celestino Júnior, Dito, Leonil Garcia, Mário Hort, Professor Cyro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11531/indicacao_59-2002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Presidente da SUDERHSA — Superintendência de Desenvolvimento de Recursos Hídricos e Saneamento Ambiental, Nicolau Inthon Kluppel e ao Deputado Estadual Miltinho Púpio, a perfuração de um poço artesiano na Localidade de Santa Luzia, Distrito de Jacutinga, Ivaiporã-PR.</t>
+  </si>
+  <si>
+    <t>11532</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11532/indicacao_60-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR, ao Excelentíssimo Senhor Prefeito Municipal da necessidade da Prefeitura Municipal ter um piso salarial a ordem RS: 250,00, reajustado de acordo com os índices.</t>
+  </si>
+  <si>
+    <t>11533</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11533/indicacao_61-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR, ao Excelentíssimo Senhor Prefeito Municipal da necessidade de dar um aumento salarial à ordem de 20% (vinte pôr cento), a todos os Servidores Municipal.</t>
+  </si>
+  <si>
+    <t>11534</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11534/indicacao_64-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de adquirir uma linha telefônica para ser instalada no Posto de Saúde do Distrito de Alto Porã.</t>
+  </si>
+  <si>
+    <t>11535</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11535/indicacao_65-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, o cascalhamento da Estrada do Alto Porã passando por Pindaúva até Ivaiporã e a Estrada da Água do Triunfo a Alto São Luiz.</t>
+  </si>
+  <si>
+    <t>11536</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11536/indicacao_66-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de construir um abrigo na Praça do Distrito de Alto Porã para os estudantes usuários de ônibus.</t>
+  </si>
+  <si>
+    <t>11537</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11537/indicacao_67-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de fazer, mensalmente, adiantamento de 5% (cinco por cento) do valor corrigido das trabalhistas, aos funcionários que têm direitos à mesma.</t>
+  </si>
+  <si>
+    <t>11538</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11538/indicacao_68-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de asfaltar a Rua Ceará no trecho compreendido entre as Ruas Ludovico Merico e Bandeirantes.</t>
+  </si>
+  <si>
+    <t>11539</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>Emir Matias, Vila Real</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11539/indicacao_69-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de numerar as casas, sinalizar e nomear as ruas do Distrito de Alto Porã.</t>
+  </si>
+  <si>
+    <t>11540</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11540/indicacao_70-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de pavimentar com pedras irregulares as ruas do Cemitério do Distrito Alto Porã.</t>
+  </si>
+  <si>
+    <t>11541</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11541/indicacao_71-2002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Senhor Prefeito Municipal, sua intercessão junto à 2a CIA da Polícia Militar de Ivaiporã, para o destacamento em definitivo de um ou mais policiais residindo no Distrito de Alto Porã e atendendo então aquela comunidade.</t>
+  </si>
+  <si>
+    <t>11542</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11542/indicacao_72-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de reformar a quadra de esportes do Distrito de Alto Porã.</t>
+  </si>
+  <si>
+    <t>11543</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11543/indicacao_73-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de readequar a estrada do Distrito de Alto Porã a Ponto Alto.</t>
+  </si>
+  <si>
+    <t>11544</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>Professor Cyro, Emir Matias, Luizão, Mário Hort</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11544/indicacao_74-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal que execute o asfaltamento das ruas do Distrito de Alto Porã.</t>
+  </si>
+  <si>
+    <t>11545</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>Luizão, Mário Hort, Professor Cyro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11545/indicacao_75-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal a pavimentação asfáltica em todas as ruas do Distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11546</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11546/indicacao_76-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de construir um novo prédio para abrigar a Escola Municipal Leila Diniz, uma vez que, ao fazer a duplicação da rua onde a escola esta situada, a mesma será demolida ficando somente duas salas, as quais sugiro para serem utilizadas como creche.</t>
+  </si>
+  <si>
+    <t>11547</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11547/indicacao_77-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal que através do departamento responsável, venha a realizar a sinalização de trânsito com pinturas nas ruas: quebra-molas; faixas de segurança, diminuição de velocidade frente às escolas e hospitais.</t>
+  </si>
+  <si>
+    <t>11548</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11548/indicacao_78-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de pagar licença prêmio aos funcionários que a esta têm direitos, quando se aposentarem.</t>
+  </si>
+  <si>
+    <t>11549</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11549/indicacao_79-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de arrumar a ponte do Rio da Agua da Prata, que dá acesso a Vila Rural.</t>
+  </si>
+  <si>
+    <t>11550</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11550/indicacao_80-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de restaurar a iluminação no Estádio Manoel Fernandes da Silva.</t>
+  </si>
+  <si>
+    <t>11551</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11551/indicacao_81-2002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar o envio de expediente ao Ministério das Telecomunicações para que os sinais de transmissões dos jogos da copa do mundo não sejam codificados e que portanto possam ser assistidos também por aqueles que detenham antenas parabólicas.</t>
+  </si>
+  <si>
+    <t>11552</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11552/indicacao_82-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de colocar pedras irregulares em todas as entradas do Jardim Belo Horizonte, desde o asfalto.</t>
+  </si>
+  <si>
+    <t>11553</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11553/indicacao_83-2002.pdf</t>
+  </si>
+  <si>
+    <t>no sentido de ser estendida a rede de iluminação elétrica até a Casa de Lazer construída na Praça entre as ruas Diva Proença esquina com Ludovico Merico (enfrente Beef Center), instalando ali duas luminárias com interruptor. Esse melhoramento público, dará melhor conforto aos Aposentados que frequentam essa Praça.</t>
+  </si>
+  <si>
+    <t>11554</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11554/indicacao_84-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a possibilidade de dispensar o Funcionalismo Público Municipal, nos dias de jogos da Seleção Brasileira, iniciando o expediente às 12:00 horas, quando os jogos forem no período da manhã e iniciando o expediente às 08:30 horas quando os jogos forem no período da tarde.</t>
+  </si>
+  <si>
+    <t>11555</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11555/indicacao_85-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de cobrir a quadra da Vila Santa Maria.</t>
+  </si>
+  <si>
+    <t>11556</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11556/indicacao_86-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, os reparos necessários nas Ruas Realeza, Palotina e Mamborê, no Jardim Alvorada, quando as máquinas desocuparem dos serviços no Distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11557</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11557/indicacao_87-2002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar o envio da mesma a TELEPAR BRASIL TELECOM, para a instalação de um telefone público com chamada local na Rua Mamborê no Jardim Alvorada, onde será beneficiadas diversas famílias.</t>
+  </si>
+  <si>
+    <t>11558</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11558/indicacao_88-2002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar o envio desta juntamente com o abaixo-assinado de moradores, aos Deputados Estaduais Nelson Justus, Miltinho Púpio e Orlando Pessuti, para intercessão junto a SANEPAR com relação à cobrança de alta taxa de água e de esgoto.</t>
+  </si>
+  <si>
+    <t>11559</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11559/indicacao_89-2002.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja feito cascalhamento na Estrada Palmeirinha a Três Coqueiros. Isto, após o cumprimento da Prefeitura com os Convênios de cascalhamento na Região de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11564</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11564/indicacao_90-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indica seja oficiado ao Excelentíssimo Senhor Prefeito Municipal, para que seja feito cascalhamento nas Estradas que da acesso a Água da Laranjeira. Isto, após o cumprimento da Prefeitura com os Convênios de cascalhamento na Região de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11565</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11565/indicacao_91-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indicar para que seja feito cascalhamento nas Estradas que dão acesso ao Distrito de Santa Bárbara e que ainda não foram cascalhadas. Isto, após o cumprimento da Prefeitura com os Convênios de cascalhamento na Região de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11566</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11566/indicacao_92-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a construção de uma quadra poliesportiva no Jardim Guanabara.</t>
+  </si>
+  <si>
+    <t>11567</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11567/indicacao_93-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, que determine ao Departamento Competente, a restauração completa das Ruas dos Jardins Itapuã e Bosque da Saúde, nesta cidade.</t>
+  </si>
+  <si>
+    <t>11568</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Celestino Júnior, Éder Bueno, Emir Matias, Leonil Garcia, Luizão, Mário Hort, Professor Cyro, Vila Real</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11568/indicacao_94-2002.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Senhor Prefeito Municipal, uma atenção especial as Indicações dos/Vereadores Mirins (cópias em anexo 01 a 10/2002)</t>
+  </si>
+  <si>
+    <t>11569</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11569/indicacao_95-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, necessidade de restaurar as ruas e praças do Jardim Espírito Santo, bem como reformar o parque infantil lá existente.</t>
+  </si>
+  <si>
+    <t>11570</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11570/indicacao_96-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal que através do departamento responsável, aproveite o momento de reformulação das praças e remodele o canteiro da Avenida Aparício Bittencourt entre a rua Santa Catarina e Avenida Paraná, criando ali mais vagas de estacionamento. Para este processo pede-se que sejam ouvidos os moradores e comerciantes estabelecidos naquele local.</t>
+  </si>
+  <si>
+    <t>11571</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11571/indicacao_97-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal que através do departamento competente, remodele o canteiro da Avenida Brasil entre as Ruas Arnoldo Schimidt e Jacarezinho, criando ali áreas de estacionamento, semelhante as que foram feitas na mesma avenida nas demais quadras. Esta Indicação torna-se mais oportuna pelo fato de Vossa Excelência ter anunciado que está em processo de licitação para recapeamento asfáltico da Avenida Brasil.</t>
+  </si>
+  <si>
+    <t>11572</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11572/indicacao_98-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a recuperação e cascalhamento emergente da estrada que liga Santa Bárbara a sede do município.</t>
+  </si>
+  <si>
+    <t>11573</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11573/indicacao_99-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Deputado Federal, Rubens Bueno e ao Deputado Estadual, Cezar Silvestri, a intercessão junto ao Ministro das Minas e Energias, Francisco Gomide, para a liberação de recursos para o Programa “Luz no Campo” que se encontra paralisado por falta de repasses a Companhia Paranaense de Energia Elétrica - COPEL.</t>
+  </si>
+  <si>
+    <t>11574</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11574/indicacao_100-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a abertura na Praça entre as Ruas Bandeirantes e Arnoldo Schimidt para servir de estacionamento, devido ao grande movimento de veículos naquele local.</t>
+  </si>
+  <si>
+    <t>11575</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11575/indicacao_101-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de tomar providências quanto à cobertura da Casa da Vivência, cujo telhado esta precisando de reparos urgente, pois em dias chuvosos se torna calamitoso.</t>
+  </si>
+  <si>
+    <t>11576</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11576/indicacao_102-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a desobstrução das galerias de águas pluviais, as quais estão causando prejuízos a moradores e comerciantes, entre muitos, é o caso da Loja J.G., onde a chuva adentrou a loja danificando a calçada de_x000D_
+aproximadamente 12 metros, e ainda, na Rua Aquindauana na altura do n° 25 foi arrancada pela chuva uma camada asfáltica de 10m2 e aproximadamente 10 metros de calçada.</t>
+  </si>
+  <si>
+    <t>11577</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11577/indicacao_103-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de fazer a coleta de lixo uma vez por semana no Distrito de Santa Bárbara.</t>
+  </si>
+  <si>
+    <t>11580</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11580/indicacao_104-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de cascalhar as ruas do Jardim Luiz XV, da Vila Monte Castelo e da Vila São José.</t>
+  </si>
+  <si>
+    <t>11583</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Dito, Éder Bueno, Leonil Garcia, Luizão, Professor Caloi, Professor Cyro, Rui Gasparotto, Vila Real</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11583/indicacao_105-2002.pdf</t>
+  </si>
+  <si>
+    <t>solicitar ao Senhor Prefeito Municipal, uma atenção especial as Indicações e Requerimento dos Vereadores Mirins (cópias em anexo indicações. de n° 01 a 14/2002 e Requerimento n° 01/2002).</t>
+  </si>
+  <si>
+    <t>11584</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11584/indicacao_106-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indicar no sentido de executar a poda de árvores das ruas do Distrito de Jacutinga, em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>11585</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11585/indicacao_107-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indicar ao Senhor Prefeito Municipal Para que proceda através do Dept° Municipal de Agricultura a uma medida emergencial para fornecimento de sementes para o plantio de feijão aos agricultores que tiveram suas plantações atingidas pela geada, seguindo diagnóstico de prioridade a ser elaborado pelo Conselho Municipal de Desenvolvimento Rural.</t>
+  </si>
+  <si>
+    <t>11586</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11586/indicacao_108-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, para que proceda através da Secretaria de Estado da Agricultura e do Abastecimento - SEAB, à uma medida emergencial para fornecimento de recursos para os Sericicultores e sementes para o plantio de feijão aos  agricultores que tiveram suas plantações atingidas pela geada.</t>
+  </si>
+  <si>
+    <t>11587</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11587/indicacao_109-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR À Telepar Brasil Telecom, para a possibilidade de expandir 02 (duas) extensões via_x000D_
+Radio do orelhão do Distrito de Santa Bárbara, para futuras instalações nos seguintes endereços: Escola Municipal D. João VI, ou Escola Estadual Santa Barbara, localizada na Rua Rolândia s/n presente subscreve, esquina com a  Rua Cambé, e outro_x000D_
+em frente a residência do Sr. Juarez Cândido de Abreu, na Rua Jandaia do Sul s/n, em frente a Rua Ivaiporã.</t>
+  </si>
+  <si>
+    <t>11588</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11588/indicacao_110-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indicar seja oficiado a TELEPAR Brasil Telecom, para a possibilidade da instalação de um Telefone Público (orelhão), com chamada local, na Rua “A” Quadra I enfrente ao lote n° 9, no Jardim Brasil no Distrito de Jacutinga’ Município de Ivaiporã.</t>
+  </si>
+  <si>
+    <t>11589</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11589/indicacao_111-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indica, seja oficiado o Senhor Prefeito Municipal para que interceda junto ao Secretário de Estado da Saúde (Dr. Luiz Carlos Sobania), bem como, o Governador do Estado do Paraná, (Dr. Jayme Lemer), para que credencie o Instituto do Rim de Ivaiporã/S/d. Ltda., em: Vitotripcia Extra- Corpórea por Ondas de Choques.</t>
+  </si>
+  <si>
+    <t>11590</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11590/indicacao_112-2002.pdf</t>
+  </si>
+  <si>
+    <t>Para que elabore e apresente projeto para a área de Indústria e Comércio, reativando respectivo Departamento Municipal, visando desenvolver a economia local e gerar empregos.</t>
+  </si>
+  <si>
+    <t>11591</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11591/indicacao_113-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, para que através do Departamento da Agricultura e Obras, atenda os Agricultores do Distrito de Santa Bárbara, que conveniaram a empresa, para entrarem no cultivo do tabaco.</t>
+  </si>
+  <si>
+    <t>11592</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11592/indicacao_114-2002.pdf</t>
+  </si>
+  <si>
+    <t>Proceda a mudança (inverter) o sentido da abertura e fechamento dos Semáforos, localizados entre as Casas Pernambucanas e Banco do Brasil, do sentido anti-horário para o sentido horário, bem como, fazer pinturas nas Faixas de cruzamentos de pedestres.</t>
+  </si>
+  <si>
+    <t>11594</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11594/indicacao_116-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, para que se promova a limpeza do matagal existente no terreno onde se localiza o Campo, a Quadra e o Projeto Irmão Caçula.</t>
+  </si>
+  <si>
+    <t>11606</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11606/indicacao_117-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indicar no sentido de ser efetuada limpeza em todas as Galerias de águas pluviais, bem como, as bocas de lobo, existentes na Vila Nova Porã, neste Município.</t>
+  </si>
+  <si>
+    <t>11607</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11607/indicacao_118-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR em ao Senhor Prefeito Municipal o funcionamento aos sábados e domingos do Parque Infantil, localizado na Av._x000D_
+Tancredo Neves, próximo ao Bolão, atendendo assim, diversos pedidos de Mães e Pais daquela localidade.</t>
+  </si>
+  <si>
+    <t>11608</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11608/indicacao_119-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indicar ao Senhor Prefeito, para que através do Departamento Competente seja realizado com urgência o serviço de tapa-buracos, na Av. Tancredo Neves, especialmente nas proximidades do Ivaiporã Country Clube.</t>
+  </si>
+  <si>
+    <t>11609</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11609/indicacao_120-2002.pdf</t>
+  </si>
+  <si>
+    <t>Indicar para a possibilidade de sanar as irregularidades constantes abaixo:_x000D_
+1 - reparos na iluminação pública na Quadra Poliesportiva situada no Distrito de Jacutinga;_x000D_
+2 - reparos na iluminação da Praça da Igreja Nossa Senhora de Lourdes, no Distrito de Jacutinga;_x000D_
+3 - reparos no Muro do Cemitério do Distrito de Jacutinga.</t>
+  </si>
+  <si>
+    <t>11610</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11610/indicacao_121-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a extensão da rede elétrica na Rua Uberlândia em 52 (cinquenta e dois) metros, sendo necessária a implantação de 2 a 3 postes.</t>
+  </si>
+  <si>
+    <t>11611</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11611/indicacao_122-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a transferência do pátio de máquinas da Prefeitura, para o terreno ao lado da CIRETRAN.</t>
+  </si>
+  <si>
+    <t>11612</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11612/indicacao_123-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a abertura da rua ao lado do Fórum.</t>
+  </si>
+  <si>
+    <t>11613</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11613/indicacao_124-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de se fazer à reforma e cobertura da quadra municipal.</t>
+  </si>
+  <si>
+    <t>11614</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11614/indicacao_125-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de cascalhar as ruas da Vila Operária.</t>
+  </si>
+  <si>
+    <t>11615</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11615/indicacao_126-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, providências com a máxima urgência, no sentido de oferecer mais segurança, à Comunidade, no que se refere ao Lago das Flores, se possível contratar um vigia para evitar que crianças se aproximem do Lago, e que este vigia tenha experiência em natação, para efetuar os possíveis salvamentos.</t>
+  </si>
+  <si>
+    <t>11616</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11616/indicacao_127-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, a necessidade de enviar a máquina Pá Carregadeira para efetuar um serviço na Rua B, na sede da Associação de Moradores dos Bairros Jardim Imperial e Jardim Ouro Preto, de conformidade com o requerimento em anexo.</t>
+  </si>
+  <si>
+    <t>11617</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>Celestino Júnior, Luizão, Professor Cyro</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11617/indicacao_128-2002.pdf</t>
+  </si>
+  <si>
+    <t>INDICAR ao Senhor Prefeito Municipal, um trabalho intensivo de limpeza das vias publicas, no centro e nas vilas, principalmente retirando galhos e entulhos, limpando ainda, bueiros e galerias pluviais em pontos críticos.</t>
+  </si>
+  <si>
     <t>10956</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/10956/ato_2002_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/10956/ato_2002_1.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 29.000,00)</t>
   </si>
   <si>
     <t>10957</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/10957/ato_2002_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/10957/ato_2002_2.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar e dá outras providências. (Valor de R$ 7.000,00)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1259,68 +2394,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4637/ple-01-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4638/ple-03-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4639/ple-04-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4640/ple-05-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4627/ple-06-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4628/ple-07-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4629/ple-08-2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4630/ple-09-2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4631/ple-10-2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4632/ple-11-2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4633/ple-12-2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4634/ple-13-2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4635/ple-14-2002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4636/ple-15-2002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4641/ple-16-2002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4642/ple-17-2002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4643/ple-18-2002.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4644/ple-20-2002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4645/ple19-2002-01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4129/pll_01-2002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4130/pll_02-2002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4132/pll_04-2002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4133/pll_05-2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4134/pll_06-2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4135/pll_07-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4136/pll_08-2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4137/pll_09-2002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4138/pll_10-2002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4139/pll_11-2002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4140/pll_12-2003.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4141/pll_13-2002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8770/projeto_de_decreto_01-2002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8766/projeto_de_decreto_02-2002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8765/projeto_de_decreto_03-2002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8764/projeto_de_decreto_04-2002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8763/projeto_de_decreto_05-2002.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8748/projeto_de_decreto_06-2002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8747/projeto_de_decreto_07-2002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8734/projeto_de_decreto_08-2002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11463/indicacao_01-2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11464/indicacao_02-2002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11465/indicacao_03-2002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11466/indicacao_04-2002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11467/indicacao_05-2002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11471/indicacao_06-2002.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11472/indicacao_07-2002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11473/indicacao_08-2002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11474/indicacao_09-2002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11475/indicacao_10-2002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11476/indicacao_11-2002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11477/indicacao_12-2002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11478/indicacao_13-2002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11479/indicacao_14-2002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11480/indicacao_15-2002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11481/indicacao_16-2002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11482/indicacao_17-2002.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11483/indicacao_18-2002.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11484/indicacao_19-2002.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11485/indicacao_20-2002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11486/indicacao_21-2002.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11487/indicacao_22-2002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11488/indicacao_23-2002.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11489/indicacao_24-2002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11490/indicacao_25-2002.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11491/indicacao_26-2002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11492/indicacao_27-2002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11501/indicacao_28-2002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11502/indicacao_29-2002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11503/indicacao_30-2002.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11504/indicacao_31-2002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11505/indicacao_32-2002.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11506/indicacao_33-2002.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11507/indicacao_34-2002.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/10956/ato_2002_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/10957/ato_2002_2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4637/ple-01-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4638/ple-03-2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4639/ple-04-2002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4640/ple-05-2002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4627/ple-06-2002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4628/ple-07-2002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4629/ple-08-2002.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4630/ple-09-2002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4631/ple-10-2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4632/ple-11-2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4633/ple-12-2002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4634/ple-13-2002.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4635/ple-14-2002.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4636/ple-15-2002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4641/ple-16-2002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4642/ple-17-2002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4643/ple-18-2002.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4644/ple-20-2002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4645/ple19-2002-01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4129/pll_01-2002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4130/pll_02-2002.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4132/pll_04-2002.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4133/pll_05-2002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4134/pll_06-2002.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4135/pll_07-2002.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4136/pll_08-2002.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4137/pll_09-2002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4138/pll_10-2002.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4139/pll_11-2002.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4140/pll_12-2003.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/4141/pll_13-2002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8770/projeto_de_decreto_01-2002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8766/projeto_de_decreto_02-2002.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8765/projeto_de_decreto_03-2002.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8764/projeto_de_decreto_04-2002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8763/projeto_de_decreto_05-2002.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8748/projeto_de_decreto_06-2002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8747/projeto_de_decreto_07-2002.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/8734/projeto_de_decreto_08-2002.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11463/indicacao_01-2002.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11464/indicacao_02-2002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11465/indicacao_03-2002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11466/indicacao_04-2002.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11467/indicacao_05-2002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11471/indicacao_06-2002.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11472/indicacao_07-2002.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11473/indicacao_08-2002.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11474/indicacao_09-2002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11475/indicacao_10-2002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11476/indicacao_11-2002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11477/indicacao_12-2002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11478/indicacao_13-2002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11479/indicacao_14-2002.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11480/indicacao_15-2002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11481/indicacao_16-2002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11482/indicacao_17-2002.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11483/indicacao_18-2002.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11484/indicacao_19-2002.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11485/indicacao_20-2002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11486/indicacao_21-2002.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11487/indicacao_22-2002.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11488/indicacao_23-2002.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11489/indicacao_24-2002.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11490/indicacao_25-2002.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11491/indicacao_26-2002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11492/indicacao_27-2002.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11501/indicacao_28-2002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11502/indicacao_29-2002.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11503/indicacao_30-2002.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11504/indicacao_31-2002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11505/indicacao_32-2002.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11506/indicacao_33-2002.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11507/indicacao_34-2002.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11508/indicacao_35-2002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11509/indicacao_36-2002.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11510/indicacao_37-2002.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11511/indicacao_38-2002.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11512/indicacao_39-2002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11513/indicacao_40-2002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11514/indicacao_42-2002.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11515/indicacao_43-2002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11516/indicacao_44-2002.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11517/indicacao_45-2002.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11518/indicacao_46-2002.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11519/indicacao_47-2002.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11520/indicacao_48-2002.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11521/indicacao_49-2002.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11522/indicacao_50-2002.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11523/indicacao_51-2002.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11524/indicacao_52-2002.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11525/indicacao_53-2002.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11526/indicacao_54-2002.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11527/indicacao_55-2002.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11528/indicacao_56-2002.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11529/indicacao_57-2002.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11530/indicacao_58-2002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11531/indicacao_59-2002.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11532/indicacao_60-2002.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11533/indicacao_61-2002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11534/indicacao_64-2002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11535/indicacao_65-2002.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11536/indicacao_66-2002.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11537/indicacao_67-2002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11538/indicacao_68-2002.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11539/indicacao_69-2002.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11540/indicacao_70-2002.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11541/indicacao_71-2002.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11542/indicacao_72-2002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11543/indicacao_73-2002.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11544/indicacao_74-2002.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11545/indicacao_75-2002.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11546/indicacao_76-2002.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11547/indicacao_77-2002.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11548/indicacao_78-2002.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11549/indicacao_79-2002.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11550/indicacao_80-2002.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11551/indicacao_81-2002.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11552/indicacao_82-2002.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11553/indicacao_83-2002.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11554/indicacao_84-2002.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11555/indicacao_85-2002.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11556/indicacao_86-2002.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11557/indicacao_87-2002.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11558/indicacao_88-2002.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11559/indicacao_89-2002.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11564/indicacao_90-2002.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11565/indicacao_91-2002.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11566/indicacao_92-2002.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11567/indicacao_93-2002.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11568/indicacao_94-2002.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11569/indicacao_95-2002.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11570/indicacao_96-2002.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11571/indicacao_97-2002.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11572/indicacao_98-2002.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11573/indicacao_99-2002.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11574/indicacao_100-2002.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11575/indicacao_101-2002.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11576/indicacao_102-2002.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11577/indicacao_103-2002.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11580/indicacao_104-2002.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11583/indicacao_105-2002.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11584/indicacao_106-2002.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11585/indicacao_107-2002.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11586/indicacao_108-2002.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11587/indicacao_109-2002.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11588/indicacao_110-2002.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11589/indicacao_111-2002.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11590/indicacao_112-2002.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11591/indicacao_113-2002.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11592/indicacao_114-2002.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11594/indicacao_116-2002.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11606/indicacao_117-2002.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11607/indicacao_118-2002.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11608/indicacao_119-2002.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11609/indicacao_120-2002.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11610/indicacao_121-2002.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11611/indicacao_122-2002.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11612/indicacao_123-2002.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11613/indicacao_124-2002.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11614/indicacao_125-2002.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11615/indicacao_126-2002.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11616/indicacao_127-2002.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/11617/indicacao_128-2002.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/10956/ato_2002_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2002/10957/ato_2002_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H76"/>
+  <dimension ref="A1:H166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="50.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="90" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3212,92 +4347,2432 @@
       </c>
       <c r="D74" t="s">
         <v>167</v>
       </c>
       <c r="E74" t="s">
         <v>168</v>
       </c>
       <c r="F74" t="s">
         <v>125</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>286</v>
       </c>
       <c r="H74" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>288</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>10</v>
+        <v>289</v>
       </c>
       <c r="D75" t="s">
-        <v>289</v>
+        <v>167</v>
       </c>
       <c r="E75" t="s">
-        <v>289</v>
+        <v>168</v>
       </c>
       <c r="F75" t="s">
+        <v>96</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>292</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>293</v>
       </c>
-      <c r="B76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D76" t="s">
-        <v>289</v>
+        <v>167</v>
       </c>
       <c r="E76" t="s">
-        <v>289</v>
+        <v>168</v>
       </c>
       <c r="F76" t="s">
-        <v>290</v>
+        <v>96</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>294</v>
       </c>
       <c r="H76" t="s">
         <v>295</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>296</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>297</v>
+      </c>
+      <c r="D77" t="s">
+        <v>167</v>
+      </c>
+      <c r="E77" t="s">
+        <v>168</v>
+      </c>
+      <c r="F77" t="s">
+        <v>298</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H77" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>301</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>302</v>
+      </c>
+      <c r="D78" t="s">
+        <v>167</v>
+      </c>
+      <c r="E78" t="s">
+        <v>168</v>
+      </c>
+      <c r="F78" t="s">
+        <v>298</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H78" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>305</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>306</v>
+      </c>
+      <c r="D79" t="s">
+        <v>167</v>
+      </c>
+      <c r="E79" t="s">
+        <v>168</v>
+      </c>
+      <c r="F79" t="s">
+        <v>298</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H79" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>309</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>310</v>
+      </c>
+      <c r="D80" t="s">
+        <v>167</v>
+      </c>
+      <c r="E80" t="s">
+        <v>168</v>
+      </c>
+      <c r="F80" t="s">
+        <v>298</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H80" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>313</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>314</v>
+      </c>
+      <c r="D81" t="s">
+        <v>167</v>
+      </c>
+      <c r="E81" t="s">
+        <v>168</v>
+      </c>
+      <c r="F81" t="s">
+        <v>298</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H81" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>317</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>318</v>
+      </c>
+      <c r="D82" t="s">
+        <v>167</v>
+      </c>
+      <c r="E82" t="s">
+        <v>168</v>
+      </c>
+      <c r="F82" t="s">
+        <v>319</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H82" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>322</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>323</v>
+      </c>
+      <c r="D83" t="s">
+        <v>167</v>
+      </c>
+      <c r="E83" t="s">
+        <v>168</v>
+      </c>
+      <c r="F83" t="s">
+        <v>225</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H83" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>326</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>327</v>
+      </c>
+      <c r="D84" t="s">
+        <v>167</v>
+      </c>
+      <c r="E84" t="s">
+        <v>168</v>
+      </c>
+      <c r="F84" t="s">
+        <v>225</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H84" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>330</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>331</v>
+      </c>
+      <c r="D85" t="s">
+        <v>167</v>
+      </c>
+      <c r="E85" t="s">
+        <v>168</v>
+      </c>
+      <c r="F85" t="s">
+        <v>332</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H85" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>335</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>336</v>
+      </c>
+      <c r="D86" t="s">
+        <v>167</v>
+      </c>
+      <c r="E86" t="s">
+        <v>168</v>
+      </c>
+      <c r="F86" t="s">
+        <v>337</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H86" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>340</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>341</v>
+      </c>
+      <c r="D87" t="s">
+        <v>167</v>
+      </c>
+      <c r="E87" t="s">
+        <v>168</v>
+      </c>
+      <c r="F87" t="s">
+        <v>332</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H87" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>344</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>345</v>
+      </c>
+      <c r="D88" t="s">
+        <v>167</v>
+      </c>
+      <c r="E88" t="s">
+        <v>168</v>
+      </c>
+      <c r="F88" t="s">
+        <v>96</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H88" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>348</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>349</v>
+      </c>
+      <c r="D89" t="s">
+        <v>167</v>
+      </c>
+      <c r="E89" t="s">
+        <v>168</v>
+      </c>
+      <c r="F89" t="s">
+        <v>350</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H89" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>353</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>354</v>
+      </c>
+      <c r="D90" t="s">
+        <v>167</v>
+      </c>
+      <c r="E90" t="s">
+        <v>168</v>
+      </c>
+      <c r="F90" t="s">
+        <v>332</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H90" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>357</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>358</v>
+      </c>
+      <c r="D91" t="s">
+        <v>167</v>
+      </c>
+      <c r="E91" t="s">
+        <v>168</v>
+      </c>
+      <c r="F91" t="s">
+        <v>332</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H91" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>361</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>362</v>
+      </c>
+      <c r="D92" t="s">
+        <v>167</v>
+      </c>
+      <c r="E92" t="s">
+        <v>168</v>
+      </c>
+      <c r="F92" t="s">
+        <v>363</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H92" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>366</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>367</v>
+      </c>
+      <c r="D93" t="s">
+        <v>167</v>
+      </c>
+      <c r="E93" t="s">
+        <v>168</v>
+      </c>
+      <c r="F93" t="s">
+        <v>368</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H93" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>371</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>372</v>
+      </c>
+      <c r="D94" t="s">
+        <v>167</v>
+      </c>
+      <c r="E94" t="s">
+        <v>168</v>
+      </c>
+      <c r="F94" t="s">
+        <v>373</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H94" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>376</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>377</v>
+      </c>
+      <c r="D95" t="s">
+        <v>167</v>
+      </c>
+      <c r="E95" t="s">
+        <v>168</v>
+      </c>
+      <c r="F95" t="s">
+        <v>363</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H95" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>380</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>381</v>
+      </c>
+      <c r="D96" t="s">
+        <v>167</v>
+      </c>
+      <c r="E96" t="s">
+        <v>168</v>
+      </c>
+      <c r="F96" t="s">
+        <v>373</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H96" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>384</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>385</v>
+      </c>
+      <c r="D97" t="s">
+        <v>167</v>
+      </c>
+      <c r="E97" t="s">
+        <v>168</v>
+      </c>
+      <c r="F97" t="s">
+        <v>332</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H97" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>388</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>389</v>
+      </c>
+      <c r="D98" t="s">
+        <v>167</v>
+      </c>
+      <c r="E98" t="s">
+        <v>168</v>
+      </c>
+      <c r="F98" t="s">
+        <v>390</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H98" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>393</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>394</v>
+      </c>
+      <c r="D99" t="s">
+        <v>167</v>
+      </c>
+      <c r="E99" t="s">
+        <v>168</v>
+      </c>
+      <c r="F99" t="s">
+        <v>96</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H99" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>397</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>398</v>
+      </c>
+      <c r="D100" t="s">
+        <v>167</v>
+      </c>
+      <c r="E100" t="s">
+        <v>168</v>
+      </c>
+      <c r="F100" t="s">
+        <v>96</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H100" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>401</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>402</v>
+      </c>
+      <c r="D101" t="s">
+        <v>167</v>
+      </c>
+      <c r="E101" t="s">
+        <v>168</v>
+      </c>
+      <c r="F101" t="s">
+        <v>152</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H101" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>405</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>406</v>
+      </c>
+      <c r="D102" t="s">
+        <v>167</v>
+      </c>
+      <c r="E102" t="s">
+        <v>168</v>
+      </c>
+      <c r="F102" t="s">
+        <v>152</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H102" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>409</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>410</v>
+      </c>
+      <c r="D103" t="s">
+        <v>167</v>
+      </c>
+      <c r="E103" t="s">
+        <v>168</v>
+      </c>
+      <c r="F103" t="s">
+        <v>152</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H103" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>413</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>414</v>
+      </c>
+      <c r="D104" t="s">
+        <v>167</v>
+      </c>
+      <c r="E104" t="s">
+        <v>168</v>
+      </c>
+      <c r="F104" t="s">
+        <v>96</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H104" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>417</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>418</v>
+      </c>
+      <c r="D105" t="s">
+        <v>167</v>
+      </c>
+      <c r="E105" t="s">
+        <v>168</v>
+      </c>
+      <c r="F105" t="s">
+        <v>96</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H105" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>421</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>422</v>
+      </c>
+      <c r="D106" t="s">
+        <v>167</v>
+      </c>
+      <c r="E106" t="s">
+        <v>168</v>
+      </c>
+      <c r="F106" t="s">
+        <v>423</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="H106" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>426</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>427</v>
+      </c>
+      <c r="D107" t="s">
+        <v>167</v>
+      </c>
+      <c r="E107" t="s">
+        <v>168</v>
+      </c>
+      <c r="F107" t="s">
+        <v>423</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="H107" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>430</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>431</v>
+      </c>
+      <c r="D108" t="s">
+        <v>167</v>
+      </c>
+      <c r="E108" t="s">
+        <v>168</v>
+      </c>
+      <c r="F108" t="s">
+        <v>423</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H108" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>434</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>435</v>
+      </c>
+      <c r="D109" t="s">
+        <v>167</v>
+      </c>
+      <c r="E109" t="s">
+        <v>168</v>
+      </c>
+      <c r="F109" t="s">
+        <v>423</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="H109" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>438</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>439</v>
+      </c>
+      <c r="D110" t="s">
+        <v>167</v>
+      </c>
+      <c r="E110" t="s">
+        <v>168</v>
+      </c>
+      <c r="F110" t="s">
+        <v>423</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H110" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>442</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>443</v>
+      </c>
+      <c r="D111" t="s">
+        <v>167</v>
+      </c>
+      <c r="E111" t="s">
+        <v>168</v>
+      </c>
+      <c r="F111" t="s">
+        <v>444</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H111" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>447</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>448</v>
+      </c>
+      <c r="D112" t="s">
+        <v>167</v>
+      </c>
+      <c r="E112" t="s">
+        <v>168</v>
+      </c>
+      <c r="F112" t="s">
+        <v>449</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H112" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>452</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>453</v>
+      </c>
+      <c r="D113" t="s">
+        <v>167</v>
+      </c>
+      <c r="E113" t="s">
+        <v>168</v>
+      </c>
+      <c r="F113" t="s">
+        <v>96</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H113" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>456</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>457</v>
+      </c>
+      <c r="D114" t="s">
+        <v>167</v>
+      </c>
+      <c r="E114" t="s">
+        <v>168</v>
+      </c>
+      <c r="F114" t="s">
+        <v>100</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H114" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>460</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>461</v>
+      </c>
+      <c r="D115" t="s">
+        <v>167</v>
+      </c>
+      <c r="E115" t="s">
+        <v>168</v>
+      </c>
+      <c r="F115" t="s">
+        <v>96</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H115" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>464</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>465</v>
+      </c>
+      <c r="D116" t="s">
+        <v>167</v>
+      </c>
+      <c r="E116" t="s">
+        <v>168</v>
+      </c>
+      <c r="F116" t="s">
+        <v>107</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H116" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>468</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>469</v>
+      </c>
+      <c r="D117" t="s">
+        <v>167</v>
+      </c>
+      <c r="E117" t="s">
+        <v>168</v>
+      </c>
+      <c r="F117" t="s">
+        <v>152</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H117" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>472</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>473</v>
+      </c>
+      <c r="D118" t="s">
+        <v>167</v>
+      </c>
+      <c r="E118" t="s">
+        <v>168</v>
+      </c>
+      <c r="F118" t="s">
+        <v>100</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H118" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>476</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>477</v>
+      </c>
+      <c r="D119" t="s">
+        <v>167</v>
+      </c>
+      <c r="E119" t="s">
+        <v>168</v>
+      </c>
+      <c r="F119" t="s">
+        <v>107</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H119" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>480</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>481</v>
+      </c>
+      <c r="D120" t="s">
+        <v>167</v>
+      </c>
+      <c r="E120" t="s">
+        <v>168</v>
+      </c>
+      <c r="F120" t="s">
+        <v>118</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H120" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>484</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>485</v>
+      </c>
+      <c r="D121" t="s">
+        <v>167</v>
+      </c>
+      <c r="E121" t="s">
+        <v>168</v>
+      </c>
+      <c r="F121" t="s">
+        <v>107</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H121" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>488</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>489</v>
+      </c>
+      <c r="D122" t="s">
+        <v>167</v>
+      </c>
+      <c r="E122" t="s">
+        <v>168</v>
+      </c>
+      <c r="F122" t="s">
+        <v>96</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H122" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>492</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>493</v>
+      </c>
+      <c r="D123" t="s">
+        <v>167</v>
+      </c>
+      <c r="E123" t="s">
+        <v>168</v>
+      </c>
+      <c r="F123" t="s">
+        <v>225</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H123" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>496</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>497</v>
+      </c>
+      <c r="D124" t="s">
+        <v>167</v>
+      </c>
+      <c r="E124" t="s">
+        <v>168</v>
+      </c>
+      <c r="F124" t="s">
+        <v>225</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H124" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>500</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>501</v>
+      </c>
+      <c r="D125" t="s">
+        <v>167</v>
+      </c>
+      <c r="E125" t="s">
+        <v>168</v>
+      </c>
+      <c r="F125" t="s">
+        <v>91</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="H125" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>504</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>505</v>
+      </c>
+      <c r="D126" t="s">
+        <v>167</v>
+      </c>
+      <c r="E126" t="s">
+        <v>168</v>
+      </c>
+      <c r="F126" t="s">
+        <v>225</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H126" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>508</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>509</v>
+      </c>
+      <c r="D127" t="s">
+        <v>167</v>
+      </c>
+      <c r="E127" t="s">
+        <v>168</v>
+      </c>
+      <c r="F127" t="s">
+        <v>225</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H127" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>512</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>513</v>
+      </c>
+      <c r="D128" t="s">
+        <v>167</v>
+      </c>
+      <c r="E128" t="s">
+        <v>168</v>
+      </c>
+      <c r="F128" t="s">
+        <v>225</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H128" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>516</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>517</v>
+      </c>
+      <c r="D129" t="s">
+        <v>167</v>
+      </c>
+      <c r="E129" t="s">
+        <v>168</v>
+      </c>
+      <c r="F129" t="s">
+        <v>225</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H129" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>520</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>521</v>
+      </c>
+      <c r="D130" t="s">
+        <v>167</v>
+      </c>
+      <c r="E130" t="s">
+        <v>168</v>
+      </c>
+      <c r="F130" t="s">
+        <v>125</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H130" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>524</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>525</v>
+      </c>
+      <c r="D131" t="s">
+        <v>167</v>
+      </c>
+      <c r="E131" t="s">
+        <v>168</v>
+      </c>
+      <c r="F131" t="s">
+        <v>526</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H131" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>529</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>530</v>
+      </c>
+      <c r="D132" t="s">
+        <v>167</v>
+      </c>
+      <c r="E132" t="s">
+        <v>168</v>
+      </c>
+      <c r="F132" t="s">
+        <v>118</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H132" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>533</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>534</v>
+      </c>
+      <c r="D133" t="s">
+        <v>167</v>
+      </c>
+      <c r="E133" t="s">
+        <v>168</v>
+      </c>
+      <c r="F133" t="s">
+        <v>100</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H133" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>537</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>538</v>
+      </c>
+      <c r="D134" t="s">
+        <v>167</v>
+      </c>
+      <c r="E134" t="s">
+        <v>168</v>
+      </c>
+      <c r="F134" t="s">
+        <v>100</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H134" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>541</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>542</v>
+      </c>
+      <c r="D135" t="s">
+        <v>167</v>
+      </c>
+      <c r="E135" t="s">
+        <v>168</v>
+      </c>
+      <c r="F135" t="s">
+        <v>100</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H135" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>545</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>546</v>
+      </c>
+      <c r="D136" t="s">
+        <v>167</v>
+      </c>
+      <c r="E136" t="s">
+        <v>168</v>
+      </c>
+      <c r="F136" t="s">
+        <v>225</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H136" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>549</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>550</v>
+      </c>
+      <c r="D137" t="s">
+        <v>167</v>
+      </c>
+      <c r="E137" t="s">
+        <v>168</v>
+      </c>
+      <c r="F137" t="s">
+        <v>225</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H137" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>553</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>554</v>
+      </c>
+      <c r="D138" t="s">
+        <v>167</v>
+      </c>
+      <c r="E138" t="s">
+        <v>168</v>
+      </c>
+      <c r="F138" t="s">
+        <v>114</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H138" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>557</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>558</v>
+      </c>
+      <c r="D139" t="s">
+        <v>167</v>
+      </c>
+      <c r="E139" t="s">
+        <v>168</v>
+      </c>
+      <c r="F139" t="s">
+        <v>114</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H139" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>561</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>562</v>
+      </c>
+      <c r="D140" t="s">
+        <v>167</v>
+      </c>
+      <c r="E140" t="s">
+        <v>168</v>
+      </c>
+      <c r="F140" t="s">
+        <v>96</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H140" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>565</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>566</v>
+      </c>
+      <c r="D141" t="s">
+        <v>167</v>
+      </c>
+      <c r="E141" t="s">
+        <v>168</v>
+      </c>
+      <c r="F141" t="s">
+        <v>96</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H141" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>569</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>570</v>
+      </c>
+      <c r="D142" t="s">
+        <v>167</v>
+      </c>
+      <c r="E142" t="s">
+        <v>168</v>
+      </c>
+      <c r="F142" t="s">
+        <v>571</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H142" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>574</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>575</v>
+      </c>
+      <c r="D143" t="s">
+        <v>167</v>
+      </c>
+      <c r="E143" t="s">
+        <v>168</v>
+      </c>
+      <c r="F143" t="s">
+        <v>142</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H143" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>578</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>579</v>
+      </c>
+      <c r="D144" t="s">
+        <v>167</v>
+      </c>
+      <c r="E144" t="s">
+        <v>168</v>
+      </c>
+      <c r="F144" t="s">
+        <v>100</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H144" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>582</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>583</v>
+      </c>
+      <c r="D145" t="s">
+        <v>167</v>
+      </c>
+      <c r="E145" t="s">
+        <v>168</v>
+      </c>
+      <c r="F145" t="s">
+        <v>225</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H145" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>586</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>587</v>
+      </c>
+      <c r="D146" t="s">
+        <v>167</v>
+      </c>
+      <c r="E146" t="s">
+        <v>168</v>
+      </c>
+      <c r="F146" t="s">
+        <v>225</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H146" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>590</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>591</v>
+      </c>
+      <c r="D147" t="s">
+        <v>167</v>
+      </c>
+      <c r="E147" t="s">
+        <v>168</v>
+      </c>
+      <c r="F147" t="s">
+        <v>142</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H147" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>594</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>595</v>
+      </c>
+      <c r="D148" t="s">
+        <v>167</v>
+      </c>
+      <c r="E148" t="s">
+        <v>168</v>
+      </c>
+      <c r="F148" t="s">
+        <v>142</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H148" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>598</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>599</v>
+      </c>
+      <c r="D149" t="s">
+        <v>167</v>
+      </c>
+      <c r="E149" t="s">
+        <v>168</v>
+      </c>
+      <c r="F149" t="s">
+        <v>100</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H149" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>602</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>603</v>
+      </c>
+      <c r="D150" t="s">
+        <v>167</v>
+      </c>
+      <c r="E150" t="s">
+        <v>168</v>
+      </c>
+      <c r="F150" t="s">
+        <v>100</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H150" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>606</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>607</v>
+      </c>
+      <c r="D151" t="s">
+        <v>167</v>
+      </c>
+      <c r="E151" t="s">
+        <v>168</v>
+      </c>
+      <c r="F151" t="s">
+        <v>114</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H151" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>610</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>611</v>
+      </c>
+      <c r="D152" t="s">
+        <v>167</v>
+      </c>
+      <c r="E152" t="s">
+        <v>168</v>
+      </c>
+      <c r="F152" t="s">
+        <v>100</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H152" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>614</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>615</v>
+      </c>
+      <c r="D153" t="s">
+        <v>167</v>
+      </c>
+      <c r="E153" t="s">
+        <v>168</v>
+      </c>
+      <c r="F153" t="s">
+        <v>100</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H153" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>618</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>619</v>
+      </c>
+      <c r="D154" t="s">
+        <v>167</v>
+      </c>
+      <c r="E154" t="s">
+        <v>168</v>
+      </c>
+      <c r="F154" t="s">
+        <v>225</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H154" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>622</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>623</v>
+      </c>
+      <c r="D155" t="s">
+        <v>167</v>
+      </c>
+      <c r="E155" t="s">
+        <v>168</v>
+      </c>
+      <c r="F155" t="s">
+        <v>225</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H155" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>626</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>627</v>
+      </c>
+      <c r="D156" t="s">
+        <v>167</v>
+      </c>
+      <c r="E156" t="s">
+        <v>168</v>
+      </c>
+      <c r="F156" t="s">
+        <v>142</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="H156" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>630</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>631</v>
+      </c>
+      <c r="D157" t="s">
+        <v>167</v>
+      </c>
+      <c r="E157" t="s">
+        <v>168</v>
+      </c>
+      <c r="F157" t="s">
+        <v>225</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H157" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>634</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>635</v>
+      </c>
+      <c r="D158" t="s">
+        <v>167</v>
+      </c>
+      <c r="E158" t="s">
+        <v>168</v>
+      </c>
+      <c r="F158" t="s">
+        <v>96</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H158" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>638</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>639</v>
+      </c>
+      <c r="D159" t="s">
+        <v>167</v>
+      </c>
+      <c r="E159" t="s">
+        <v>168</v>
+      </c>
+      <c r="F159" t="s">
+        <v>96</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H159" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>642</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>643</v>
+      </c>
+      <c r="D160" t="s">
+        <v>167</v>
+      </c>
+      <c r="E160" t="s">
+        <v>168</v>
+      </c>
+      <c r="F160" t="s">
+        <v>96</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H160" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>646</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>647</v>
+      </c>
+      <c r="D161" t="s">
+        <v>167</v>
+      </c>
+      <c r="E161" t="s">
+        <v>168</v>
+      </c>
+      <c r="F161" t="s">
+        <v>96</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H161" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>650</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>651</v>
+      </c>
+      <c r="D162" t="s">
+        <v>167</v>
+      </c>
+      <c r="E162" t="s">
+        <v>168</v>
+      </c>
+      <c r="F162" t="s">
+        <v>125</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H162" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>654</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>655</v>
+      </c>
+      <c r="D163" t="s">
+        <v>167</v>
+      </c>
+      <c r="E163" t="s">
+        <v>168</v>
+      </c>
+      <c r="F163" t="s">
+        <v>125</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H163" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>658</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>659</v>
+      </c>
+      <c r="D164" t="s">
+        <v>167</v>
+      </c>
+      <c r="E164" t="s">
+        <v>168</v>
+      </c>
+      <c r="F164" t="s">
+        <v>660</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H164" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>663</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>10</v>
+      </c>
+      <c r="D165" t="s">
+        <v>664</v>
+      </c>
+      <c r="E165" t="s">
+        <v>664</v>
+      </c>
+      <c r="F165" t="s">
+        <v>665</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H165" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>668</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>95</v>
+      </c>
+      <c r="D166" t="s">
+        <v>664</v>
+      </c>
+      <c r="E166" t="s">
+        <v>664</v>
+      </c>
+      <c r="F166" t="s">
+        <v>665</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H166" t="s">
+        <v>670</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3333,50 +6808,140 @@
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>