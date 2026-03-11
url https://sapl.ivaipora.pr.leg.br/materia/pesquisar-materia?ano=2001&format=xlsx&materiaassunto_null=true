--- v0 (2026-01-24)
+++ v1 (2026-03-11)
@@ -54,621 +54,621 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Pedro Wilson Papin</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4805/ple-01-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4805/ple-01-2001.pdf</t>
   </si>
   <si>
     <t>Dá instruções para a escolha dos Conselheiros Distritais  através de eleição para o Distrito de Alto-Porã, e indicação do Admistrador Distrital, neste Município  de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4806/ple-02-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4806/ple-02-2001.pdf</t>
   </si>
   <si>
     <t>Altera o numero  de cargos de ''Auxiliar de Serviços Educacionais'', na Diretoria Municipal de Educação.</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4808/ple03-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4808/ple03-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4807/ple-04-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4807/ple-04-2001.pdf</t>
   </si>
   <si>
     <t>Concede anistia de multas e dá prazos aos contribuintes inadimplentes do Imposto Predial e Territorial Urbano-IPTU, do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4809/ple-05-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4809/ple-05-2001.pdf</t>
   </si>
   <si>
     <t>Da nova redação ao Paragrafo Único do Art. 2° da Lei Municipal n° 619/87.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4810/ple-06-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4810/ple-06-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de benefícios sobre o pagamento de débitos fiscais em atraso, estabelece normas para sua cobrança extrajudicial e dá outras providências.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4811/ple-06-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4811/ple-06-2001.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para o processo de escolha dos membros do Conselho Tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4812/ple-08-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4812/ple-08-2001.pdf</t>
   </si>
   <si>
     <t>Dipõe sobre as Diretrizes Orçamentárias, para o exercício financeiro de 2002 e dá outras providências.</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4813/ple-09-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4813/ple-09-2001.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Garantia de Renda Mínima associado a ações sócio -educativas, e determina  outras providências ''Bolsa-Escola''.</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4814/ple-10-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4814/ple-10-2001.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para a solicitação de parcelamento de débitos tributários com o município.</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4815/ple-11-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4815/ple-11-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Hospital Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4816/ple-12-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4816/ple-12-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o recebimento em doação do ativo e assumir o passivo da Fundação Médico-Assistencial do Trabalhador Rural de Ivaiporã, abrir um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4817/ple-13-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4817/ple-13-2001.pdf</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4818/ple-14-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4818/ple-14-2001.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Transporte Coletivo Municipal Urbano Gratuito e dá outras providências.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4819/ple-15-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4819/ple-15-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Carreira e Remuneração do Magistério e dá outras providências.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4820/ple-17-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4820/ple-17-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de legislação municipal a servidores municipal.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4821/ple-18-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4821/ple-18-2001.pdf</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4822/ple-19-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4822/ple-19-2001.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.143/2001.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4824/ple-20-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4824/ple-20-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4827/ple-21-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4827/ple-21-2001.pdf</t>
   </si>
   <si>
     <t>Instirui no âmbito do Município de Ivaiporã, o Conselho Municipal de Trabalho.</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4829/ple-22-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4829/ple-22-2001.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Ivaiporã para o exercício de 2002.</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4831/ple-23-2201.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4831/ple-23-2201.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação do bem que especifica.</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4832/ple-24-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4832/ple-24-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza a assinatura de Termo de Convênio de Cooperação Técnica com o Governo do Estado do Paraná, através da Secretaria de Estado da Educação.</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4833/ple-25-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4833/ple-25-2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento de débitos tributários com o Município.</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4834/ple-28-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4834/ple-28-2001.pdf</t>
   </si>
   <si>
     <t>Amplia a Base de Cálculo de Atividades Sujeitas ao ISSQN e dá outras providências.</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4107/pll_01-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4107/pll_01-2001.pdf</t>
   </si>
   <si>
     <t>Da insenção de IPTU - Imposto Predial e Territotrial Urbano aos Aposentados e estabelece outras providências.</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o Numero de Cargos de ''Auxiliar de Serviços Educacionais", na Diretoria Municipal de Educação, e estabelece outras providências.</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
     <t>Professor Cyro</t>
   </si>
   <si>
     <t>Altera partes da Lei n°. 141/71, revoga a Lei n°. 1.030/98  e estabelece outras providências.</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
     <t>Luizão, Professor Cyro</t>
   </si>
   <si>
     <t>Veda a nomeação em Cargos de Comissão de parentes do Prefeito, Vice-Prefeito, Diretores  de Departamentos Municipais,  Vereadores e estabelece outras providências.</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4116/pll_05-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4116/pll_05-2001.pdf</t>
   </si>
   <si>
     <t>Revoga na Integra a Lei n°. 1.119/2000 e estabelece outras providências.</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
     <t>Leonil Garcia, Professor Cyro, Vila Real</t>
   </si>
   <si>
     <t>Concede Licença Prêmio a Funcionários Celetistas e estabelece outras providências.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
     <t>Leonil Garcia</t>
   </si>
   <si>
     <t>Incorpora horas extras  e fixas aos Salários dos Servidores Municipais de Ivaiporã e estabelece outras  providências.</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
     <t>Leonil Garcia, Professor Caloi</t>
   </si>
   <si>
     <t>'' Dispõe sobre a Politica de Proteção, Controle, Conservação, Recuperação do Meio Ambiente e estabelece outras providência.''</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>Éder Bueno, Luizão, Professor Caloi, Professor Cyro</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4121/pll_09-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4121/pll_09-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da IVAILÂNDIA ( cidade do trânsito ) e estabelece outras providências.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4122/pll_10-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4122/pll_10-2001.pdf</t>
   </si>
   <si>
     <t>Obriga as Instituições Bancárias a especificar o Caixa destinado ao atendimento prioritário de clientes, bem como as obriga, no âmbito do Município, a colocar a disposição dos usuários, pessoal e equipamentos suficiente no Setor de Caixas e em outros setores do atendimento do público, internos ou externos, para que o atendimento seja efetivo em tempo razoável.</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4123/pll_11-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4123/pll_11-2001.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua Rolândia e estabelece outras providências.</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>Éder Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4124/pll_12-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4124/pll_12-2001.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua Arapongas e estabelece outras providências.</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4125/pll_13-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4125/pll_13-2001.pdf</t>
   </si>
   <si>
     <t>Torna Obrigatório a realização do Programa de Identificação Precoce da Deficiência Auditiva. ''Teste da Orelhinha'', em crianças recém nascidas em Hospitais , Clinicas ou Instituições públicas ou privadas de Ivaiporã.</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4126/pll_14-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4126/pll_14-2001.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Desarmamento Infantil.</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4127/pll_16-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4127/pll_16-2001.pdf</t>
   </si>
   <si>
     <t>Impõe condições para a liberação, no Âmbito do município, do plantio, da comercialização, do transporte, do armazenamento, do processamento e do consumo de produtos agrícolas que contenham organismo geneticamente modificados.</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Leonil Garcia, Éder Bueno, Professor Caloi, Professor Cyro, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4128/pll_15-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4128/pll_15-2001.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal de Combate a AIDS.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
     <t>Professor Cyro, Leonil Garcia, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4131/pll_03-2002.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4131/pll_03-2002.pdf</t>
   </si>
   <si>
     <t>Estabelece regras e percentual mínimo de vagas de acesso de pessoas portadora de necessidades especiais em concurso público e outras formas de contratação de pessoal admitidas em Lei pelo Municipío de Ivaiporã.</t>
   </si>
   <si>
     <t>8779</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Dito, Celestino Júnior, Éder Bueno, Leonil Garcia, Mário Hort, Professor Cyro, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8779/projeto_de_decreto_02-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8779/projeto_de_decreto_02-2001.pdf</t>
   </si>
   <si>
     <t>Referenda a mudança de endereço da sede do Poder Legislativo de Ivaiporã, Estado do Paraná e dá outras providências, de acordo com Art. 57 da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>8778</t>
   </si>
   <si>
     <t>Professor Caloi</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8778/projeto_de_decreto_03-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8778/projeto_de_decreto_03-2001.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadão Honorário ao Senhor HERONDY ANUNZIATO.</t>
   </si>
   <si>
     <t>8777</t>
   </si>
   <si>
     <t>Celestino Júnior</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8777/projeto_de_decreto_04-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8777/projeto_de_decreto_04-2001.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Senhor AKIRA YAMASITA.</t>
   </si>
   <si>
     <t>8776</t>
   </si>
   <si>
     <t>Dito, Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8776/ptojeto_de_decreto_05-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8776/ptojeto_de_decreto_05-2001.pdf</t>
   </si>
   <si>
     <t>Referenda o Contrato que entre si celebram o Ministério da Agricultura e o Município de Ivaiporã.</t>
   </si>
   <si>
     <t>8775</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8775/projeto_de_decreto_06-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8775/projeto_de_decreto_06-2001.pdf</t>
   </si>
   <si>
     <t>Convoca Plebiscito entre os eleitores do Município de Ivaiporã, para decidir sobre a venda pelo Governo do Paraná, do controle acionário da COPEL- Companhia Paranaense de Energia.</t>
   </si>
   <si>
     <t>8774</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8774/projeto_de_decreto_07-2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8774/projeto_de_decreto_07-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Prestações de Contas do Executivo Municipal de Ivaiporã, Fundo Municipal de Saúde, Serviço Autônomo de Saneamento e Pavimentação e Legislativo Muncipal.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/3794/pr_2_2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/3794/pr_2_2001.pdf</t>
   </si>
   <si>
     <t>- Cria a “Câmara Mirim” de Ivaiporã e estabelece normas para seu funcionamento.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/3796/pr_3_2001.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/3796/pr_3_2001.pdf</t>
   </si>
   <si>
     <t>Cria a “Câmara Mirim” de Ivaiporã e estabelece normas para seu funcionamento.</t>
   </si>
   <si>
     <t>10955</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/10955/ato_2001_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/10955/ato_2001_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de funcionamento da 1ª Legislatura Mirim de Ivaiporã.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -975,68 +975,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4805/ple-01-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4806/ple-02-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4808/ple03-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4807/ple-04-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4809/ple-05-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4810/ple-06-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4811/ple-06-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4812/ple-08-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4813/ple-09-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4814/ple-10-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4815/ple-11-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4816/ple-12-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4817/ple-13-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4818/ple-14-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4819/ple-15-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4820/ple-17-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4821/ple-18-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4822/ple-19-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4824/ple-20-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4827/ple-21-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4829/ple-22-2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4831/ple-23-2201.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4832/ple-24-2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4833/ple-25-2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4834/ple-28-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4107/pll_01-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4116/pll_05-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4121/pll_09-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4122/pll_10-2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4123/pll_11-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4124/pll_12-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4125/pll_13-2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4126/pll_14-2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4127/pll_16-2001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4128/pll_15-2001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4131/pll_03-2002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8779/projeto_de_decreto_02-2001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8778/projeto_de_decreto_03-2001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8777/projeto_de_decreto_04-2001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8776/ptojeto_de_decreto_05-2001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8775/projeto_de_decreto_06-2001.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8774/projeto_de_decreto_07-2001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/3794/pr_2_2001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/3796/pr_3_2001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/10955/ato_2001_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4805/ple-01-2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4806/ple-02-2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4808/ple03-2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4807/ple-04-2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4809/ple-05-2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4810/ple-06-2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4811/ple-06-2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4812/ple-08-2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4813/ple-09-2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4814/ple-10-2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4815/ple-11-2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4816/ple-12-2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4817/ple-13-2001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4818/ple-14-2001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4819/ple-15-2001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4820/ple-17-2001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4821/ple-18-2001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4822/ple-19-2001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4824/ple-20-2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4827/ple-21-2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4829/ple-22-2001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4831/ple-23-2201.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4832/ple-24-2001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4833/ple-25-2001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4834/ple-28-2001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4107/pll_01-2001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4116/pll_05-2001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4121/pll_09-2001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4122/pll_10-2001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4123/pll_11-2001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4124/pll_12-2001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4125/pll_13-2001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4126/pll_14-2001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4127/pll_16-2001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4128/pll_15-2001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/4131/pll_03-2002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8779/projeto_de_decreto_02-2001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8778/projeto_de_decreto_03-2001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8777/projeto_de_decreto_04-2001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8776/ptojeto_de_decreto_05-2001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8775/projeto_de_decreto_06-2001.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/8774/projeto_de_decreto_07-2001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/3794/pr_2_2001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/3796/pr_3_2001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/2001/10955/ato_2001_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>