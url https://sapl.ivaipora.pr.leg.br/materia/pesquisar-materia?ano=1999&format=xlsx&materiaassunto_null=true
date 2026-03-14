--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,534 +54,534 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Pe. Luiz Pereira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4647/ple-01-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4647/ple-01-99.pdf</t>
   </si>
   <si>
     <t>Autoriza a isenção do pagamento taxas e de tributos relativas a construção no município.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4648/ple-02-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4648/ple-02-99.pdf</t>
   </si>
   <si>
     <t>Autoriza a distribuição de prêmios  mediante sorteios e dá outras providências.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4649/ple-03-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4649/ple-03-99.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel ao Sindicato dos Empregados do Comércio de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4650/ple-04-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4650/ple-04-99.pdf</t>
   </si>
   <si>
     <t>''Altera parcialmente a Lei n° 1.000/97, de 21/10/97.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4652/ple-05-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4652/ple-05-99.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4653/ple-06-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4653/ple-06-99.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes  Orçamentais,para o exercício financeiro de 2.000 e dá outras providências.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4654/ple-07-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4654/ple-07-99.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de anisitia de IPTU.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4655/ple-08-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4655/ple-08-99.pdf</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4656/ple-09-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4656/ple-09-99.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura do orçamento do Serviço Autônomo de Saneamento e Pavimentação de Ivaiporã, Para o exercício de  1999 e dá outras providências.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4657/ple-10-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4657/ple-10-99.pdf</t>
   </si>
   <si>
     <t>''Autoriza a  doação de terreno à firma Edson T. Boscardim - Madeiras e dá outras providências.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4660/ple-11-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4660/ple-11-99.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a construir com os demais Gestores Do Sistema Único de Saúde no Estado do Paraná, o Consórcio Intergestores Paraná Medicamentos.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4661/ple-13-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4661/ple-13-99.pdf</t>
   </si>
   <si>
     <t>'' Proroga o prazo fixado no Art. 23 da Lei Municipal n° 1.045/99.''</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4662/ple-14-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4662/ple-14-99.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno a Empresa Campagro Insumos Agrícolas Ltda., e dá outras providências.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4663/ple-15-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4663/ple-15-99.pdf</t>
   </si>
   <si>
     <t>Introduz alteração na Lei Municipal n° 1.058/99.</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4664/ple-16-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4664/ple-16-99.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4665/ple-17-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4665/ple-17-99.pdf</t>
   </si>
   <si>
     <t>Institui o fundo Municipal de Aval e dá outras providências.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4666/ple-20-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4666/ple-20-99.pdf</t>
   </si>
   <si>
     <t>Prorroga o  preço fixado no Art. 23 da Lei Municipal n° 1045/99.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4667/ple-21-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4667/ple-21-99.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder anistia do IPTU  dos imóveis que especifica.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Geomar Torres Pereira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4668/ple-22-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4668/ple-22-99.pdf</t>
   </si>
   <si>
     <t>Reconhece a Sociedade Protetora dos Animais de Ivaiporã como órgão de utilidade pública.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4669/ple-26-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4669/ple-26-99.pdf</t>
   </si>
   <si>
     <t>Revoga as Leis Municipais n° 1045/99, 1.057/99 e 1.065/99.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4670/ple-27-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4670/ple-27-99.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Leonil Garcia, Ademar, Barcellos, Bertinho, Doquinha, Emir Matias, Luizão, Mário Hort, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4263/pll-01-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4263/pll-01-99.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores da Câmara Municipal de Ivaiporã, Estado do Paraná, para o ano de 1999, e dá outras providências.</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
     <t>Luizão, Ademar, Barcellos, Bertinho, Doquinha, Emir Matias, Leonil Garcia, Mário Hort, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4264/pll-02-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4264/pll-02-99.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal do Apoio ao Desenvolvimento Econômico de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4265/pll-03-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4265/pll-03-99.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Desenvolvimento de Ivaiporã,  Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
     <t>Ademar, Barcellos, Bertinho, Doquinha, Emir Matias, Leonil Garcia, Luizão, Mário Hort, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4266/pll-04-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4266/pll-04-99.pdf</t>
   </si>
   <si>
     <t>Dá nova redação á alínea A do ART. 1°, da Lei n° 740/90, alterando o Art. 1° da Lei n°491/83, e Art. 25 da Lei  n° 114/70, Código de Postura do Município de Ivaiporã,Estado do Paraná e dá outras providênicas.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
     <t>Barcellos</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4267/pll-05-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4267/pll-05-99.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a conservação de estradas readequadas do Municípios do Municípios de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
     <t>Ademar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4268/pll-06-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4268/pll-06-99.pdf</t>
   </si>
   <si>
     <t>Regulamenta p inciso XVI, do Art. 18 da Lei Orgânica do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
     <t>Ademar, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4269/pll-07-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4269/pll-07-98.pdf</t>
   </si>
   <si>
     <t>Denomina Jardim Espirito Santo o Conjunto Habitacional Olimpio Mourão Filho, nesta cidade de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4270/pll-08-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4270/pll-08-99.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder 10% (dez) por cento do total da receita arrecadada do Imposto Predial e Territorial Urbano-IPTU, para a agroindustria do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
     <t>Luizão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4272/pll-09-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4272/pll-09-99.pdf</t>
   </si>
   <si>
     <t>Revoga o Parágrafo Único do Artigo  3°, da Lei n°212/74, e dá outras providências.</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4271/pll-10-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4271/pll-10-99.pdf</t>
   </si>
   <si>
     <t>Denomina a continuação da Rua Joaquim Bonifácio, nesta cidade, ''RUA JUNAIR''.</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4273/pll-11-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4273/pll-11-99.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre pagamento de ações trabalhistas aos funcionários municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4274/pll-13-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4274/pll-13-99.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação á  Av. Amazonas nesta cidade de Ivaiporã,Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4275/pll-14-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4275/pll-14-99.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação ao Conjunto Habitacional Brig. Eduardo Gomes, nesta cidade de Ivaiporã, Estado do Paraná,</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
     <t>Doquinha</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4276/pll-15-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4276/pll-15-99.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a UNIÃO DAS ASSOCIAÇÕES DE IVAIPORÃ - UNAI, e dá outras providências.</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4277/pll-16-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4277/pll-16-99.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Fundação Educacional Centro do Paraná e Vale do Ivai - FENCEVALI, e dá outras providências.</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4278/pll-17-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4278/pll-17-99.pdf</t>
   </si>
   <si>
     <t>Da incentivo para os doadores de sangue no  Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4279/pll-18-99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4279/pll-18-99.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 746/90, restringe e disciplina o uso de ônibus escolar pertencente a frota municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>8797</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8797/projeto_de_decreto_01-1999.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8797/projeto_de_decreto_01-1999.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, SR. GERALDO CÂNDIDO PEREIRA, e dá outras providências.</t>
   </si>
   <si>
     <t>8791</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8791/projeto_de_decreto_02-1999.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8791/projeto_de_decreto_02-1999.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 01/99, do Poder Legislativo, onde fixa os subsídios dos Senhores, para o ano de 1999.</t>
   </si>
   <si>
     <t>8785</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8785/projeto_de_decreto_03-1999.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8785/projeto_de_decreto_03-1999.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as prestações de Contas do Executivo Municipal de Ivaiporã, Estado do Paraná, do Fundo Municipal de Saúde e do Serviço Autônomo de Saneamento e Pavimentação do Município de Ivaiporã, Estado do Paraná, referentes ao exercício financeiro de 1994.</t>
   </si>
   <si>
     <t>8784</t>
   </si>
   <si>
     <t>Ademar, Luizão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8784/projeto_de_decreto_04-1999.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8784/projeto_de_decreto_04-1999.pdf</t>
   </si>
   <si>
     <t>Concede licença do cargo para tratamento de saúde ao Senhor Prefeito Municipal de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>8783</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8783/projeto_de_decreto_05-1999.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8783/projeto_de_decreto_05-1999.pdf</t>
   </si>
   <si>
     <t>Fixa o número de Vereadores da Câmara Municipal de Ivaiporã, Estado do Paraná, para a Legislatura de 2.001 à 2.004.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -888,67 +888,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4647/ple-01-99.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4648/ple-02-99.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4649/ple-03-99.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4650/ple-04-99.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4652/ple-05-99.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4653/ple-06-99.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4654/ple-07-99.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4655/ple-08-99.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4656/ple-09-99.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4657/ple-10-99.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4660/ple-11-99.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4661/ple-13-99.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4662/ple-14-99.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4663/ple-15-99.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4664/ple-16-99.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4665/ple-17-99.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4666/ple-20-99.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4667/ple-21-99.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4668/ple-22-99.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4669/ple-26-99.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4670/ple-27-99.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4263/pll-01-99.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4264/pll-02-99.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4265/pll-03-99.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4266/pll-04-99.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4267/pll-05-99.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4268/pll-06-99.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4269/pll-07-98.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4270/pll-08-99.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4272/pll-09-99.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4271/pll-10-99.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4273/pll-11-99.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4274/pll-13-99.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4275/pll-14-99.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4276/pll-15-99.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4277/pll-16-99.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4278/pll-17-99.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4279/pll-18-99.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8797/projeto_de_decreto_01-1999.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8791/projeto_de_decreto_02-1999.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8785/projeto_de_decreto_03-1999.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8784/projeto_de_decreto_04-1999.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8783/projeto_de_decreto_05-1999.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4647/ple-01-99.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4648/ple-02-99.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4649/ple-03-99.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4650/ple-04-99.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4652/ple-05-99.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4653/ple-06-99.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4654/ple-07-99.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4655/ple-08-99.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4656/ple-09-99.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4657/ple-10-99.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4660/ple-11-99.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4661/ple-13-99.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4662/ple-14-99.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4663/ple-15-99.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4664/ple-16-99.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4665/ple-17-99.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4666/ple-20-99.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4667/ple-21-99.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4668/ple-22-99.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4669/ple-26-99.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4670/ple-27-99.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4263/pll-01-99.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4264/pll-02-99.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4265/pll-03-99.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4266/pll-04-99.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4267/pll-05-99.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4268/pll-06-99.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4269/pll-07-98.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4270/pll-08-99.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4272/pll-09-99.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4271/pll-10-99.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4273/pll-11-99.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4274/pll-13-99.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4275/pll-14-99.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4276/pll-15-99.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4277/pll-16-99.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4278/pll-17-99.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/4279/pll-18-99.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8797/projeto_de_decreto_01-1999.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8791/projeto_de_decreto_02-1999.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8785/projeto_de_decreto_03-1999.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8784/projeto_de_decreto_04-1999.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1999/8783/projeto_de_decreto_05-1999.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="237.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>