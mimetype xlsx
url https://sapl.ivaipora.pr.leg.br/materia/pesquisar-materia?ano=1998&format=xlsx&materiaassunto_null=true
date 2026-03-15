--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -54,519 +54,519 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Pe. Luiz Pereira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4780/ple-01-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4780/ple-01-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênios, Acordos e Termos de Ajuste com o Órgãos Estaduais e/ou Federais.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4781/ple-02-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4781/ple-02-98.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4783/ple-02-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4783/ple-02-98.pdf</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4784/ple-04-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4784/ple-04-98.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno a Mitra Diocesana de Apucarana  e dá outras providências.</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a execução de reformas em prédios destinado ao Posto do Seguro Social do INSS de Ivaiporã.</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4786/ple-06-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4786/ple-06-98.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à Empresa Paraná Centro Divulgações S/A Ltda.</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4787/ple-08-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4787/ple-08-98.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 1° da Lei Municipal n° 1.010/97.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4788/ple-09-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4788/ple-09-98.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de auxilio a APAE local e dá outras providências.</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4790/ple-11-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4790/ple-11-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a executar obras de reforma e ampliação no prédio do Corpo de Bombeiro de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4791/ple-12-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4791/ple-12-98.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias, para o exercício financeiro de 1999 e dá outras providências.</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4792/ple-13-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4792/ple-13-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a rajustar os vencimentos dos Servidores Municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4793/ple-14-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4793/ple-14-98.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender as necessidades do Plano Diretor de Erradicação do ''AEDES AEGYPTI ''do Brasil - PEAg -, do Governo Federal, nos Termos do Inciso IX do Art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4794/ple-16-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4794/ple-16-98.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio com a Caixa Econômica Federal, para a concessão de empréstimo aos servidores municipais.</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4795/ple-17-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4795/ple-17-98.pdf</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Autoriza a doação de veiculo à APAE de Ivaiporã.</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4797/ple-20-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4797/ple-20-98.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel á Associação dos Aposentados, Pensionistas e Idosos de Ivaiporã e dá outras  providências.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4799/ple-23-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4799/ple-23-98.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da Despesa do Município de Ivaiporã, para o exercícico de 1999.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4798/ple-24-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4798/ple-24-98.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a organização do  Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4801/ple-25-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4801/ple-25-98.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de imóvel à Casa de Recuperação ''Libertos para Viver'' - CRELIVI, mediante contrato de comodato.</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4800/ple-26-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4800/ple-26-98.pdf</t>
   </si>
   <si>
     <t>Autoriza um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4802/ple-27-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4802/ple-27-98.pdf</t>
   </si>
   <si>
     <t>Desafeta, do domínio publico, uma área com 1.410,00 m², trecho da Rua Ponta Porã, na cidade de Ivaiporã, e dá outras providências</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Emir Matias</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4252/pll-01-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4252/pll-01-98.pdf</t>
   </si>
   <si>
     <t>Denomina '' Vereador Abilio Pessuti '', a quadra de esportes de Alto Porã, neste município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
     <t>Vila Real, Ademar, Emir Matias, Leonil Garcia, Luizão, Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4253/pll-02-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4253/pll-02-98.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição, no Município de Ivaiporã, Estado do Paraná, dos concursos de prognóstico numéricos, como fonte destinada ao custeio da seguridade social.</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
     <t>Ademar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4254/pll-03-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4254/pll-03-98.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 7°, item E, Letra B, RETIRANDO AS LETRAS C, D, e  E, da Lei n° 141/71, de 23 de junho de 1971.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4255/pll-04-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4255/pll-04-98.pdf</t>
   </si>
   <si>
     <t>Denomina a Atual Rua C da Vila Santa Terezinha, ''RUA AGRIPINA MARIA PEDRO'', e dá outras providências.</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4256/pll-05-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4256/pll-05-98.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO À RUA ''F'', NA VILA SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Barcellos, Leonil Garcia, Luizão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4257/pll-06-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4257/pll-06-98.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO A RUA BANDEIRANTES, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
     <t>Barcellos</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4258/pll-07-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4258/pll-07-98.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Casa de Recuperação ''LIBERTOS PARA VIVER''- CRELIVI.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
     <t>Bertinho, Ademar, Barcellos, Doquinha, Emir Matias, Leonil Garcia, Luizão, Mário Hort, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4259/pll-08-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4259/pll-08-98.pdf</t>
   </si>
   <si>
     <t>Reduz as Taxas costantes nas Leis n°964/96 e 965/96, e dá outras providências.</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4260/pll-09-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4260/pll-09-98.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICIPAL DE AVAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4261/pll-10-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4261/pll-10-98.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação á Rua Pernambuco nesta cidade de Ivaiporã, Estado do Paraná, e dá outra providências.</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
     <t>Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4262/pll-11-98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4262/pll-11-98.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Distrito Administrativo de Santa Bárbara e dá outras providências.</t>
   </si>
   <si>
     <t>8810</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Doquinha</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8810/projeto_de_decreto_01-1998.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8810/projeto_de_decreto_01-1998.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Reverendíssimo Padre JOSÉ NATALÍCIO DA SILVA.</t>
   </si>
   <si>
     <t>8809</t>
   </si>
   <si>
     <t>Ademar, Bertinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8809/projeto_de_decreto_02-1998.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8809/projeto_de_decreto_02-1998.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Senhor ODILON ANDRADE.</t>
   </si>
   <si>
     <t>8803</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8803/projeto_de_decreto_03-1998.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8803/projeto_de_decreto_03-1998.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Senhor HERONDY ANUNZIATO.</t>
   </si>
   <si>
     <t>8798</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8798/projeto_de_decreto_04-1998.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8798/projeto_de_decreto_04-1998.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Senhor ENÉAS CIRCHIA.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Bertinho, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3783/pr_1_1998.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3783/pr_1_1998.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara de Vereadores do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3784/pr_2_1998.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3784/pr_2_1998.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Ética e Decoro Parlamentar da Câmara de Vereadores de Ivaiporã.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3785/pr_3_1998.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3785/pr_3_1998.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos Servidores do Poder Legislativo e da outras providencias,</t>
   </si>
   <si>
     <t>10953</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/10953/ato_1998_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/10953/ato_1998_1.pdf</t>
   </si>
   <si>
     <t>Determina a parte fixa e a parte variável dos subsídios dos Senhores Vereadores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -873,68 +873,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4780/ple-01-98.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4781/ple-02-98.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4783/ple-02-98.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4784/ple-04-98.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4786/ple-06-98.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4787/ple-08-98.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4788/ple-09-98.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4790/ple-11-98.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4791/ple-12-98.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4792/ple-13-98.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4793/ple-14-98.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4794/ple-16-98.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4795/ple-17-98.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4797/ple-20-98.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4799/ple-23-98.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4798/ple-24-98.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4801/ple-25-98.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4800/ple-26-98.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4802/ple-27-98.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4252/pll-01-98.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4253/pll-02-98.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4254/pll-03-98.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4255/pll-04-98.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4256/pll-05-98.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4257/pll-06-98.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4258/pll-07-98.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4259/pll-08-98.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4260/pll-09-98.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4261/pll-10-98.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4262/pll-11-98.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8810/projeto_de_decreto_01-1998.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8809/projeto_de_decreto_02-1998.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8803/projeto_de_decreto_03-1998.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8798/projeto_de_decreto_04-1998.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3783/pr_1_1998.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3784/pr_2_1998.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3785/pr_3_1998.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/10953/ato_1998_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4780/ple-01-98.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4781/ple-02-98.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4783/ple-02-98.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4784/ple-04-98.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4786/ple-06-98.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4787/ple-08-98.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4788/ple-09-98.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4790/ple-11-98.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4791/ple-12-98.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4792/ple-13-98.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4793/ple-14-98.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4794/ple-16-98.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4795/ple-17-98.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4797/ple-20-98.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4799/ple-23-98.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4798/ple-24-98.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4801/ple-25-98.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4800/ple-26-98.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4802/ple-27-98.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4252/pll-01-98.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4253/pll-02-98.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4254/pll-03-98.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4255/pll-04-98.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4256/pll-05-98.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4257/pll-06-98.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4258/pll-07-98.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4259/pll-08-98.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4260/pll-09-98.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4261/pll-10-98.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/4262/pll-11-98.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8810/projeto_de_decreto_01-1998.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8809/projeto_de_decreto_02-1998.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8803/projeto_de_decreto_03-1998.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/8798/projeto_de_decreto_04-1998.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3783/pr_1_1998.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3784/pr_2_1998.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/3785/pr_3_1998.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1998/10953/ato_1998_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="227.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>