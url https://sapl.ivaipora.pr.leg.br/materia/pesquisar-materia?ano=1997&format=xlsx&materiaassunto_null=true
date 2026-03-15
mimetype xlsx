--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -54,681 +54,681 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Pe. Luiz Pereira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4835/ple-01-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4835/ple-01-96.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Alimentação Escolar.</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4836/ple-02-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4836/ple-02-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4837/ple-03-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4837/ple-03-97.pdf</t>
   </si>
   <si>
     <t>Transfere a COPEL o acervo de iluminação pública e dá outras providências.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4838/ple-04-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4838/ple-04-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de aposentadoria a servidores do Município .</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4839/ple-05-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4839/ple-05-97.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 931/95.</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4840/ple-06-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4840/ple-06-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a Contratação de Pessoal Temporário, em Carater  Excepcional, e dá outras providências.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4841/ple-07-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4841/ple-07-97.pdf</t>
   </si>
   <si>
     <t>Estabelece teto mínimo para lançamento do IPTU e fixa desconto para pagamento do tributo.</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4842/ple-08-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4842/ple-08-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a anistia de multas e juros de mora e a concessão de descontos sobre tributos municipais.</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4843/ple-09-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4843/ple-09-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à firma Gesso Colonial Ind. e Com. de Artefatos de Gesso e de Pedras Ltda.</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4844/ple-10-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4844/ple-10-97.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 1998 e dá outras providências.</t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4845/ple-11-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4845/ple-11-97.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4846/ple-12-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4846/ple-12-97.pdf</t>
   </si>
   <si>
     <t>Introduz Alteração na Lei Municipal n° 785/92, de 03/02-92.</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4847/ple-13-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4847/ple-13-97.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública o Conselho Comunitário de Segurança de Ivaiporã.</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4848/ple-14-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4848/ple-14-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a contratar Operação de Crédito com o Banco do Estado do Paraná S.A., através  do FDU - Fundo Estadual de Desenvolvimento Urbano, e dá outras providências.</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4849/ple-15-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4849/ple-15-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4850/ple-16-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4850/ple-16-97.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação à Rua Tucanos, na Vila Nova Porã.</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4851/ple-17-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4851/ple-17-97.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho de Desenvolvimento Rural do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4852/ple-18-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4852/ple-18-97.pdf</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4853/ple-19-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4853/ple-19-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de direito real de uso sobre o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4854/ple-20-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4854/ple-20-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4855/ple-21-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4855/ple-21-97.pdf</t>
   </si>
   <si>
     <t>Reconhece a Sociedade Rural de Sabugueiro como órgão de utilidade pública.</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4856/ple-22-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4856/ple-22-97.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 966/96, de 10/12/96.</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4857/ple-23-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4857/ple-23-97.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estatuto do Magistério do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4858/ple-24-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4858/ple-24-97.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento do Ensino Fundamental  e de Valorização do Magistério.</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4859/ple-25-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4859/ple-25-97.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a criação do Fundo Municipal  Desenvolvimento e Conservação Florestal - FUNDEFLOR e dá outras providências.</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4860/ple-26-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4860/ple-26-97.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Ivaiporã a conceder, Sociedade Rural Centro do Paraná -SORCEP-, direito real de uso dos imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4861/ple-27-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4861/ple-27-97.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da Despesa do Município de Ivaiporã, para o exercício de 1998.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4862/ple-28-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4862/ple-28-97.pdf</t>
   </si>
   <si>
     <t>Concede a isenção das Taxas de Alvará de Autônomo - Pedreiro, aos trabalhadores do Programa ''Vila Rurais'', no município de Ivaiporã.</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4863/ple-29-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4863/ple-29-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a reversão, aos doadores, de imóvel pertencente ao Município.</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4864/ple-31-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4864/ple-31-97.pdf</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4865/ple-32-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4865/ple-32-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à Ordem dos Advogados do Brasil -OAB.</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4866/ple-33-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4866/ple-33-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de anistia  de multas sobre Contribuição de Melhoria em atraso.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4867/ple-34-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4867/ple-34-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4868/ple-35-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4868/ple-35-97.pdf</t>
   </si>
   <si>
     <t>Estabelece o hor´rio de funcionamento para ''Shopping centers''.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4869/ple-37-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4869/ple-37-97.pdf</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4870/ple-38-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4870/ple-38-97.pdf</t>
   </si>
   <si>
     <t>Autoriza a isenção do pagamento de taxas e de tributos a construção no município.</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Vila Real, Ademar, Barcellos, Bertinho, Doquinha, Emir Matias, Leonil Garcia, Luizão, Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4249/pll-01-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4249/pll-01-97.pdf</t>
   </si>
   <si>
     <t>Cria o ''DIA DO RIO''  e dá outras providências.</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
     <t>Bertinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4250/pll-02-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4250/pll-02-97.pdf</t>
   </si>
   <si>
     <t>Reconhece a Associação dos Produtores de Cogumelos do Vale do Ivaí - IvaÍ - APROCOVI, como órgão de Utilidade Pública.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
     <t>Ademar</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4251/pll-03-97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4251/pll-03-97.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei n° 852/94, de 04 de fevereiro de 1994.</t>
   </si>
   <si>
     <t>8826</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Bertinho, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8826/projeto_de_decreto_01-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8826/projeto_de_decreto_01-1997.pdf</t>
   </si>
   <si>
     <t>Designa Nélio Montanhini, ocupante do Cargo de Motorista em provimento efetivo, para exercer o cargo de Diretor de Divisão.</t>
   </si>
   <si>
     <t>8825</t>
   </si>
   <si>
     <t>Ademar, Luizão, Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8825/projeto_de_decreto_02-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8825/projeto_de_decreto_02-1997.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Senhor CELESTINO ALVES DE SOUZA.</t>
   </si>
   <si>
     <t>8824</t>
   </si>
   <si>
     <t>Bertinho, Leonil Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8824/projeto_de_decreto_03-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8824/projeto_de_decreto_03-1997.pdf</t>
   </si>
   <si>
     <t>Referenda Convênio que entre si firmam o Estado do Paraná, através da Secretaria de Estado da Segurança Pública e o Município de Ivaiporã.</t>
   </si>
   <si>
     <t>8823</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8823/projeto_de_decreto_04-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8823/projeto_de_decreto_04-1997.pdf</t>
   </si>
   <si>
     <t>Referenda o Termo de Acordo que fazem entre si, de um lado o Município de Ivaiporã e de outro lado o Município de Ariranha do Ivaí.</t>
   </si>
   <si>
     <t>8822</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8822/projeto_de_decreto_05-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8822/projeto_de_decreto_05-1997.pdf</t>
   </si>
   <si>
     <t>Referenda o Termo de Convênio que entre si celebram a Secretaria de Estado do Meio Ambiente e dos Recursos Hídricos (SEMA), atreves do Instituto Ambiental do Paraná (IAP), e o Município de Ivaiporã.</t>
   </si>
   <si>
     <t>8819</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8819/projeto_de_decreto_06-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8819/projeto_de_decreto_06-1997.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Senhor PEDRO GOEDERT.</t>
   </si>
   <si>
     <t>8818</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8818/projeto_de_decreto_07-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8818/projeto_de_decreto_07-1997.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as prestações de Contas dos Poderes Executivo, Legislativo, do Fundo Municipal de Saúde e do Serviço Autônomo de Saneamento e Pavimentação do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro de 1996.</t>
   </si>
   <si>
     <t>8816</t>
   </si>
   <si>
     <t>Luizão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8816/projeto_de_decreto_08-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8816/projeto_de_decreto_08-1997.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito de Ivaiporã, Estado do Paraná, ao Senhor LADISLAU GIL FERNANDES.</t>
   </si>
   <si>
     <t>8815</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8815/projeto_de_decreto_09-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8815/projeto_de_decreto_09-1997.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as prestações de Contas do Poder Executivo Municipal de Ivaiporã, Estado do Paraná, do Fundo Municipal de Saúde e do Serviço Autônomo de Saneamento e Pavimentação do Município de Ivaiporã, Estado do Paraná, referente ao exercício financeiro de 1995.</t>
   </si>
   <si>
     <t>8814</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8814/projeto_de_decreto_10-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8814/projeto_de_decreto_10-1997.pdf</t>
   </si>
   <si>
     <t>Referenda o Contrato de Cessão de Direito de uso que fazem entre si, de um lado a empresa DANY'TUR - TURISMO E EXCUERSÕES LTDA, e de outro lado a PREFEITURA MUNICIPAL DE IVAIPORÃ, Estado do Paraná.</t>
   </si>
   <si>
     <t>8811</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8811/projeto_de_decreto_11-1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8811/projeto_de_decreto_11-1997.pdf</t>
   </si>
   <si>
     <t>Concede Título de de Cidadão Honorário ao Dr. CÂNDIDO MANUEL MARTINS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/3782/pr_1_1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/3782/pr_1_1997.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores do Poder Legislativo E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>10748</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>Leonil Garcia, Ademar, Barcellos, Emir Matias, Luizão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10748/projeto_de_lei_substitutivo_1_1997.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10748/projeto_de_lei_substitutivo_1_1997.pdf</t>
   </si>
   <si>
     <t>Autoriza a conceder direito real de uso, imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>10951</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10951/ato_1997_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10951/ato_1997_1.pdf</t>
   </si>
   <si>
     <t>Determina a parte fixa e a parte variável dos subsídios dos Senhores Vereadores.</t>
   </si>
   <si>
     <t>10952</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10952/ato_1997_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10952/ato_1997_2.pdf</t>
   </si>
   <si>
     <t>Decreta Luto Oficial na Câmara de Vereadores de Ivaiporã, pelo falecimento do Sr. Teodomiro Neves dos Santos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1035,68 +1035,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4835/ple-01-96.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4836/ple-02-97.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4837/ple-03-97.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4838/ple-04-97.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4839/ple-05-97.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4840/ple-06-97.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4841/ple-07-97.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4842/ple-08-97.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4843/ple-09-97.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4844/ple-10-97.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4845/ple-11-97.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4846/ple-12-97.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4847/ple-13-97.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4848/ple-14-97.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4849/ple-15-97.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4850/ple-16-97.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4851/ple-17-97.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4852/ple-18-97.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4853/ple-19-97.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4854/ple-20-97.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4855/ple-21-97.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4856/ple-22-97.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4857/ple-23-97.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4858/ple-24-97.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4859/ple-25-97.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4860/ple-26-97.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4861/ple-27-97.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4862/ple-28-97.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4863/ple-29-97.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4864/ple-31-97.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4865/ple-32-97.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4866/ple-33-97.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4867/ple-34-97.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4868/ple-35-97.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4869/ple-37-97.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4870/ple-38-97.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4249/pll-01-97.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4250/pll-02-97.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4251/pll-03-97.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8826/projeto_de_decreto_01-1997.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8825/projeto_de_decreto_02-1997.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8824/projeto_de_decreto_03-1997.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8823/projeto_de_decreto_04-1997.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8822/projeto_de_decreto_05-1997.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8819/projeto_de_decreto_06-1997.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8818/projeto_de_decreto_07-1997.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8816/projeto_de_decreto_08-1997.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8815/projeto_de_decreto_09-1997.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8814/projeto_de_decreto_10-1997.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8811/projeto_de_decreto_11-1997.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/3782/pr_1_1997.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10748/projeto_de_lei_substitutivo_1_1997.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10951/ato_1997_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10952/ato_1997_2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4835/ple-01-96.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4836/ple-02-97.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4837/ple-03-97.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4838/ple-04-97.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4839/ple-05-97.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4840/ple-06-97.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4841/ple-07-97.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4842/ple-08-97.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4843/ple-09-97.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4844/ple-10-97.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4845/ple-11-97.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4846/ple-12-97.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4847/ple-13-97.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4848/ple-14-97.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4849/ple-15-97.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4850/ple-16-97.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4851/ple-17-97.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4852/ple-18-97.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4853/ple-19-97.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4854/ple-20-97.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4855/ple-21-97.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4856/ple-22-97.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4857/ple-23-97.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4858/ple-24-97.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4859/ple-25-97.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4860/ple-26-97.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4861/ple-27-97.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4862/ple-28-97.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4863/ple-29-97.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4864/ple-31-97.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4865/ple-32-97.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4866/ple-33-97.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4867/ple-34-97.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4868/ple-35-97.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4869/ple-37-97.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4870/ple-38-97.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4249/pll-01-97.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4250/pll-02-97.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/4251/pll-03-97.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8826/projeto_de_decreto_01-1997.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8825/projeto_de_decreto_02-1997.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8824/projeto_de_decreto_03-1997.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8823/projeto_de_decreto_04-1997.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8822/projeto_de_decreto_05-1997.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8819/projeto_de_decreto_06-1997.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8818/projeto_de_decreto_07-1997.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8816/projeto_de_decreto_08-1997.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8815/projeto_de_decreto_09-1997.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8814/projeto_de_decreto_10-1997.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/8811/projeto_de_decreto_11-1997.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/3782/pr_1_1997.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10748/projeto_de_lei_substitutivo_1_1997.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10951/ato_1997_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1997/10952/ato_1997_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="242.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>