--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -54,618 +54,618 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Melvis Muchiuti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4878/ple-01-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4878/ple-01-96.pdf</t>
   </si>
   <si>
     <t>Altera o Art.118 da Lei Municipal n° 493/83.</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4881/ple-02-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4881/ple-02-96.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a contratar Operação de Crédito com o Banco Estado do Paraná S.A., através do FDU - Fundo Estadual de Desenvolvimento Urbano e dá outras providências.</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4882/ple-03-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4882/ple-03-96.pdf</t>
   </si>
   <si>
     <t>Concede anistia de multas e juros incidentes sobre tributos em atrasos.</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4883/ple-05-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4883/ple-05-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a distribuição de prêmios e dá outras providências.</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4884/ple-05-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4884/ple-05-96.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o lançamento de taxa de conservação de calçamentos.</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4886/ple-06-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4886/ple-06-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de desconto nos valores do Imposto sobre Serviços de qualquer Natureza - ISSQN.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4888/ple-07-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4888/ple-07-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a redução nos valores do IPTU de 1996 e a concessão de descontos, na forma que especifica.</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4889/ple-08-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4889/ple-08-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terrenos e dá outras providências.</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4892/ple-09-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4892/ple-09-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno ao Governo do Estado do Paraná, através da Secretaria de Estado da Segurança Pública, e dá outras providências.</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4893/ple-10-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4893/ple-10-96.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias, para o exercício  Financeiro de 1997 e dá outras providências.</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4894/ple-11-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4894/ple-11-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de imóvel ao INSS, como doação em pagamento.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4895/ple-12-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4895/ple-12-96.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal  a reajustar os vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4897/ple-13-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4897/ple-13-96.pdf</t>
   </si>
   <si>
     <t>Altera o número de membros para a composição do conselho Municipal dos Direitos da Criança e do Adolescente de Ivaiporã.</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4899/ple-14-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4899/ple-14-96.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a contratar Operação de Crédito com o Banco do Estado do Paraná S.A., para execução do Programa Vilas Rurais, e dá outras providências.</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4900/ple-15-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4900/ple-15-96.pdf</t>
   </si>
   <si>
     <t>Altera anexos da Lei Municipal n° 852/94</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4901/ple-17-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4901/ple-17-96.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da Despesa, do Município de Ivaiporã, para o exercício de 1997.</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4902/ple-18-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4902/ple-18-96.pdf</t>
   </si>
   <si>
     <t>Reconhece com Órgão de Utilidade Pública a Associação de Apoio aos Portadores de Necessidade Educativas Especiais do Vale do Ivaí.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4904/ple-20-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4904/ple-20-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno a Igreja Pentecostal ''Deus é Amor''.</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4905/ple-22-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4905/ple-22-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à Associação de Apoio aos Portadores de Necessidades Especiais do Vale do Ivaí - ASSOVALE.</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4903/ple-23-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4903/ple-23-96.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público o imóvel que especifica.</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4906/ple-24-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4906/ple-24-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4907/ple-26-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4907/ple-26-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de área, em imóvel do Município, para servir como sede da Associação dos Aposentados, Pensionistas e Idosos de Ivaiporã.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4908/ple-28-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4908/ple-28-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno a Igreja Assembleia de Deus,- Ministério Madureira, de Ivaiporã.</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4909/ple-29-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4909/ple-29-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de área em comodato.</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4910/ple-30-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4910/ple-30-96.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Presidente Kennedy, no Jardim Imperial.</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4916/ple-31-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4916/ple-31-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de ações da SANEPAR.</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4911/ple-33-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4911/ple-33-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a isenção de multas e juros de mora e a concessão de descontos sobre tributos municipais.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4912/ple-34-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4912/ple-34-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar, para o Serviço Autônomo de Saneamento e Pavimentação de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4913/ple-35-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4913/ple-35-96.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 493/83 e dá outras providências.</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4914/-ple-37-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4914/-ple-37-96.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal  a Firmar Convênio  com o Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4915/ple-38-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4915/ple-38-96.pdf</t>
   </si>
   <si>
     <t>Cria  a taxa anual de Vistoria de Segurança contra Incêndio (PREVENÇÃO) a incidir sobre Estabelecimentos Comerciais, Industriais, Prestadores de Serviços e Edifícios com mais de 03 (três) Pavimentos e dá outras providências.</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4917/ple-39-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4917/ple-39-96.pdf</t>
   </si>
   <si>
     <t>CRIA A TAXA DE COMBATE A INCÊNCDIOS</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4918/ple-40-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4918/ple-40-96.pdf</t>
   </si>
   <si>
     <t>Cria o fundo Municipal de reequipamento do Corpo de Bombeiro do Município de Ivaiporã  e dá outras providências.</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4919/ple-41-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4919/ple-41-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à Igreja Evangélica ''Voz Cristã''.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4920/ple-42-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4920/ple-42-96.pdf</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4921/ple-43-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4921/ple-43-96.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à Igreja ''Cristo Te Chama'' e dá outras providências.</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4922/ple-44-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4922/ple-44-96.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime Tributário das Micro-Empresas e das Empresas de pequeno Porte, mediante adesão ao Sistema Integrado de Pagamento de Impostos e Contribuições das Micro-Empresas e das Empresas de Pequeno Porte - SIMPLES - e dá outras providências.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mário Hort</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4246/pll-01-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4246/pll-01-96.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade pública as Associações de Pais e Mestres  do Município  e dá outras providências.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
     <t>Roberto Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4247/pll-02-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4247/pll-02-96.pdf</t>
   </si>
   <si>
     <t>Dá à atual Praça dos Pioneiros a denominação de Praça ''JOSÉ PEDRO DE ANDRADE'' e determina outras providências.</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
     <t>Bertinho, Antônio Raizer, Graça Moraes, José Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4248/pll-05-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4248/pll-05-96.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Produtores Rurais do Alecrim.</t>
   </si>
   <si>
     <t>8838</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8838/projeto_de_decreto_legislativo_n_01-96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8838/projeto_de_decreto_legislativo_n_01-96.pdf</t>
   </si>
   <si>
     <t>Referenda o convênio n.052/94 e respectivo aditivo n.078/95, celebrando entre o Município e Ivaiporã e a Fundepar, para ampliação da Escola Ardinal ribas, de Arapuã.</t>
   </si>
   <si>
     <t>8830</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8830/projeto_de_decreto_02_-_1996.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8830/projeto_de_decreto_02_-_1996.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas do Município de Ivaiporã, Estado do Paraná, a saber: Executivo, Legislativo, e Serviço Autônomo de Saneamento e Pavimentação (SASP), órgão autárquico, relativas ao exercício de 1992.</t>
   </si>
   <si>
     <t>8829</t>
   </si>
   <si>
     <t>Roberto Garcia, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8829/projeto_de_decreto_03-1996.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8829/projeto_de_decreto_03-1996.pdf</t>
   </si>
   <si>
     <t>Estabelece o número de Vereadores para as próximas eleições, nos recém desmembrados Municípios de Arapuã e Ariranha do Ivaí.</t>
   </si>
   <si>
     <t>8828</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8828/projeto_de_decreto_04-1996.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8828/projeto_de_decreto_04-1996.pdf</t>
   </si>
   <si>
     <t>Concede licença ao Senhor Prefeito Municipal de Ivaiporã, Estado do Paraná, para ausentar-se do país.</t>
   </si>
   <si>
     <t>8827</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8827/projeto_de_decreto_05-1996.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8827/projeto_de_decreto_05-1996.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao DR. ARTAGÃO DE MATTOS LEÃO.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/3781/pr_1_1996.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/3781/pr_1_1996.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos Servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>10947</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/10947/ato_1996_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/10947/ato_1996_1.pdf</t>
   </si>
   <si>
     <t>Determina a parte fixa e a parte variável dos subsídios dos Senhores Vereadores.</t>
   </si>
   <si>
     <t>10948</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/10948/ato_1996_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/10948/ato_1996_2.pdf</t>
   </si>
   <si>
     <t>Estabelece horário de expediente e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -972,68 +972,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4878/ple-01-96.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4881/ple-02-96.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4882/ple-03-96.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4883/ple-05-96.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4884/ple-05-96.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4886/ple-06-96.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4888/ple-07-96.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4889/ple-08-96.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4892/ple-09-96.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4893/ple-10-96.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4894/ple-11-96.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4895/ple-12-96.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4897/ple-13-96.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4899/ple-14-96.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4900/ple-15-96.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4901/ple-17-96.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4902/ple-18-96.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4904/ple-20-96.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4905/ple-22-96.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4903/ple-23-96.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4906/ple-24-96.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4907/ple-26-96.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4908/ple-28-96.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4909/ple-29-96.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4910/ple-30-96.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4916/ple-31-96.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4911/ple-33-96.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4912/ple-34-96.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4913/ple-35-96.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4914/-ple-37-96.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4915/ple-38-96.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4917/ple-39-96.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4918/ple-40-96.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4919/ple-41-96.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4920/ple-42-96.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4921/ple-43-96.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4922/ple-44-96.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4246/pll-01-96.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4247/pll-02-96.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4248/pll-05-96.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8838/projeto_de_decreto_legislativo_n_01-96.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8830/projeto_de_decreto_02_-_1996.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8829/projeto_de_decreto_03-1996.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8828/projeto_de_decreto_04-1996.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8827/projeto_de_decreto_05-1996.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/3781/pr_1_1996.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/10947/ato_1996_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/10948/ato_1996_2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4878/ple-01-96.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4881/ple-02-96.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4882/ple-03-96.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4883/ple-05-96.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4884/ple-05-96.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4886/ple-06-96.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4888/ple-07-96.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4889/ple-08-96.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4892/ple-09-96.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4893/ple-10-96.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4894/ple-11-96.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4895/ple-12-96.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4897/ple-13-96.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4899/ple-14-96.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4900/ple-15-96.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4901/ple-17-96.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4902/ple-18-96.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4904/ple-20-96.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4905/ple-22-96.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4903/ple-23-96.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4906/ple-24-96.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4907/ple-26-96.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4908/ple-28-96.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4909/ple-29-96.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4910/ple-30-96.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4916/ple-31-96.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4911/ple-33-96.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4912/ple-34-96.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4913/ple-35-96.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4914/-ple-37-96.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4915/ple-38-96.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4917/ple-39-96.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4918/ple-40-96.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4919/ple-41-96.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4920/ple-42-96.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4921/ple-43-96.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4922/ple-44-96.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4246/pll-01-96.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4247/pll-02-96.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/4248/pll-05-96.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8838/projeto_de_decreto_legislativo_n_01-96.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8830/projeto_de_decreto_02_-_1996.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8829/projeto_de_decreto_03-1996.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8828/projeto_de_decreto_04-1996.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/8827/projeto_de_decreto_05-1996.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/3781/pr_1_1996.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/10947/ato_1996_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1996/10948/ato_1996_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="234.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>