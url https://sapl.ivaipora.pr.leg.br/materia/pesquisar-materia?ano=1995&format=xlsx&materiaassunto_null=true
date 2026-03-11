--- v0 (2026-01-23)
+++ v1 (2026-03-11)
@@ -54,702 +54,702 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Melvis Muchiuti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5005/ple-01-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5005/ple-01-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Auxiliar Financeiramente a Associação Comercial e Industrial de Ivaiporã, Abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Manoel Fernandes Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5006/ple-02-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5006/ple-02-95.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 1° da Lei Municipal n° 662/88.</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5007/ple-03-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5007/ple-03-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Reajustar os Vencimentos dos Servidores Municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5010/ple-04-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5010/ple-04-95.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão da Fabrica de Tubos do Município, mediante  Contrato  de  Concessão de Uso.</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5011/ple-05-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5011/ple-05-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Ivaiporã a Celebrar convênio com a Associação de Proteção a Maternidade e a Infância de Ivaiporã - APMI.</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5012/ple-06-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5012/ple-06-95.pdf</t>
   </si>
   <si>
     <t>Isenta do Pagamento de Tributos as Construçoes Novas no Município de Ivaiporã</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5014/ple-07-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5014/ple-07-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Efetuar o Parcelamento de Débitos do Legislativo e do SASP junto ao INSS.</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5015/ple-08-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5015/ple-08-95.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a multa pelo atraso no pagamento da taxa de Licença para Localização e Funcionamento.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5017/ple-09-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5017/ple-09-95.pdf</t>
   </si>
   <si>
     <t>Concede descontos nos valores do IPTU do exercício de 1995 e dá outras providências.</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5018/ple-11-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5018/ple-11-95.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de redução no valor da Contribuição de Melhorias.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5019/ple-12-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5019/ple-12-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder anistia de juros e multas sobre tributos em atraso.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5021/ple-13-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5021/ple-13-95.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Diretrizes Orçamentárias, para o exercício financeiro de 1996 e dá outras providências.</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5022/ple-14-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5022/ple-14-95.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para evitar  a Propagação de Doenças Transmitidas por Vetor -FEBRE AMARELA E DENGUE - no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5023/ple-15-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5023/ple-15-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a Contratar Operação de Crédito com o Banco do Estado do Paraná S.A., através do FDU - Fundo Estadual de Desenvolvimento Urbano.</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5024/ple-16-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5024/ple-16-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a reajustar os vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5026/ple-18-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5026/ple-18-95.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DOS IMÓVEIS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5028/ple-20-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5028/ple-20-95.pdf</t>
   </si>
   <si>
     <t>Cria a Fundação de Esportes  de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5029/ple-21-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5029/ple-21-95.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua IBC para Rua Feliciano Vidal.</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5030/ple-22-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5030/ple-22-95.pdf</t>
   </si>
   <si>
     <t>Denomina ''Santílio Ribeiro de Godoi '' a Quadra de Esportes da Vila Santa Maria, desta cidade.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5032/ple-23-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5032/ple-23-95.pdf</t>
   </si>
   <si>
     <t>Concede Adicional a Servidores Celetistas do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5033/ple-24-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5033/ple-24-95.pdf</t>
   </si>
   <si>
     <t>aiantroduz Alterações na Lei n° 727/90 e dá outras providências.</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5034/ple-25-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5034/ple-25-95.pdf</t>
   </si>
   <si>
     <t>Cria tabela própria de vencimentos para os professores estáveis do Município.</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5035/ple-26-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5035/ple-26-95.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica.</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5036/ple-27-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5036/ple-27-95.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Assistência Social, o Fundo Municipal de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5037/ple-28-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5037/ple-28-95.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da despesa, do Município de Ivaiporã para o exercício de 1996.</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5039/ple-29-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5039/ple-29-95.pdf</t>
   </si>
   <si>
     <t>Introduz a alteração na Lei n° 241/75, de 15/05/75.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5040/ple-30-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5040/ple-30-95.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1° da Lei Municipal n° 855/94.</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5043/ple-31-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5043/ple-31-95.pdf</t>
   </si>
   <si>
     <t>Estabelece a elevação de Classes para os Professores Estáveis do Município.</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5044/ple-32-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5044/ple-32-95.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n°762/91.</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5046/ple-33-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5046/ple-33-95.pdf</t>
   </si>
   <si>
     <t>Altera o horário de funcionamento dos estabelecimentos comerciais que especifica.</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5053/ple-34-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5053/ple-34-95.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DO IMÓVEL QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5048/ple-35-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5048/ple-35-95.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Municipal de Defesa Civil ( COMODEC ) do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5055/ple-36-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5055/ple-36-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo a contratar Operação de Crédito, com o Banco do Estado do Paraná S.A., através do FDU - Fundo Estadual de Desenvolvimento Urbano.</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5056/ple-37-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5056/ple-37-95.pdf</t>
   </si>
   <si>
     <t>Dá denominação a praça do quadro urbano de Ivaiporã.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5057/ple-38-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5057/ple-38-95.pdf</t>
   </si>
   <si>
     <t>Introduz alterações nas Leis Municipais n° 744/90 e 848/93.</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5060/ple-39-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5060/ple-39-95.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar convênio com o Estado do Paraná, através da Secretaria de Estado da Segurança Pública visando concorrer com recursos materiais para aplicação na Infra Estrutura Policial existente no âmbito de seu território, e dá outras providências.</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5064/ple-41-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5064/ple-41-95.pdf</t>
   </si>
   <si>
     <t>Instirui o regime de adiantamento, para o pagamento de despesas de pequena monta e dá outras providências.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Bertinho, Antônio Raizer, Graça Moraes, José Pereira da Silva, Mário Hort, Papin, Roberto Garcia, Vila Real, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4242/pll-01-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4242/pll-01-95.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Avenida Curitiba para Avenida Aparício Cardoso Bitencourt.</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4243/pll-02-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4243/pll-02-95.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação dos Aposentados, Pensionistas e Idosos de Ivaiporã.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4244/pll-03-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4244/pll-03-95.pdf</t>
   </si>
   <si>
     <t>Altera o 2° do Art. 22 da Lei Municipal n° 493/83 ( Código Tributário ) e dá outras providências.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
     <t>Zé Balão, Antônio Raizer, Bertinho, Graça Moraes, José Pereira da Silva, Mário Hort, Papin, Roberto Garcia, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4245/pll-04-95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4245/pll-04-95.pdf</t>
   </si>
   <si>
     <t>Denomina o MINI - GINÁSIO DE ESPORTES  DA SEDE DO DISTRITO DE ARAPUÃ, ''JOÃO COSTA''.</t>
   </si>
   <si>
     <t>8848</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8848/projeto_de_decreto_01-1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8848/projeto_de_decreto_01-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de convênio do Município de Ivaiporã, com a Associação de Proteção a Maternidade e a Infância de Ivaiporã - APMI.</t>
   </si>
   <si>
     <t>8847</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8847/projeto_decreto_02-1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8847/projeto_decreto_02-1995.pdf</t>
   </si>
   <si>
     <t>Dispensa de cargo em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>8846</t>
   </si>
   <si>
     <t>Roberto Garcia, Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8846/projeto_de_decreto_03-1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8846/projeto_de_decreto_03-1995.pdf</t>
   </si>
   <si>
     <t>Concede licença ao Sr. Prefeito Municipal de Ivaiporã, Estado do Paraná, para ausentar-se do País.</t>
   </si>
   <si>
     <t>8845</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8845/projeto_de_decreto_04-1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8845/projeto_de_decreto_04-1995.pdf</t>
   </si>
   <si>
     <t>Propõe sobre a prestação de contas dos Poderes: Executivo, inclusive o Serviço Autônomo de Saneamento e Pavimentação (SASP), órgão autárquico e Legislativo do Município de Ivaiporã, referente ao exercício de 1993.</t>
   </si>
   <si>
     <t>8844</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8844/projeto_de_decreto_05-1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8844/projeto_de_decreto_05-1995.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Dr. ROSENE ARÃO DE CRISTO PEREIRA.</t>
   </si>
   <si>
     <t>8842</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8842/projeto_de_decreto_06-1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8842/projeto_de_decreto_06-1995.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão honorário ao Pe. ROMANO GNESOTTO.</t>
   </si>
   <si>
     <t>8841</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8841/projeto_de_decreto_08-1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8841/projeto_de_decreto_08-1995.pdf</t>
   </si>
   <si>
     <t>Exonera a Pedido, Elizabeth de Jesus Melo, do cargo de zaladora.</t>
   </si>
   <si>
     <t>8839</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8839/projeto_de_decreto_09-1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8839/projeto_de_decreto_09-1995.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. BALTAZAR EUSTÁQUIO.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3774/pr_1_1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3774/pr_1_1995.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Poder Legislativo e da outras providências</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3775/pr_2_1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3775/pr_2_1995.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução n. 07/94, de 06.12.94 e repristina a Resolução n.02/73 de 09.11.73, com as suas modificações, ambas dispondo sobre o Regimento Interno da Casa</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3776/pr_3_1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3776/pr_3_1995.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução n. 9/93 de  20.10.93, para reedita-la com as inúmeras correções que se fazem necessárias.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3777/pr_4_1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3777/pr_4_1995.pdf</t>
   </si>
   <si>
     <t>Estrutura o Quadro de Pessoal da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3778/pr_5_1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3778/pr_5_1995.pdf</t>
   </si>
   <si>
     <t>Concede Reajuste de vencimentos aos Servidores do poder legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3779/pr_6_1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3779/pr_6_1995.pdf</t>
   </si>
   <si>
     <t>Complementa a estrutura administrativa criada pela Resolução n. 10/93» definindo as competências e atribuições das divisões.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3780/pr_7_1995.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3780/pr_7_1995.pdf</t>
   </si>
   <si>
     <t>Cria na estrutura do quadro pessoal da Câmara, o cargo de PROVIMENTO EM COMISSÃO DE SERVENTE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>10946</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/10946/ato_1995_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/10946/ato_1995_1.pdf</t>
   </si>
   <si>
     <t>Determina a parte fixa e a parte variável dos subsídios dos Senhores Vereadores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1056,68 +1056,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5005/ple-01-95.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5006/ple-02-95.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5007/ple-03-95.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5010/ple-04-95.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5011/ple-05-95.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5012/ple-06-95.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5014/ple-07-95.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5015/ple-08-95.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5017/ple-09-95.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5018/ple-11-95.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5019/ple-12-95.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5021/ple-13-95.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5022/ple-14-95.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5023/ple-15-95.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5024/ple-16-95.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5026/ple-18-95.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5028/ple-20-95.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5029/ple-21-95.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5030/ple-22-95.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5032/ple-23-95.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5033/ple-24-95.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5034/ple-25-95.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5035/ple-26-95.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5036/ple-27-95.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5037/ple-28-95.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5039/ple-29-95.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5040/ple-30-95.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5043/ple-31-95.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5044/ple-32-95.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5046/ple-33-95.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5053/ple-34-95.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5048/ple-35-95.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5055/ple-36-95.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5056/ple-37-95.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5057/ple-38-95.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5060/ple-39-95.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5064/ple-41-95.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4242/pll-01-95.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4243/pll-02-95.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4244/pll-03-95.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4245/pll-04-95.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8848/projeto_de_decreto_01-1995.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8847/projeto_decreto_02-1995.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8846/projeto_de_decreto_03-1995.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8845/projeto_de_decreto_04-1995.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8844/projeto_de_decreto_05-1995.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8842/projeto_de_decreto_06-1995.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8841/projeto_de_decreto_08-1995.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8839/projeto_de_decreto_09-1995.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3774/pr_1_1995.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3775/pr_2_1995.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3776/pr_3_1995.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3777/pr_4_1995.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3778/pr_5_1995.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3779/pr_6_1995.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3780/pr_7_1995.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/10946/ato_1995_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5005/ple-01-95.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5006/ple-02-95.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5007/ple-03-95.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5010/ple-04-95.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5011/ple-05-95.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5012/ple-06-95.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5014/ple-07-95.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5015/ple-08-95.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5017/ple-09-95.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5018/ple-11-95.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5019/ple-12-95.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5021/ple-13-95.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5022/ple-14-95.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5023/ple-15-95.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5024/ple-16-95.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5026/ple-18-95.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5028/ple-20-95.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5029/ple-21-95.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5030/ple-22-95.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5032/ple-23-95.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5033/ple-24-95.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5034/ple-25-95.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5035/ple-26-95.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5036/ple-27-95.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5037/ple-28-95.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5039/ple-29-95.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5040/ple-30-95.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5043/ple-31-95.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5044/ple-32-95.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5046/ple-33-95.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5053/ple-34-95.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5048/ple-35-95.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5055/ple-36-95.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5056/ple-37-95.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5057/ple-38-95.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5060/ple-39-95.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/5064/ple-41-95.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4242/pll-01-95.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4243/pll-02-95.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4244/pll-03-95.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/4245/pll-04-95.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8848/projeto_de_decreto_01-1995.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8847/projeto_decreto_02-1995.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8846/projeto_de_decreto_03-1995.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8845/projeto_de_decreto_04-1995.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8844/projeto_de_decreto_05-1995.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8842/projeto_de_decreto_06-1995.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8841/projeto_de_decreto_08-1995.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/8839/projeto_de_decreto_09-1995.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3774/pr_1_1995.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3775/pr_2_1995.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3776/pr_3_1995.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3777/pr_4_1995.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3778/pr_5_1995.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3779/pr_6_1995.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/3780/pr_7_1995.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1995/10946/ato_1995_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="102.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="233.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>