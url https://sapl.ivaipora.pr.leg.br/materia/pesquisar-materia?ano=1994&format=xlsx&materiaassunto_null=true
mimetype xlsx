--- v0 (2025-12-06)
+++ v1 (2026-03-13)
@@ -54,759 +54,759 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8882</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Roberto Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8882/projeto_de_decreto_05-1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8882/projeto_de_decreto_05-1994.pdf</t>
   </si>
   <si>
     <t>Designa para responder pelo departamento legislativo o servidor CARLOS ROBERTO ANDRADE  e dá outras providências.</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Melvis Muchiuti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5066/ple-01-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5066/ple-01-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a majorar os vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5067/ple-02-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5067/ple-02-94.pdf</t>
   </si>
   <si>
     <t>Demais providências.</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5068/ple-03-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5068/ple-03-94.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 5° da Lei Municipal n° 483/93 (Orçamento Geral do Município para 1994).</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5070/ple-04-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5070/ple-04-94.pdf</t>
   </si>
   <si>
     <t>Cria Cargos na ''Estrutura Administrativa'' da Prefeitura Municipal de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5071/ple-5-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5071/ple-5-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal  a reajustar os vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5072/ple-06-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5072/ple-06-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5075/ple-07-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5075/ple-07-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a desapropriação e a doação de terrenos à Instituição Cultural e Educacional de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5077/ple-08-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5077/ple-08-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a negociar ações em andamento na Justiça do Trabalho e dá outras providências.</t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5078/ple-09-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5078/ple-09-94.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para pagamento da Contribuição de Melhorias.</t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5081/ple-10-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5081/ple-10-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação do imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5079/ple-11-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5079/ple-11-94.pdf</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5082/ple-12-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5082/ple-12-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder reajuste de 10% aos funcionários municipais estáveis.</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5084/ple-13-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5084/ple-13-94.pdf</t>
   </si>
   <si>
     <t>Concede anistia e isenta de IPTU e taxas, terrenos baldios dos loteamentos denominados Patrimônio Alecrim, Santa Bárbara e Bem-te-vi, neste município, e dá outras providências.</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5085/ple-14-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5085/ple-14-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a refinanciar a divida mobiliária  e os saldos devedoresde operações de crédito interno de responsabilidade de administração direta e indireta do Município, junto a órgãos e entidades controlados direta ou indiretamente pela União, e dá outras providências.</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5086/ple-_15-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5086/ple-_15-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder anistia ou isenção da Contribuição de Melhorias, nos casos que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5087/ple-16-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5087/ple-16-94.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Parágrafo único do Art. 1° da Lei Municipal n° 818/93, que autoriza a venda de ações.</t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5089/ple-17-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5089/ple-17-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação do Município  de Ivaiporã em consórcio intermunicipal e dá outras providências.</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5090/ple-18-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5090/ple-18-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que especifica.</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5091/ple-19-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5091/ple-19-94.pdf</t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5092/ple-20-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5092/ple-20-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder anistia de juros e multas incidentes sobre tributos em atraso.</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5093/ple-21-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5093/ple-21-94.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para isenção de taxas e tributos.</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5094/ple-22-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5094/ple-22-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder reajustes aos funcionários públicos municipais estáveis.</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5095/ple-23-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5095/ple-23-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de veículos à Associação de Proteção à Maternidade eà Infância  de Ivaiporã - APMI.</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5096/ple-24-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5096/ple-24-94.pdf</t>
   </si>
   <si>
     <t>Cria e regulamenta a Coordenadoria Municipal de Proteção e defesa do Consumidor e dá outras providências.</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5098/ple-25-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5098/ple-25-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de redução no valor de Contribuiçao de Melhorias e dá outras providências.</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5099/ple-26-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5099/ple-26-94.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias, para o exercício financeiro de 1995 e dá outras providências.</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5104/ple-27-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5104/ple-27-94.pdf</t>
   </si>
   <si>
     <t>Dá outras providências.</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5103/ple-28-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5103/ple-28-94.pdf</t>
   </si>
   <si>
     <t>Estima Receita e fixa o limite da despesa, do Município de Ivaiporã, para o exercício de 1995.</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5117/ple-29-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5117/ple-29-94.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos parágrafos 1° e 2° do Art. 103 da Lei Municipal n°493/83, de 13/12/83 (CÓDIGO TRIBUTÁRIO MUNICIPAL).</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5118/ple-30-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5118/ple-30-94.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 2° da Lei Municipal n° 876/94.</t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5120/ple-31-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5120/ple-31-94.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para o Processo de Escolha dos Membros do Conselho Tutelar dos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5121/ple-32-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5121/ple-32-94.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5122/ple-33-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5122/ple-33-94.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Brasileira de Odontologia do Vale do Ivaí.</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Executivo a firmar Convênios com a -FUNDEPAR- e dá outras providências.</t>
   </si>
   <si>
     <t>5124</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5124/ple-35-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5124/ple-35-94.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Auxiliar Financeiramente a -SORCEP- abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5125/ple-44-94-b.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5125/ple-44-94-b.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE TERRENO EM COMODATO. 44-A_x000D_
 _x000D_
 _x000D_
 Declara de Utilidade Pública a Associação Brasileira de Odontologia do Vale do Ivaí. 44-B</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5129/ple-46-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5129/ple-46-94.pdf</t>
   </si>
   <si>
     <t>Introduz Alterações na Lei Municipal n° 825/93 e dá outras providências.</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5130/ple-47-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5130/ple-47-94.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de imóvel ao - SENAC-.</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5131/ple-48-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5131/ple-48-94.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos Artigos 1° e 4° da Lei Municipal n° 670/89.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Bertinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/4240/pll-03-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/4240/pll-03-94.pdf</t>
   </si>
   <si>
     <t>Dá prioridade de atendimento nas filas de bancos da cidade, para mulheres grávidas, mulheres co crianças no colo, deficiente fisícos e idosos.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/4241/pll-04-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/4241/pll-04-94.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos Artigos 1° e 4°, da Lei n° 670/89.</t>
   </si>
   <si>
     <t>8883</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8883/projeto_de_decreto_04-1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8883/projeto_de_decreto_04-1994.pdf</t>
   </si>
   <si>
     <t>Nomeia servidores convocados pelo edital 02/94 e dá outras providências.</t>
   </si>
   <si>
     <t>11344</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/11344/projeto_de_decreto_legislativo_n_05-94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/11344/projeto_de_decreto_legislativo_n_05-94.pdf</t>
   </si>
   <si>
     <t>Designa para responder pelo departamento Legislativo o Servidor Carlos Roberto Andrade e dá outras providências.</t>
   </si>
   <si>
     <t>8852</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8852/projeto_de_decreto_06-1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8852/projeto_de_decreto_06-1994.pdf</t>
   </si>
   <si>
     <t>Designa para responder por cargo em comissão e da outras providências.</t>
   </si>
   <si>
     <t>8851</t>
   </si>
   <si>
     <t>Mário Hort, Roberto Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8851/projeto_de_decreto_07-1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8851/projeto_de_decreto_07-1994.pdf</t>
   </si>
   <si>
     <t>Nomeia cargo em comissão e da outras providências.</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>José Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3789/pr_1_1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3789/pr_1_1994.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Poder Legislativo e dá outras providencias.</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3788/pr_2_1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3788/pr_2_1994.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos Servidores do Poder legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3787/pr_3_1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3787/pr_3_1994.pdf</t>
   </si>
   <si>
     <t>Altera e converte em URV a Tabela Única de Salários "Anexo IV" e a Tabela "A" da Resolução 9/93 e da outras providências.</t>
   </si>
   <si>
     <t>10857</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos Servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3786/pr_5_1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3786/pr_5_1994.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 32 da Lei Orgânica do Município de Ivaipora, Estado do Paraná, bem como o § 1° do Art*3°/do Regimento Interno desta Câmara Municipal.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3740/pr_6_1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3740/pr_6_1994.pdf</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>Antônio Raizer, Graça Moraes, José Pereira da Silva, Mário Hort, Papin, Roberto Garcia, Vila Real, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3736/pr_7_1994.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3736/pr_7_1994.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regimento Interno da Câmara Municipal de IVAIPORÃ, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>10936</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10936/ato_1994_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10936/ato_1994_1.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de janeiro de 1994.</t>
   </si>
   <si>
     <t>10937</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10937/ato_1994_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10937/ato_1994_2.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de fevereiro de 1994.</t>
   </si>
   <si>
     <t>10938</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10938/ato_1994_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10938/ato_1994_3.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de março de 1994.</t>
   </si>
   <si>
     <t>10939</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10939/ato_1994_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10939/ato_1994_4.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de abril de 1994.</t>
   </si>
   <si>
     <t>10940</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10940/ato_1994_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10940/ato_1994_5.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de maio de 1994.</t>
   </si>
   <si>
     <t>10941</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10941/ato_1994_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10941/ato_1994_6.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de junho de 1994.</t>
   </si>
   <si>
     <t>10942</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10942/ato_1994_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10942/ato_1994_7.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de julho de 1994.</t>
   </si>
   <si>
     <t>10943</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10943/ato_1994_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10943/ato_1994_8.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de agosto de 1994.</t>
   </si>
   <si>
     <t>10944</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10944/ato_1994_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10944/ato_1994_9.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de setembro de 1994.</t>
   </si>
   <si>
     <t>10945</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10945/ato_1994_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10945/ato_1994_10.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de outubro de 1994.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1113,68 +1113,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8882/projeto_de_decreto_05-1994.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5066/ple-01-94.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5067/ple-02-94.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5068/ple-03-94.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5070/ple-04-94.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5071/ple-5-94.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5072/ple-06-94.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5075/ple-07-94.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5077/ple-08-94.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5078/ple-09-94.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5081/ple-10-94.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5079/ple-11-94.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5082/ple-12-94.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5084/ple-13-94.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5085/ple-14-94.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5086/ple-_15-94.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5087/ple-16-94.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5089/ple-17-94.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5090/ple-18-94.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5091/ple-19-94.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5092/ple-20-94.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5093/ple-21-94.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5094/ple-22-94.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5095/ple-23-94.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5096/ple-24-94.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5098/ple-25-94.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5099/ple-26-94.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5104/ple-27-94.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5103/ple-28-94.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5117/ple-29-94.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5118/ple-30-94.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5120/ple-31-94.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5121/ple-32-94.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5122/ple-33-94.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5124/ple-35-94.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5125/ple-44-94-b.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5129/ple-46-94.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5130/ple-47-94.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5131/ple-48-94.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/4240/pll-03-94.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/4241/pll-04-94.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8883/projeto_de_decreto_04-1994.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/11344/projeto_de_decreto_legislativo_n_05-94.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8852/projeto_de_decreto_06-1994.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8851/projeto_de_decreto_07-1994.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3789/pr_1_1994.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3788/pr_2_1994.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3787/pr_3_1994.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3786/pr_5_1994.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3740/pr_6_1994.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3736/pr_7_1994.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10936/ato_1994_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10937/ato_1994_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10938/ato_1994_3.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10939/ato_1994_4.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10940/ato_1994_5.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10941/ato_1994_6.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10942/ato_1994_7.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10943/ato_1994_8.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10944/ato_1994_9.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10945/ato_1994_10.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8882/projeto_de_decreto_05-1994.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5066/ple-01-94.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5067/ple-02-94.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5068/ple-03-94.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5070/ple-04-94.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5071/ple-5-94.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5072/ple-06-94.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5075/ple-07-94.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5077/ple-08-94.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5078/ple-09-94.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5081/ple-10-94.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5079/ple-11-94.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5082/ple-12-94.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5084/ple-13-94.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5085/ple-14-94.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5086/ple-_15-94.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5087/ple-16-94.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5089/ple-17-94.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5090/ple-18-94.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5091/ple-19-94.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5092/ple-20-94.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5093/ple-21-94.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5094/ple-22-94.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5095/ple-23-94.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5096/ple-24-94.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5098/ple-25-94.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5099/ple-26-94.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5104/ple-27-94.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5103/ple-28-94.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5117/ple-29-94.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5118/ple-30-94.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5120/ple-31-94.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5121/ple-32-94.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5122/ple-33-94.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5124/ple-35-94.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5125/ple-44-94-b.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5129/ple-46-94.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5130/ple-47-94.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/5131/ple-48-94.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/4240/pll-03-94.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/4241/pll-04-94.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8883/projeto_de_decreto_04-1994.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/11344/projeto_de_decreto_legislativo_n_05-94.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8852/projeto_de_decreto_06-1994.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/8851/projeto_de_decreto_07-1994.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3789/pr_1_1994.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3788/pr_2_1994.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3787/pr_3_1994.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3786/pr_5_1994.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3740/pr_6_1994.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/3736/pr_7_1994.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10936/ato_1994_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10937/ato_1994_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10938/ato_1994_3.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10939/ato_1994_4.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10940/ato_1994_5.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10941/ato_1994_6.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10942/ato_1994_7.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10943/ato_1994_8.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10944/ato_1994_9.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1994/10945/ato_1994_10.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="93.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="253.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>