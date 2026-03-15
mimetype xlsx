--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -54,1047 +54,1047 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8884</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Mário Hort, Roberto Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8884/projeto_de_decreto_03-1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8884/projeto_de_decreto_03-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as prestações de Contas dos Poderes: Executivo e Legislativo e ainda, do Serviço Autônomo de Saneamento e Pavimentação  (SASP), órgão autárquico, todos do Município de Ivaiporã, referente ao exercício de 1991.</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Melvis Muchiuti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5132/ple-01-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5132/ple-01-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Ivaiporã, Estado do Paraná, a conceder anistia de multas e juros incidentes Imposto municipais e, inclusive, o parcelamento de débitos e dá outras providências.</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5161/ple-02-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5161/ple-02-93.pdf</t>
   </si>
   <si>
     <t>Doa próprio da municipalidade à comunidade.</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5162/ple-03-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5162/ple-03-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a majorar, por Decreto, os valores das tabelas de vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5163/ple-04-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5163/ple-04-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5165/ple-05-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5165/ple-05-93.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para pagamento do Imposto sobre Serviços em cota única e dá outras providências.</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5166/ple-06-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5166/ple-06-93.pdf</t>
   </si>
   <si>
     <t>Concede anistia de juros e multas decorrentes de contribuição de melhoria e dá outras providências.</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5168/ple-07-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5168/ple-07-93.pdf</t>
   </si>
   <si>
     <t>Isenta de tributos municipais as construções iniciadas dentro do município.</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5169/ple-08-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5169/ple-08-93.pdf</t>
   </si>
   <si>
     <t>Prorroga pra 31 de Março o prazo de pagamento de alvará e dá outras providências.</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5171/ple-09-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5171/ple-09-93.pdf</t>
   </si>
   <si>
     <t>Regulamenta o sistema de escolha do Órgão de Imprensa para publicação Oficial doa Atos da Municipalidade, e dá outras providências.</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5173/ple-10-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5173/ple-10-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Majorar, por Decreto, os valores das tabelas de vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5176/ple-11-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5176/ple-11-93.pdf</t>
   </si>
   <si>
     <t>Prorroga a anistia concedida pela Lei Municipal n° 796/93 e dá outras providências.</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5179/ple-12-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5179/ple-12-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o ano de 1994 e dá outras providências.</t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5180/ple-13-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5180/ple-13-93.pdf</t>
   </si>
   <si>
     <t>Prorroga prazos para pagamento do Imposto Predial e Territorial Urbano -IPTU - relativo ao exercício de 1993.</t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5181/ple-14-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5181/ple-14-93.pdf</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5182/ple-15-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5182/ple-15-93.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5183/ple-16-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5183/ple-16-93.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Saúde de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5184/ple-17-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5184/ple-17-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a isençaõ do pagamento de tribustos.</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5185/ple-18-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5185/ple-18-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a isentar a firma Clamar de Terraplanagem Ltda., do pagamento do ISS.</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5186/ple-19-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5186/ple-19-93.pdf</t>
   </si>
   <si>
     <t>Concede isenção do IPTU relativo ao lote n° 17 da quadra n° 42, cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a alienação de ações de propriedade do Município.</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5188/ple-21-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5188/ple-21-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à Igreja do Evangelho Quadrangular e dá outras providências.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5190/ple-22-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5190/ple-22-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de imóveis e dá outras providências.</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5193/ple-23-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5193/ple-23-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de imóvel e sua doação do DETRAN/PR.</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5194/ple-24-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5194/ple-24-93.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Parágrafo Único do art. 1° da Lei n° 693/89, de 06/10/89, que trata da iluminação pública.</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5195/ple-26-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5195/ple-26-93.pdf</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5196/ple-27-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5196/ple-27-93.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 727/90, de 11/09/90.</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5197/ple-29-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5197/ple-29-93.pdf</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5198/ple-30-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5198/ple-30-93.pdf</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5199/ple-31-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5199/ple-31-93.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da Despesa, do Município de Ivaiporã, para o exercício de 1994.</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5200/ple-32-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5200/ple-32-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder permissão de uso parcial de imóvel de propriedade do Município.</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5201/ple-33-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5201/ple-33-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal temporário e dá outras providências.</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5202/ple-34-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5202/ple-34-93.pdf</t>
   </si>
   <si>
     <t>Amplia o per´metro urbano da sede do Distrito de Arapuã, município de Ivaiporã.</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5204/ple-35-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5204/ple-35-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a fazer opção pelo parcelamento previsto no art. 27 da Lei Complementar n° 77, de 13/07/93, e dá outras providências.</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5205/ple-36-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5205/ple-36-93.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para a concessão da redução de 50% da correção monetária sobre  a Contribuiçao de Melhoria em atraso. 36-A_x000D_
 _x000D_
 _x000D_
 Autoriza o Executivo Municipal a majorar, por Decreto, os valores das tabelas de vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5133/ple-38-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5133/ple-38-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de terreno e sua doação à Companhia de Habitação do Paraná - COHAPAR - e dá outras providências.</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5134/ple-40-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5134/ple-40-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno de propriedade do Município e dá outras providências.</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5135/ple-41-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5135/ple-41-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de pessoal temporário, em caráter excepcional, e dá outras providências.</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5136/ple-42-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5136/ple-42-93.pdf</t>
   </si>
   <si>
     <t>Isenta construções no município do pagamento de taxas e dá outra providências.</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5137/ple-43-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5137/ple-43-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a majorar os valores das tabelas de vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5138/ple-44-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5138/ple-44-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder  permissão de uso da área pertencente ao Patrimônio Municipal Municipal, para o fim que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5139/ple-45-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5139/ple-45-93.pdf</t>
   </si>
   <si>
     <t>Declara como área de expansão do Quadro Urbano da sede do Distrito de Jacutinga o imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5140/ple-47-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5140/ple-47-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a Secretaria Especial do Esporte e Turismo e Instituto de Desenvolvimento Educacional do Paraná -FUNDEPAR - para a execução de obras do Projeto ''NOSSA QUADRA'' no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5141/ple-49-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5141/ple-49-93.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para a anistia de multas e juros de mora sobre impostos em atraso até o exercício de 1992.</t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5142/ple-50-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5142/ple-50-93.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação do Jornal ''FOLHA DE LONDRINA'' para a publicação dos atos Oficiais e Administrativos do Município.</t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5143/ple-51-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5143/ple-51-93.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 4° da Lei Municipal n° 830/93, de 1° de Outubro de 1993.</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5144/ple-52-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5144/ple-52-93.pdf</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5145/ple-53-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5145/ple-53-93.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Legislação Tributária do Município (Lei n° 493/83 - Código Tributário Municipal) e dá outras providências.</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5146/ple-54-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5146/ple-54-93.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 493/83, de 13 de Dezembro de 1983 ( CÓDIGO TRIBUTÁRIO MUNICIPAL ).</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5147/ple-55-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5147/ple-55-93.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 642/88, de 21 de Abril de 1988, que dispõe sobre isenções relativas à Contribuição de Melhorias.</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5148/ple-56-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5148/ple-56-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a - COPEL - e dá outras providências.</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5150/ple-57-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5150/ple-57-93.pdf</t>
   </si>
   <si>
     <t>Introduz alterações nas Leis Municipais n° 741/90 e 770/91, que tratam da taxa de saúde.</t>
   </si>
   <si>
     <t>5151</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5151/ple-58-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5151/ple-58-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a majorar os vencimentos dos servidores municipais de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5153/ple-59-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5153/ple-59-93.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura Administrativa do Município de Ivaiporã Estado do Paraná, e dá outras providências</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5155/ple-60-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5155/ple-60-93.pdf</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5157/ple-61-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5157/ple-61-93.pdf</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Vila Real</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4231/pll-01-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4231/pll-01-93.pdf</t>
   </si>
   <si>
     <t>Isenta de IPTU  possuidores de único imóvel que ganham até um salário mínimo e dá outras providências.</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
     <t>Bertinho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4235/pll-02-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4235/pll-02-93.pdf</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
     <t>Zé Balão, Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4234/pll-03-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4234/pll-03-93.pdf</t>
   </si>
   <si>
     <t>Altera o horário de funcionamento ao público de rede Bancária no Município de Ivaiporã, e dá outras providências;</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4236/pll-04-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4236/pll-04-93.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar terreno à Igreja Cristã Remanecente, e dá outras providências.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
     <t>Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4237/pll-05-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4237/pll-05-93.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Art. 188 da Lei Orgânica do Múnicipio de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4239/pll-06-93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4239/pll-06-93.pdf</t>
   </si>
   <si>
     <t>Regulamenta a venda do ''SPRAY TINTA'', no comércio de Ivaiporã, como especifica</t>
   </si>
   <si>
     <t>8887</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Antônio Raizer, Graça Moraes, Papin</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8887/projeto_de_decreto_01-1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8887/projeto_de_decreto_01-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas do Município de Ivaiporã - Executivo - Legislativo e órgão autárquico ( Serviço Autônomo de Saneamento e Pavimentação - SASP, referentes ao exercício de 1989).</t>
   </si>
   <si>
     <t>8886</t>
   </si>
   <si>
     <t>Bertinho, Roberto Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8886/projeto_de_decreto_02-1993_.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8886/projeto_de_decreto_02-1993_.pdf</t>
   </si>
   <si>
     <t>Referenda Convênios celebrados entre a/ Prefeitura Municipal de Ivaiporã de n° 162, 343 e 344/93 e a Sanepar.</t>
   </si>
   <si>
     <t>11345</t>
   </si>
   <si>
     <t>Roberto Garcia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/11345/projeto_de_decreto_legislativo_n_03-1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/11345/projeto_de_decreto_legislativo_n_03-1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as prestações de Contas dos Poderes: Executivo e Legislativo e ainda, do Serviço Autônomo de Saneamento e Pavimentação (SASP), órgão autárquico, todos do Município de Ivaiporã, referente ao exercício de 1991.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3821/pr_1_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3821/pr_1_1993.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Poder Legislativo de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3820/pr_2_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3820/pr_2_1993.pdf</t>
   </si>
   <si>
     <t>Altera o horário das sessões ordinárias desta Câmara, dando nova redação ao artigo 111, Capítulo II, da Resolução n° 02/73 de 09-11-73 e resoluções subsequentes que tratam do assunto e dá outras providências.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3819/pr_3_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3819/pr_3_1993.pdf</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3818/pr_4_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3818/pr_4_1993.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3817/pr_5_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3817/pr_5_1993.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3816/pr_6_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3816/pr_6_1993.pdf</t>
   </si>
   <si>
     <t>Altera o horário das sessões ordinárias desta Câmara dando nova redação ao art. 111, cap. II, da Resolução n° 02/73, de 09.11.73 e subsequentes e dá outras providências.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3815/pr_7_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3815/pr_7_1993.pdf</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3813/pr_8_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3813/pr_8_1993.pdf</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3812/pr_9_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3812/pr_9_1993.pdf</t>
   </si>
   <si>
     <t>Estrutura o Quadro de Pessoal da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3802/pr_10_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3802/pr_10_1993.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Administrativa da Câmara de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3800/pr_11_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3800/pr_11_1993.pdf</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3797/pr_12_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3797/pr_12_1993.pdf</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3795/pr_13_1993.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3795/pr_13_1993.pdf</t>
   </si>
   <si>
     <t>10922</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10922/ato_1993_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10922/ato_1993_1.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de Janeiro de 1993.</t>
   </si>
   <si>
     <t>10923</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10923/ato_1993_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10923/ato_1993_2.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de Fevereiro de 1993.</t>
   </si>
   <si>
     <t>10924</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10924/ato_1993_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10924/ato_1993_3.pdf</t>
   </si>
   <si>
     <t>Disciplinar o trabalho da Secretaria e demais departamentos da Câmara de Vereadores de Ivaiporã.</t>
   </si>
   <si>
     <t>10925</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10925/ato_1993_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10925/ato_1993_4.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de março de 1993.</t>
   </si>
   <si>
     <t>10926</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10926/ato_1993_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10926/ato_1993_5.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de abril de 1993.</t>
   </si>
   <si>
     <t>10927</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10927/ato_1993_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10927/ato_1993_6.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de maio de 1993.</t>
   </si>
   <si>
     <t>10928</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10928/ato_1993_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10928/ato_1993_7.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de junho de 1993.</t>
   </si>
   <si>
     <t>10929</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10929/ato_1993_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10929/ato_1993_8.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de julho de 1993.</t>
   </si>
   <si>
     <t>10930</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10930/ato_1993_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10930/ato_1993_9.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de agosto de 1993.</t>
   </si>
   <si>
     <t>10931</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10931/ato_1993_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10931/ato_1993_10.pdf</t>
   </si>
   <si>
     <t>Que no próximo dia 05 de novembro de 1993, esta Câmara de Vereadores permanecerá fechada em virtude de permanecer aberta no dia 1º de novembro, data esta considerada feriado por Decreto do Executivo Municipal e estar em funcionamento devido a reunião ordinária e extraordinária devidamente convocada por esta Mesa.</t>
   </si>
   <si>
     <t>10932</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10932/ato_1993_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10932/ato_1993_11.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de setembro de 1993.</t>
   </si>
   <si>
     <t>10933</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10933/ato_1993_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10933/ato_1993_12.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de outubro de 1993.</t>
   </si>
   <si>
     <t>10934</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10934/ato_1993_13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10934/ato_1993_13.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de novembro de 1993.</t>
   </si>
   <si>
     <t>10935</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10935/ato_1993_14.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10935/ato_1993_14.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores para o mês de dezembro de 1993.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1401,68 +1401,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8884/projeto_de_decreto_03-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5132/ple-01-93.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5161/ple-02-93.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5162/ple-03-93.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5163/ple-04-93.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5165/ple-05-93.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5166/ple-06-93.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5168/ple-07-93.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5169/ple-08-93.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5171/ple-09-93.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5173/ple-10-93.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5176/ple-11-93.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5179/ple-12-93.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5180/ple-13-93.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5181/ple-14-93.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5182/ple-15-93.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5183/ple-16-93.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5184/ple-17-93.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5185/ple-18-93.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5186/ple-19-93.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5188/ple-21-93.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5190/ple-22-93.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5193/ple-23-93.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5194/ple-24-93.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5195/ple-26-93.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5196/ple-27-93.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5197/ple-29-93.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5198/ple-30-93.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5199/ple-31-93.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5200/ple-32-93.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5201/ple-33-93.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5202/ple-34-93.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5204/ple-35-93.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5205/ple-36-93.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5133/ple-38-93.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5134/ple-40-93.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5135/ple-41-93.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5136/ple-42-93.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5137/ple-43-93.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5138/ple-44-93.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5139/ple-45-93.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5140/ple-47-93.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5141/ple-49-93.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5142/ple-50-93.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5143/ple-51-93.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5144/ple-52-93.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5145/ple-53-93.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5146/ple-54-93.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5147/ple-55-93.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5148/ple-56-93.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5150/ple-57-93.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5151/ple-58-93.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5153/ple-59-93.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5155/ple-60-93.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5157/ple-61-93.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4231/pll-01-93.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4235/pll-02-93.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4234/pll-03-93.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4236/pll-04-93.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4237/pll-05-93.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4239/pll-06-93.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8887/projeto_de_decreto_01-1993.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8886/projeto_de_decreto_02-1993_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/11345/projeto_de_decreto_legislativo_n_03-1993.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3821/pr_1_1993.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3820/pr_2_1993.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3819/pr_3_1993.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3818/pr_4_1993.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3817/pr_5_1993.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3816/pr_6_1993.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3815/pr_7_1993.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3813/pr_8_1993.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3812/pr_9_1993.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3802/pr_10_1993.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3800/pr_11_1993.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3797/pr_12_1993.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3795/pr_13_1993.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10922/ato_1993_1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10923/ato_1993_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10924/ato_1993_3.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10925/ato_1993_4.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10926/ato_1993_5.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10927/ato_1993_6.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10928/ato_1993_7.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10929/ato_1993_8.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10930/ato_1993_9.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10931/ato_1993_10.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10932/ato_1993_11.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10933/ato_1993_12.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10934/ato_1993_13.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10935/ato_1993_14.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8884/projeto_de_decreto_03-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5132/ple-01-93.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5161/ple-02-93.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5162/ple-03-93.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5163/ple-04-93.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5165/ple-05-93.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5166/ple-06-93.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5168/ple-07-93.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5169/ple-08-93.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5171/ple-09-93.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5173/ple-10-93.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5176/ple-11-93.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5179/ple-12-93.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5180/ple-13-93.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5181/ple-14-93.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5182/ple-15-93.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5183/ple-16-93.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5184/ple-17-93.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5185/ple-18-93.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5186/ple-19-93.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5188/ple-21-93.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5190/ple-22-93.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5193/ple-23-93.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5194/ple-24-93.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5195/ple-26-93.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5196/ple-27-93.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5197/ple-29-93.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5198/ple-30-93.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5199/ple-31-93.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5200/ple-32-93.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5201/ple-33-93.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5202/ple-34-93.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5204/ple-35-93.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5205/ple-36-93.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5133/ple-38-93.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5134/ple-40-93.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5135/ple-41-93.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5136/ple-42-93.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5137/ple-43-93.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5138/ple-44-93.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5139/ple-45-93.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5140/ple-47-93.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5141/ple-49-93.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5142/ple-50-93.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5143/ple-51-93.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5144/ple-52-93.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5145/ple-53-93.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5146/ple-54-93.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5147/ple-55-93.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5148/ple-56-93.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5150/ple-57-93.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5151/ple-58-93.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5153/ple-59-93.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5155/ple-60-93.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/5157/ple-61-93.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4231/pll-01-93.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4235/pll-02-93.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4234/pll-03-93.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4236/pll-04-93.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4237/pll-05-93.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/4239/pll-06-93.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8887/projeto_de_decreto_01-1993.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/8886/projeto_de_decreto_02-1993_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/11345/projeto_de_decreto_legislativo_n_03-1993.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3821/pr_1_1993.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3820/pr_2_1993.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3819/pr_3_1993.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3818/pr_4_1993.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3817/pr_5_1993.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3816/pr_6_1993.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3815/pr_7_1993.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3813/pr_8_1993.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3812/pr_9_1993.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3802/pr_10_1993.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3800/pr_11_1993.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3797/pr_12_1993.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/3795/pr_13_1993.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10922/ato_1993_1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10923/ato_1993_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10924/ato_1993_3.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10925/ato_1993_4.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10926/ato_1993_5.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10927/ato_1993_6.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10928/ato_1993_7.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10929/ato_1993_8.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10930/ato_1993_9.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10931/ato_1993_10.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10932/ato_1993_11.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10933/ato_1993_12.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10934/ato_1993_13.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1993/10935/ato_1993_14.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>