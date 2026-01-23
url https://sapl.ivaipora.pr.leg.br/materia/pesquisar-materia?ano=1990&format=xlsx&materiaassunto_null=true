--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -339,99 +339,99 @@
   <si>
     <t>Dispõe sobre o regime Jurídico Único e sobre a Organização do Quadro de Pessoal da Prefeitura Municipal de Ivaiporã, Estado do Paraná, fixa vencimentos e dá outras providências.</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5526/ple-26-90.pdf</t>
   </si>
   <si>
     <t>Declara como órgão de utilidade pública ''O  Conselho Municipal de Entorpecentes de Ivaiporã'', e dá outras providências.</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5527/ple-27-90.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre as directrizes orçamentarias para o ano de 1991, e dá outras providências.</t>
+    <t>Dispõe sobre as diretrizes orçamentárias para o ano de 1991, e dá outras providências.</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5528/ple-29-90.pdf</t>
   </si>
   <si>
     <t>Concede abono aos servidores municipais de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5529/ple-30-90.pdf</t>
   </si>
   <si>
     <t>Altera a redação dada pelo § 1° do art. 1°da Lei Municipal sobre n° 674/89, e dá outras providências.</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5530/ple-31-90.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a taxa de Saúde, o Fundo Especial de Serviços Sanitários - FESSAN - e dá outras providências.</t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5531/ple-32-90.pdf</t>
   </si>
   <si>
-    <t>Estima a recita e fixa o limite da despesa do Município de Ivaiporã, para o exercício financeiro de 1.991.</t>
+    <t>Estima a receita e fixa o limite da despesa do Município de Ivaiporã, para o exercício financeiro de 1.991.</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5532/ple-33-90.pdf</t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5533/ple-34-90.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar à Mitra Diocesana de Apucarana, o lote n° 35-B-1.3 localizado na Gleba Pindáuva, secção-C-, 4ª parte, deste Município, de propriedade do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5534</t>
   </si>
@@ -531,51 +531,51 @@
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Zé Balão</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4226/pll-01-90.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública a Associação de Proteção a Maternidade e a infância.</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
     <t>Jorge Kawano, Zé Balão</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4227/pll-02-90.pdf</t>
   </si>
   <si>
-    <t>Considera de autoridade pública a Associação de Assitência ao Idoso de Ivaiporã.</t>
+    <t>Considera de utilidade pública a Associação de Assistência ao Idoso de Ivaiporã.</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
     <t>Sérgio Chaves</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4228/pll-03-90.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta a função e designação de Diretores das escolas de 1° grau da rede municipal de ensino de ivaiporã.</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
     <t>João Costa, Antônio Raizer, Graça Moraes, Hélio Matias, Jorge Kawano, Laudelino Leão, Lázaro Bueno, Nicodemos da Silva, Nilton Coelho, Sérgio Chaves, Zé Balão</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4229/pll-04-90.pdf</t>
   </si>
   <si>
     <t>Cria a galeria dos Ex - Prefeitos do Municipio de Ivaiporã e dá outras providências.</t>
   </si>