--- v1 (2026-01-23)
+++ v2 (2026-03-15)
@@ -54,2027 +54,2027 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5503</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Antonio da Paz Rosa Filho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5503/ple-01-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5503/ple-01-90.pdf</t>
   </si>
   <si>
     <t>Nos termos da Lei Municipal n° 700/89, de 29/12/89, cria os cargos de comissão, e dá outras providências.</t>
   </si>
   <si>
     <t>5504</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5504/ple-02-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5504/ple-02-90.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de abertura de Crédito por antecipação da recita, e dá outras providências.</t>
   </si>
   <si>
     <t>5505</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5505/ple-03-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5505/ple-03-90.pdf</t>
   </si>
   <si>
     <t>Concede autorização ao Executivo Municipal para que promova reajuste salarial a todos os servidores do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5506</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5506/ple-04-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5506/ple-04-90.pdf</t>
   </si>
   <si>
     <t>Autoriza a reforma de prédios de terceiros, locados pela Municipalidade, e dá outras providências.</t>
   </si>
   <si>
     <t>5507</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5507/ple-05-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5507/ple-05-90.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5508/ple-06-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5508/ple-06-90.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5509</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5509/ple-07-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5509/ple-07-90.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, Estado do Paraná, a doar a  Junta de Conciliação e Julgamento de Ivaiporã, móveis e equipamento, e dá outras provid~encias.</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5510/ple-09-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5510/ple-09-90.pdf</t>
   </si>
   <si>
     <t>Introduz alterações no Anexo-I- da Lei n° 705/90, de 30/01/90, e dá outras providências.</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5511/ple-09-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5511/ple-09-90.pdf</t>
   </si>
   <si>
     <t>Concede autorização ao Executivo Municipal para que promova reajuste salarial a todos os servidores do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5512/ple-10-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5512/ple-10-90.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a promover a locação de prédio destinado a funcionamento de órgão Público, e dá outras providências.</t>
   </si>
   <si>
     <t>5513</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5513/ple-12-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5513/ple-12-90.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a promover o deslocamento de servidores do Órgão autárquico do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5514/ple-13-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5514/ple-13-90.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a promover a locação de imóveis residenciais  ou comerciais e coloca-los a disposição do Estado Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5515</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5515/ple-14-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5515/ple-14-90.pdf</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5516/ple-16-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5516/ple-16-90.pdf</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5517/ple-17-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5517/ple-17-90.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, destinado a construção de casas residenciais para operários, e dá outras providências.</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5518/ple-18-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5518/ple-18-90.pdf</t>
   </si>
   <si>
     <t>Considera como Órgão Oficial do Município de Ivaiporã, Estado do Paraná, o Jornal do Vale do ivaí  ''NOTICIAS DO VALE''  e dá outras providências.</t>
   </si>
   <si>
     <t>5519</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5519/ple-19-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5519/ple-19-90.pdf</t>
   </si>
   <si>
     <t>Autoriza a execução de obras de extensão da rede de iluminação pública, instalação de luminárias, iluminação de praças públicas e do Estádio Municipal Cláudio Coutinho, abre um Crédito Adicional e dá outras providências.</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5520/ple-20-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5520/ple-20-90.pdf</t>
   </si>
   <si>
     <t>concede autorização ao Executivo Municipal para que promova reajuste salarial a todos os servidores do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5521/ple-21-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5521/ple-21-90.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de operação de créditos por antecipação da receita, e dá outras providências.</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5522/ple-22-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5522/ple-22-90.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial  Suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5523/ple-23-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5523/ple-23-90.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe Executivo a contratar operação de Crédito com O Banco do Estado do Paraná S/A., através do FDU ( FUNDO ESTADUAL DE DESENVOLVIMENTO URBANO ), para a execução das obras e serviços integrantes do Programa Estadual de Desenvolvimento Urbano - PEDU -, e dá outras providências.</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5524/ple-24-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5524/ple-24-90.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização administrativa da Prefeitura do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5525/ple-25-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5525/ple-25-90.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime Jurídico Único e sobre a Organização do Quadro de Pessoal da Prefeitura Municipal de Ivaiporã, Estado do Paraná, fixa vencimentos e dá outras providências.</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5526/ple-26-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5526/ple-26-90.pdf</t>
   </si>
   <si>
     <t>Declara como órgão de utilidade pública ''O  Conselho Municipal de Entorpecentes de Ivaiporã'', e dá outras providências.</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5527/ple-27-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5527/ple-27-90.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o ano de 1991, e dá outras providências.</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5528/ple-29-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5528/ple-29-90.pdf</t>
   </si>
   <si>
     <t>Concede abono aos servidores municipais de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5529/ple-30-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5529/ple-30-90.pdf</t>
   </si>
   <si>
     <t>Altera a redação dada pelo § 1° do art. 1°da Lei Municipal sobre n° 674/89, e dá outras providências.</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5530/ple-31-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5530/ple-31-90.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a taxa de Saúde, o Fundo Especial de Serviços Sanitários - FESSAN - e dá outras providências.</t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5531/ple-32-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5531/ple-32-90.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa o limite da despesa do Município de Ivaiporã, para o exercício financeiro de 1.991.</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5532/ple-33-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5532/ple-33-90.pdf</t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5533/ple-34-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5533/ple-34-90.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar à Mitra Diocesana de Apucarana, o lote n° 35-B-1.3 localizado na Gleba Pindáuva, secção-C-, 4ª parte, deste Município, de propriedade do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5534/ple-35-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5534/ple-35-90.pdf</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5535/ple-36-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5535/ple-36-90.pdf</t>
   </si>
   <si>
     <t>Declara como órgão  de ''Utilidade Pública'' a Associação de Desenvolvimento Comunitário de Jacutinga'' deste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5536/ple-37-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5536/ple-37-90.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Legislação Tributária do Município ( Lei n° 493/83 - Código Tributário Municipal ), e dá outras providências.</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5538/ple-38-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5538/ple-38-90.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as ações de Saneamento e Vigilância Sanitária, estabelecendo as sanções respectivas e dá outras providências.</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5539/ple-39-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5539/ple-39-90.pdf</t>
   </si>
   <si>
     <t>Concede autorização ao Executivo Municipal, para promova reajuste salarial a todos os servidores municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5540/ple-40-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5540/ple-40-90.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a alínea  ''a'', §  5° do Art. 25, em sua nova redação, dada pelo Art. 1° da Lei Municipal 491/83, e dá outras providências.</t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5541/ple-41-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5541/ple-41-90.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a expropriar Judicial ou Amigavelmente, e doar, a Empresa que se instalar com Industria no Município, imóvel encravado na Gleba Pindaúva, Secção -C- 2ª parte, e dá outras providências.</t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5542/ple-42-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5542/ple-42-90.pdf</t>
   </si>
   <si>
     <t>Dá autorização a Executivo Municipal para que promova reajuste salarial a todos os servidores do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4226/pll-01-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4226/pll-01-90.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública a Associação de Proteção a Maternidade e a infância.</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
     <t>Jorge Kawano, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4227/pll-02-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4227/pll-02-90.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública a Associação de Assistência ao Idoso de Ivaiporã.</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
     <t>Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4228/pll-03-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4228/pll-03-90.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta a função e designação de Diretores das escolas de 1° grau da rede municipal de ensino de ivaiporã.</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
     <t>João Costa, Antônio Raizer, Graça Moraes, Hélio Matias, Jorge Kawano, Laudelino Leão, Lázaro Bueno, Nicodemos da Silva, Nilton Coelho, Sérgio Chaves, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4229/pll-04-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4229/pll-04-90.pdf</t>
   </si>
   <si>
     <t>Cria a galeria dos Ex - Prefeitos do Municipio de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
     <t>Graça Moraes, Antônio Raizer, Hélio Matias, João Costa, Jorge Kawano, Laudelino Leão, Lázaro Bueno, Nicodemos da Silva, Nilton Coelho, Sérgio Chaves, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4230/pll-05-90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4230/pll-05-90.pdf</t>
   </si>
   <si>
     <t>Restringe o uso de ônibus escolar, para servir ñão somente ao uso especifico e dá outras providências.</t>
   </si>
   <si>
     <t>9063</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9063/projeto_de_decreto_11-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9063/projeto_de_decreto_11-1990.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio nº 043-89, celebrado  com a Fundação Caetano Munhoz da Rocha, para execução do programa de construção de instalações hidráulico sanitárias comiliares mínimas-módulos sanitários.</t>
   </si>
   <si>
     <t>9053</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9053/projeto_de_decreto_12-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9053/projeto_de_decreto_12-1990.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio n° 39/90, celebrado com a Fundação Caetano Munhoz da Rocha, para a execução do programa de construção de instalações hidráulico-sanitárias domiciliares mínimas-módulos sanitários.</t>
   </si>
   <si>
     <t>9052</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9052/projeto_de_decreto_13-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9052/projeto_de_decreto_13-1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso temporário, pela firma SALLA &amp; SALLA LTDA, de espaço no Terminal Rodoviário desta cidade, para nele ser instalada banca de revistas.</t>
   </si>
   <si>
     <t>9050</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9050/projeto_de_decreto_14-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9050/projeto_de_decreto_14-1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso temporário, pela firma EXPRESSO NORDESTE LTDA, para a venda de passagens, no Terminal Rodoviário desta cidade, dos Boxes n°s 04, 05 e 06.</t>
   </si>
   <si>
     <t>9047</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9047/projeto_de_decreto_15-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9047/projeto_de_decreto_15-1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso temporário, ao Sr. MIRO JOSÉ DOS SANTOS, de uma sala, destinada a barbearia, no Terminal Rodoviário desta cidade.</t>
   </si>
   <si>
     <t>9045</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9045/projeto_de_decreto_16-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9045/projeto_de_decreto_16-1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso temporário, pela firma EMPREA PRINCESA DO IVAÍ LTDA, de Boxes nºs 07, 08 e 09, no Terminal Rodoviário desta cidade, destinada a venda de passagens.</t>
   </si>
   <si>
     <t>9026</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9026/projeto_de_decreto_17-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9026/projeto_de_decreto_17-1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso temporário pela firma VINSA - Benedito Aleixo de Queiroz &amp; Cia, LTDA, do Box nº 10, destinado a venda de passagens, no Terminal Rodoviário desta cidade.</t>
   </si>
   <si>
     <t>9025</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9025/projeto_de_decreto_18-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9025/projeto_de_decreto_18-1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso temporário pela firma KUNEN &amp; SANCHEZ LTDA,  das lojas 1 e 2 e compartimento para depósito de vasilhame e mercadorias no Terminal Rodoviário desta cidade.</t>
   </si>
   <si>
     <t>9023</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9023/projeto_de_decreto_19-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9023/projeto_de_decreto_19-1990.pdf</t>
   </si>
   <si>
     <t>Referenda as nomeações constantes dos Decretos nºs 1627/90 e 1628/90.</t>
   </si>
   <si>
     <t>9012</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9012/projeto_de_decreto_20-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9012/projeto_de_decreto_20-1990.pdf</t>
   </si>
   <si>
     <t>Referenda convênio celebrado entre o Estado do Paraná e o Município de Ivaiporã, para execução, em caráter de emergência de obras destinadas ao controle da erosão urbana.</t>
   </si>
   <si>
     <t>9009</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9009/projeto_de_decreto_21-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9009/projeto_de_decreto_21-1990.pdf</t>
   </si>
   <si>
     <t>Referenda convênio de prestação de serviços técnicos para elaboração de projeto e orientação à construção e reforma de moradia popular.</t>
   </si>
   <si>
     <t>9002</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9002/projeto_de_decreto_22-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9002/projeto_de_decreto_22-1990.pdf</t>
   </si>
   <si>
     <t>Referenda o ato do Poder Executivo que decretou o Estado de Emergência no Município.</t>
   </si>
   <si>
     <t>9001</t>
   </si>
   <si>
     <t>Jorge Kawano</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9001/projeto_de_decreto_23-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9001/projeto_de_decreto_23-1990.pdf</t>
   </si>
   <si>
     <t>Referenda o termo de adesão ao Convênio nº 01/88 - SUDS-PR.</t>
   </si>
   <si>
     <t>8998</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/8998/projeto_de_decreto_24_-1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/8998/projeto_de_decreto_24_-1990.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno, no Parque Industrial, à forma = Pré Moldado e Construção Civil LTDA.</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3917/pr_16_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3917/pr_16_1990.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos funcionários do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3906/pr_17_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3906/pr_17_1990.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos funcionários do Poder Legislativo e da outras providências.</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3888/pr_18_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3888/pr_18_1990.pdf</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3885/pr_19_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3885/pr_19_1990.pdf</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3884/pr_20_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3884/pr_20_1990.pdf</t>
   </si>
   <si>
     <t>Altera os níveis da Tabela "A" do quadro do pessoal permanente e os símbolos da Tabela "B", dos cargos em comissão do pessoal desta Câmara.</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3883/pr_21_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3883/pr_21_1990.pdf</t>
   </si>
   <si>
     <t>concede reajuste salarial de 10% aos funcionários do Poder Legislativo.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3882/pr_22_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3882/pr_22_1990.pdf</t>
   </si>
   <si>
     <t>Concede abono aos servidores da Câmara Municipal de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3880/pr_23_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3880/pr_23_1990.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Poder Legislativo do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3879/pr_24_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3879/pr_24_1990.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Poder Legislativo de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
     <t>Antônio Raizer, Graça Moraes, João Costa, Jorge Kawano, Nilton Coelho, Sérgio Chaves, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3865/pr_25_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3865/pr_25_1990.pdf</t>
   </si>
   <si>
     <t>Altera o paragrafo 1° e o paragrafo 3° do artigo 17 da  Lei Orgânica do Município e da outras providências.</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3863/pr_26_1990.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3863/pr_26_1990.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Poder Legislativo de Ivaiporã, Estado Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>9114</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9114/248.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9114/248.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que seja mantida a limpeza pública, nos locais onde são realizadas as feiras municipais, isto é, na Av. Castelo Branco, trecho compreendido entre a Av. Paraná e a Praça Ivo Gueguen e a Av. Minas Gerais, em frente da Ivaigás, feitas estas realizadas nos dias de sábado, domingos e quinta-feiras.</t>
   </si>
   <si>
     <t>9197</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9197/249.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9197/249.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que junto com os órgãos competentes, determine o reparo nas vias asfálticas de nossa cidade, principalmente naquelas localizadas no centro como na Praça Kennedy, Avenida Brasil, Avenida Souza Naves, Rua Rio Grande do Sul, Rua Santa Catarina, e outras, porquanto elas se encontram em estado lastimável, com inúmeros buracos, e outros danifícios, e que tem prejudicado enormemente o trânsito de veículos e pedestres, além de oferecer um visual bastante negativo para os nossos munícipes.</t>
   </si>
   <si>
     <t>9205</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9205/250.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9205/250.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências enérgicas e urgentes no sentido de tornar a cidade mais limpa e agradável, com medidas saneadoras de baixo custo, dentre as quais destaca algumas como segue:_x000D_
 I - Muitos terrenos baldios são totalmente abandonados por seus proprietários, de sorte que o mato se torna uma ameaça aos vizinhos, como criador de cobras, insetos e esconderijo de marginais e ladrões de toda a espécie, de onde espreitam durante o dia para agir à noite, sem contar o visual horrível que dão à cidade;_x000D_
 II - Passeios e muros mal limpos e quebrados, dando à cidade um aspecto desagradável, pois devemos observar que a nossa cidade é nova e em alguns locais parece estar em ruinas;_x000D_
 III - Veículos maltratados e sucata de automóveis e outros objetos deixados nas calçadas ou nas ruas, dão aparência de Vila periférica ou os chamados patrimônio, porém em decadência;</t>
   </si>
   <si>
     <t>9206</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9206/251.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9206/251.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, no sentido de, junto com os órgãos competentes, proceder a arborização das ruas do jardim Iporã, com plantio de mudas de árvores nas calçadas daquela Vila.</t>
   </si>
   <si>
     <t>9207</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9207/252.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9207/252.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, no sentido de enviar um ofício à SUCEAM - Superintendência do Combate à Erosão e Saneamento Ambiental - na pessoa do seu Diretor Presidente, Dr. Reinaldo José Rodrigues dos Santos, dispondo-se a executar a mão de obra para sanar o gravíssimo problema de erosão na Vila Monte Castelo.</t>
   </si>
   <si>
     <t>9208</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>João Costa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9208/253.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9208/253.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de se construir um bueiro em Ariranha, na propriedade de custódia Rodrigues Gomes que beneficiará a mais de quinhentas pessoas.</t>
   </si>
   <si>
     <t>9209</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9209/254.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9209/254.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de se construir um abrigo na estrada de São Luís, rodovia que liga Ouro Verde a Arapuã, para que os usuários tenham onde se abrir nos dias de chuvas.</t>
   </si>
   <si>
     <t>9210</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>João Costa, Antônio Raizer</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9210/255.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9210/255.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de um módulo policial na Vila Nova Porã, dotado de infra estrutura necessária, como telefone e sanitário.</t>
   </si>
   <si>
     <t>9257</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>João Costa, Hélio Matias</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9257/256.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9257/256.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de providências urgentes a fim de que a Rodovia Ouro Verde - Arapuã, seja dotada de acostamento ou maior abertura, principalmente na cabeceira do Sítio dos Irmãos Dametto, em duas curvas uma direcionada para a direita e outra para a esquerda, que são muito perigosas pela falta de visibilidade.</t>
   </si>
   <si>
     <t>9258</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>João Costa, Jorge Kawano</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9258/257.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9258/257.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de encascalhar ou executar serviços de pavimentação asfáltica na Rua Sertanópolis trecho compreendido entre a Av. Castelo Branco e Rua Vereador Juarez Cleve, por se tratar de terreno bastante acidentado e em época de tempo chuvoso, trás grandes transtornos para aqueles, que por lá transitam.</t>
   </si>
   <si>
     <t>9259</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>Laudelino Leão, João Costa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9259/258.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9259/258.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de que sejam tomadas as devidas providências, para a retirada de entulhos localizados na antiga Estação Rodoviária, impedindo que o mesmo se torne um depósito de lixo, prejudicando assim o aspecto visual de nossa cidade.</t>
   </si>
   <si>
     <t>9261</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9261/259.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9261/259.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de patrolar:_x000D_
 1) A Rua Principal e ruas secundárias da sede do Distrito de Arapuã, bem como podar as duas árvores._x000D_
 2) A estrada da Perobinha, a qual tem entrada nas proximidades da Igreja São João Batista, prolongando-se até a sua saída na estrada de Alvorada._x000D_
 3) A antiga estrada de Arapuã, passando pelo Bulha F, ligando até encontrar a sede do Distrito de Arapuã.</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9290/260.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9290/260.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto com o Setor de Limpeza Pública deste município, determine a limpeza de um terreno baldio localizado no Conjunto Habitacional Mourão Filho na altura da Rua Ministro Aramis Athayde, nº 404, terreno esse que pertence ao Município, onde são jogados os mais diversos tipos de detritos, principalmente os provenientes da limpeza feita por garis.</t>
   </si>
   <si>
     <t>9291</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9291/261.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9291/261.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto com o Setor Rodoviário determine a melhoria da rodovia principal que liga Ariranha a Riozinho.</t>
   </si>
   <si>
     <t>9292</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9292/262.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9292/262.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade das seguintes providências na Sede do Distrito de Arapuã, pois das 36 lâmpadas de iluminação pública, apenas 4 lâmpadas estão funcionando, cabendo proceder a substituição de lâmpadas queimadas e a verificação de interruptores automáticos dos postes, de forma que cumpram a sua finalidade.</t>
   </si>
   <si>
     <t>9293</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>Hélio Matias</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9293/263.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9293/263.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a reconstrução do abrigo destina aos usuários do transporte coletivo na entrada da via de acesso a Alto Lajeado, na rodovia PR 466, na altura da Fazendo do Dr. Orlando Sanches.</t>
   </si>
   <si>
     <t>9295</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Nicodemos da Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9295/264.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9295/264.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a fim de que seja reformada a casa destinada ao uso do professor da localidade de Jardim da Curva, deste Município, cujo pátio der ser protegido com cerca, mesmo que de balaústre.</t>
   </si>
   <si>
     <t>9296</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9296/265.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9296/265.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de:_x000D_
 I - Construir redutores de velocidades nas principais vias públicas da sede do distrito de Ariranha;_x000D_
 II - Proibir o uso de correntes por qualquer espécie de veículo automotor, nas ruas asfaltadas das sedes distritais;_x000D_
 III - Sinalizar com placas indicativas a proibição;_x000D_
 IV - Proceder rigorosa fiscalização para impedir a prática de tais atos.</t>
   </si>
   <si>
     <t>9297</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9297/266.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9297/266.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de se proceder uma reforma no prédio da Escola do Bairro Bom Jesus, deste Município, cuja escola tem o telhado de tal forma comprometido que em dias de chuva o seu uso se torna inviável, pelo aguaceiro.</t>
   </si>
   <si>
     <t>9298</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9298/267.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9298/267.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de colocar placa de ponto de táxi, para que os passageiros tenham conhecimento e assim impedir o estacionamento de veículos particulares, como também remarcar com faixas amarelas, para que o condutor de veículos tenham maior visibilidade.</t>
   </si>
   <si>
     <t>9299</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9299/268.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9299/268.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine a instalação de um matadouro municipal, para abate de animais comercializados em estabelecimentos de venda de carnes principalmente bovinos e suínos. Sugerimos ao Sr. Prefeito Municipal que a instalação desse matadouro municipal, por medidas de economia para com os cofres públicos de nosso município, se faça sob forma de contrato ou empreita com um matadouro já existente em nossa cidade, do Sr. Bilk, já devidamente aparelhado e equipado.</t>
   </si>
   <si>
     <t>9300</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>Papin</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9300/269.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9300/269.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias a fim de que sejam priorizados os seguintes reparos:_x000D_
 I - Patrolamento e encascalhamento das ruas do Jardim Ouro Preto, que se encontram em estado lastimável;_x000D_
 II - Encascalhamento das ruas da Vila Monte Castelo, que praticamente se acabaram, eis que, além de buracos o mato e o capim avançam para as ruas reduzindo a pista de rolamento, a menos de 50%;_x000D_
 III - Tapar um buraco à margem de uma das ruas do Conjunto Habitacional Brigadeiro Eduardo Gomes, que está avançando para a rua tendo engolido as guias e sarjetas, cuja erosão precisa ser contida para evitar maior prejuízo;_x000D_
 IV - Urbanizar as duas Praças existentes no Conjunto supra referido, as quais já contam com guias e sarjetas, bastando uma limpeza e a plantão de grama e árvores, bem como encascalhar suas ruas;</t>
   </si>
   <si>
     <t>9301</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9301/270.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9301/270.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de iluminação pública na Vila Alvorada, iniciando na Rua Alvorada estendendo-se até a Rua Mambore. É bom frisar que existem postes e a rede está pronta, faltando apenas as lâmpadas.</t>
   </si>
   <si>
     <t>9302</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9302/271.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9302/271.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias o encascalhamento de um trecho de rua não superior a cem metros que separa a indústria de artefatos de cimento denominada Indústria de Lajes Ciola.</t>
   </si>
   <si>
     <t>9303</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9303/272.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9303/272.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto à Direção do Banco do Estado do Paraná S/A, visando a instalação de um posto do aludido Banco, na sede do Distrito de Arapuã, providências essa que trará vantagens extraordinárias para os habitantes daquele Distrito e como consequência lógica à instituição financeira prestadora de serviços.</t>
   </si>
   <si>
     <t>9304</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9304/273.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9304/273.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que destine ao Departamento de Esportes da Secretaria Municipal da Educação, Esportes, Cultura e Lazer, uma verba mensal sob forma de fundo que poderia ser designado de "semente da paz" que, a exemplo de outras cidades como Londrina que lançou a Semente de Ouro.</t>
   </si>
   <si>
     <t>9306</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Nilton Coelho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9306/274.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9306/274.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a iluminação pública na Rua São Miguel no distrito de Jacutinga pois é de nosso conhecimento que os usuários estão usufruindo pois a rua com cinco postes e não contém as luminárias esperamos ser atendido brevemente possível para satisfazer os anseios daquela comunidade.</t>
   </si>
   <si>
     <t>9307</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Graça Moraes, Antônio Raizer, Hélio Matias, Lázaro Bueno, Nicodemos da Silva, Nilton Coelho, Papin</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9307/275.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9307/275.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a concessão de um aumento salarial na ordem de 10% a todos os servidores do Município, com o que amenizara a situação financeira, reforçando o orçamento e consequentemente o poder aquisitivo de cada um, ora reduzido pelos efeitos da ciranda inflacionária, que na realidade ainda lança o seu veneno na economia, destilado pelos resíduos da remarcação de preços que não permitiu a sua eliminação e ninguém pode de sã consciência acreditar nos índices iguais a zero anunciados pelos setores econômicos do Governo Federal.</t>
   </si>
   <si>
     <t>9308</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Laudelino Leão, João Costa, Jorge Kawano</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9308/276.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9308/276.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a concessão de um aumento salarial a todos os servidores do Município, na ordem de 42,79%, a exemplo do que fez o Chefe do Poder Executivo do Município de Arapongas, conforme artigo publicado no jornal Tribunal da Cidade, página 03 - dia 25.05.90, recorte anexo.</t>
   </si>
   <si>
     <t>9309</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9309/277.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9309/277.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o encascalhamento de todas as ruas, avenidas ou estradas de acesso à cidade, numa extensão mínima de quinhentos metros, a fim de evitar que a cidade se torne lamacenta nesses locais em dias chuvosos, e consequentemente suja durante e após a chuva, além dos graves perigos trazidos ao trânsito pela situação escorregadia e finalmente, prejuízos ao município com a danificação da camada permeabilizante do revestimento asfáltico e da infra-estrutura da via.</t>
   </si>
   <si>
     <t>9311</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9311/278.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9311/278.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de iluminar a Avenida São Paulo a partir da Avenida Brasil, na sua face esquerda, de quem parte do centro para a periferia da cidade.</t>
   </si>
   <si>
     <t>9312</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9312/279.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9312/279.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que o mesmo em conjunto com a COPEL, agilize medidas no sentido de instalar iluminação pública na Vila Residencial Alto da Glória (Estrada  para a Vila de Furnas, em virtude da mesma estar em ótima localidade habitacional, onde muitos proprietários querem construir porém aguardam ansiosamente o benefício solicitado.</t>
   </si>
   <si>
     <t>9313</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9313/280.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9313/280.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine ao setor competente municipal, o cascalhamento do conjunto habitacional Brigadeiro Eduardo Gomes (Casas Populares do Trevo, saída para Jardim Alegre), visto que, em dias chuvosos, certos trechos tornam-se praticamente intransitáveis.</t>
   </si>
   <si>
     <t>9314</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9314/281.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9314/281.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto à Cia. Paranaense de Energia Elétrica - COPEL, agilize medidas no sentido de instalar iluminação pública, na Av. Souza Naves, no trecho compreendido entre a APAE e a Secretaria da Agricultura , visto ser uma artéria muito movimentada à noite, especialmente por estudantes e haver reclamações insistentes nesse sentido.</t>
   </si>
   <si>
     <t>9315</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9315/282.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9315/282.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que em conjunto com a CIA Paranaense de Energia Elétrica - COPEL, agilize medidas no sentido de instalar iluminação pública na Rua Ceará, nas imediações do Ginásio Raul Rodrigues Gomes (saída para o Patrimônio do Maneco), cujos proprietários reclamam pelo mencionado benefício, a fim de que possam construir em seus lotes, e os que já construíram sentem a necessidade premente de tal melhoria.</t>
   </si>
   <si>
     <t>9316</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9316/283.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9316/283.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de se providenciar iluminação pública na Avenida Souza Naves, especialmente no trecho compreendido entre a Estação Rodoviária e à Associação conhecida por APAE.</t>
   </si>
   <si>
     <t>9317</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>João Costa, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9317/284.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9317/284.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de se proceder a limpeza de bocas de lobo e sarjetas nas ruas e avenidas das sedes dos Distritos de Arapuã e Romeópolis, toda semana._x000D_
 No ginásio tem um vigia pago pela Prefeitura e trabalha apenas três horas por noite e não será exigir-lhe que preste três horas de serviço durante o dia auxiliando o zelador das ruas._x000D_
 Outrossim, as beiradas da estrada asfaltada entre Arapuã e Ouro Verde estão a exigir uma boa roçada, providência essa que evitará acidentes em vista de melhor visibilidade na extensão dessa via pública.</t>
   </si>
   <si>
     <t>9318</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9318/285.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9318/285.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, com a maior urgência possível, entre em contato com o Ministério da Educação - Fundo Nacional de Desenvolvimento da Educação - FNDE, a fim de pleitear recursos para Construção de Escolas, Reformas e Quadras Esportivas Ligadas à Escola, a serem construídas nesta municipalidade.</t>
   </si>
   <si>
     <t>9319</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9319/286.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9319/286.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, com a maior brevidade possível, entre em contato com o Ministério da Ação Social, no sentido de obter recursos para construção de unidade habitacional, sendo que, para o nosso florescente Estado do Paraná, estão previstas apenas 14.000 casas (populares), razão pela qual sugerimos que tal medida seja tomada urgentemente no sentido de obter os recursos referidos, junto a Caixa Econômica Federal. Cada Prefeitura, na 1ª etapa poderá solicitar até 200 unidades.</t>
   </si>
   <si>
     <t>9322</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9322/287.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9322/287.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, providências urgentes com referência a limpeza pública da cidade, como segue:_x000D_
 I - Esta é uma época do ano em que as árvores soltam muitas folhas, assim sendo a cidade se mostra com um aspecto de abandono, quando não recebe diariamente o tratamento de limpeza;_x000D_
 II - Em vista do acúmulo de trabalho o pessoal da limpeza não consegue completá-lo diariamente e em consequência é comum ver-se latões virados e sacos plásticos espalhados, rasgados por cães, fazendo das calçadas ruas e terrenos baldios uma verdadeira imundice de lixo disperso por sobre a área._x000D_
 III - Mostrado esse lado negativo julgamos interessante sugerir uma providência que se não solucionar de todo o problema em muito amenizará qual seja a organização de mutirão no sábado e no domingo com o próprio pessoal da limpeza pública equipado com todos os seus instrumentos de trabalho mediante o pagamento do que cada um fizer jus.</t>
   </si>
   <si>
     <t>9323</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Hélio Matias, Antônio Raizer, João Costa, Papin</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9323/288.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9323/288.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, imediatas providências a fim de evitar acidentes de trânsito no trecho que liga a cidade ao trevo da PR 466, pelas razões que expõem:_x000D_
 I - As providências representam velha aspiração da população e desta Câmara que ratifica a intenção de ver o problema saneado;_x000D_
 II - As Comissões de Moradores do Jardim Aeroporto, Jardim Belo Horizonte e moradores da vizinhança, tendo em vista acidente ocorrido por excesso de velocidade no trecho em questão, na última sexta-feira vitimado uma criança, vem apresentar um pedido com mais de duzentas assinaturas, para que se construa um redutor de velocidade de frente à Escola Pública Leila Diniz, local em que os acidentes se verificam com maior frequência;_x000D_
 III - Até quando a nossa população continuará sendo vitimada no estranho corredor da morte sem que nenhuma providência seja tomada?_x000D_
 IV - Não será demais sugerir com insistência renovada a construção de quebra-molas ou algo que iniba o dirigente de veículos à motor, em especial, a (cont.).</t>
   </si>
   <si>
     <t>9324</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9324/289.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9324/289.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, dê aos seus servidores um aumento substancial na ordem de 50%, primeiro porque os servidores municipais bem o merecem e segundo porque a arrecadação vem crescendo de forma a suportar tranquilamente esse ônus, sendo de boa política deixar contente e feliz o trabalhador, aquele que faz desenvolver a máquina administrativa e que de alguma forma colabora para que a receita tenha um aumento cada vez maior.</t>
   </si>
   <si>
     <t>9325</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9325/290.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9325/290.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas junto à Copel - Cia. Paranaense de Energia Elétrica, no sentido de que seja estendida a rede elétrica na Rua Brasil, situada na Vila Santa Maria, desta cidade, visto ser um grande anseio dos moradores daquela artéria.</t>
   </si>
   <si>
     <t>9326</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9326/291.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9326/291.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a canalização de águas pluviais, bocas de lobo, sarjetas e guias, além do encascalhamento da Rua Wilson Carneiro, numa pequena extensão, nas proximidades da Serraria do Ex-Prefeito Adail Bolivar Rother.</t>
   </si>
   <si>
     <t>9327</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9327/292.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9327/292.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que seja liquidado os débitos dos taxistas, bem como a dispensa do ISS deste ano.</t>
   </si>
   <si>
     <t>9328</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9328/293.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9328/293.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto aos órgãos competentes do Governo Estadual e demais providências que se fizerem mister para o aproveitamento e uso na Casa do Menor, instalada no Jardim Belo Horizonte desta cidade, dos seguintes bens, instrumentos, ferramentas e máquinas desativadas na Unidade Polo - "Escola Estadual Bento Mossurunga", por vários motivos, dentre os quais a exclusão de algumas matérias profissionalizantes do currículo escolar, como segue:_x000D_
 I - Um gabinete dentário e todo o equipamento e instrumental a ele pertencente, designando-se um cirurgião-dentista para atender as crianças da escola, familiares destes e vizinhos da Casa do Menor, fazendo-se assistência social em massa na área da saúde, com o aproveitamento de material já existente;_x000D_
 II - Uma gráfica contendo impressora, vários cavalete de tipo e outros materiais suficientes para se desenvolver o ensino das artes gráficas a crianças, que  através dessa providência deixam de perambular pelas ruas ou frequentar ambientes (..)</t>
   </si>
   <si>
     <t>9329</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9329/294.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9329/294.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que envie um ofício à TELEPAR - Telecomunicações do Paraná, no sentido de viabilizar a instalação de um telefone público (orelhão) na região de Ouro Verde, defronte à Mercearia do Sr. Adelino Souza, que se situa próximo à rodovia que liga Ivaiporã a Manoel Ribas. Outrossim, queremos informar que já em contatos com a Telepar, há possibilidade de se instalar esse benefício, pois próximo à Mercearia citada passa uma rede de telefone.</t>
   </si>
   <si>
     <t>9330</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9330/295.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9330/295.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que faça uma correção do salário dos motoristas de ônibus escolar, com melhorias que correspondam ao trabalho desenvolvido, ou como alternativa o pagamento de horas extras de acordo com o que for apurado no correr do dia, da semana ou do mês, fazendo-se justiça a quem desenvolve um trabalho meritório de tão grande alcance.</t>
   </si>
   <si>
     <t>9331</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9331/296.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9331/296.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências urgentes enquanto há tempo de precaver e evitar que descrédito total arrase a sua administração e inviabilize qualquer posição política desse Governo Municipal se não forem tomadas medidas corretivas enérgicas que impeçam o acontecimento dos seguintes fatos:_x000D_
 Sabe-se que uma indicação do Vereador Nicodemos da Silva, descreve com detalhes a situação calamitosa que está ocorrendo com os motoristas dos ônibus escolares, cuja veracidade é por esta indicação endossada._x000D_
 (...)</t>
   </si>
   <si>
     <t>9333</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9333/297.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9333/297.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias para contemplar os servidores do Município com aumento salarial na ordem de 40%, tendo em vista a elevação do custo de vida dos últimos meses.</t>
   </si>
   <si>
     <t>9336</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9336/298.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9336/298.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito:_x000D_
 I - Colocação de um poste com luminária defronte à Escola Estadual Raul Rodrigues Gomes, desta cidade, evitando que ladrões e vândalos ajam nessa área;_x000D_
 II - Colocação de postes e luminárias na praça existente na Sede do Distrito de Alto Porã e na quadra de esportes daquele mesmo Distrito;_x000D_
 III - Doação de quatro lâmpadas a serem instaladas na quadra de esportes da Escola Estadual "Barboza Ferraz" desta cidade.</t>
   </si>
   <si>
     <t>9338</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Lázaro Bueno, Antônio Raizer</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9338/299.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9338/299.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a instalação da rede de energia elétrica no jardim Paraná, desta cidade.</t>
   </si>
   <si>
     <t>9352</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9352/300.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9352/300.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine as devidas providências no sentido de proibir e evitar o uso de veículos com alto falantes, Trios Elétricos, que com tom alto, passam defronte aos estacionamentos de saúde.</t>
   </si>
   <si>
     <t>9360</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9360/301.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9360/301.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine junto com a Secretaria de Viação e Obras Públicas, reparos na "boca de lobo" existente na Rua Pitanga, no trecho compreendido entra a Secretaria da Agricultura (Emater) e a Paróquia Espírito Santo.</t>
   </si>
   <si>
     <t>9381</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9381/302.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9381/302.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto a Secretaria de Viação e Obras Públicas, a melhoria da Rua Bulha na Vila São José, saída para o Adail, se possível com cascalhamento.</t>
   </si>
   <si>
     <t>9386</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9386/303.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9386/303.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a arborização da sede do Distrito de Romeópolis, bem como a instalação de um parque infantil para atender as crianças daquela localidade.</t>
   </si>
   <si>
     <t>9387</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9387/304.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9387/304.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, reparos na instalação elétrica da Escola Estadual de Romeópolis, bem como a colocação de pelo menos dois fios de arame farpado sobe a tela que circunda a mesma escola.</t>
   </si>
   <si>
     <t>9388</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9388/305.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9388/305.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, urgentes providências com relação ao ônibus da empresa Matias pago pela Prefeitura para proceder o transporte de escolares cujo ônibus trafega em condições irregulares, sem freio, deficiências e defeitos outros que colocam em risco a vida das crianças e de todos que trafegam na mesma estrada.</t>
   </si>
   <si>
     <t>9389</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9389/306.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9389/306.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o cumprimento da Portaria nº 500, do Ministério da Economia, que estabelece o pagamento de um abono salarial de Cr$ 3.000,00, para quem ganha até Cr$ 23.017,30, cujo pagamento segundo aquele édito deve ser efetuado até o dia 6 de setembro próximo vindouro e não exime o Município dessa responsabilidade.</t>
   </si>
   <si>
     <t>9390</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9390/307.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9390/307.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto aos órgãos competentes visando a legalização da Vila Glória, desta cidade, levando para aquela comunidade água potável e energia elétrica, urbanizando-a.</t>
   </si>
   <si>
     <t>9391</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9391/308.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9391/308.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessária para a sua recuperação a fim de que possa ser utilizada como próprio público, podendo inclusive ser cedido para a instalação de órgão federal, estadual ou entidade social desde que cuide da sua conservação e evite assim, a sua destruição.</t>
   </si>
   <si>
     <t>9392</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>Lázaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9392/309.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9392/309.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências cabíveis no sentido de dotar a quadra de Esportes da Escola Estadual Barão do Cerro Azul de iluminação, propiciando aos seus alunos maior desempenho na disciplina de Educação Física.</t>
   </si>
   <si>
     <t>9393</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9393/310.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9393/310.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias para a construção de uma creche no Jardim Luiz XV, nesta cidade.</t>
   </si>
   <si>
     <t>9394</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9394/311.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9394/311.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem mister para atender a seguinte camada social, desde que se enquadre nos parâmetros a seguir descritos:_x000D_
 I - Será isento do IPTU, o aposentado ou pensionista que tenha como único bem de valor econômico, a propriedade de incidência do imposto, desde que não aufira rendimento superior a 5.62 UFI (unidade fiscal de Ivaiporã);_x000D_
 II - Aquele que exerce outra atividade rendosa que somada à pensão, proventos ou montepio, ultrapasse o limite de ganho estabelecido no item I, não será alcançado pelo benefício;_x000D_
 III - A comprovação será feita com certidão do Cartório do Registro de Imóveis, e xerocópia do carnê ou contracheque de proventos, pensão ou montepio, apresentados ao Departamento de Tributação da Prefeitura, sem outra formalidade._x000D_
 (...)</t>
   </si>
   <si>
     <t>9395</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9395/312.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9395/312.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias para dotar a Praça Dezenove de Novembro de um módulo policial, com telefone, bastando para isso remodelar o próprio público existente naquele local, acrescentando-se aos mictórios, um compartimento para acolher os policiais que passam a noite toda dentro de uma viatura defronte ao Banco do Brasil.</t>
   </si>
   <si>
     <t>9396</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9396/313.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9396/313.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto à Secretaria de Viação e Obras Públicas, determine a melhoria das ruas do Conjunto Habitacional Brigadeiro Eduardo Gomes (Casas Populares do Jardim Europa), tendo em vista que aquele conjunto é de grande densidade demográfica, e as ruas se encontram em estado lastimável, intransitável em alguns trechos, principalmente em dias chuvosos. Outrossim sugerimos que se proceda a um cascalhamento naquelas ruas que solucionariam assim por um bom período de tempo as dificuldades que passam os moradores daquela Vila.</t>
   </si>
   <si>
     <t>9397</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9397/314.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9397/314.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem mister para o encascalhamento da estrada de Arapuã, via Alto Boa Vista, Roselândia, até alcançar a ponte sobre o Rio Corumbataí.</t>
   </si>
   <si>
     <t>9398</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9398/315.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9398/315.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que sugere o encascalhamento da estrada que passa pela antiga venda do Schimanski, Sete Mil Alqueires e divisa da fazenda São João, até a ponte sobre o Rio Corumbataí, ligando com a localidade de Alvorada.</t>
   </si>
   <si>
     <t>9399</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9399/316.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9399/316.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine as melhorias que se fazem urgentes no acostamento da rodovia que liga a cidade de Ivaiporã ao Trevo de Manoel Ribas._x000D_
 Sugerimos outrossim que essas melhorias no acostamento sejam feitas por recapeamento de asfalto, e não por cascalhamento como se tem cogitado, já que contamos com uma empresa asfáltica prestando serviços à nossa Prefeitura.</t>
   </si>
   <si>
     <t>9400</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9400/317.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9400/317.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine o cascalhamento da principal via de trânsito do Jardim Guanabara, que é a Rua Santa Mariana.</t>
   </si>
   <si>
     <t>9401</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9401/318.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9401/318.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine melhorias na principal via de trânsito da Vila Santa Terezinha, que é a Avenida Maranhão.</t>
   </si>
   <si>
     <t>9402</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9402/319.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9402/319.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com o SASP (Serviço Autônomo de Saneamento e Pavimentação), determine dentro do possível o asfaltamento de parte da Rua Ceará, nas proximidades da Paróquia Espírito Santo, no trecho compreendido entre a Rua Pitanga e a Avenida Café Filho.</t>
   </si>
   <si>
     <t>9403</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9403/320.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9403/320.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que seja doado ao Colégio Barão do Cerro Azul, mudas de flores para formação de um jardim naquele colégio, valendo-se do viveiro de mudas do Município.</t>
   </si>
   <si>
     <t>9405</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9405/321.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9405/321.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de construção de duas pontes na região de Nova Aliança - Salto do Rio Ariranha, uma delas com dez metros de extensão no Rio do Veado e a outra com cinco metros de extensão no mesmo córrego, na estrada que dá acesso à ligação asfáltica para Cândido de Abreu.</t>
   </si>
   <si>
     <t>9406</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9406/322.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9406/322.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine a conclusão do trabalho de combate à erosão na Vila Monte Castelo, com o aterramento da enorme cratera ali ainda existente.</t>
   </si>
   <si>
     <t>9407</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9407/323.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9407/323.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de um plano viário da cidade, com placas de sinalização, nome correto das ruas, ordenamento do trânsito determinando com precisão - mão e contra-mão de direção, sentido correto das pistas de rolamento, velocidade permitida e finalmente tornar visíveis os interruptores de velocidade (quebra-molas) aplicando-se sobre eles periodicamente ou sempre que se fizer necessário uma demão de tinta amarela de cor forte - amarelo canário ou ocre, tinta especial para esse fim, podendo-se indicar Metalatex Scherwin Williams.</t>
   </si>
   <si>
     <t>9411</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9411/324.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9411/324.pdf</t>
   </si>
   <si>
     <t>Ao Presidente da Câmara, dizer que após haver elaborado o Projeto de Lei nº 03/90, observou que a sua proposição como Projeto de Lei fere preceitos da Constituição Federal, por implicar na criação de cargos e em aumento da despesa; por essa razão, solicita a retirada de pauta do aludido Projeto de Lei, requerendo a Vossa Excelência, a sua remessa ao Chefe do Poder Executivo, como sugestão, visando o aperfeiçoamento da administração educacional das escolas municipais, o que não deixa de ser uma aspiração dos profissionais do magistério e portanto um estímulo aos que se dedicam ao ensino.</t>
   </si>
   <si>
     <t>9412</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9412/325.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9412/325.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade urgente de serem tomadas as seguintes providências:_x000D_
 1º) Canalização das águas pluviais numa extensão de aproximadamente 70 metros, ligando a canalização que desagua no Rio Pindauvinha, canalização essa, a partir da Rua Carlos Lacerda no núcleo habitacional Olímpio Mourão Filho._x000D_
 2º) Suspender ou aterrar as cabeceiras da ponte nova construída sobre o Rio Pindauvinha, próximo a captação de água da SANEPAR, de sorte a propiciar ao usuários livre trânsito por ela;_x000D_
 3º) Cascalhar a estrada em apreço, desde a ponte já referida, até encontrar o asfalto nas proximidades do cemitério municipal, tornando a via pública em referência de muita utilidade.</t>
   </si>
   <si>
     <t>9413</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9413/326.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9413/326.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, em atendimento a diversos pedidos dirigidos ao signatário e mais insistentemente pela Associação Comercial e Industrial de Ivaiporã, para que as principais ruas de Ivaiporã a partir do centro comercial sejam lavadas durante a noite com equipe especialmente designada para esse fim, pelo menos uma vez por mês e mais a miúde nas vésperas da Páscoa do Natal, ou outra data que faz crescer o movimento nas ruas.</t>
   </si>
   <si>
     <t>9414</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9414/327.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9414/327.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos e as providências que se fizerem necessárias para um planejamento prévio agendando os pagamentos dos servidores municipais, de sorte que cada um ou cada grupo, ou cada órgão saiba com antecedência as datas de recebimento de seus vencimentos e salários, facilitando o controle de seu orçamento, ou melhor do orçamento de cada um.</t>
   </si>
   <si>
     <t>9415</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9415/328.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9415/328.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto com a Secretaria de Viação e Obras Públicas, determine a roçada e limpeza do matagal existente nos terrenos do Jardim Alvorada, nas proximidades da indústria Laticínios Ubá.</t>
   </si>
   <si>
     <t>9416</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9416/329.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9416/329.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que sejam agilizadas as atividades do Setor e fiscalização da Prefeitura, para controle rigoroso de saída de produtos agrícolas do nosso município, principalmente neste período de safras que estamos atravessando, a fim de elevarmos a nossa arrecadação de ICMS._x000D_
 Sugerimos outrossim que sejam instalados pontos de fiscalização com funcionários trabalhando diuturnamente, nos pontos estratégicos das principais vias de escoamento agrícola de Ivaiporã, como as 2 rodovias asfálticas que ligam Ivaiporã à rodovia PR-466, nas saídas para Jacutinga, Santa Bárbara, Ariranha e Ouro Verde.</t>
   </si>
   <si>
     <t>9417</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9417/330.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9417/330.pdf</t>
   </si>
   <si>
     <t>Saudando com um Voto de Louvor ao Prefeito, que por intermédio da assessoria pedagógica do Departamento de Educação na pessoa do Vereador Eliaquim Sérgio Chaves da Conceição, fez a doação de uma Bandeira do Paraná e uma de Ivaiporã ao Rotary Club de Ivaiporã. Por iniciativa deste clube, a jovem Carla Kawano de 16 anos, estará participando do Intercâmbio Internacional de Jovens no Canadá, para onde partirá no próximo dia 15 de dezembro, e lá naquele país distante fará a entrega das bandeiras citadas, instrumentos estes tão significativos que farão representar a nossa gente e a nossa terra ivaiporaense e paranaense.</t>
   </si>
   <si>
     <t>9418</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>João Costa, Antônio Raizer, Graça Moraes, Hélio Matias, Laudelino Leão, Lázaro Bueno, Nicodemos da Silva, Nilton Coelho, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9418/331.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9418/331.pdf</t>
   </si>
   <si>
     <t>Ao Diretor da Polícia Civil do Estado, Dr. José Maria de Paula Correia, a necessidade do concurso do trabalho do funcionário da Secretaria de Estado da Segurança Pública, Miguel Zanardini Oliveira, na 54ª Delegacia Regional de Polícia de Ivaiporã, como assistente administrativo, acumulando uma de suas escrivanias com relevantes serviços prestados à polícia e esta sociedade, pelo que solicitam a revogação da portaria nº 1.266/DPC., que o transferiu para a cidade de Apucarana.</t>
   </si>
   <si>
     <t>9419</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Antônio Raizer, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9419/332.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9419/332.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito:_x000D_
 1º) Melhoria na iluminação da Avenida Minas Gerais, no trecho compreendido entre a Rua Jacarezinho e a Avenida São Paulo, ou melhor na Avenida Souza Naves à Avenida São Paulo;_x000D_
 2º) Iluminação da Avenida Souza Naves no trecho compreendido entre o terminal rodoviário (estação rodoviária) e o Núcleo da Secretaria da Agricultura, até encontrar a Avenida Brasil, na saída para as Casas Populares, (Núcleo habitacional Olímpio Mourão Filho).</t>
   </si>
   <si>
     <t>9420</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9420/333.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9420/333.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o recapeamento asfáltico na praça da Igreja de Jacutinga.</t>
   </si>
   <si>
     <t>10882</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10882/ato_1990_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10882/ato_1990_1.pdf</t>
   </si>
   <si>
     <t>Determina a parte fixa e parte variável dos subsídios dos Vereadores.</t>
   </si>
   <si>
     <t>10883</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10883/ato_1990_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10883/ato_1990_2.pdf</t>
   </si>
   <si>
     <t>10884</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10884/ato_1990_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10884/ato_1990_3.pdf</t>
   </si>
   <si>
     <t>10885</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10885/ato_1990_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10885/ato_1990_4.pdf</t>
   </si>
   <si>
     <t>10886</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10886/ato_1990_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10886/ato_1990_5.pdf</t>
   </si>
   <si>
     <t>10887</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10887/ato_1990_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10887/ato_1990_6.pdf</t>
   </si>
   <si>
     <t>Determina a parte fixa e a parte variável dos subsídios dos Senhores Vereadores do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>10888</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10888/ato_1990_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10888/ato_1990_7.pdf</t>
   </si>
   <si>
     <t>10889</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10889/ato_1990_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10889/ato_1990_8.pdf</t>
   </si>
   <si>
     <t>10890</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10890/ato_1990_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10890/ato_1990_9.pdf</t>
   </si>
   <si>
     <t>10891</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10891/ato_1990_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10891/ato_1990_10.pdf</t>
   </si>
   <si>
     <t>10892</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10892/ato_1990_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10892/ato_1990_11.pdf</t>
   </si>
   <si>
     <t>10893</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10893/ato_1990_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10893/ato_1990_12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2378,68 +2378,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5503/ple-01-90.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5504/ple-02-90.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5505/ple-03-90.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5506/ple-04-90.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5507/ple-05-90.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5508/ple-06-90.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5509/ple-07-90.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5510/ple-09-90.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5511/ple-09-90.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5512/ple-10-90.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5513/ple-12-90.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5514/ple-13-90.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5515/ple-14-90.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5516/ple-16-90.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5517/ple-17-90.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5518/ple-18-90.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5519/ple-19-90.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5520/ple-20-90.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5521/ple-21-90.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5522/ple-22-90.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5523/ple-23-90.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5524/ple-24-90.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5525/ple-25-90.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5526/ple-26-90.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5527/ple-27-90.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5528/ple-29-90.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5529/ple-30-90.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5530/ple-31-90.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5531/ple-32-90.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5532/ple-33-90.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5533/ple-34-90.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5534/ple-35-90.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5535/ple-36-90.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5536/ple-37-90.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5538/ple-38-90.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5539/ple-39-90.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5540/ple-40-90.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5541/ple-41-90.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5542/ple-42-90.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4226/pll-01-90.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4227/pll-02-90.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4228/pll-03-90.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4229/pll-04-90.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4230/pll-05-90.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9063/projeto_de_decreto_11-1990.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9053/projeto_de_decreto_12-1990.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9052/projeto_de_decreto_13-1990.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9050/projeto_de_decreto_14-1990.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9047/projeto_de_decreto_15-1990.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9045/projeto_de_decreto_16-1990.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9026/projeto_de_decreto_17-1990.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9025/projeto_de_decreto_18-1990.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9023/projeto_de_decreto_19-1990.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9012/projeto_de_decreto_20-1990.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9009/projeto_de_decreto_21-1990.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9002/projeto_de_decreto_22-1990.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9001/projeto_de_decreto_23-1990.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/8998/projeto_de_decreto_24_-1990.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3917/pr_16_1990.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3906/pr_17_1990.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3888/pr_18_1990.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3885/pr_19_1990.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3884/pr_20_1990.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3883/pr_21_1990.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3882/pr_22_1990.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3880/pr_23_1990.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3879/pr_24_1990.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3865/pr_25_1990.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3863/pr_26_1990.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9114/248.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9197/249.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9205/250.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9206/251.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9207/252.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9208/253.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9209/254.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9210/255.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9257/256.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9258/257.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9259/258.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9261/259.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9290/260.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9291/261.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9292/262.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9293/263.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9295/264.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9296/265.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9297/266.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9298/267.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9299/268.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9300/269.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9301/270.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9302/271.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9303/272.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9304/273.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9306/274.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9307/275.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9308/276.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9309/277.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9311/278.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9312/279.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9313/280.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9314/281.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9315/282.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9316/283.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9317/284.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9318/285.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9319/286.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9322/287.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9323/288.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9324/289.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9325/290.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9326/291.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9327/292.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9328/293.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9329/294.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9330/295.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9331/296.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9333/297.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9336/298.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9338/299.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9352/300.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9360/301.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9381/302.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9386/303.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9387/304.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9388/305.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9389/306.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9390/307.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9391/308.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9392/309.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9393/310.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9394/311.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9395/312.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9396/313.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9397/314.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9398/315.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9399/316.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9400/317.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9401/318.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9402/319.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9403/320.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9405/321.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9406/322.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9407/323.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9411/324.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9412/325.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9413/326.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9414/327.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9415/328.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9416/329.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9417/330.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9418/331.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9419/332.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9420/333.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10882/ato_1990_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10883/ato_1990_2.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10884/ato_1990_3.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10885/ato_1990_4.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10886/ato_1990_5.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10887/ato_1990_6.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10888/ato_1990_7.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10889/ato_1990_8.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10890/ato_1990_9.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10891/ato_1990_10.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10892/ato_1990_11.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10893/ato_1990_12.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5503/ple-01-90.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5504/ple-02-90.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5505/ple-03-90.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5506/ple-04-90.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5507/ple-05-90.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5508/ple-06-90.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5509/ple-07-90.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5510/ple-09-90.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5511/ple-09-90.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5512/ple-10-90.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5513/ple-12-90.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5514/ple-13-90.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5515/ple-14-90.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5516/ple-16-90.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5517/ple-17-90.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5518/ple-18-90.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5519/ple-19-90.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5520/ple-20-90.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5521/ple-21-90.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5522/ple-22-90.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5523/ple-23-90.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5524/ple-24-90.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5525/ple-25-90.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5526/ple-26-90.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5527/ple-27-90.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5528/ple-29-90.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5529/ple-30-90.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5530/ple-31-90.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5531/ple-32-90.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5532/ple-33-90.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5533/ple-34-90.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5534/ple-35-90.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5535/ple-36-90.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5536/ple-37-90.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5538/ple-38-90.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5539/ple-39-90.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5540/ple-40-90.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5541/ple-41-90.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/5542/ple-42-90.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4226/pll-01-90.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4227/pll-02-90.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4228/pll-03-90.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4229/pll-04-90.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/4230/pll-05-90.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9063/projeto_de_decreto_11-1990.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9053/projeto_de_decreto_12-1990.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9052/projeto_de_decreto_13-1990.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9050/projeto_de_decreto_14-1990.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9047/projeto_de_decreto_15-1990.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9045/projeto_de_decreto_16-1990.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9026/projeto_de_decreto_17-1990.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9025/projeto_de_decreto_18-1990.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9023/projeto_de_decreto_19-1990.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9012/projeto_de_decreto_20-1990.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9009/projeto_de_decreto_21-1990.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9002/projeto_de_decreto_22-1990.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9001/projeto_de_decreto_23-1990.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/8998/projeto_de_decreto_24_-1990.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3917/pr_16_1990.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3906/pr_17_1990.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3888/pr_18_1990.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3885/pr_19_1990.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3884/pr_20_1990.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3883/pr_21_1990.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3882/pr_22_1990.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3880/pr_23_1990.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3879/pr_24_1990.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3865/pr_25_1990.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/3863/pr_26_1990.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9114/248.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9197/249.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9205/250.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9206/251.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9207/252.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9208/253.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9209/254.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9210/255.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9257/256.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9258/257.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9259/258.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9261/259.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9290/260.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9291/261.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9292/262.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9293/263.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9295/264.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9296/265.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9297/266.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9298/267.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9299/268.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9300/269.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9301/270.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9302/271.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9303/272.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9304/273.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9306/274.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9307/275.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9308/276.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9309/277.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9311/278.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9312/279.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9313/280.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9314/281.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9315/282.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9316/283.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9317/284.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9318/285.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9319/286.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9322/287.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9323/288.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9324/289.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9325/290.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9326/291.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9327/292.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9328/293.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9329/294.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9330/295.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9331/296.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9333/297.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9336/298.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9338/299.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9352/300.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9360/301.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9381/302.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9386/303.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9387/304.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9388/305.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9389/306.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9390/307.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9391/308.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9392/309.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9393/310.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9394/311.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9395/312.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9396/313.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9397/314.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9398/315.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9399/316.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9400/317.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9401/318.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9402/319.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9403/320.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9405/321.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9406/322.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9407/323.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9411/324.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9412/325.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9413/326.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9414/327.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9415/328.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9416/329.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9417/330.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9418/331.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9419/332.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/9420/333.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10882/ato_1990_1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10883/ato_1990_2.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10884/ato_1990_3.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10885/ato_1990_4.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10886/ato_1990_5.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10887/ato_1990_6.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10888/ato_1990_7.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10889/ato_1990_8.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10890/ato_1990_9.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10891/ato_1990_10.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10892/ato_1990_11.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1990/10893/ato_1990_12.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>