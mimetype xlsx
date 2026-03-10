--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -54,3787 +54,3787 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Antonio da Paz Rosa Filho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5548/ple-01-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5548/ple-01-89.pdf</t>
   </si>
   <si>
     <t>Institui o Imposto sobre Vendas &amp; Varejo de Combustível Liquido e Gasoso e dá outras providências.</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5549/ple-02-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5549/ple-02-89.pdf</t>
   </si>
   <si>
     <t>De acordo com os artigos 7° e 43 da Lei Federal n° 4.320/64, de 17-03-64, autoriza o Executivo Municipal a abrir Crédito Adicional Suplementar,realizar operações de crédito por antecipação da receita, indicando os recursos a serem utilizados, e dá outras providências.</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5550/ple-03-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5550/ple-03-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir um Crédito Adicional Especial, destinado às  obras do prédio que abriga os cursos de 1°, 2° e 3° grau, de Ivaiporã, de propriedade da - CEDIPI - e dá outras providências.</t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5551/ple-04-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5551/ple-04-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a abrir operação de Crédito até o limite de NCz$ 2.000.000,00, a abrir um Crédito Adicional Especial de até NCz$ 1.000,000,00 e um Crédito Adicional Suplementar de até NCz$ 2.000.000,00, destinado à aquisição de equipamentos para o Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5552/ple-06-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5552/ple-06-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adotar a contratação de pessoal, por tempo determinado, para actividades temporárias e excepcional interesse público, e dá outras providências.</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5553/ple-06-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5553/ple-06-89.pdf</t>
   </si>
   <si>
     <t>Concede anistia Fiscal da correcção monetária incidente sobre os débitos originários de contribuição de melhoria de pavimentação asfáltico e meios-fios/sarjetas, desde que os débitos venham a ser liquidados dentro dos prazos estabelecidos pela presente Lei, e dá outras providências.</t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5554/ple-07-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5554/ple-07-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a permutar com o Sr. José Laudelino Sampaio e s/m., o imóvel constituído pelo lote n° 15 da quadra n° 12, do Loteamento Jardim Imperial, desta cidade, pelo Lote de propriedade do Município e caracterizado como n° 11 da quadra n° 3, do Loteamento Jardim Ouro Preto, desta cidade de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5555/ple-08-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5555/ple-08-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a firmar convénio com a Telecomunicações do Paraná S/A -TELEPAR - e dá outras providências.</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5557/ple-09-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5557/ple-09-89.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5558/ple-10-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5558/ple-10-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, Estado do Paraná, a conceder reajuste salarial aos servidores do município, e dá outras providências.</t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5559/ple-11-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5559/ple-11-89.pdf</t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5560/ple-12-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5560/ple-12-89.pdf</t>
   </si>
   <si>
     <t>5561</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5561/ple-13-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5561/ple-13-89.pdf</t>
   </si>
   <si>
     <t>Promove alterações dos Símbolos CC. 1, Fg1., e Fg. 3, instituidos pelas Leis n°s. 346/77 e 334/80, e dá outras providências.</t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5562/ple-14-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5562/ple-14-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a empregar materiais, equipamentos e/ou mão-de-obra, na execução de pavimentação asfáltico ou não, em imóveis de propriedade do Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5563/ple-15-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5563/ple-15-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a promover o rejuste dos vencimentos dos servidores do Município de Ivaiporã, Estado do Paraná, na ordem de 10% ( dez por cento ), e dá outras providências.</t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5564/ple-16-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5564/ple-16-89.pdf</t>
   </si>
   <si>
     <t>Conceder reajuste salarial aos servidores do município de Ivaiporã, Estado do Paraná,  e dá outras providências.</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5565/ple-17-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5565/ple-17-89.pdf</t>
   </si>
   <si>
     <t>Inclui parágrafo único no Artigo, 5° e altera o inciso I do Artigo 6° da Lei n°550/84, de 05-12-84</t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5566/ple-18-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5566/ple-18-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a promover o reajuste dos vencimentos do servidores do Município de Ivaiporã, Estado do Paraná, na ordem de 25% ( vinte e cinco por cento ) e dá outras providências.</t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5567/ple-19-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5567/ple-19-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar ao Governo do Estado do Paraná, através da Secretaria de Estado da Segurança Pública, Imóvel encravado no perímetro urbano da cidade de Ivaiporã, destinado a abrigar a sede da 2ª CIA. do 1° BPM,  e dá outras providências.</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5568/ple-20-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5568/ple-20-89.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação de um Parque Industrial no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5569/ple-21-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5569/ple-21-89.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5570</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5570/ple-22-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5570/ple-22-89.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes para a concessão de Bolsa de Estudo aos Servidores do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5571/ple-23-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5571/ple-23-89.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial para a construção de Postos de Saúde no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5572/ple-24-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5572/ple-24-89.pdf</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5573/ple-27-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5573/ple-27-89.pdf</t>
   </si>
   <si>
     <t>Autoriza  o Executivo Municipal de Ivaiporã, Estado do Paraná, a doar ao Instituto de Terras Cartografia e Florestas -ITCF - CGC - 75.110.221.0001.11, imóvel de propriedade do Município, destinado à implantação de uma Unidade de Produção de Mudas Florestais.</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5574/ple-28-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5574/ple-28-89.pdf</t>
   </si>
   <si>
     <t>Introduz alteração na Legislação Tributária do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5575/ple-29-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5575/ple-29-89.pdf</t>
   </si>
   <si>
     <t>Dá nova redacção ao incisos I e IV do Art. 12 da Lei Municipal n° 572/89, de 19 de Janeiro de 1989, e dá outras providências.</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5576/ple-30-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5576/ple-30-89.pdf</t>
   </si>
   <si>
     <t>5577</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5577/ple-31-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5577/ple-31-89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, Estado do Paraná, a aplicar  e movimentar recursos financeiros do Município, no Banco do Brasil S/A. Agência de Ivaiporã.</t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5578/ple-32-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5578/ple-32-89.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores do Município de Ivaiporã, Estado do Paraná, na ordem de 41,42%  e dá outras providências.</t>
   </si>
   <si>
     <t>5579</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5579/ple-33-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5579/ple-33-89.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Jorge Kawano, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4222/pll-01-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4222/pll-01-89.pdf</t>
   </si>
   <si>
     <t>Concede á Senhora DÉBORA DIAS,  o título de Cidadã Honorária de Ivaiporã.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4223/pll-02-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4223/pll-02-89.pdf</t>
   </si>
   <si>
     <t>Obrigatoriedade de aulas de cantos de hinos pátrios na rede Oficial de ensino do Município.</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4224/pll-03-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4224/pll-03-89.pdf</t>
   </si>
   <si>
     <t>Obrigatoriedade de ministrar aulas sobre :_x000D_
 a) Educação do Trânsito._x000D_
 b) Noções elementares sobre Agro-Pecuária em toda a rede municipal de Ensino.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4225/pll-04-89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4225/pll-04-89.pdf</t>
   </si>
   <si>
     <t>Torna obrigatório o uso de crachá  de identificação funcional durante o trabalho e dá outras providências.</t>
   </si>
   <si>
     <t>9083</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9083/projeto_de_decreto_01-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9083/projeto_de_decreto_01-1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os subsídios e representações do Prefeito e Vice-Prefeito Municipal de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>9082</t>
   </si>
   <si>
     <t>Jorge Kawano</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9082/projeto_de_decreto_02-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9082/projeto_de_decreto_02-1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo de Ivaiporã ao celebrar convênio com a Fundação Universidade Estadual de Londrina pra o desenvolvimento de estágios por alunos da Universidade, visando a formação profissional.</t>
   </si>
   <si>
     <t>9080</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9080/projeto_de_decreto_03-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9080/projeto_de_decreto_03-1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a celebrar convênio com a Telecomunicações do Paraná S/A. (TELEPAR), para interligação da localidade de SABUGUEIRO à rede Estadual de telecomunicações.</t>
   </si>
   <si>
     <t>9072</t>
   </si>
   <si>
     <t>João Costa, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9072/projeto_de_decreto_04-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9072/projeto_de_decreto_04-1989.pdf</t>
   </si>
   <si>
     <t>Referenda a celebração de convênio entre o Município de Ivaiporã e a Associação dos Advogados de Ivaiporã, para a implantação e manutenção dos serviços de assistência judiciária gratuita.</t>
   </si>
   <si>
     <t>9070</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9070/projeto_de_decreto_05-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9070/projeto_de_decreto_05-1989.pdf</t>
   </si>
   <si>
     <t>Referenda o Termo de Cooperação Financeira n° 124/89, celebrado entre o Estado do Paraná, através da Secretaria de Estado da Educação e o Município de Ivaiporã.</t>
   </si>
   <si>
     <t>9068</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9068/projeto_de_decreto_06-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9068/projeto_de_decreto_06-1989.pdf</t>
   </si>
   <si>
     <t>Referenda convênios celebrados pelo Município de Ivaiporã e a Fundação Caetano Munhoz da Rocha, para auxílio na construção de postos de saúde nas localidades de Santa Bárbara do Ivaí e Alto Porã.</t>
   </si>
   <si>
     <t>9067</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9067/projeto_de_decreto_07-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9067/projeto_de_decreto_07-1989.pdf</t>
   </si>
   <si>
     <t>Referenda convênio celebrado através da Secretaria de Estado do Desenvolvimento Urbano e Meio Ambiente, entre Município de Ivaiporã, a Superintendia de Recursos Hídricos e Meio Ambiente - Surehma - e a Companhia de Saneamento do Paraná - Sanepar.</t>
   </si>
   <si>
     <t>9066</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9066/projeto_de_decreto_08-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9066/projeto_de_decreto_08-1989.pdf</t>
   </si>
   <si>
     <t>Referenda convênio entre o Município de Ivaiporã e a Telecomunicações do Paraná S/A. (TELEPAR) para a interligação da localidade de Sabugueiro à rede Estadual de Telecomunicações.</t>
   </si>
   <si>
     <t>9065</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9065/projeto_de_decreto_09-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9065/projeto_de_decreto_09-1989.pdf</t>
   </si>
   <si>
     <t>Referenda Convênio celebrando entre o Estado do Paraná, através da Procuradoria Geral do Estado e o Município de Ivaiporã, para a execução dos serviços de assistência judiciaria gratuita.</t>
   </si>
   <si>
     <t>9064</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9064/projeto_de_decreto_10-1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9064/projeto_de_decreto_10-1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Ivaiporã, celebrar convênio com a EMATER = Paraná, objetivando aumentar a produção agropecuária e melhorar as condições de vida da população rural do Município.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3750/pr_1_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3750/pr_1_1989.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Senhores Vereadores e dá outras providencias.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>Nilton Coelho, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Fixa a verba de representação do Presidente da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3754/pr_3_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3754/pr_3_1989.pdf</t>
   </si>
   <si>
     <t>Institui saudação à Bandeira Nacional com uma salva de palmas e leitura de um texto bíblico , no início das reuniões ordinárias e extraordinárias</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3755/pr_4_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3755/pr_4_1989.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 111, Capitulo II, da Resolução nº 02/73, de 09/11/73, alterado pela Resolução nº 06/78, de 24/08/78.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3756/pr_5_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3756/pr_5_1989.pdf</t>
   </si>
   <si>
     <t>reajusta os vencimentos dos funcionários do Poder Legislativo.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3757/pr_6_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3757/pr_6_1989.pdf</t>
   </si>
   <si>
     <t>reajusta em 10% os vencimentos dos funcionários do Poder Legislativo, a partir do mês de junho de 1989.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3758/pr_7_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3758/pr_7_1989.pdf</t>
   </si>
   <si>
     <t>reajusta em 20% os vencimentos dos funcionários do Poder Legislativo, a partir de 1 de junho de 1989</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3759/pr_8_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3759/pr_8_1989.pdf</t>
   </si>
   <si>
     <t>reajusta em 25% os vencimentos dos funcionários do Poder Legislativo e da outras providências.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3760/pr_9_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3760/pr_9_1989.pdf</t>
   </si>
   <si>
     <t>Atualiza os subsídios dos Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3761/pr_10_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3761/pr_10_1989.pdf</t>
   </si>
   <si>
     <t>reajusta em 29% os vencimentos dos funcionários do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3762/pr_11_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3762/pr_11_1989.pdf</t>
   </si>
   <si>
     <t>reajusta os vencimentos dos funcionários do Poder Legislativo em 30% e dá outras providências.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3763/pr_12_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3763/pr_12_1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação da LEGISLATURA ESPECIAL, que tem por finalidade elaborar, aprovar e promulgar a LEI ORGÂNICA DO MUNICÍPIO  e da outras providências.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3764/pr_13_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3764/pr_13_1989.pdf</t>
   </si>
   <si>
     <t>reajusta os vencimentos dos funcionários do Poder Legislativo em 87,09 % e da outras providências</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3765/pr_14_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3765/pr_14_1989.pdf</t>
   </si>
   <si>
     <t>dispõe sobre o regimento interno da Constituinte Municipal que elaborará a lei orgânica do município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3766/pr_15_1989.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3766/pr_15_1989.pdf</t>
   </si>
   <si>
     <t>concede reajusto salarial ao funcionários do Poder Legislativo_x000D_
 da outras providencias.</t>
   </si>
   <si>
     <t>8630</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8630/1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8630/1.pdf</t>
   </si>
   <si>
     <t>E medidas administrativas, tendentes a oferecer maior segurança no transito de veículos, com redução do número de acidentes e vítimas do trafego urbano, quais sejam:_x000D_
 1º colocação de obstáculos (quebra-molas) na pista de rolamento da Avenida Souza Naves, confluência da Rua Ponta Grossa, partindo do centro, rumo ao Colégio Estadual Raul Rodrigues Gomes;_x000D_
 2º idem, idem, na mesma Avenida Souza Naves, defronte ao Mercado Florença;_x000D_
 3º idem, idem, na Avenida Brasil, defronte ao terminal rodoviário, partindo do centro para a periferia;_x000D_
 4º idem, idem, na Rua Ceara, entre as Ruas Ponta Grossa e Jacarezinho, trecho que está servindo de pista de corrida para alguns afoitos do volante. Para se avaliar a situação de perigo e o sobressalto em que vivem os que ali habitam, basta informar que somente o menino Cleberson Cheque, filho da tesoureira desta Câmara em menos de seis meses foi atropelado por duas vezes;</t>
   </si>
   <si>
     <t>8635</t>
   </si>
   <si>
     <t>Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8635/2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8635/2.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, ratificando a indicação nº 473, de 26/12/1987, a necessidade da transferência do pátio de máquinas, estacionamento de veículos do Poder Executivo e Oficina mecânica pana outro local, tornando a periferia da sede dos Três Poderes, Executivo, Legislativo e Judiciário, mais aprazível e_x000D_
 acolhedora, já que na atualidade o ambiente tem um mau aspecto pelo entulho de materiais e veículos usados e imprestáveis, dando a nítida impressão de um depósito de ferro velho, ou mesmo um depósito de lixo.</t>
   </si>
   <si>
     <t>8636</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8636/3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8636/3.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade da colocação de obstáculos (quebra-molas), na Rua Mato Grosso, nas imediações da casa nº 365, atendendo assim pedido de diversos moradores daquela via pública e impedindo com essa atitude o excesso de velocidade que continua a ser praticado naquela rua e consequentemente, futuros acidentes de trânsito.</t>
   </si>
   <si>
     <t>8637</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8637/4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8637/4.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de se proceder uma limpeza no Cemitério de Romeópolis, eis que está com a aparência de abandono e é visto e observado facilmente da entrada da sede daquele distrito.</t>
   </si>
   <si>
     <t>8638</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8638/5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8638/5.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade da construção de duas pontas no distrito de Romeópolis, sendo uma na entrada da sede do distrito e outra na estrada que dá acesso à gruta, ponto pitoresco daquela localidade, digno visitado pela comunidade, pela beleza natural que oferece.</t>
   </si>
   <si>
     <t>8640</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8640/6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8640/6.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da construção de uma sala, mesmo que de madeira, para nela ser instalada a biblioteca da Escola Estadual Presidente Kennedy, na sede do Distrito de Ariranha, velha aspiração dos alunos daquela Escola.</t>
   </si>
   <si>
     <t>8642</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8642/7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8642/7.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos de viabilidade a fim de estender os benefícios de assistência médica e odontológica a todos os servidores do Município de Ivaiporã e seus familiares, utilizando-se para isso do pessoal encarregado de assistência social da área médica e odontológica.</t>
   </si>
   <si>
     <t>8643</t>
   </si>
   <si>
     <t>João Costa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8643/8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8643/8.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade da colocação de obstáculos na Rua Costa e Silva, principalmente da sede do Distrito de Arapuã, a fim de evitar excesso de velocidade e acidentes de trânsito por atropelamento, defronte aos seguintes locais frequentados por crianças e por adultos, tais como creche, quadra de esportes, bar central e praça da igreja._x000D_
 Outrossim, sugere-se que os "quebra-molas" tenham uma boa extensão de largura a fim de não prejudicar os veículos e sejam pintados de amarelo, para chamar a atenção de motorista, evitando uma passagem brusca.</t>
   </si>
   <si>
     <t>8644</t>
   </si>
   <si>
     <t>Nilton Coelho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8644/9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8644/9.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto à Copel ou órgão competente no sentido de dotar o Jardim Paraná, desta cidade de energia elétrica e estudos de viabilidade da construção de uma Creche e uma Escola que venha a servir o Jardim Paraná, Jardim Alvorada e a Vila Monte Castelo, todos desta cidade.</t>
   </si>
   <si>
     <t>8645</t>
   </si>
   <si>
     <t>Hélio Matias</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8645/10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8645/10.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto à SANEPAR ou órgão competente no sentido de dotar o Jardim Paraná, desta cidade de rede de água.</t>
   </si>
   <si>
     <t>8646</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8646/11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8646/11.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para construir uma ponte de material sobre o Rio Água da Serraria, em Palmerinha dos Kürten, em face da sua grande necessidade e ser obra prioridade para bem servir a população da redondeza.</t>
   </si>
   <si>
     <t>8647</t>
   </si>
   <si>
     <t>Hélio Matias, Nilton Coelho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8647/12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8647/12.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos a fim de viabilizar o atendimento médico hospitalar e odontológico aos presidiários da Cadeia Pública de Ivaiporã.</t>
   </si>
   <si>
     <t>8648</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8648/13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8648/13.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de uma cancha esportiva em Palmerinha dos Kürten, neste Município, destinada a servir as comunidades de Palmerinha dos Kürten, São Luiz e Beija Flor.</t>
   </si>
   <si>
     <t>8649</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8649/14.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8649/14.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto a Empresa de ônibus, "Expresso Nordeste", estimulando-a para a criação de uma linha de transporte coletivo, partindo de Nova Tebas, passando pela ponta preta, patrimônio do Nilo, Romeópolis, Alto da Saúde, Arapuã e Ouro Verde até atingir esta cidade de Ivaiporã, partindo daquela localidade pela manhã e retornando à tarde, das 16 horas em diante.</t>
   </si>
   <si>
     <t>8651</t>
   </si>
   <si>
     <t>Nicodemos da Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8651/15.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8651/15.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de se colocar obstáculos (quebra-molas) na Rua Pará, esquina com a Rua Apucarana, desta cidade, para evitar o atropelamento de crianças naquela área._x000D_
 Outrossim, solicita, ainda, estudos de viabilidade para o prolongamento daquela via pública até atingir a rua de duas pistas que, passando pela Serraria Central, dá acesso à PR 466._x000D_
 Sugerir quebra-molas seja pintado de amarelo, para melhor visibilidade dos motoristas que por ali transitam.</t>
   </si>
   <si>
     <t>8653</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8653/16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8653/16.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de que seja construída junto a Escola Guilherme Boeing, na localidade de Sabugueiro, neste Município, uma cancha de esportes, a fim de atender os anseios da juventude daquela localidade, que pede e insiste e espera com certeza em ser atendida na sua aspiração, que julga honesta e justa.</t>
   </si>
   <si>
     <t>8654</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8654/18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8654/18.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de por em funcionamento o semáforo existente na esquina da Av. Paraná, com a Av. Curitiba, defronte ao Supermercado Balau e estudos de viabilidade para a colocação de semáforos na Av. Paraná, esquina com a Paraná e Praça Pres. Kennedy; na Av. Paraná, esquina com a Av. Castelo Branco, nas proximidades do Correio e Bar do Pai Pai e, ainda a sinalização do trânsito, mesmo que terminado o plano viário este seja mudada, mas enquanto não se tem nada definitivo a sinalização posta haverá de prevalecer, evitando-se muitos transtornos.</t>
   </si>
   <si>
     <t>8655</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8655/19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8655/19.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões no sentido de se conseguir convênio ou algo semelhante, com médico ou equipe de médicos oftalmologistas, para atender as pessoas carentes de nosso Município.</t>
   </si>
   <si>
     <t>8656</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8656/20.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8656/20.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos de viabilidade para se estabelecer um convênio com ópticas desta ou de outra cidade, para a confecção de lentes, por preço que venha beneficiar as pessoas carentes, que forem aceitas como tal, pelo Serviço de Assistência Social dessa Municipalidade.</t>
   </si>
   <si>
     <t>8657</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8657/21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8657/21.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos de viabilidade para a construção de um matadouro municipal, com todas as instalações que se fizerem necessárias, oferecendo à população a possibilidade de adquirir uma alimentação mais sadia, e higiênica, sendo indispensável a participação de um veterinário para proceder ao exame dos animais a serem abatidos.</t>
   </si>
   <si>
     <t>8658</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8658/22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8658/22.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de construção de um sanitário público, no Centro da Cidade, preferencialmente na ilha existente na Av. Brasil, defronte ao antigo terminal rodoviário desta cidade, em face da inexistência de um próprio público dessa natureza, já que aquele existente na antiga Estação Rodoviária foi demolido.</t>
   </si>
   <si>
     <t>8659</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8659/23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8659/23.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de um módulo policial defronte ao Banco do Brasil S/A., com instalação telefônica e também instalação sanitária.</t>
   </si>
   <si>
     <t>8660</t>
   </si>
   <si>
     <t>Antônio Raizer</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8660/24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8660/24.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências imediatas para se dar condições de acostamento na margem do asfalto que demanda desta cidade para a Vila Nova Porã. Tal providência requer urgências para evitar acidentes de trânsito, eis que, além da faixa asfáltica ser estreita, com curvas acentuadas e perigosas, não há um acostamento adequado, tornando o tráfego vulnerável a acidentes.</t>
   </si>
   <si>
     <t>8661</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8661/25.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8661/25.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a arborização das ruas e demais logradouros públicos da Vila Nova Porã, aspiração da comunidade e que não requer uma aplicação de vulto e traz benefícios de uma importância especialmente para a saúde de seus habitantes.</t>
   </si>
   <si>
     <t>8662</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8662/26.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8662/26.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o cascalhamento das ruas das Casas Populares (mutirão) da Vila Nova Porã, bem como da Vila em referência, o que sem dúvida virá proteger o asfalto ali existente que assim terá mais durabilidade e a população será contemplada com uma espécie de anti-pó.</t>
   </si>
   <si>
     <t>8663</t>
   </si>
   <si>
     <t>Antônio Raizer, Jorge Kawano</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8663/27.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8663/27.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o asfaltamento das ruas de Vila Itaipu, especialmente da rua principal, um grande anseio da comunidade local.</t>
   </si>
   <si>
     <t>8664</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8664/28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8664/28.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a grande necessidade de condenar a demolir de uma vez a antiga Estação Rodoviária desta cidade, a qual dá um péssimo aspecto, parecendo uma cidade em ruinas.</t>
   </si>
   <si>
     <t>8665</t>
   </si>
   <si>
     <t>Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8665/29.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8665/29.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o cascalhamento da via asfáltica que demanda desta cidade a Vila Nova Porã, até os armazéns do IBC, numa extensão de aproximadamente 200 metros.</t>
   </si>
   <si>
     <t>8666</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8666/30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8666/30.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos de viabilidade para a transformação do transporte coletivo de alunos, exercido pela Prefeitura em empresa pública Municipal de Transporte Coletivo, apoiada por grandes empresas que arcarão com ônus correspondentes a combustíveis reposição de peças e demais encargos etc... a troco da publicidade de produtos ou propaganda da empresa, estampadas nos veículos de propriedade do Município e destinados ao transporte coletivo, de conformidade pelo Poder Executivo._x000D_
 Apontamos como linhas prioritárias que devem se beneficiar do sistema, as seguintes:_x000D_
 Ivaiporã, Alto da Saúde, Romeópolis e Lajeado_x000D_
 Ivaiporã, Vila Nova Porã, Severiano, Sta. Luzia, Jacutinga_x000D_
 Ivaiporã, Arapuã, Boa Vista e Roselândia_x000D_
 Ivaiporã, Alto Porã, Sabugueiro_x000D_
 Ivaiporã, Alecrim, Barraquinha, Jardim da Curva e Ariranha.</t>
   </si>
   <si>
     <t>8668</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8668/31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8668/31.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, gestões junto à Telepar no sentido de contemplar a sede de Distritos de Arapuã com o serviço de telefone público "PS", visto que muitas pessoas deixam de se utilizar, do telefone para não incomodar os que o possuem e muitos dos que possuem não gostam de cedê-lo.</t>
   </si>
   <si>
     <t>8670</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8670/32.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8670/32.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, reparos a serem feitos na Cadeia Pública de Arapuã, por se encontrar em precário estado de conservação.</t>
   </si>
   <si>
     <t>8671</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8671/33.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8671/33.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de tornar a praça na entrada de Ariranha um local de lazer com a colocação de bancos e o aproveitamento das árvores existentes naquele local, as quais devem sofrer poda ou algo semelhante.</t>
   </si>
   <si>
     <t>8672</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8672/34.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8672/34.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de se proceder uma poda especial, aparando-se as copas das árvores da praça defronte ao depósito de revenda da BRAHMA.</t>
   </si>
   <si>
     <t>8673</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Zé Balão, Nicodemos da Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8673/35.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8673/35.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de dotar a Sede do Distrito de Ariranha, de um gabinete dentário para atender especialmente a população carente daquele Distrito.</t>
   </si>
   <si>
     <t>8674</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8674/36.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8674/36.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de dotar a Sede do Distrito de Jacutinga, de um Gabinete Dentário, para o atendimento, principalmente das pessoas carentes.</t>
   </si>
   <si>
     <t>8675</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8675/37.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8675/37.pdf</t>
   </si>
   <si>
     <t>Ao Senhor, a instalação de um parque infantil na praça entre as ruas Paraná e Apucarana, defronte as fabricas de Móveis Montreal e Bandeirantes nesta cidade.</t>
   </si>
   <si>
     <t>8676</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8676/38.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8676/38.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a instalação de um parque infantil na praça próxima à Igreja Espírito Santo, no núcleo residencial Olímpio Mourão Filho, destinado a servir a comunidade e até a Escola de 1º grau local que dista da praça menos de cem metros.</t>
   </si>
   <si>
     <t>8677</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8677/39.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8677/39.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o asfaltamento do trecho de aproximadamente 150 m, da via de acesso que vai da rodovia asfáltica Ivaiporã - Trecho - secundário, ao Hospital do Trabalhador Rural (HTRI), de sorte a beneficiar não só os que se servem daquele nosocômio, mas boa parcela dos habitantes da Vila Sta. Maria desta cidade.</t>
   </si>
   <si>
     <t>8678</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8678/40.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8678/40.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito:_x000D_
 I - A inclusão do Distrito de Jacutinga no Projeto Mutirão;_x000D_
 II - A reforma ou reconstrução da ponte sobre o Rio Pindauvinha na estrada que demanda desta cidade à Sede do Distrito de Jacutinga;_x000D_
 III - Pavimentação asfáltica que partindo desta cidade venha a servir Jacutinga;_x000D_
 IV - E finalmente a formação de um viveiro de café, comunitário, a ser instalado na sede daquele Distrito.</t>
   </si>
   <si>
     <t>8682</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8682/41.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8682/41.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a retirada de plantas do canteiro central, na Av. Paraná na quadra do Mercado Lino até a Casa Esperança, devendo o trecho de chão ser cimentado ao molde do que se fez do Banco do Brasil S/A, até o Mercado Balau.</t>
   </si>
   <si>
     <t>8683</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8683/42.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8683/42.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que entre em contato com a Secretaria da Agricultura e ou ITCF, no sentido de que, a Secretaria de Viação e Obras Públicas Municipais, receba orientação, no que diz respeito à poda de árvores quanto a época oportuna e a maneira adequada, porquanto numa época em que todos nós estamos incentivando a preservação do meio ambiente e o reflorestamento não só em nossa acidade como em todo o país, verificamos com pesar que árvores já formadas sofreram danos, às vezes irreparáveis._x000D_
 Outrossim, queremos reforçar que a EMATER e o ITCF, colocam-se a inteira disposição da Prefeitura, para orientação técnica no que diz respeito à poda das árvores.</t>
   </si>
   <si>
     <t>8684</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8684/43.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8684/43.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, em conjunto com a Secretaria de Viação e Obras Públicas Municipais e Secretaria da Educação estudem urgentes medidas a fim de que, a Vila de Furnas também seja atendida por ônibus que transportam alunos para estudarem na sede do município, visto ser um artéria onde o número de estudantes de todas as faixas etárias ser muito grande e a mesma vila estar muito distante dos respectivos estabelecimentos escolares.</t>
   </si>
   <si>
     <t>8686</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8686/44.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8686/44.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, em conjunto com a Secretaria de Viação e Obras Públicas, procedem estudos sobre a viabilidade de abrir uma outra via de acesso que dê ligação da cidade com as vilas: Jardim Belo Horizonte, Jardim Imperial, Jardim Ouro Preto e Jardim Brasília, porquanto os moradores daquelas localidades estão prejudicados, necessitando percorrer maiores distâncias para virem até à cidade. À título de colaboração, oferecemos duas sugestões:_x000D_
 1ª) Fazer ligação da rua Mandaguarí com a rua "B" do Jardim Imperial; ou_x000D_
 2ª) Ligar a Avenida Curitiba com os Jardins citados.</t>
   </si>
   <si>
     <t>8687</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8687/45.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8687/45.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que determine medidas o mais urgente possível, no sentido de que seja refeito o trabalho de colocação de placas indicativas dos nomes das ruas, tanto no centro como nas periferias da cidade, cujas placas devem ser colocadas pelo menos a cada dois quarteirões, porquanto as pessoas tem grande dificuldade em transitar, especialmente aquelas que ainda não conhecem o centro e a periferia de Ivaiporã. Sugerimos, porque o trabalho desta natureza tem um custo muito moderado e um significado muito grande.</t>
   </si>
   <si>
     <t>9079</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Laudelino Leão, João Costa, Jorge Kawano, Lázaro Bueno, Nilton Coelho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9079/46.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9079/46.pdf</t>
   </si>
   <si>
     <t>1º) A cidade está inteiramente desprotegida de fiscalização , de sorte que comerciantes inescrupulosos e conhecedores dessa circunstância, na certeza da impunidade, aumentam preços de mercadorias na prateleira como bem entendem, em prejuízo da economia popular em época de pleno congelamento;_x000D_
 2º) Sugerimos gestões junto a SUNAB para o adestramento de pessoal para levar ao fim os abusos que vêm ocorrendo;_x000D_
 3º) Nota-se que o problema da falta de fiscalização não para ai, eis que o ICMS e ISS estão a mercê dos contribuintes;_x000D_
 4º) Se faz necessário um corpo de fiscais preparado e disposto a impedir a evasão de rendas municipais;</t>
   </si>
   <si>
     <t>8688</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8688/47.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8688/47.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de abertura da estrada que partindo da Delegacia de Polícia, passando pela Vila dos Operários da Prefeitura, alcance o conjunto das casas "Mutirão" e se prolongue até a Vila Nova Porã._x000D_
 Essa via de acesso embora exista precariamente, não consta do mapa da cidade e por isso se faz necessário nominá-la, tornando mais fácil a sua identificação, localização de moradias etc... e a sua inclusão no mapa da cidade a ser feito pelo serviço de engenharia dessa Municipalidade.</t>
   </si>
   <si>
     <t>8689</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8689/48.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8689/48.pdf</t>
   </si>
   <si>
     <t>Ao Senhor, a urgente necessidade de dois redutores de velocidade a ser implantados na Vila Nova Porã, um defronte a Creche Mamãe Dileta e outro em frente da casa comercial do senhor Valdomiro Gorgoletto.</t>
   </si>
   <si>
     <t>8690</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8690/49.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8690/49.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de transporte coletivo para servir os conjuntos residenciais, a saber: "Olímpio Mourão Filho", ao lado da COPASA e "BRIGADEIRO EDUARDO GOMES", nas proximidades do trevo principal da rodovia PR 466, pelo menos em três horários, pela manhã dando oportunidade de transporte aos que trabalham na cidade; por volta do meio dia para o almoço e no fim da tarde, para o regresso ao lar.</t>
   </si>
   <si>
     <t>8691</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Hélio Matias, João Costa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8691/50.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8691/50.pdf</t>
   </si>
   <si>
     <t>Ao Senhor, a formação de um Conselho Comunitário para agir no Distrito de Arapuã.</t>
   </si>
   <si>
     <t>8692</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8692/51.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8692/51.pdf</t>
   </si>
   <si>
     <t>Ao Senhor, a formação de um Conselho Comunitário no Distrito de Romeópolis, que será sua sede e campo de ação.</t>
   </si>
   <si>
     <t>8698</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Lázaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8698/52.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8698/52.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o cascalhamento da Rua Londrina, a partir da rua transversal Vereador Juarez Cleve, até encontrar o lago artificial desta cidade.</t>
   </si>
   <si>
     <t>8703</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8703/53.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8703/53.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a priorização da conservação das estradas que ligam Ivaiporã a outros Municípios a saber: estrada que passando pela ponte preta liga com Pitanga ou Nova Tebas; estrada que partindo de Alto da Boa Alvorada, liga com outro Município e finalmente estrada de Nova Aliança ao Porto espanhol, fazendo ligação com o município limítrofe.</t>
   </si>
   <si>
     <t>8704</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8704/54.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8704/54.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto aos órgãos e autoridades competentes para a instalação de uma Delegacia da Mulher, nesta cidade.</t>
   </si>
   <si>
     <t>8708</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8708/55.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8708/55.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos de viabilidade de um ônibus escolar fazer o transporte de alunos da localidade de Santa Bárbara para esta cidade e da localidade de Sete Mil Alqueires para Arapuã, a fim estudarem em séries que inexistem naquelas localidades, aproximadamente quarenta crianças.</t>
   </si>
   <si>
     <t>8709</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8709/56.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8709/56.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a contratação de um cirurgião dentista para atender os alunos carentes da sede do Município de Ivaiporã.</t>
   </si>
   <si>
     <t>8710</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8710/57.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8710/57.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção da praça da Igreja de Ariranha, com calçamento, arborização, bancos e jardins.</t>
   </si>
   <si>
     <t>8711</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8711/58.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8711/58.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências no sentido de formar um Conselho Comunitário para agir no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>8712</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8712/59.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8712/59.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a proposição de isenção de impostos, especialmente o imposto territorial urbano, para aqueles terrenos tomados em pelo menos 80% de sua área por hortas produtivas e bem cuidadas.</t>
   </si>
   <si>
     <t>8713</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8713/60.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8713/60.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, levantamento pela Secretaria de Educação Esporte e Lazer, em todas as Escolas da rede de Ensino Municipal, das Crianças portadoras de alguma deficiência, para que num trabalho envolvendo os diversos segmentos da sociedade integrá-las de forma total à sua comunidade.</t>
   </si>
   <si>
     <t>8714</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8714/61.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8714/61.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção do Hospital Municipal, o mais breve possível, eis que se trata de compromisso assumido durante a campanha política.</t>
   </si>
   <si>
     <t>8715</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8715/62.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8715/62.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências no sentido de formar um Conselho Comunitário para agir no Distrito de Ariranha.</t>
   </si>
   <si>
     <t>8716</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8716/63.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8716/63.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos de viabilidade para a construção de um prédio para a instalação da Secretaria Municipal de Ensino, a fim de evitar gastos com aluguel e Conclusão do projeto do Paço Municipal, com espaço suficiente para abrigar a Câmara Municipal e o Fundo Rural.</t>
   </si>
   <si>
     <t>8717</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8717/64.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8717/64.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que determine estudos para viabilizar a criação de um Parque de Indústrias ou Agroindústrias do Município.</t>
   </si>
   <si>
     <t>8718</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8718/65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8718/65.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que determine ao Setor competente da Municipalidade, a Roçada de matos que estão tomando conta ao longo da Rua Andirá, Av. Tancredo Neves e Rua Profª Diva Proença, que são vias de acesso da Vila Santa Terezinha ao Centro da Cidade.</t>
   </si>
   <si>
     <t>8719</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8719/66.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8719/66.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que determine medidas urgentes no sentido de que, seja levantado um muro ou uma cerca no Cemitério local, ao longo da Rua Alvorada, haja vista que não há nenhuma parede divisória com a rua que possa proporcionar o devido respeito aos nossos semelhantes que lá repousam eternamente, e também aos moradores vizinhos.</t>
   </si>
   <si>
     <t>8720</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8720/67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8720/67.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que determine providências através do Setor competente da Municipalidade o atendimento dos seguintes benefícios: à Creche da V. Sta. Terezinha:_x000D_
 1º) um parquinho de diversão, uma vez que as crianças lá assistidas, passam o dia praticamente reclusas;_x000D_
 2º) que juntamente com a Assistência Social, possibilite o fornecimento de leite de vaca à inúmeras crianças lactantes lá assistidas e que as mesmas não aceitam o leite de soja, trazendo danos à condições de nutrição e salubridade.</t>
   </si>
   <si>
     <t>8721</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8721/68.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8721/68.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas e/ou Serviço Autônomo de Saneamento e Pavimentação (SASP) tome providências imediatas no tocante à via de acesso da cidade à Vila de Furnas, onde já temos dois redutores de velocidade (quebra-molas) juntamente com canteiros de "tartarugas", estando estes no meio da pista no sentido longitudinal, ocorre porém, que grande parte dos veículos que por lá trafegam, para evitar os quebra-molas, entram contramão, daí causando danos materiais e pessoais (colisão de veículos, atropelamentos, etc.), razão pela qual sugerimos que se coloquem outros obstáculos como as chamadas "tartaruguinhas", no outro lado da pista, ao nível do local onde já temos os quebra-molas, forçando os veículos a obedecerem as normas de trânsito.</t>
   </si>
   <si>
     <t>8722</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8722/69.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8722/69.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, através do Setor competente da Municipalidade, agilize medidas junto à SANEPAR - Companhia de Saneamento do Paraná, no sentido de ser estendida a rede de água potável que já está parada na Vila Santa Terezinha, saída para o Distrito de Ariranha, até à Vila Jardim Iporã, a fim de que, os moradores daquele Logradouro através do benefício que a água tratada proporciona, tenham um pouquinho mais de conforto, porquanto é real a necessidade, visto ser um local de dificuldade desse líquido tão precioso e de um modo geral os poços existentes estarem contaminados, o que é altamente prejudicial à saúde de nosso povo, sobremodo no que tange às crianças.</t>
   </si>
   <si>
     <t>8723</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8723/70.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8723/70.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto ao DEER, e demais órgãos e autoridades competentes, a fim de que o trevo de ligação com a PR 644, sofra as criticas convenientes e a consequente modificação, deixando de ser uma fonte inesgotável de acidentes de trânsito.</t>
   </si>
   <si>
     <t>8725</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8725/71.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8725/71.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências imediatas no sentido de tornar viável o acostamento da via de acesso da cidade ao trevo da PR 466, mesmo que esse acostamento seja recuperado e cascalhado ou se limite a leito nu, desde que seja possível utilizá-lo em toda a sua extensão, pois atualmente se encontra tão deteriorado e carcomido pelo tempo, com sulcos profundos e partes erodidas que se torna inteiramente nulo.</t>
   </si>
   <si>
     <t>8726</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8726/72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8726/72.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de abrigos para usuários dos veículos de transporte coletivo a saber: um na entrada de Alto Porã, outro nas proximidades da SORCEP, onde o afluxo e refluxo de pessoal é grande, em face do movimento da CEVAL, servindo, ainda aqueles que seguem ou que vem de Bem-te-vi e região e finalmente outro no trevo da PR 466, onde é muito reclamado.</t>
   </si>
   <si>
     <t>8727</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8727/73.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8727/73.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, um procedimento de salutar importância, ou seja, revisão dos lançamentos do imposto predial, cujos valores estão demasiado altos, muito acima da capacidade econômica de cada contribuinte para absorção dos valores impostos e que em consequência se acham impossibilitados de promover a liquidação dos débitos lançados, mesmo em parcelas, cujos impostos comparados com aqueles lançados no ano anterior sofram aumentos que superam todos os índices inflacionários conhecidos, (segue anexo abaixo assinado contendo cento e dez assinaturas).</t>
   </si>
   <si>
     <t>8728</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8728/74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8728/74.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o revestimento asfáltico da rua Belo Horizonte na sede do Distrito de Ariranha, principalmente na região fronteiriça a Igreja São Miguel.</t>
   </si>
   <si>
     <t>8729</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8729/75.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8729/75.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que entre em contato com a COPEL - Companhia Paranaense de Energia Elétrica, visando a iluminação pública da Vila Batel, onde residem centenas de moradores e não contam com tal benefício.</t>
   </si>
   <si>
     <t>8730</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8730/76.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8730/76.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que determine medidas com a maior brevidade possível, juntamente com a Secretaria de Viação e Obras Públicas - Setor Rodoviário, no sentido de reparar a rodovia de acesso a Vila Jardim Iporã e nas principais ruas da mesma e se possível com cascalhamento, uma vez que, em dias chuvosos, tal via se torna praticamente intransitável.</t>
   </si>
   <si>
     <t>8746</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8746/77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8746/77.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que determine medidas juntamente com a Secretaria de Educação, a instalação de energia elétrica no único estabelecimento escolar da Vila Jardim Iporã, que é a Escola Municipal Cruz e Souza.</t>
   </si>
   <si>
     <t>8750</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8750/78.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8750/78.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine medidas no tocante a abertura da Av. Maranhã ou Rua Copacabana, no Jardim Guanabara que se encontram interceptados por matagal ali existentes impedindo o trânsito de carros e de pessoas, de um lado para outro do citado Jardim._x000D_
 Há um córrego que ali corre transversalmente à Av. Maranhão e a Rua Copacabana, de pequena largura e necessita de uma pequena ponte de mais ou menos 3 metros de largura.</t>
   </si>
   <si>
     <t>8751</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8751/79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8751/79.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que entre em contato com a SANEPAR - Cia. de Saneamento do Paraná, no sentido de viabilizar a instalação de "Booster" (Recalque intermediário) para elevar a pressão de água, para a Vila Formosa, tendo em vista que por ser uma localidade, em nível de terreno mais elevado , a água já chega lá com pouco impulso e velocidade, e moradores daquela Vila podem contar com o tão precioso líquido que é a água encanada, apenas durante a noite.</t>
   </si>
   <si>
     <t>8752</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8752/80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8752/80.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que através da Secretaria de Viação e Obras Públicas, determine a desobstrução de inúmeras ruas da Vila Jardim Iporã, principalmente na Rua Martim Lutero.</t>
   </si>
   <si>
     <t>8753</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8753/81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8753/81.pdf</t>
   </si>
   <si>
     <t>Indicação sob forma de doação:_x000D_
 Ao Prefeito, ratificando o Requerimento nº 18/89, apresentado na reunião do dia 23/3/89, solicitando a Iluminação Pública nas imediações das Escolas Barão do Cerro Azul e Raul Rodrigues Gomes, e o Requerimento nº 19/89, solicitando também iluminação Pública no Jardim Guanabara, e conhecedores que somos.</t>
   </si>
   <si>
     <t>8754</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8754/82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8754/82.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o cascalhamento de uma extensão de aproximadamente um mil e quinhentos metros na estrada de Perobinha para o Sete Mil Alqueires (Fazenda Corumbataí), que fornecerá o cascalho já retirado do local, bastante espalhá-lo.</t>
   </si>
   <si>
     <t>8755</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8755/83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8755/83.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, os estudos que se fizerem necessários, bem como a busca de recursos para promover:_x000D_
 a) a iluminação;_x000D_
 b) a cobertura de parte do Estádio Cláudio Coutinho, desta cidade;_x000D_
 c) interessante seria que a obra fosse planejada para ser executada por etapas, principalmente pelo lado oeste do aludido estádio, de forma que abrigasse um número considerável de espectadores que ficariam protegidos do sol escaldante e principalmente da chuva nos dias que o tempo assim se comportar.</t>
   </si>
   <si>
     <t>8756</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8756/84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8756/84.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que agilize medidas com a maior brevidade possível, junto à Copel - Cia. Paranaense de Energia, no sentido de efetuar Iluminação Pública em dois logradouros do Conjunto Habitacional Olímpio Mourão Filho, futuras praças ou parques infantis, conforme indicação já feita pela Nobre Vereadora Maria das Graças Rocha Moraes, sendo que tais logradouros estão localizados em:_x000D_
 1º) Defronte à Travessa Senador Arthur Santos;_x000D_
 2º) Defronte à Rua Pedro Aleixo.</t>
   </si>
   <si>
     <t>8757</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8757/85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8757/85.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que agilize medidas junto à COPEL - Cia. Paranaense de Energia, no sentido de instalação de Iluminação Pública na Av. Souza Naves, no trecho compreendido entre o SASBI e o Núcleo Regional da Secretaria da Agricultura.</t>
   </si>
   <si>
     <t>8758</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8758/86.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8758/86.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas providencie os seguintes benefícios para a Vila Santa Luzia:_x000D_
 Uma rede de esgoto na Rua Paraíba, desde a altura do nº 900 para baixo, onde desemboca num riacho. É importante frisar que ali corre um pequeno córrego oriundo de minas existentes na localidade, cujo córrego recebe toda a carga de esgotos dos moradores daquele setor, porquanto é praticamente impossível a abertura de fossas nas respectivas residências, uma vez que as fossas em referência não atingem a uma profundidade condizente, devido à laje que se encontra à tona, ou melhor bem próxima à superfície.</t>
   </si>
   <si>
     <t>8759</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8759/87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8759/87.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, no sentido de que, o mesmo atue junto à Secretaria de Viação e Obras Públicas no sentido de encascalhar a Rua "B" que é sem dúvida a principal via de trânsito no Jardim Imperial e também o encascalhamento da Av. Curitiba, via do Jardim Ouro Preto.</t>
   </si>
   <si>
     <t>8760</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8760/88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8760/88.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto à Secretaria de Viação e Obras Públicas, agilize medidas no sentido de construir galerias de águas pluviais nas seguintes ruas:_x000D_
 1º) Jardim Ouro Preto - na Rua D. Pedro II, no trecho compreendido entre a Rua B e a Avenida Curitiba._x000D_
 2º) Jardim Ouro Preto - na Rua Duque de Caxias, também no trecho compreendido entre a Rua B e Avenida Curitiba;_x000D_
 3º) Jardim Ouro Preto - Idem, na Rua Joaquim Nabuco;_x000D_
 4º) Rua Visconde do Rio Branco, no trecho que inter-liga o Jardim Ouro Preto;_x000D_
 5º) Rua Rui Barbosa também o trecho que inter-liga o Jardim Belo Horizonte com o Jardim Ouro Preto.</t>
   </si>
   <si>
     <t>8761</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8761/89.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8761/89.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine o atendimento às seguintes reinvindicações na Rua Bulha da Vila São José, mais conhecida como "Saída para o Adail":_x000D_
 1º) A uma certa altura dessa Rua, por baixo dela passa uma Galeria de água, construída com tubulações de grandes proporções. Essa Galeria que conduz a água excedente da SANEPAR, dá continuidade com um gigantesco "Bueiro", com diâmetro de 3,0 metros x 3,0 metros, com profundidade de cerca de 4,0 metros, e que passa rente à Rua Bulha. Ocorre que o citado Bueiro se encontra totalmente descoberto e desprotegido, constituindo-se num enorme perigo para os transeuntes, e os tapumes de concreto lá se encontram ao abandono. A solicitação é de que dentro da maior brevidade possível seja fechado aquele enorme sistema pluvial.</t>
   </si>
   <si>
     <t>8762</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8762/90.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8762/90.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que agilize medidas o mais urgente possível, junto à Secretaria de Viação e Obras Públicas e, em conjunto com a COPEL E SANEPAR, a fim de providenciar os seguintes benefícios para a Vila Monte Castelo:_x000D_
 1º) Melhoria das ruas com encascalhamento, porquanto se encontram num estado lastimável._x000D_
 2º) Iluminação Pública em setores da mesma Vila que não contam com tal benefício;_x000D_
 3º) Água encanada também em setores daquele povoado que não contam ainda com o tão precioso líquido devidamente tratado e também a atuação junto à SANEPAR para a instalação de um "BOOSTER" para elevar a pressão da água, conforme indicação minha nº 79/89 de 24 de abril de 1989, o que fará com que a água chegue diuturnamente em todas as casas daquela localidade, já que inúmeras moradas contam com a mesma somente no período da noite.</t>
   </si>
   <si>
     <t>8782</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8782/91.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8782/91.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a instalação de água potável na Escola "Olavo Bilac", na localidade de Perobão, Distrito de Jacutinga, deste Município, ficando desde logo esclarecido que o Senhor "Augusto Magri", proprietário do imóvel contíguo à Escola, onde existe uma boa mina de água potável, ao que tudo indica, de boa qualidade, a uns duzentos e cinquenta metros da aludida escola, o qual está disposto a cedê-la permitindo ainda, o uso de energia elétrica de sua residência, ou seja a ligação ao seu transformador, bastando que o Município concorra com o material constante de bomba, canos, fios e as taxas respectivas, ficando a cargo da comunidade a mão de obra._x000D_
 Outrossim, é bom informar que a água uma vez instalada, beneficiará também a igreja da Diaconia Espírito Santo._x000D_
 Atualmente a água está sendo conduzida no balde a uma distância que supera 400 metros.</t>
   </si>
   <si>
     <t>8786</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8786/92.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8786/92.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a concessão de um aumento aos Servidores Municipais, num percentual de 30% a mais, eis que valor superior a esse já foi consumido pela inflação verificada após a decretação do plano verão, por isso se faz necessário uma correção, a fim de que seja restabelecido o poder aquisitivo dos servidores do Município.</t>
   </si>
   <si>
     <t>8787</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8787/93.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8787/93.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de retoques finais de acabamento da "Quadra de Esportes" do Distrito de Alto Porã, que além do acabamento final, necessita de iluminação e muro.</t>
   </si>
   <si>
     <t>8788</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8788/94.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8788/94.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de cascalhamento da estrada que demanda de Arapuã, passando pelas localidades de São Luís e São Mateus, vai ligar com a estrada cascalhada de Alto Lajeado.</t>
   </si>
   <si>
     <t>8789</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8789/95.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8789/95.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a inclusão do Distrito de Arapuã, no Projeto Mutirão, para a construção de cinquenta casas populares, destinadas a pessoas carentes, a serem construídas em sua sede.</t>
   </si>
   <si>
     <t>8790</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8790/96.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8790/96.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências urgentes e enérgicas a serem tomadas pelo Poder Público Municipal visando a legalização do loteamento de propriedade de Bento Rogério em Arapuã.</t>
   </si>
   <si>
     <t>8792</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Nicodemos da Silva, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8792/97.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8792/97.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de uma "creche", na sede do distrito de Ariranha, neste Município, visto ser de grande interesse e necessidade da população, especialmente dos mais carentes, que dela precisa se valer para complementar o orçamento familiar e ter assim melhores condições de vida.</t>
   </si>
   <si>
     <t>9081</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Laudelino Leão, Antônio Raizer, Graça Moraes, Hélio Matias, João Costa, Jorge Kawano, Lázaro Bueno, Nicodemos da Silva, Nilton Coelho, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9081/98.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9081/98.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Governador do Estado do Paraná, ao Excelentíssimo Senhor Secretário dos Transportes, ao Excelentíssimo Senhor Prefeito Municipal de Ivaiporã, a construção da estrada de pavimentação asfáltica desta cidade à sede do Distrito de Ariranha, passando pela Vila Santa Teresinha, Jardim Iporã, Patrimônio Alecrim, Barraquinha, até alcançar aquela localidade, numa distância de 21 Km, sem correção do traçado, devendo após esse trabalho cair para 17 Km ou menos.</t>
   </si>
   <si>
     <t>8793</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8793/99.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8793/99.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que determine o encascalhamento da estrada de Bem-te-vi, no trecho compreendido entre o asfalto até a Fazenda Bela Vista, por se tratar de uma via de grande trânsito e que, em dias chuvosos, os veículos que por lá passam se deslizam facilmente.</t>
   </si>
   <si>
     <t>8795</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8795/100.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8795/100.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, Sr. Antônio da Paz, juntamente com a Secretaria da Educação, estude a viabilidade de se construir uma escola municipal, junto à Vila Formosa e Jardim Paraná.</t>
   </si>
   <si>
     <t>8796</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8796/101.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8796/101.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, proceda os seguintes benefícios à Vila Santa Luzia:_x000D_
 1º) Instalação de de uma galeria pluvial, com colocação de manilhas, na Rua Alagoas no cruzamento com a Rua Paraíba, tendo em vista que aquela via nesse trecho se encontra praticamente intransitável._x000D_
 2º) Encascalhamento das ruas daquela vila (Santa Luzia), pois em dias chuvoso, seus moradores tem grande dificuldade para transitarem, por se tratarem de vias de grande declive ou aclive e, também porque o SASP no Setor de asfaltamento se encontra atualmente desativa, sendo que todos que lá residem, desejam contar com o asfalto, defronte de suas casas.</t>
   </si>
   <si>
     <t>8799</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8799/102.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8799/102.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a recuperação da estrada da localidade de Manda Brasa à Ponte do Rio Azul, aproveitando se a passagem das máquinas por aquela via pública.</t>
   </si>
   <si>
     <t>8800</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8800/103.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8800/103.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências no sentido de que sejam podadas as árvores da Rua principal da Sede do Distrito de Arapuã tendo em vista que suas copas já estão se entrelaçando, bem como, solicitar o plantio de árvores nas ruas que ainda não receberam esse benefício urbanístico e o replantio daquelas que foram plantadas e não vingaram.</t>
   </si>
   <si>
     <t>8801</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8801/104.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8801/104.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto à Telepar, a fim de que seja instalado nas casas populares "Mutirão" da Vila Nova Porã, um telefone público.</t>
   </si>
   <si>
     <t>8802</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8802/105.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8802/105.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de cascalhamento, bem como a suspensão do leito da estrada da antiga olaria do "Pirolo" na chegada do asfalto que demanda desta cidade ao trevo secundário da PR 466.</t>
   </si>
   <si>
     <t>8804</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8804/106.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8804/106.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos para se adotar critérios mais justos ao se proporcionar reajuste nos salários dos servidores Municipais de sorte que aqueles que ganham até NCZ$ 200,00 recebam um aumento, digamos de 50%, aos que ganham de NCZ$ 201,00 a NCZ$ 600,00, um percentual equivalente a 40%, aos que percebem de NCZ$ 601,00 em diante 35%.</t>
   </si>
   <si>
     <t>8805</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8805/107.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8805/107.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, tome medidas junto ao Expresso Nordeste S/A, no sentido de se conseguir, passagens do centro da cidade até o trevo da PR 466, junto às Casas Populares (Conjunto Habitacional Brigadeiro Eduardo Gomes), a preço normal, porquanto atualmente os usuários dessa Empresa de ônibus, mormente os moradores das cidades Casas Populares e Vilas Vizinhas, para serem transportados até aquela região, necessitam pagar passagens, a preços maiores, insto é, como se tivessem que viajar até Jardim Alegre ou Ouro Verde.</t>
   </si>
   <si>
     <t>8806</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8806/108.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8806/108.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, estude a possibilidade de urbanizar a Praça Carlos Gomes, no Cruzamento da Av. Castelo Branco, na altura do nº 1.700 com a rua Francisco Jacob Goedert.</t>
   </si>
   <si>
     <t>8807</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8807/109.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8807/109.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, tome medidas junto à Secretaria de Viação e Obras Públicas ou junto à Secretaria respectiva na área Estadual (Departamento de Estradas de Rodagem - DER), no sentido da realização de um acostamento e/ou uma calçada junto à via secundária asfáltica, de acesso à Jardim Alegre, no trecho compreendido desde o seu início, isto é, desde o Armazém Makita até o Armazém da COPIVA.</t>
   </si>
   <si>
     <t>8808</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8808/110.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8808/110.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade da identificação de todos os funcionários Municipais através de crachá, com nome e cargo ou função enquanto estiverem em serviço.</t>
   </si>
   <si>
     <t>8812</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8812/111.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8812/111.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de colocação de placa adequada de sinalização do trânsito, denunciando a existência de Escola, nas proximidades do Ginásio de Esportes Sapecadão, a fim de evitar acidentes com seus alunos.</t>
   </si>
   <si>
     <t>8813</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8813/112.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8813/112.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade urgente de sanar as seguintes urgências:_x000D_
 Para escoar as águas pluviais das Casas Populares do Conjunto habitacional Brigadeiro Eduardo Gomes, (Aeroporto), abriu-se uma valeta de relativa profundidade; e para que o lixo seja recolhido com mais frequência naquela localidade.</t>
   </si>
   <si>
     <t>8817</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8817/113.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8817/113.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de reparos no campo de futebol do Banco de Areia, no máximo até o dia 04/06/89, ocasião em que ocorrerá naquela localidade uma grande festa esportiva, com a presença de várias equipes de Futebol no local.</t>
   </si>
   <si>
     <t>8820</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8820/114.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8820/114.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de providências urgentes para a regularização do loteamento da Vila Santa Teresinha, desta cidade, pois seus habitantes desejam ardentemente receber documentos que lhes garanta o direito e domínio sobre o imóvel adquirido e ali encravado.</t>
   </si>
   <si>
     <t>8821</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8821/115.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8821/115.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a reforma da casa destinada ao uso da professora da localidade de Jardim da Curva, deste Município, cujo pátio deve ser fechado mesmo que seja com balaústre e arborização de forma a tornar um ambiente aprazível.</t>
   </si>
   <si>
     <t>8831</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8831/116.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8831/116.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o cascalhamento da estrada que partindo de Sabugueiro passando por Rio Claro, vai encontrar a sede do Distrito de Ariranha.</t>
   </si>
   <si>
     <t>8832</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8832/117.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8832/117.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o conhecimento de que na cidade proliferam bares dirigidos por mulheres de conceito duvidoso e meretrizes; e, hotéis suspeitos de rotatividade bem acima do normal, que comprometem a moral e os bons costumes, dando uma falta impressão e uma injusta conotação de cidade onde práticas absurdas são consumadas, aos olhos das autoridades, sem nenhum percalço._x000D_
 É preciso espancar essa impressão ruinosa, impedindo que tais estabelecimentos continuem a crescer em número e transmitir a imagem da nudez despudorada ou expondo a face grotesca e imoral sem limite._x000D_
 Por isso a nossa sugestão para que os estabelecimentos sejam visitados constantemente a nível de fiscalização e apanhados em infração que deponha contra a moral, punidos com a cassação do alvará._x000D_
 O policiamento duro e constante certamente impedirá que pessoas sem as mais elementares condições morais se aventurem a dirigir tais estabelecimentos.</t>
   </si>
   <si>
     <t>8833</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8833/118.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8833/118.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto ao Chefe do Poder Executivo de Jardim Alegre, para em conjunto procederem o cascalhamento da estrada que partindo de Bem-te-vi vai até Alvorada, numa extensão de dez quilômetros.</t>
   </si>
   <si>
     <t>8834</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8834/119.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8834/119.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a poda nas árvores da praça da Igreja de Jacutinga, as quais jamais tiveram esse tratamento desde que foram plantadas na gestão do Dr. Manoel Fernandes Silva, tendo portanto alcançado uma altura considerável com troncos avantajados, em face do que sugere que essa poda que se faz tão necessária se revista de cuidados para não prejudicar as árvores, o que poderá ser atendido com consulta ao ITCF., órgão da Secretária da Agricultura e do Abastecimento.</t>
   </si>
   <si>
     <t>8835</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8835/120.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8835/120.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de uma quadra de esporte polivalente no patrimônio de Bem-te-vi neste Município.</t>
   </si>
   <si>
     <t>8836</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8836/121.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8836/121.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas junto ao Ministério do Interior - Secretaria de Assuntos Comunitários SEAC -, cujo Diretor é o sr. Nelson Proença, no sentido de obter recursos para as seguintes obras:_x000D_
 1º - 140 casas mutirão_x000D_
 2º - Construção de novas creches e melhoramentos das já existentes, porquanto temos conhecimento que existem recursos para esse tipo de obras, dependendo tão somente de procurar os canais competentes na esfera federal.</t>
   </si>
   <si>
     <t>8837</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8837/122.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8837/122.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas junto ao Ministério da Educação, no sentido de obter recursos para as seguintes obras:_x000D_
 1º - Escolas públicas na zona rural e urbana do município;_x000D_
 2º - Canchas esportivas.</t>
   </si>
   <si>
     <t>8840</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8840/123.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8840/123.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine medidas junto à Secretaria de Viação e Obras públicas no sentido de proceder as melhorias necessárias na estrada que liga a sede do Município, às divisas com Jardim Alegre com cascalhamento onde se fazer necessário, trabalho este que não vai onerar o município porquanto cascalhamento será num trecho apenas de mais ou menos 100 metros._x000D_
 Esta indicação refere-se ao trecho via Jardim Itaipu. mais precisamente saída para Barra Preta.</t>
   </si>
   <si>
     <t>8843</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8843/124.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8843/124.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas junto à Secretaria de Viação e Obras Públicas e Departamento de Engenharia da Municipalidade, no sentido de providenciar o seguinte:_x000D_
 1º - Galerias de águas pluviais, na Av. Amazonas, no trecho compreendido entre a Av. Souza Naves e a Av. Maranhão, porquanto as águas de chuvas, estão provocando uma erosão muito grande, fazendo valetas enormes, causando uma calamidade pública, porquanto está até mesmo impedindo altamente o acesso de veículos a algumas casas ali existentes, em cujas casas é possível chegar apenas  à pé._x000D_
 2º - Fazer o serviço de terraplanagem no largo Marechal Deodoro, existente entre a Av. Tancredo Neves e a Av. Amazonas, a fim de que, oportunamente torne-se uma praça de verdade, porquanto hoje a falta de terraplanagem naquele Largo , está contribuindo barbaramente para provocar a erosão junto às propriedades que estão abaixo, conforme será constatado por essa Municipalidade. Mais de 50% do referido Largo já está circulado por vias asfálticas.</t>
   </si>
   <si>
     <t>9078</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Nilton Coelho, Antônio Raizer, Graça Moraes, João Costa, Jorge Kawano, Laudelino Leão, Nicodemos da Silva, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9078/125.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9078/125.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a implantação de uniforme a ser fornecido por essa Municipalidade, para uso dos "garis".</t>
   </si>
   <si>
     <t>8860</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8860/126.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8860/126.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade da abertura de concorrência pública para a concessão de transporte coletivo neste Município, principalmente nas linhas interdistritais, em especial a que demanda desta cidade a sede do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>8861</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8861/127.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8861/127.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade da construção de muro circundado o cemitério municipal do distrito de Jacutinga.</t>
   </si>
   <si>
     <t>8862</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8862/128.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8862/128.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, reparos a serem procedidos com urgência nas vias públicas do Jardim Luiz XV, bem como a poda das árvores daquela área urbana.</t>
   </si>
   <si>
     <t>8863</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8863/129.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8863/129.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade da ampliação do sistema de abastecimento de água do distrito de Santa Bárbara, deste Município.</t>
   </si>
   <si>
     <t>8865</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8865/130.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8865/130.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudo de viabilidade de construção de casas populares na sede do distrito de Jacutinga, pelo sistema mutirão.</t>
   </si>
   <si>
     <t>8866</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8866/131.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8866/131.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de uma creche, na sede do distrito de Alto Porã, deste Município.</t>
   </si>
   <si>
     <t>8867</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8867/132.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8867/132.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade da instalação de um posto de saúde na sede do distrito de Alto Porã.</t>
   </si>
   <si>
     <t>8868</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8868/133.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8868/133.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto ao órgão competente, a fim de que no PS. da Telepar em Alto Porã, seja acrescida mais uma linha, passando de duas para três.</t>
   </si>
   <si>
     <t>8870</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8870/134.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8870/134.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de duas canchas na Vila Nova Porã, sendo uma para malha e outra para bocha.</t>
   </si>
   <si>
     <t>8871</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8871/135.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8871/135.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, tome medidas junto à Secretaria de Viação e Obras Públicas, no sentido de proporcionar os seguintes benefícios no Jardim Luiz XV:_x000D_
 1º) Melhorias das ruas com cascalhamento;_x000D_
 2º) Roçada dos matos ali existentes;_x000D_
 3º) Procedimento da coleta de lixo no citado Jardim.</t>
   </si>
   <si>
     <t>8872</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8872/136.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8872/136.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que determine medidas junto à Secretaria de Viação e Obras Públicas, no sentido de proceder as melhorias necessárias e urgentes na Avenida Maranhão, no trecho compreendido desde a Casa da Amizade do Rotary ou detrás do Ginásio "Luisão", estendendo-se até o Jardim Guanabara, e se possível com cascalhamento.</t>
   </si>
   <si>
     <t>8875</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8875/137.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8875/137.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que determine medidas junto à Secretaria de Viação e Obras Públicas, no sentido de se executar uma rede de esgotos na Vila Santa Maria, onde a camada de terra é de pequena profundidade, não permitindo assim a construção de fossas, provocando daí lamentável cena que presenciamos, o esgoto passando pelas diversas ruas e no quintal das casas daquela Vila.</t>
   </si>
   <si>
     <t>8908</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8908/138.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8908/138.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de uma Cancha de Esportes polivalente na localidade de Nova Aliança.</t>
   </si>
   <si>
     <t>8909</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8909/139.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8909/139.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o cascalhamento da rua Londrina, da Avenida Piauí até o lago, em ratificação à Ind. nº 52.</t>
   </si>
   <si>
     <t>8910</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8910/140.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8910/140.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de se proceder a lavagem do piso da Praça Presidente Kennedy, pelo menos duas vezes por mês.</t>
   </si>
   <si>
     <t>8911</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8911/141.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8911/141.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, na Avenida Paraíba, a partir das proximidades da Cadeia Pública, incluindo a Praça Emílio de Menezes, o asfaltamento.</t>
   </si>
   <si>
     <t>8912</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8912/142.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8912/142.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto ao órgão competente a fim de conseguir a instalação de um Posto de Serviço (PS), da Telepar, na localidade de Serra de Santa Cruz, neste Município.</t>
   </si>
   <si>
     <t>8913</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8913/143.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8913/143.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas o mais urgente, junto aos órgãos competentes, no sentido de que, algumas farmácias permaneçam de plantão das 22 hrs. às 7 horas da manhã da manhã do dia seguinte, pois atualmente, as que atendem durante à noite o fazem apenas até às 22 horas.</t>
   </si>
   <si>
     <t>8914</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8914/144.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8914/144.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que determine com toda urgência possível à Secretaria de Viação e Obras Públicas que proceda a melhoria que se faz necessário, na estrada que liga Romeópolis com Alto do Lajeado, porquanto na mesma estrada existem trechos em estado calamitosa.</t>
   </si>
   <si>
     <t>8915</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8915/145.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8915/145.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, tome urgentes medidas junto à Secretaria da Educação, no sentido de reconstruir com toda urgência possível, a cerca que circula a Escola do Alto Lajeado (única daquela localidade), porquanto a mesma cerca está totalmente desmantelada, dando facilidade para animais e vândalos que por ali transitam à prejudicar o prédio escolar e outras benfeitorias ali existentes.</t>
   </si>
   <si>
     <t>8917</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8917/146.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8917/146.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine medidas o mais urgente possível à Secretaria de Viação e Obras Públicas, no sentido de que seja feita a limpeza da Praça localizada no cruzamento da rua Arapongas com a Av. Tancredo Neves, pois atualmente é um foco de despejo de lixos, entulhos, matos, etc. e que num futuro próximo estude a viabilidade de se construir ali um parquinho de diversões infantis.</t>
   </si>
   <si>
     <t>8920</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8920/147.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8920/147.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, tome medidas o mais urgentes possível, junto aos Setores competentes, no sentido de que, seja reaberto o Posto de Saúde do Patrimônio de Alto Lajeado, o qual foi construído pela Comunidade local e que viabilize também uma assistência médica local, assim como, a destinação de medicamentos para aquela entidade.</t>
   </si>
   <si>
     <t>8921</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8921/148.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8921/148.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas junto à Secretaria de Viação e Obras Públicas, no sentido de que, seja roçado as seguintes artérias públicas:_x000D_
 1º - Avenida Tancredo Neves, trecho compreendido entre a Vila Santa Terezinha e a Avenida Amazonas;_x000D_
 2º - Rua Ceará, trecho compreendido entre a Vila Santa Terezinha e a Avenida Amazonas;_x000D_
 3º - Finalmente, trecho compreendido entre a Vila Santa Terezinha e a Avenida Amazonas, sendo o espaço citado localizado na Av. Maranhão.</t>
   </si>
   <si>
     <t>8922</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8922/149.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8922/149.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a concessão de bolsas de estudos, atualmente distribuídas somente aos professores municipais, que se estendam também aos professores conveniados e servidores do Município, tanto do Executivo como do Legislativo.</t>
   </si>
   <si>
     <t>8923</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8923/150.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8923/150.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o encascalhamento da estrada de ligação da Vila Itaipu via Cinco Encruzo até a divida com o Município de Jardim Alegre.</t>
   </si>
   <si>
     <t>8924</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8924/151.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8924/151.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a reforma de uma quadra de esportes construída pela Prefeitura Municipal de terreno da Mitra Diocesana de Apucarana, na localidade de Romeópolis, a qual necessita de reparos no piso, iluminação e cerca.</t>
   </si>
   <si>
     <t>8925</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8925/152.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8925/152.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de acostamento nas imediações do resfriamento de leite da CATIVA, facilitando a entrada e saída de veículos naquela indústria, diminuindo os riscos de acidente, visto a mesma se encontrar instalada uma curva acentuada da Rua Faxinal, via de acesso secundário à Jardim Alegre, onde não há acostamento.</t>
   </si>
   <si>
     <t>8926</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8926/153.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8926/153.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos de melhorias no trevo principal da PR 466, que seja com sinalização especial, iluminação ou outra providência julgada adequada que previna acidentes.</t>
   </si>
   <si>
     <t>8927</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8927/154.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8927/154.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, reparos na Avenida Maranhão a partir do Ginásio de Esportes Luizão até a Rua Sertanópolis, desobstruindo aquela via pública de sorte a oferecer ao público livre trânsito.</t>
   </si>
   <si>
     <t>8929</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8929/155.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8929/155.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, tome medidas e mais urgente possível, no sentido de agilizar todos os recursos cabíveis, junto aos órgãos competentes, no sentido de que, os nossos jovens que estão atingindo a idade de 16 anos, sejam incentivados a se qualificarem como eleitores, a fim de que, pela primeira vez participem do processo eleitoral, alusivo ao mais alto cargo da Nação e, que ocorrerá em 15 de novembro próximo, de cujo processo estamos ausentes há vinte e nove anos.</t>
   </si>
   <si>
     <t>8930</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8930/156.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8930/156.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, no sentido de que, o mesmo atue junto aos Órgãos de Segurança no tocante a construção de um módulo policial defronte à Escola Estadual Bento Mussurunga, com o intuído de prevenir os constantes assaltos e roubos que tem ocorrido ultimamente.</t>
   </si>
   <si>
     <t>8931</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8931/157.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8931/157.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, que agilize medidas junto à Secretaria de Viação e Obras Públicas, no sentido de ser aberta a rua José Bonifácio, da Vila João XXIII, Jardim Brasília e Ouro Preto, e que é a última rua no sentido descendente, tendo o percurso rente ao Lagoão.</t>
   </si>
   <si>
     <t>8932</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8932/158.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8932/158.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, atue com toda a urgência possível, junto à Secretaria de Viação e Obras Públicas, a fim de que, seja instalado um redutor de velocidade (quebra-molas), na Av. Brasil, nas proximidades da Farmácia Bom Jesus, próximo à Rua Rolândia, por se tratar de trecho onde os veículos desenvolvem grande velocidade, ameaçando sérios riscos aos pedestres e também onde já tem ocorrido acidentes automobilísticos fatais, tratando-se ainda de uma via muito trafegada pela classe estudantil, dado as escolas existentes nas proximidades e também por um grande número de pessoas que participam das muitas Igrejas (templos) edificados naquelas imediações.</t>
   </si>
   <si>
     <t>8933</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8933/159.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8933/159.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, com urgência, entre em contato com a COPEL - Companhia Paranaense de Energia e tome medidas no tocante à reativação das luminárias instaladas em Super Postes (forma cônica, com 4 lâmpadas cada um), nos seguintes pontos críticos e que se encontram em total escuridão, onde são praticados atos indecorosos, tais como necessidades fisiológicas, atos sexuais e porque não dizer ainda da prática de roubos e assaltos:_x000D_
 1º - Uma defronte à rodoviária antiga_x000D_
 2º - Uma na praça em frente ao Armazém do Moraes_x000D_
 3º - Uma defronte da El Cid Decorações_x000D_
 4º - Uma defronte ao Centro Social Urbano_x000D_
 5º - Duas defronte à Escola Estadual Bento Mussurunga_x000D_
 6º - Uma defronte ao Núcleo Regional da Secretaria da Agricultura.</t>
   </si>
   <si>
     <t>8934</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8934/160.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8934/160.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências urgentes a fim de que seja fiscalizado com mais rigor o lago construído na gestão anterior, impedindo que o mesmo se torne um depósito de lixo e se transforme num ninho de insetos e consequentemente um foco transmissor de doenças epidêmicas._x000D_
 Providências enérgicas a serem tomadas contra tais elementos, bem como a reposição da árvore em alusão.</t>
   </si>
   <si>
     <t>8935</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8935/161.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8935/161.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto às autoridades competentes a fim de que sejam tomadas sérias e enérgicas providências com referência ao tráfego de veículos nas vias públicas da cidade, de atendimento as normas de trânsito, de sorte que circulam incompletos, sem para-lamas, sem faróis, cm sinaleiros deficientes, até sem bancos, tendo por vezes bancos improvisados.</t>
   </si>
   <si>
     <t>8936</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8936/162.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8936/162.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente à Secretaria de Viação e Obras Públicas agilizem medidas no tocante à melhorias na Rua das Flores na Vila Operária, que é a principal artéria viária daquela Vila, com encascalhamento, pois se torna praticamente intransitável em dias chuvosos.</t>
   </si>
   <si>
     <t>8937</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8937/163.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8937/163.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria da Educação, Esportes e Lazer, agilize medidas no tocante à cobertura da Quadra de Esportes do Centro Social Urbano, para que a mesma possa ser utilizada mesmo em tempos chuvosos.</t>
   </si>
   <si>
     <t>8939</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8939/164.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8939/164.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto à Secretaria de Viação e Obras Públicas, agilize medidas no tocante a melhorias na Rodovia que liga Jardim Iporã com a Água do Milagre e se possível com encascalhamento.</t>
   </si>
   <si>
     <t>8940</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8940/165.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8940/165.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Cia. de Saneamento do Paraná - SANEPAR -, agilize medidas para a instalação de água potável na rua que se segue após a Fábrica de Manilhas da Municipalidade, prolongamento da Rua Bandeirantes, visando beneficiar as inúmeras casas que lá se encontram prejudicadas nesse aspecto, principalmente onde residem as famílias cujos tutores não são funcionários da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>8941</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8941/166.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8941/166.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, em conjunto com a Secretaria de Viação e Obras Públicas e o Serviço Autônomo de Saneamento e Pavimentação - SASP - agilizem medidas o mais urgente possível no sentido de abertura e asfaltamento da Avenida Piauí, no trecho compreendido entre a Rua Bandeirantes e a Rua Arapongas._x000D_
 Outrossim, na impossibilidade de se asfaltar a citada via, no momento ressalta a necessidade de, pelo menos encascalhamento para que se tenha um tráfego mais condizente pois todas as vias circunvizinhas são asfaltadas.</t>
   </si>
   <si>
     <t>8942</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8942/167.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8942/167.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o envio de mensagem a este Legislativo, dando um reajuste salarial aos servidores do município que atinja pelo menos o índice da inflação e não apenas 10% como foi o deste mês._x000D_
 Sugere-se um aumento de 50% para quem ganha salário mínimo e 30% para os demais.</t>
   </si>
   <si>
     <t>8943</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8943/168.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8943/168.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto aos órgãos e autoridades competentes, acionando o poder público, através do Deputado Hélio Duque e demais Deputados que receberam votos neste Município, solicitando o empenho dos mesmos a fim de que se consume a instalação da Junta de Conciliação e Julgamento da Justiça do Trabalho, criada por Lei Federal e ainda não instalada em Ivaiporã.</t>
   </si>
   <si>
     <t>8944</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8944/169.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8944/169.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de se fazer nova pintura no Centro de Saúde desta cidade o que dará um melhor aspecto, e melhor condição de higiene.</t>
   </si>
   <si>
     <t>8945</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8945/170.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8945/170.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias para a aquisição de maquinários, implementos e acessórios, para a implantação de uma panificadora e um pastifício, destinados a proporcionar gratuitamente a população carente desta cidade e comunidades deste Município, alimentos básicos essenciais, derivados do trigo e congêneres.</t>
   </si>
   <si>
     <t>8946</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8946/171.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8946/171.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providencias necessárias, a fim de que as Igrejas, se ainda não foram, sejam isentadas do pagamento da taxa de contribuição de melhorias correspondente a meios fios, guias, sarjetas e galerias de águas pluviais, bem como do pagamento do revestimento asfáltico que envolvem os templos.</t>
   </si>
   <si>
     <t>8947</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8947/172.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8947/172.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias, para a implantação da estação repetidora de som e imagem de televisão, propiciando à população a oportunidade de opção entre quatro canais de televisão, ou seja: Rede Globo, SBT, Manchete e Bandeirantes, com um custo de Cz$ 84.000,00. Trabalho esse que seria desenvolvido por técnico das duas últimas TVs na estação repetidora já existente, segundo informado.</t>
   </si>
   <si>
     <t>8948</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8948/173.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8948/173.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto aos órgãos competentes, convocando a participação do Deputado da região, Orlando Pessuti, a fim de dotar a localidade de Santa Bárbara de água potável, perfurando um ou mais poços semi-artes 1 anos, tantos quantos forem necessários para o abastecimento de tão precioso líquido.</t>
   </si>
   <si>
     <t>8949</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>João Costa, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8949/174.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8949/174.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, urgência e necessidade premente do reinício das obras do Cemitério Municipal, tais como: calçamento das ruas daquele campo santo, a fim de evitar erosão, e em especial, a construção do muro que o circunda, pois falta ainda uma lateral inteira e parte de outra, de maneira que o cemitério encontra-se inteiramente aberto, servindo de refúgio para desocupados, malfeitores e pessoas dadas a bagunças obscenidades, etc...</t>
   </si>
   <si>
     <t>8950</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8950/175.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8950/175.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de guias e sarjetas na rua da Igreja da sede do Distrito de Romeópolis, bem como a arborização das ruas principais daquele Distrito.</t>
   </si>
   <si>
     <t>8951</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8951/176.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8951/176.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o revestimento asfáltico nas ruas laterais da sede do Distrito de Arapuã, como naquela que passa pela frente da Igreja Congregação Cristã no Brasil e na que já contam com meio-fio.</t>
   </si>
   <si>
     <t>9077</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Hélio Matias, Antônio Raizer, Graça Moraes, João Costa, Jorge Kawano, Laudelino Leão, Lázaro Bueno, Nilton Coelho, Sérgio Chaves, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9077/177.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9077/177.pdf</t>
   </si>
   <si>
     <t>Aos Excelentíssimos Senhores Secretário de Estado dos Transportes, Prefeito Municipal desta cidade e Deputado da Região Orlando Pessuti, o revestimento asfáltico da estrada que demanda de Arapuã, passando pela localidade de Perobinha, venda do Schimanski, seguindo pela divisa da Fazenda Corumbataí, conhecida por Sete Mil Alqueires, alcançada a ponte nova no Rio Corumbataí, ligando com o Município de Nova Tebas, através da localidade de Alvorada.</t>
   </si>
   <si>
     <t>8952</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8952/178.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8952/178.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências necessárias no sentido de se proceder a demolição completa do antigo estabelecimento comercial denominado Chaparrau, na Avenida Souza Naves, eis que as instalações sanitárias continuam em pé, isoladas no centro de um terreno triangular, servindo bandalheiras, obscenidades, prostituição e local de uso e distribuição de drogas.</t>
   </si>
   <si>
     <t>8953</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8953/179.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8953/179.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias, a fim de ser implantado no Centro de Saúde, um plantão médico, para atendimento no período noturno, de casos de emergência, de pessoas carentes.</t>
   </si>
   <si>
     <t>8954</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8954/180.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8954/180.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a instalação de luminárias no trecho de estrada que liga esta cidade à Vila Nova Porã, a partir do Colégio Estadual "Raul Rodrigues Gomes".</t>
   </si>
   <si>
     <t>8955</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8955/181.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8955/181.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o encascalhamento da estrada que liga o IBC, na Vila Nova Porã, à localidade de Santa Luzia, o que dará maior segurança e conforto àquela comunidade e aos que habitam ao longo da estrada.</t>
   </si>
   <si>
     <t>8956</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8956/182.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8956/182.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a instalação de água potável no bairro Santa Luzia, Distrito de Jacutinga deste Município, ficando desde logo esclarecido, pois sabemos que nas épocas de seca falta água naquela localidade.</t>
   </si>
   <si>
     <t>8957</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8957/183.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8957/183.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a instalação de um banheiro sanitário, na Av. Souza Naves._x000D_
 Nas proximidades do Bar e Pastelaria Avaí, pois sabemos que beneficiará um grande números de pessoas que por ali circulam.</t>
   </si>
   <si>
     <t>8958</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8958/184.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8958/184.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias visando contemplar os servidores do Município, que sejam estatutários, celetistas, contratados durante a vigência do contrato ou de qualquer outra forma de vínculo se julgado com direito pela administração, com a possibilidade de adquirir alimentos, especialmente os que compõe a cesta básica e se for viável, também outras mercadorias a preço de custo, criando-se um sistema de compras programadas com crédito ajustado de forma que o vencimento seja coincidente com o pagamento do pessoal para que juntamente com a liquidação da folha de pagamento, sejam resgatadas as quantias gastas pelos beneficiários.</t>
   </si>
   <si>
     <t>8959</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Jorge Kawano, João Costa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8959/185.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8959/185.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, envie um ofício à Administração da Empresa Princesa do Ivaí, a fim de que, a mesma estude a possibilidade de vender passagens do centro da cidade até o trevo, beneficiando assim os moradores do Jardim Europa, Jardim Belo Horizonte, Jardim Ouro Preto e outros.</t>
   </si>
   <si>
     <t>8960</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8960/186.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8960/186.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, em conjunto com a Secretaria da Educação, agilize medidas no sentido de uniformizar aos componentes da Banda Musical de Ivaiporã, porquanto os mesmos se encontram desprovidos de tais uniformes pra suas apresentações.</t>
   </si>
   <si>
     <t>8961</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8961/187.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8961/187.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto à Secretaria de Educação e Obras Públicas, determine o devido reparo na ponte localizada entre a Vila Santa Terezinha e o Jardim Iporã, passando sobre o Rio Pindauva, pois a mesma se encontra em estado lastimável e, se medidas urgentes não forem tomadas, a mesma tornar-se-á intransitável dentro de pouco tempo, prejudicando enormemente os que por lá precisam transitar, sendo uma saída de grande movimento de tráfego.</t>
   </si>
   <si>
     <t>8962</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8962/188.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8962/188.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o encascalhamento da estrada que vai da cidade ao local onde se encontra a bica que supre de água o carro pipa.</t>
   </si>
   <si>
     <t>8963</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8963/189.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8963/189.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a iluminação pública na Rua Andirá, defronte à Escola Estadual Bento Mossurunga, nesta cidade e bem assim o calçamento do passeio na parte frontal daquela escola que dá para a mesma Rua Andirá.</t>
   </si>
   <si>
     <t>8964</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8964/190.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8964/190.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de se proceder uma pintura na Escola da Serrinha.</t>
   </si>
   <si>
     <t>8965</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8965/191.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8965/191.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de esgotar a fossa da Escola Estadual de Romeópolis, para evitar que esta venha vazar e causar problemas, eis que se encontra pelas bordas.</t>
   </si>
   <si>
     <t>8966</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8966/192.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8966/192.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências cabíveis a fim de que o ônibus que transporta os alunos de Santa Bárbara (do Rio do Nilo) para Arapuã o faça com regularidade, diariamente, pois o mesmo tem feito o trajeto esporadicamente prejudicando a frequência dos alunos à escola e consequentemente o seu aprendizado.</t>
   </si>
   <si>
     <t>8967</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8967/193.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8967/193.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências visando viabilizar a contratação de um cirurgião dentista para atender os alunos carentes das escolas da cidade e periferia, na Escola Estadual Bento Mossurunga que dispõe de um moderno consultório dentário.</t>
   </si>
   <si>
     <t>8975</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8975/194.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8975/194.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a criação do ensino de 5ª a 8ª série na localidade de Bem-te-vi, em virtude do relevante número de alunos que pretendem o curso e a distância que os separa do local mais próximo que conta com os mesmos.</t>
   </si>
   <si>
     <t>8978</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8978/195.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8978/195.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto a Justiça Eleitoral, a fim de exigir dos partidos políticos e seus candidatos a limpeza dos muros que por eles foram usados para propaganda eleitoral e também gestões junto ao setor policial, Delegado e comandante da Cia. da Polícia para dar fim as pichações.</t>
   </si>
   <si>
     <t>8979</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8979/196.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8979/196.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias, a fim de que os motoristas de ônibus escolares sejam contemplados com um símbolo ou referência a mais no seu salário, ou percebam hora extra pelo seu trabalho além do horário previsto em lei.</t>
   </si>
   <si>
     <t>8985</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8985/197.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8985/197.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade, se não de um módulo policial, pelo menos de uma guarita, talvez até móvel, com capacidade para duas ou apenas para uma pessoa pelo menos.</t>
   </si>
   <si>
     <t>8997</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8997/198.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8997/198.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a perfuração de um poço semi-artesiano na localidade no Alto Patrimônio, onde a população se abastece de água potável de mina, manancial que desaparece em tempo de seca, causando muitos transtornos à toca a comunidade.</t>
   </si>
   <si>
     <t>8999</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8999/199.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8999/199.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de, num processo tipo arrastão patrolar todas as ruas da cidade e vilas adjacentes, sob a fiscalização do Chefe do Setor, pois apensar do esforço e do trabalho já realizado há muita queixa de que certas ruas não foram patroladas e existem valetas com mais de metro de profundidade impedindo o livre trânsito.</t>
   </si>
   <si>
     <t>9000</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9000/200.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9000/200.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a delegação de poderes e as determinações cabíveis ao Departamento de Educação e Cultura de Ivaiporã, a fim de que o seu Diretor, Professor Paulo Maia de Oliveira proceda junto à Diretoria do Museu Paranaense as gestões necessárias para brindar esta comunidade com a apresentação da História, através da instalação do Museu do Índio e do Negro nesta cidade.</t>
   </si>
   <si>
     <t>9003</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Nilton Coelho, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9003/201.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9003/201.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, estudos de viabilidade para a alteração do nome da Praça ou largo defronte ao escritório do IBC., para o nome de Shigueru Makita, precursor das indústrias Makita, que por longos anos residiu nesta cidade e aqui terminou seus dias.</t>
   </si>
   <si>
     <t>9007</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Laudelino Leão, João Costa</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9007/202.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9007/202.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões e o máximo esforço junto aos órgãos competentes, principalmente da Previdência Social, para que Ivaiporã possa contar com um serviço eficiente de Assistência Social.</t>
   </si>
   <si>
     <t>9008</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9008/203.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9008/203.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de duas ciclovias, a saber: uma paralela a via pública que partindo desta cidade vai até o trevo da PR. 466, no Jardim Aeroporto, conjunto residencial Brigadeiro Eduardo Gomes e outra margeando a estrada que vai desta cidade à Vila Nova Porã.</t>
   </si>
   <si>
     <t>9010</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9010/204.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9010/204.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a tomar medidas necessárias e cabíveis, no sentido de determinar aos responsáveis pelo pátio e oficina mecânica, que doravante fique terminantemente, proibido o estacionamento de carros particulares naquele local.</t>
   </si>
   <si>
     <t>9011</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9011/205.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9011/205.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine o cascalhamento da Rua Principal da Vila São Pedro, saída para Ariranha, por se tratar de uma via de grande fluxo , com declive e que em dias chuvosos traz grandes transtornos para aqueles que por lá transitam.</t>
   </si>
   <si>
     <t>9013</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Jorge Kawano, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9013/206.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9013/206.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine uma ampla e atraente divulgação sobre o interesse da industrialização de nossa cidade, através da qual Ivaiporã abra as portas para que Industrias ou Empresas e grande porte se instalem em nossa cidade, oferecendo terrenos, terraplanagem, isenção de impostos por um determinado período, asfalto e outros benefícios que se fizerem necessários. Para tanto devemos contar com todos os meios de comunicação possíveis, como jornais, rádios (como a Rádio Ubá que sempre nos prestigia), televisão, como temos visto recentemente a nossa cidade de Ivaiporã divulgando o seu comércio. Julgamos também ser de grande valia a colocação de placas sob forma de "Outdoors" ao longo das rodovias proximais, e na entrada da cidade.</t>
   </si>
   <si>
     <t>9014</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Jorge Kawano, Hélio Matias, Lázaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9014/207.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9014/207.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente aos Órgãos competentes, determine a elaboração da Legislação sobre a arborização urbana. Tal determinação se faz absolutamente necessária, porquanto num período em que lutamos tanto pela preservação do verde e do meio ambiente, é evidente e necessária a arborização de nossa cidade e dos distritos como está sendo feito, mas de maneira organizada e orientada e nesse aspecto o Instituto de Terras, Cartografia e Florestas - ITCF - se coloca à inteira disposição para qualquer elucidação.</t>
   </si>
   <si>
     <t>9015</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9015/208.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9015/208.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, visando maior valorização e estímulo à atleta Joana Aparecida Caetano, para que continue sua brilhante carreira e assim divulgue o nome de nossa cidade, como já o fez em São Paulo, Capital, onde conquistou o primeiro lugar na modalidade de atletismo que disputou, em campeonato brasileiro, e, em Medellín, na Colômbia, onde amealhou o terceiro lugar no campeonato Sul-Americano._x000D_
 Entretanto, para que isto continue acontecendo e ela permaneça no Município, é preciso que este lhe dê interesse econômico-financeiro, se não o equivalente ao que já lhe ofereceu a rede de Supermercados Pão de Açúcar, para que ela integre a sua equipe de atletismo, pelo menos seja contratada com um salário justo que possibilite o seu sustento e a continuidade de sua carreira desportiva, ligado ao atletismo.</t>
   </si>
   <si>
     <t>9016</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9016/209.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9016/209.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção de guias e sarjetas e o encascalhamento de um trecho da Rua Rio Grande do Norte, (proximidades da serraria), na confluência com a rua Vereador Juarez Cleve, antiga rua Alagoas.</t>
   </si>
   <si>
     <t>9017</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9017/210.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9017/210.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto aos órgãos competentes, para evitar maiores problemas, principalmente à saúde da população, já que existe no comércio, em vendas e supermercados produtos alimentícios deteriorados que estão sendo vendidos como mercadorias sadias.</t>
   </si>
   <si>
     <t>9018</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Jorge Kawano, Nicodemos da Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9018/211.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9018/211.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, viabilize o reparo na ponte sobre o Rio Laranjeiras, a primeira ponte logo após a Vila de Furnas, no sentido cidade - Santa Bárbara. Tal ponte que é transito de uma estrada de grande movimento, se reparada a tempo, ou seja, a curso prazo, trará além dos benefícios de fácil tráfego, um custo menos elevado.</t>
   </si>
   <si>
     <t>9019</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9019/212.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9019/212.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, encaminhe ofício à Secretaria da Agricultura e Abastecimento - Departamento do CEASA, no sentido de requerer o Mercado Popular para Ivaiporã ou outros benefícios alimentares como Sacolão, Cestas Básicas ou Compras Comunitárias.</t>
   </si>
   <si>
     <t>9020</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9020/213.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9020/213.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com o Departamento de Cultura, Esportes e Lazer, determinem medidas no tocante à construção de uma quadra de esportes no Patrimônio Bem-te-vi e que seja enquadrado dentro daquele requerimento enviado ao Ministério da Educação em Brasília, com a maior urgência possível, dando condições de nossa gente daquela localidade praticar pelo menos algum tipo de esportes, porquanto Esporte e saúde, lazer e cultura.</t>
   </si>
   <si>
     <t>9021</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9021/214.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9021/214.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas determinando a construção de um poço artesiano no Patrimônio de Bem-te-vi, Distrito de Arapuã, tendo em vista que, a água fornecida àquela localidade é oriunda de uma pequena fonte, a qual em dias de estiagem não atende satisfatoriamente as necessidades dos moradores locais, trazendo um grande prejuízo sobremodo no que diz respeito à preservação da saúde que é algo de mais valoroso de nossa vida.</t>
   </si>
   <si>
     <t>9022</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Jorge Kawano, Antônio Raizer</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9022/215.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9022/215.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, viabiliza medidas junto à Copel - Cia. Paranaense de Energia, a fim de que sejam colocadas luminárias nas ruas Bangu, Tijuca e Leblon do Jardim Guanabara nº 02, as quais estão às escuras, sendo que já existem os postes respectivos. Sabedores que somos que a COPEL está procedendo um levantamento geral no Município extensão da rede de energia elétrica e colocação de luminárias, porém dada a extrema necessidade de tal benefício, solicitam do Executivo que seja dado prioridade àquele Jardim.</t>
   </si>
   <si>
     <t>9024</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9024/216.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9024/216.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que seja implantado o sistema de esgotos sanitários na cidade, obra há muito reclamada, estão sendo quebradas as calçadas que compõem os passeios._x000D_
 Diante desse quadro, sugere-se que o tipo de calçamento seja padronizado, devendo os padrões serem estabelecidos pelo Poder Executivo, o que será feito com critério que a própria idoneidade administrativa recomenda._x000D_
 Observadas as propriedades e vocações de cada rua ou avenida, segundo a sua utilização, darão um aspecto citadino mais condizente com a urbanização.</t>
   </si>
   <si>
     <t>9027</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9027/217.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9027/217.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, providências relativas à limpeza da área utilizada pela feita livre, de preferência destacando-se um funcionário do setor próprio dessa Prefeitura, para realizar esse trabalho nos locais e imediatamente após a retirada das barracas da feira, tornando o espaço limpo, eis que os resíduos das barracas da feira, tornando o espaço limpo, ais que os resíduos infestam as áreas utilizadas, deixando um aspecto simplesmente horrível, as vezes espalhando-se pelas ruas._x000D_
 Os que se utilizam de tais espaços devem concorrer com uma taxa para sua limpeza, ou exigir-se que eles próprios o façam sob a orientação da fiscalização que age na área.</t>
   </si>
   <si>
     <t>9028</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9028/218.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9028/218.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a construção da escola Fernão Dias Pais, situada na estrada (Painerinha) Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>9029</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9029/220.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9029/220.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias, a fim de se dar atendimento ao abaixo assinado anexo contendo setecentas e vinte assinaturas, que fora encaminhado a esta Câmara e visa a alteração de nome da Praça Presidente Kennedy, no coração desta cidade, para Praça Professora Maria Cristina, local onde foi colhida por morte natural e tombou sem vida em pleno exercício do magistério.</t>
   </si>
   <si>
     <t>9030</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9030/221.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9030/221.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências cabíveis, a fim de que seja proibido, fiscalizando-se de sorte a não mais permitir que as ruas dos bairros e Vilas sejam usadas como uma espécie de despejo de águas já usadas na lavagem de roupas e outras utilizações, causando um mal estar geral._x000D_
 Como solução sugere-se a utilização de fossas comuns, o que sem dúvida fará cessarem as reclamações da populações da periferia da cidade, cujas reclamações são constantes.</t>
   </si>
   <si>
     <t>9031</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9031/222.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9031/222.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões no sentido de dotar de revestimento primário, encascalhando a estrada que passando por Perobinha, antiga Venda do Chimanski, segue pela linha divisória da Fazenda cognominada de Sete Mil Alqueires até alcançar a ponte Nova, no limite do Município de Nova Tebas, via Alvorada._x000D_
 A estrada em questão foi objeto de indicação deste Vereador na qual se pedia o revestimento asfáltico. Como tal não será possível e estando a ponte acima enunciada, prestes a ser inaugurada, sugere-se o seu encascalhamento, de sorte que fique pronto e acabado para o ato da inauguração.</t>
   </si>
   <si>
     <t>9032</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9032/223.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9032/223.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias a fim de que a Praça defronte ao anfiteatro do IBC, receba alguma espécie de luminária, para que saia da escuridão.</t>
   </si>
   <si>
     <t>9033</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9033/224.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9033/224.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que o caso requer, para a instalação de um telão no Centro Social Urbano desta cidade, para dar lazer e saber gratuito à juventude de nossa terra.</t>
   </si>
   <si>
     <t>9034</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Jorge Kawano, Lázaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9034/225.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9034/225.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto à Telepar e outros órgãos competentes, viabilize a instalação de um telefone no Posto Rodoviário da Polícia Militar junto ao Porto Ubá, um dos poucos postos rodoviários que não contam com este importante meio de comunicação._x000D_
 Reforçamos essa Indicação, pois num mundo ou quase submundo em que vivemos, e que não tenhamos dúvida que a deseducação, a fome, o desemprego, que se alastram a passos largos neste nosso país, tais fatores infelizmente tem contribuído para que o índice de criminalidade e de roubo aumente a cada dia que passa. É evidente que seria melhor prevenir do que reprimir, mas estando impossibilitados de assim agirmos a curso prazo, a repressão por parte dos policiais rodoviários que ali prestam serviço, se tornará sem dúvida mais eficiente com a instalação de um telefone.</t>
   </si>
   <si>
     <t>9035</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9035/226.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9035/226.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine a limpeza da praça existente entre o Cemitério Municipal e as Casas Populares._x000D_
 Tal praça que assim não pode ser denominada, mas sim local de depósito de lixo e entulhos, exige sem dúvida uma limpeza o mais breve possível, pois além de melhorar o aspecto visual urbanístico daquele local, estaremos contribuindo para uma não agressão maior ao meio ambiente.</t>
   </si>
   <si>
     <t>9039</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9039/227.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9039/227.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine o cascalhamento entre a Indústria Café Terreiro e a rodovia de acesso ao trevo da PR 466.</t>
   </si>
   <si>
     <t>9040</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9040/228.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9040/228.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, o revestimento primário, ou seja encascalhamento da estrada que partindo da sede do Distrito de Arapuã, já asfaltada, passando pela sede do Distrito de Romeópolis, segue até alcançar a localidade de Alto Lajeado, melhoramento esse que muito beneficiará a região toda e consequentemente o Município, em face da maior eficácia no escoamento da produção.</t>
   </si>
   <si>
     <t>9041</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>Graça Moraes, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9041/229.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9041/229.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a tomada das medidas necessárias, a fim de que não mais seja expedido alvará de licença para comércio ambulante nas praças da cidade, tais como venda de cachorro quente em carrinhos que deveriam de permanecer circulando, mas se fixam em determinados pontos e agem como verdadeiros camelôs._x000D_
 A aplicação dessas normas deve se estender a todos os que vendem produtos alimentares, pois tais carrinheiros se postam em locais de trânsito de pedestres como se o passeio ou praça fossem sua propriedade, dificultando a passagem._x000D_
 Além do mais, esses trambolhos machucam o visual da cidade, por isso há que se tomar uma atitude, impedindo que novos se instalem e retirando de atividade os existentes, ou simplesmente não revalidando os seu alvarás.</t>
   </si>
   <si>
     <t>9042</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9042/230.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9042/230.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, junto à Secretaria de Viação e Obras Públicas, no tocante providenciar um redutor de velocidade (quebra-molas), na Rua Bandeirantes nas proximidades da Fábrica de Móveis Barcelos, por se tratar de uma via de grande declive e de grande movimento de veículos que trafegam para a Vila João XXIII e diversas outras e vice-versa, onde apesar de existir outro quebra-molas logo acima, na Av. Piauí, os carros desenvolvem as mais altas velocidades, trazendo grande perigo àqueles que por ali transitam, razão porque solicitamos agilizar junto à Secretaria acima citada, as medidas mencionadas.</t>
   </si>
   <si>
     <t>9043</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9043/231.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9043/231.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas junto à Secretaria de Viação e Obras Públicas, no sentido de "melhorias" no Parquinho Infantil de Diversões, localizado na Av. Tancredo Neves, esquina com a rua 7 de Setembro, onde necessário se faz a colocação de mais areia e alguns reparos nos vários meios e diversos aparelhos de diversões.</t>
   </si>
   <si>
     <t>9044</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9044/232.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9044/232.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, agilize medidas junto à Secretaria de Viação e Obras Públicas no sentido de serem encascalhadas as ruas do Conjunto Habitacional "Brigadeiro Eduardo Gomes" (Casas Populares do Trevo), visto que nos dias chuvosos a dificuldades de trânsito é muito grande.</t>
   </si>
   <si>
     <t>9046</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9046/233.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9046/233.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, as providências que se fizerem necessárias para a aquisição de uma motoniveladora; uma pá carregadeira e dois caminhões, sendo um basculante e outro destinado à coleta de lixo, usando-se dotações orçamentárias se houver ou créditos especiais, suplementares ou adicionais, com o remanejamento de verbas do orçamento vigente, para o pagamento da entrada e das primeiras prestações, incluindo na lei de meios do próximo ano suporte financeiro suficiente para a cobertura dessas despesas.</t>
   </si>
   <si>
     <t>9048</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9048/234.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9048/234.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de macadamizar, encascalhar ou ensaibrar as ruas da Vila Itaipu, desta cidade, que por se tratar de terreno bastante acidentado, nesta época de tempo chuvoso, encontra-se em situação lastimável com algumas vias intransitáveis.</t>
   </si>
   <si>
     <t>9049</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Antônio Raizer, Graça Moraes, Hélio Matias, Laudelino Leão, Nicodemos da Silva, Nilton Coelho, Sérgio Chaves, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9049/235.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9049/235.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de recuperação do alambrado e pintura da quadra de esportes da sede do Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>9051</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9051/236.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9051/236.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com os órgãos competentes, determine a feitura de calçamento sob forma de um padrão único, ao refazer as calçadas da Avenida Brasil, onde estão sendo executadas as obras da rede de esgoto. Reforçamos tal indicação sugerindo que haja um entendimento prévio com os comerciantes daquela localidade, e que também para não onerarem por demais os cofres públicos da municipalidade, sejam utilizados materiais de um padrão não muito elevado, pois o importante é que haja um critério único de tipo de calçamento.</t>
   </si>
   <si>
     <t>9055</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9055/237.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9055/237.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Polícia Militar - Departamento de Trânsito, viabilize a possibilidade de se estabelecer horários de entrega de mercadorias ao comércio localizado no centro da cidade. Horário esse mais adequado para que caminhões que façam carga ou descarga não venha a obstruir o tráfego de veículos em locais de grande movimento, com a Praça Kennedy, Avenida Brasil, Avenida Paraná, Rua Santa Catarina, entre outros.</t>
   </si>
   <si>
     <t>9056</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9056/238.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9056/238.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, juntamente com a Secretaria de Viação e Obras Públicas, determine que o resultante da poda de árvores como galhos, folhagens, etc., não seja colocado em locais dentro do perímetro urbano, como vem sendo jogado em terrenos da Vila Santa Maria, na Vila Monte Castelo, entre outros. Sugerimos que a destinação dos restos da poda de árvores seja feita num local mais adequado, pois desta forma estaremos contribuindo para um não agressão ao meio ambiente.</t>
   </si>
   <si>
     <t>9057</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9057/239.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9057/239.pdf</t>
   </si>
   <si>
     <t>Por considerar que no próximo ano - 1991 -, Ivaiporã sediará os jogos abertos do Vale do Ivaí, - os JAVIS, Indicar ao Senhor Prefeito Municipal as providências que se fizerem necessárias para levar a efeito a obra de cobertura da quadra de esportes polivalente de Arapuã, o que será mais um esforço na estrutura para garantir o êxito dos JAVIS, oferecendo aos participantes as melhores condições para as disputas e ao mesmo tempo, trará a alegria aos habitantes de Arapuã, que contarão com jogos na sua sede distrital e verão assim completada uma velha aspiração, - a cobertura da sua quadra de esportes.</t>
   </si>
   <si>
     <t>9058</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9058/240.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9058/240.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, determine ao órgão competente da municipalidade, a construção da Praça da Igreja do Perpétuo Socorro, na sede da Vila Nova Porã, desta cidade.</t>
   </si>
   <si>
     <t>9059</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Sérgio Chaves, Laudelino Leão, Lázaro Bueno, Nilton Coelho, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9059/241.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9059/241.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a urgente necessidade de recuperação do alambrado, pintura e colocação de luminárias na quadra de esporte de Ariranha, e construção de quebra molas nas principais ruas da cidade.</t>
   </si>
   <si>
     <t>9060</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9060/242.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9060/242.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, atue junto à Secretaria de Viação e Obras Públicas no sentido de reparar e cascalhar as ruas da Vila João XXIII e vilas adjacentes, tais como os jardins Brasília, Ouro Preto e outros._x000D_
 Outrossim, solicita que esse serviço seja feito também com colocação de manilhas para escoação das águas de chuvas nos lugares que se fizerem necessários.</t>
   </si>
   <si>
     <t>9061</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9061/243.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9061/243.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, tendo em vista a necessidade de nuclearização do ensino que vem sendo adotado pela maioria dos municípios, devido as vantagens que o mesmo traz à educação, cabe sugerir que Ivaiporã se engaje no processo e principie a sua nuclearização a partir do Distrito de Romeópolis, que já possui estrutura física compatível com o processo, contando com prédio de alvenaria, várias salas de aulas, cantina e parte administrativa.</t>
   </si>
   <si>
     <t>9062</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9062/244.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9062/244.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, a necessidade de se criar mais espaço para estacionamento de veículos, especialmente na zona nobre da cidade, destacando-se com muita prioridade, o trecho da Avenida Brasil, a partir da Rua Bandeirantes até a Av. Paraná.</t>
   </si>
   <si>
     <t>9069</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>Laudelino Leão, João Costa, Nilton Coelho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9069/245.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9069/245.pdf</t>
   </si>
   <si>
     <t>I - Obstrução dos passeios (calçadas), obrigando os pedestres transitar na rua pela pista de rolamento com risco de atropelamento, fato que ocorre em muitos locais, porém como exemplos apontam o local defronte o depósito de bebidas da Skol, na Avenida Brasil, constantemente interrompido por veículos e na Rua Bandeirantes ao lado do Hospital Bom Jesus, além de muitos outros;_x000D_
 II - Colheitadeiras estacionadas especialmente próximo de tornos, que pelo seu tamanho e largura tornam difícil o trânsito nesses locais;_x000D_
 III - Carrinhos de sorvetes e de vendas de queijos ou outros comestíveis e de materiais diversos espalhados pela cidade e que se fixam no passeio como se ali estivessem pregados, dificultando o livre trânsito do pedestre, que deve contar com esse espaço, para não se expor a acidentes de trânsito. Como exemplo: há um desses carrinhos na esquina da Rua Londrina com a Avenida Brasil;</t>
   </si>
   <si>
     <t>9073</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>João Costa, Hélio Matias, Zé Balão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9073/246.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9073/246.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões junto aos órgãos competentes e as providências que se fizerem necessárias, para a criação e implantação de um Colégio Agrícola sediado neste Município, para atender as reivindicações, principalmente do Vale do Ivaí, na sua região mais afinada com a agropecuária, criando condições de doação de imóveis e outras facilidades que permitam a sua instalação e funcionamento a partir do próximo ano.</t>
   </si>
   <si>
     <t>9076</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Sérgio Chaves, Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9076/247.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9076/247.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, gestões e providências junto aos Prefeitos e demais autoridades competentes dos Municípios vizinhos, a fim de se estabelecer um consórcio e assim, reunindo várias forças, possibilite a implantação e consecução do tão sonhado Colégio Agrícola de Ivaiporã, cujo objetivo é dotar a região mais pujante do Vale do Ivaí, de técnicos agrícolas, para melhor orientar o homem do campo, de sorte a evitar a sua incerteza na penumbra financeira e o fantasmagórico êxodo rural.</t>
   </si>
   <si>
     <t>10876</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10876/ato_1989_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10876/ato_1989_1.pdf</t>
   </si>
   <si>
     <t>Determina a parte fixa e a parte variável dos subsídios dos Vereadores.</t>
   </si>
   <si>
     <t>10877</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10877/ato_1989_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10877/ato_1989_2.pdf</t>
   </si>
   <si>
     <t>10878</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10878/ato_1989_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10878/ato_1989_3.pdf</t>
   </si>
   <si>
     <t>10879</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10879/ato_1989_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10879/ato_1989_4.pdf</t>
   </si>
   <si>
     <t>10880</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10880/ato_1989_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10880/ato_1989_5.pdf</t>
   </si>
   <si>
     <t>10881</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10881/ato_1989_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10881/ato_1989_6.pdf</t>
   </si>
   <si>
     <t>Determina a parte fixa e a parte variável dos subsídios dos vereadores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4141,68 +4141,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5548/ple-01-89.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5549/ple-02-89.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5550/ple-03-89.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5551/ple-04-89.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5552/ple-06-89.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5553/ple-06-89.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5554/ple-07-89.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5555/ple-08-89.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5557/ple-09-89.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5558/ple-10-89.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5559/ple-11-89.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5560/ple-12-89.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5561/ple-13-89.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5562/ple-14-89.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5563/ple-15-89.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5564/ple-16-89.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5565/ple-17-89.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5566/ple-18-89.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5567/ple-19-89.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5568/ple-20-89.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5569/ple-21-89.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5570/ple-22-89.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5571/ple-23-89.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5572/ple-24-89.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5573/ple-27-89.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5574/ple-28-89.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5575/ple-29-89.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5576/ple-30-89.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5577/ple-31-89.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5578/ple-32-89.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5579/ple-33-89.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4222/pll-01-89.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4223/pll-02-89.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4224/pll-03-89.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4225/pll-04-89.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9083/projeto_de_decreto_01-1989.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9082/projeto_de_decreto_02-1989.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9080/projeto_de_decreto_03-1989.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9072/projeto_de_decreto_04-1989.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9070/projeto_de_decreto_05-1989.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9068/projeto_de_decreto_06-1989.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9067/projeto_de_decreto_07-1989.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9066/projeto_de_decreto_08-1989.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9065/projeto_de_decreto_09-1989.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9064/projeto_de_decreto_10-1989.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3750/pr_1_1989.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3754/pr_3_1989.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3755/pr_4_1989.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3756/pr_5_1989.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3757/pr_6_1989.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3758/pr_7_1989.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3759/pr_8_1989.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3760/pr_9_1989.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3761/pr_10_1989.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3762/pr_11_1989.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3763/pr_12_1989.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3764/pr_13_1989.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3765/pr_14_1989.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3766/pr_15_1989.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8630/1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8635/2.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8636/3.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8637/4.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8638/5.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8640/6.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8642/7.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8643/8.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8644/9.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8645/10.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8646/11.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8647/12.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8648/13.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8649/14.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8651/15.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8653/16.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8654/18.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8655/19.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8656/20.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8657/21.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8658/22.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8659/23.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8660/24.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8661/25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8662/26.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8663/27.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8664/28.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8665/29.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8666/30.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8668/31.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8670/32.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8671/33.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8672/34.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8673/35.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8674/36.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8675/37.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8676/38.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8677/39.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8678/40.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8682/41.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8683/42.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8684/43.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8686/44.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8687/45.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9079/46.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8688/47.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8689/48.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8690/49.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8691/50.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8692/51.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8698/52.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8703/53.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8704/54.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8708/55.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8709/56.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8710/57.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8711/58.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8712/59.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8713/60.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8714/61.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8715/62.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8716/63.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8717/64.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8718/65.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8719/66.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8720/67.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8721/68.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8722/69.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8723/70.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8725/71.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8726/72.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8727/73.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8728/74.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8729/75.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8730/76.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8746/77.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8750/78.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8751/79.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8752/80.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8753/81.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8754/82.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8755/83.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8756/84.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8757/85.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8758/86.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8759/87.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8760/88.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8761/89.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8762/90.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8782/91.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8786/92.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8787/93.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8788/94.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8789/95.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8790/96.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8792/97.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9081/98.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8793/99.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8795/100.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8796/101.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8799/102.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8800/103.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8801/104.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8802/105.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8804/106.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8805/107.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8806/108.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8807/109.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8808/110.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8812/111.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8813/112.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8817/113.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8820/114.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8821/115.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8831/116.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8832/117.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8833/118.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8834/119.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8835/120.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8836/121.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8837/122.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8840/123.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8843/124.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9078/125.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8860/126.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8861/127.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8862/128.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8863/129.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8865/130.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8866/131.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8867/132.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8868/133.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8870/134.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8871/135.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8872/136.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8875/137.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8908/138.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8909/139.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8910/140.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8911/141.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8912/142.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8913/143.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8914/144.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8915/145.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8917/146.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8920/147.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8921/148.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8922/149.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8923/150.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8924/151.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8925/152.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8926/153.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8927/154.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8929/155.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8930/156.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8931/157.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8932/158.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8933/159.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8934/160.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8935/161.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8936/162.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8937/163.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8939/164.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8940/165.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8941/166.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8942/167.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8943/168.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8944/169.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8945/170.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8946/171.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8947/172.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8948/173.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8949/174.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8950/175.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8951/176.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9077/177.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8952/178.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8953/179.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8954/180.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8955/181.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8956/182.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8957/183.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8958/184.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8959/185.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8960/186.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8961/187.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8962/188.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8963/189.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8964/190.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8965/191.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8966/192.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8967/193.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8975/194.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8978/195.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8979/196.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8985/197.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8997/198.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8999/199.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9000/200.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9003/201.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9007/202.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9008/203.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9010/204.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9011/205.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9013/206.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9014/207.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9015/208.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9016/209.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9017/210.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9018/211.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9019/212.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9020/213.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9021/214.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9022/215.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9024/216.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9027/217.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9028/218.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9029/220.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9030/221.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9031/222.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9032/223.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9033/224.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9034/225.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9035/226.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9039/227.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9040/228.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9041/229.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9042/230.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9043/231.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9044/232.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9046/233.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9048/234.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9049/235.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9051/236.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9055/237.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9056/238.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9057/239.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9058/240.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9059/241.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9060/242.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9061/243.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9062/244.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9069/245.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9073/246.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9076/247.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10876/ato_1989_1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10877/ato_1989_2.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10878/ato_1989_3.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10879/ato_1989_4.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10880/ato_1989_5.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10881/ato_1989_6.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5548/ple-01-89.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5549/ple-02-89.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5550/ple-03-89.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5551/ple-04-89.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5552/ple-06-89.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5553/ple-06-89.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5554/ple-07-89.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5555/ple-08-89.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5557/ple-09-89.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5558/ple-10-89.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5559/ple-11-89.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5560/ple-12-89.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5561/ple-13-89.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5562/ple-14-89.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5563/ple-15-89.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5564/ple-16-89.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5565/ple-17-89.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5566/ple-18-89.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5567/ple-19-89.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5568/ple-20-89.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5569/ple-21-89.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5570/ple-22-89.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5571/ple-23-89.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5572/ple-24-89.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5573/ple-27-89.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5574/ple-28-89.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5575/ple-29-89.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5576/ple-30-89.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5577/ple-31-89.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5578/ple-32-89.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/5579/ple-33-89.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4222/pll-01-89.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4223/pll-02-89.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4224/pll-03-89.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/4225/pll-04-89.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9083/projeto_de_decreto_01-1989.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9082/projeto_de_decreto_02-1989.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9080/projeto_de_decreto_03-1989.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9072/projeto_de_decreto_04-1989.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9070/projeto_de_decreto_05-1989.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9068/projeto_de_decreto_06-1989.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9067/projeto_de_decreto_07-1989.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9066/projeto_de_decreto_08-1989.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9065/projeto_de_decreto_09-1989.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9064/projeto_de_decreto_10-1989.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3750/pr_1_1989.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3754/pr_3_1989.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3755/pr_4_1989.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3756/pr_5_1989.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3757/pr_6_1989.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3758/pr_7_1989.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3759/pr_8_1989.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3760/pr_9_1989.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3761/pr_10_1989.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3762/pr_11_1989.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3763/pr_12_1989.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3764/pr_13_1989.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3765/pr_14_1989.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/3766/pr_15_1989.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8630/1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8635/2.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8636/3.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8637/4.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8638/5.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8640/6.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8642/7.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8643/8.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8644/9.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8645/10.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8646/11.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8647/12.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8648/13.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8649/14.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8651/15.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8653/16.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8654/18.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8655/19.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8656/20.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8657/21.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8658/22.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8659/23.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8660/24.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8661/25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8662/26.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8663/27.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8664/28.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8665/29.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8666/30.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8668/31.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8670/32.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8671/33.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8672/34.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8673/35.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8674/36.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8675/37.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8676/38.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8677/39.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8678/40.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8682/41.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8683/42.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8684/43.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8686/44.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8687/45.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9079/46.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8688/47.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8689/48.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8690/49.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8691/50.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8692/51.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8698/52.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8703/53.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8704/54.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8708/55.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8709/56.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8710/57.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8711/58.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8712/59.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8713/60.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8714/61.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8715/62.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8716/63.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8717/64.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8718/65.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8719/66.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8720/67.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8721/68.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8722/69.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8723/70.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8725/71.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8726/72.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8727/73.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8728/74.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8729/75.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8730/76.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8746/77.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8750/78.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8751/79.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8752/80.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8753/81.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8754/82.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8755/83.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8756/84.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8757/85.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8758/86.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8759/87.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8760/88.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8761/89.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8762/90.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8782/91.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8786/92.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8787/93.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8788/94.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8789/95.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8790/96.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8792/97.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9081/98.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8793/99.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8795/100.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8796/101.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8799/102.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8800/103.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8801/104.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8802/105.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8804/106.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8805/107.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8806/108.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8807/109.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8808/110.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8812/111.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8813/112.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8817/113.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8820/114.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8821/115.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8831/116.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8832/117.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8833/118.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8834/119.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8835/120.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8836/121.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8837/122.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8840/123.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8843/124.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9078/125.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8860/126.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8861/127.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8862/128.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8863/129.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8865/130.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8866/131.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8867/132.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8868/133.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8870/134.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8871/135.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8872/136.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8875/137.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8908/138.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8909/139.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8910/140.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8911/141.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8912/142.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8913/143.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8914/144.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8915/145.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8917/146.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8920/147.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8921/148.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8922/149.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8923/150.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8924/151.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8925/152.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8926/153.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8927/154.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8929/155.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8930/156.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8931/157.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8932/158.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8933/159.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8934/160.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8935/161.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8936/162.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8937/163.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8939/164.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8940/165.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8941/166.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8942/167.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8943/168.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8944/169.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8945/170.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8946/171.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8947/172.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8948/173.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8949/174.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8950/175.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8951/176.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9077/177.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8952/178.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8953/179.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8954/180.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8955/181.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8956/182.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8957/183.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8958/184.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8959/185.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8960/186.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8961/187.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8962/188.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8963/189.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8964/190.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8965/191.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8966/192.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8967/193.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8975/194.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8978/195.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8979/196.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8985/197.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8997/198.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/8999/199.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9000/200.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9003/201.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9007/202.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9008/203.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9010/204.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9011/205.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9013/206.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9014/207.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9015/208.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9016/209.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9017/210.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9018/211.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9019/212.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9020/213.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9021/214.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9022/215.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9024/216.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9027/217.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9028/218.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9029/220.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9030/221.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9031/222.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9032/223.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9033/224.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9034/225.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9035/226.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9039/227.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9040/228.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9041/229.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9042/230.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9043/231.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9044/232.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9046/233.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9048/234.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9049/235.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9051/236.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9055/237.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9056/238.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9057/239.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9058/240.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9059/241.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9060/242.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9061/243.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9062/244.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9069/245.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9073/246.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/9076/247.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10876/ato_1989_1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10877/ato_1989_2.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10878/ato_1989_3.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10879/ato_1989_4.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10880/ato_1989_5.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1989/10881/ato_1989_6.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H312"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="134.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>