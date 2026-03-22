--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -51,967 +51,967 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5580/ple-477-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5580/ple-477-88.pdf</t>
   </si>
   <si>
     <t>autoriza o Executivo Municipal a doar a entidade de Ivaiporã, materiais diversos, e dá outras providências.</t>
   </si>
   <si>
     <t>5581</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>Flávio Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5581/ple-478-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5581/ple-478-88.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre isenção de Contribuição de Melhoria, e dá outras providências.</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5582/ple-479-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5582/ple-479-88.pdf</t>
   </si>
   <si>
     <t>Desafecta do domínio público, área de rua e autoriza doa-la à Associação dos Funcionários da Copiva - AFUC -, e dá outras provid~encias.</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5583/ple-480-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5583/ple-480-88.pdf</t>
   </si>
   <si>
     <t>Desafecta a área de terras do domínio público, autoriza a sua divisão em lotes urbanos e a sua incorporação à quadra n° 157, da cidade de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5584/ple-481-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5584/ple-481-88.pdf</t>
   </si>
   <si>
     <t>Desafecta no Loteamento Jardim Alto da Glória, área urbana do domínio público, e dá outras providências.</t>
   </si>
   <si>
     <t>5585</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5585/ple-482-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5585/ple-482-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efectuar permuta de imóvel encravado no Loteamento Jardim Belo Horizonte, desta cidade, e da´outras providências.</t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5586/ple-483-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5586/ple-483-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a expropriar, Judicial ou amigavelmente, e doar a COPASA - COMPANHIA PARANAENSE DE SILOS E ARMAZÉM, IMÓVEL COM A ÁREA DE ATÉ 2,50 ALQS.,  e dá outras providências.</t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5587/ple-484-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5587/ple-484-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adquirir e doar próprios do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5588/ple-485-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5588/ple-485-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar, perpetuadamente, à Família do ex funcionário Iranei Rodrigues de Oliveira, imóvel situado no Cemitério Público Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5589/ple-486-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5589/ple-486-88.pdf</t>
   </si>
   <si>
     <t>Autoriza a autorização de um Parque Industrial no Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5590/ple-487-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5590/ple-487-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a promover a locação de casa para fim residencial e dá outras providências.</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5591/ple-488-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5591/ple-488-88.pdf</t>
   </si>
   <si>
     <t>Concede o titulo de ''Cidadão Honorário de Ivaiporã'' Ao Deputado Rubens Bueno, Secretário de Estado do Trabalho e da Ação Social</t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5592/ple-490-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5592/ple-490-88.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais Suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5593/ple-491-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5593/ple-491-88.pdf</t>
   </si>
   <si>
     <t>Dá nova redacção ao Parágrafo único do Arti. 1° e revoga o Art. 2°, todos da Lei Municipal n° 644/88.</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5594/ple-492-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5594/ple-492-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a renunciar o direito estabelecido pelo Art. 4°, §1°, inciso I da Lei Federal n° 6.766, de 19-12-79 e dá outras providências.</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5595/ple-493-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5595/ple-493-88.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 634/87, e dá outras providências.</t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5596/ple-495-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5596/ple-495-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adquirir judicial ou amigavelmente e doar à firma CEVAL ''AGRO INDUSTRIAL S/A, imóvel com a área de até 1,28 Alqs., e dá outras providências.</t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5597/ple-497-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5597/ple-497-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, Estado do Paraná, a doar à Liga Amadora de Futebol de Ivaiporã -LARFI -, imóvel situado nesta cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>5599</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Estima a receita e fixa o limite da despesa do Município de Ivaiporã, para o exercício financeiro de 1989.</t>
   </si>
   <si>
     <t>5600</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5600/ple-499-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5600/ple-499-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efectuar permuta de imóveis do Município, por imóveis situados em Loteamentos à margem das obras de Saneamento do Talvegue, entre a cidade de Ivaiporã e as Vilas Jardim Brasília, Jardim Ouro Preto, etc...</t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>Estabelece legislação a respeito do parcelamento de lotes urbano e dá outras providências.</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5602/ple-501-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5602/ple-501-88.pdf</t>
   </si>
   <si>
     <t>Dá nova redacção ao Art. 1° da Lei Municipal n° 577/84, a qual autorizou o Executivo Municipal a contratar opeção de Crédito com o Banco do Estado do Paraná S/A., para execução das obras e serviços integrantes do - PRSM - Programa de Acção Municipal -.</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5603/ple-502-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5603/ple-502-88.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5604/ple-503-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5604/ple-503-88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a permutar com o Sr. José Laudelino Sampaio e s/m, o imóvel constituído pelo lote n° 15 da quadra n° 12, do Loteamento Jardim Imperial, desta cidade, pelo lote de propriedade do Município e caracterizado como lote n° 11 da quadra n° 3, do loteamento Jardim Ouro Preto, desta cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5605/ple-504-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5605/ple-504-88.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Parágrafo único do Art. 194, da Lei Municipal n° 493/83 (CÓDIGO TRIBUTÁRIO MUNICIPAL), estabelecendo novo critério para a correção da Unidade de Referência do Município.</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5606/ple-505-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5606/ple-505-88.pdf</t>
   </si>
   <si>
     <t>Fica instituído, no Município de Ivaiporã, Estado do Paraná, o Imposto de Transmissão Inter-vivos de bens imóveis.</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4214/pll-27-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4214/pll-27-88.pdf</t>
   </si>
   <si>
     <t>INSENTA  DO PAGAMENTO DE PAVIMENTAÇÃO ASFÁLTICA OS PROPRIETÁRIOS DE ÚNICO IMÓVEL, CUJO SALÁRIO NÃO ULTRAPASSE A DOIS E MEIO  SALÁRIO MINIMOS VIGENTES.</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4215/pll-28-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4215/pll-28-88.pdf</t>
   </si>
   <si>
     <t>Insenta do pagamento de passagens em ônibus circulares urbanos e de linhas estritamente municipais, as pessoas com mais de 60 anos de idade, os paraplégicos e outros.</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4216/pll-29-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4216/pll-29-88.pdf</t>
   </si>
   <si>
     <t>Concede o título ''CIDADÃO HONORÁRIO DE IVAIPORÃ'',  ao Empreário ''NILSON ALVES RIBEIRO'', e dá outras providências.</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4217/pll-31-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4217/pll-31-88.pdf</t>
   </si>
   <si>
     <t>Altera 0 6° do Art. 2° da Lei n° 241/75, acrescentando em seu texto o ''DIA DA CRIANÇA''.</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4218/pll-30-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4218/pll-30-88.pdf</t>
   </si>
   <si>
     <t>Proíbe a exploração de fliperamas e outros jogos eletrônicos e dá outras e dá outras providências.</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4219/pll-32-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4219/pll-32-88.pdf</t>
   </si>
   <si>
     <t>Denomina ''PREFEITO ADAIL BOLIVAR ROTHER'', o Paço Municipal desta cidade e dá outras providências.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Miroslau Stresser</t>
   </si>
   <si>
     <t>Concede o Título de ''CIADADÃO HONO RÁRIO DE IVAIPORÃ'', ao Senhor ''OSMAR FERNANDES DIAS'', Secretário do Estado da Agricultura.</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4221/pll-35-88.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4221/pll-35-88.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Benemérito a D. Romeu Alberti.</t>
   </si>
   <si>
     <t>9096</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9096/projeto_de_decreto_01-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9096/projeto_de_decreto_01-1988.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas dos Poderes Executivo e Legislativo do Município e do Serviço Autônomo de Saneamento e Pavimentação - SASP., órgão autárquico do Município de Ivaiporã, referentes ao exercício financeiro de 1985.</t>
   </si>
   <si>
     <t>9095</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9095/projeto_de_decreto_02-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9095/projeto_de_decreto_02-1988.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas dos Poderes Executivo e Legislativo do Município e do Serviço Autônomo de Saneamento e Pavimentação - SASP., órgão autárquico do Município de Ivaiporã, referentes ao exercício financeiro de 1986.</t>
   </si>
   <si>
     <t>9094</t>
   </si>
   <si>
     <t>Enéas Circhia, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9094/projeto_de_decreto_03-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9094/projeto_de_decreto_03-1988.pdf</t>
   </si>
   <si>
     <t>Referenda o convênio nº 102/88 celebrado entre a Secretaria de Estado dos transportes e o município de Ivaiporã, para a execução de serviços de terraplanagem, pavimentação e drenagem no trecho de 9,00km, Ouro Verde=Arapuã.</t>
   </si>
   <si>
     <t>9092</t>
   </si>
   <si>
     <t>Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9092/projeto_de_decreto_04-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9092/projeto_de_decreto_04-1988.pdf</t>
   </si>
   <si>
     <t>Referenda o termo aditivo ao convênio celebrado entre a secretaria de Estado da Justiça e o Município de Ivaiporã, com vistas à implantação e manutenção dos serviços de assistência judiciária gratuita.</t>
   </si>
   <si>
     <t>9091</t>
   </si>
   <si>
     <t>Enéas Circhia, Flávio Proença, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9091/projeto_de_decreto_05-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9091/projeto_de_decreto_05-1988.pdf</t>
   </si>
   <si>
     <t>Referenda o convênio nº 04/88, celebrado entra o Estado do Paraná, através da Secretaria de Estado da Segurança Pública e o Município de Ivaiporã, para atendimento de trabalhadores volantes (boias-frias), através de frentes de trabalho e/ou alimentação básica.</t>
   </si>
   <si>
     <t>9088</t>
   </si>
   <si>
     <t>Flávio Proença, Laudelino Leão, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9088/projeto_de_decreto_06-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9088/projeto_de_decreto_06-1988.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas dos Poderes: Executivo e Legislativo do Município e do Serviço Autônomo de Saneamento e Pavimentação - SASP., órgão autárquico do Município de Ivaiporã, referentes ao exercício financeiro de 1987.</t>
   </si>
   <si>
     <t>9087</t>
   </si>
   <si>
     <t>Augusto Andrade, Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9087/projeto_de_decreto_07-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9087/projeto_de_decreto_07-1988.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio nº 600/88, celebrado entre a fundação legião Brasileira de Assistência e o Município de Ivaiporã, para a execução de projeto de formação e reciclagem profissional.</t>
   </si>
   <si>
     <t>9085</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9085/projeto_de_decreto_08-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9085/projeto_de_decreto_08-1988.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio nº 316/88, SEED- Convênio de auxílio e cooperação celebrado entre o Estado do Paraná e o Município de Ivaiporã.</t>
   </si>
   <si>
     <t>9084</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9084/projeto_de_decreto_09-1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9084/projeto_de_decreto_09-1988.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio nº T.C. 88.0131.O.D celebrado entre a Secretaria de Educação e o Município de Ivaiporã.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Enéas Circhia, Flávio Proença, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/3745/pr_5_1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/3745/pr_5_1988.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão para uso, dos veículos auto-motor do poder_x000D_
 Legislativo de Ivaiporã, e dá outras providencias.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>Augusto Andrade, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/3748/pr_6_1988.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/3748/pr_6_1988.pdf</t>
   </si>
   <si>
     <t>Revoga integralmente a resolução Nº 17/84</t>
   </si>
   <si>
     <t>8537</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8537/477.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8537/477.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade de recuperação do prolongamento da Rua Juarez Cordeiro Cleve até encontrar o acesso secundário para a Cidade de Jardim Alegre, saindo um pouco acima da refrigeração de leite da Cativa.</t>
   </si>
   <si>
     <t>8539</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8539/478.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8539/478.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que congregue esforços no sentido de construir e equipar para a nossa comunidade, um hospital municipal destinado a atender os nossos munícipes que necessitem de atendimento médico-hospitalar, especialmente os mais carentes.</t>
   </si>
   <si>
     <t>8541</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8541/479.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8541/479.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de tornar visíveis os obstáculos comumente chamados de "quebra-molas" existentes nas ruas e avenidas desta cidade, que têm sido um freio aos alucinados do volante e evitado inúmeros acidentes e muitos transtornos.</t>
   </si>
   <si>
     <t>8553</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8553/480.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8553/480.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de urgentes reparos nas ruas e avenidas do Jardim Itaipú, desta cidade, para satisfação de seus habitantes que reclamam a presença de uma patrola para a correção indicada.</t>
   </si>
   <si>
     <t>8554</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8554/481.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8554/481.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de colocação de obstáculo (quebra-molas), naquela via pública, nas imediações da casa nº 365, impedindo com isso o excesso de velocidade praticado naquela rua e consequentemente futuros acidentes no trânsito.</t>
   </si>
   <si>
     <t>8555</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8555/482.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8555/482.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a tomada de medidas e gestões necessárias no sentido da ampliação ou criação de um Distrito Industrial, destinado, como é óbvio, à instalação de pequenas, médias e grandes empresas formadoras do Parque Industrial de Ivaiporã, devendo para isso, o Município pro seu representante legal promover as demarches, de sorte a adquirir uma área de terras de tamanho considerável, mantendo-a em reserva, para que dela possa dispor e atender a demanda, distribuindo-a, embasado em critérios de classificação e setores segundo a espécie, possibilidade de expansão, grau de poluição, etc...</t>
   </si>
   <si>
     <t>8556</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8556/483.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8556/483.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as providências cabíveis para que uma correção dos salários seja feita, já que nos dois primeiros meses deste ano, houve uma perda salarial de mais de 35%, segundo dados enunciados pelo próprio Governo Federal, através de órgãos especializados._x000D_
 Em virtudes desses dados alarmantes, não se pode ficar insensível às preocupações e anseios daqueles que impulsionam a máquina do Poder Público e se não for possível um aumento substancial de forma a reparar integralmente a perda sofrida, pelo menos se ponha em prática o plano de reposição salarial estabelecido pela URP que emana do Poder Central e deve ser obedecido, atingindo a todas as categorias de servidores tanto do Poder Executivo, quanto do Poder Legislativo deste Município.</t>
   </si>
   <si>
     <t>8558</t>
   </si>
   <si>
     <t>Graça Moraes, Enéas Circhia, Flávio Proença, Laudelino Leão, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8558/484.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8558/484.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as gestões que se fizerem necessárias, no sentido de isentar do pagamento de pavimentação asfáltica os proprietários de único imóvel, cujo salário não ultrapasse a três e meio salários mínimos vigentes na época estabelecida para o início do pagamento ou liquidação do débito quando houver obrigatoriedade de pagamento à vista.</t>
   </si>
   <si>
     <t>8559</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8559/485.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8559/485.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a concentração de esforços no sentido de que a ponte sobre o rio Corumbataí ligando este Município com o Município de Pitanga (região de Nova Tebas), obra de extraordinária importância para o desenvolvimento regional, Nova Tebas, em Pitanga e Romeópolis, em Ivaiporã, tenha imediato prosseguimento, dando guarida ao pedido constante do ofício.</t>
   </si>
   <si>
     <t>8560</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8560/486.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8560/486.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de proceder reparos nas ruas do Jardim Luís XV, evitando prejuízos futuros e maiores despesas na sua restauração; bem como, urgência na poda das árvores do mesmo jardim, que estão se tornando esconderijos de marginais.</t>
   </si>
   <si>
     <t>8561</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8561/487.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8561/487.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, em virtude do maior fluxo do trafego de produtos agrícolas, especialmente a safra de algodão e o início da colheita de soja, o procedimento urgente da recuperação da estrada que desta cidade, passando pela Vila Nova Porã (Patrimônio do Maneco), Bairro do Severiano, atinge o Distrito de Jacutinga e pelo mesmo motivo, insiste o peticionário no alargamento e cascalhamento da subida da Paineirinha, na estrada que dessa localidade demanda a Jacutinga.</t>
   </si>
   <si>
     <t>8562</t>
   </si>
   <si>
     <t>Augusto Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8562/488.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8562/488.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito as seguintes indicações:_x000D_
 1º - Demolição do prédio da Biblioteca Pública construída em praça desta cidade, na Avenida Tancredo Neves, ao lado do Supermercado Balau, por se apresentar obsoleto, desestilizado e plantado em local inapropriado; de sorte que investir numa reforma teria o mesmo sentido de um remendo novo, de veludo, numa velha calça de brim Coringa, em que o remendo por sua qualidade e tamanho valeria mais que a calça remendada._x000D_
 2º - A urbanização e iluminação da praça acima aludida, aproveitando-se a sua arborização aconchegante como área de lazer, ou, talvez voltar ao seu estado anterior, ora modernizado, para a alegria da petizada, transformando-a num parque infantil, podendo receber até tela em redor para melhor proteger as crianças._x000D_
 3º - A construção de um novo prédio para acomodar a biblioteca, em estilo moderno e local adequado._x000D_
 Sugerimos para esse fim o imóvel ao lado das Casas Felipe, na Avenida Paraná, reservado para a Casa da Cultura (...).</t>
   </si>
   <si>
     <t>8563</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8563/489.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8563/489.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as gestões que se fizerem necessárias junto aos órgãos públicos competentes, a fim de que Ivaiporã seja aquinhoado com a construção de módulos sanitários, os quais beneficiarão principalmente a população de baixa renda residente na periferia da cidade.</t>
   </si>
   <si>
     <t>8564</t>
   </si>
   <si>
     <t>Orlando Buratto, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8564/490.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8564/490.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a construção de bueiro ou outra providência urgente, que elimine o perigo de tráfego, impedindo que o asfalto seja invadido pelas águas pluviais que carregam e deixam neste uma camada de lama, entre o Ginásio de Esportes Sapecadão e o trevo de saída para a rodovia PR 466, especialmente defronte à entrada da chácara do senhor Ladislau Gil Fernandes, em cujo portão há como adorna uma roda de carroça.</t>
   </si>
   <si>
     <t>8565</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8565/491.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8565/491.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a tomada de providências, no sentido de dotar o Centro Social Urbano de nossa cidade, de mais um bem esportivo de extraordinário valor, especialmente para a juventude que tem no Centro Social Urbano, em face das suas condições econômicas, o único local para praticar esportes e desenvolver seu físico, de um piscina para o aprimoramento da natação; cuja piscina encontra-se naquele local, é de tamanho considerável e fora construída pelo antigo Atlético Clube Ivaiporã, faltando o acabamento final e a sua ativação, portanto, a parte economicamente mais pesada que é a sua base e estrutura estão prontas, restando o ajulejamento e os últimos retoques para que esteja em condições adequadas de uso.</t>
   </si>
   <si>
     <t>8566</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8566/492.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8566/492.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que em virtude do alto desenvolvimento do esporte em nossa cidade, o estádio de Futebol "Cláudio Coutinho", componente do complexo esportivo "Sapecadão", está a exigir a iluminação com holofotes de boa potência, a fim de propiciar aos atletas do esporte bretão a possibilidade de exercitá-lo à noite.</t>
   </si>
   <si>
     <t>8567</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8567/493.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8567/493.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Ministro de Estado dos Transportes a construção de um ramal da Estrada de Ferro Central do Paraná, partindo de Mauá, via Faxinal, que passando também pela cidade de jardim Alegre, atinja Ivaiporã, beneficiando grandemente o Vale do Ivaí, maior produtor de grãos do Estado do Paraná, que lidera a produção Nacional do gênero.</t>
   </si>
   <si>
     <t>8568</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8568/494.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8568/494.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, como forma de auxílio, o pagamento das tarifas de luz e água consumidas pela APAE, entidade beneficente de utilidade pública instalada nesta cidade, na Av. Souza Naves, 1.880.</t>
   </si>
   <si>
     <t>8569</t>
   </si>
   <si>
     <t>Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8569/495.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8569/495.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a promoção de gestões junto aos órgãos competentes da administração pública estadual, no sentido de conseguir a construção de muro do Ginásio José de Mattos Leão, localizado na sede do distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>8570</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>Flávio Proença, Augusto Andrade, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8570/496.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8570/496.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, gestões junto ao DER, ou qualquer órgão da administração pública, ao qual pertencer o assunto, no sentido de conseguir a abertura de mais um horário pela manhã, por volta de 5:30 ou 6:00 horas, para atendimento do transporte coletivo em ônibus, desta cidade para a Capital do Estado.</t>
   </si>
   <si>
     <t>8571</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Augusto Andrade, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8571/497.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8571/497.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, o envio de Projeto de Lei a esta Câmara propondo a alteração do nome da Rua Santa Catarina, para Rua Francisco de Oliveira Rocha.</t>
   </si>
   <si>
     <t>8572</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8572/498.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8572/498.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a transferência do cemitério de Romeópolis, para outro local na sede daquele distrito, em virtude do mesmo se encontrar sobre uma grande laje, havendo por isso grande dificuldade para a iluminação, devendo, ainda, se levar em consideração que de algumas sepulturas exalam líquidos com a característica de óleo, próprio de corpos em decomposição.</t>
   </si>
   <si>
     <t>8573</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8573/499.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8573/499.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para impedir a ocorrência de acidente de trânsito com alunos das Escolas "Barão do Cerro Azul" e "Raul Rodrigues Gomes", a colocação de obstáculo (quebra-molas) na Rua Diva Proença entre as duas escolas.</t>
   </si>
   <si>
     <t>8574</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8574/500.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8574/500.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, o aproveitamento de uma fonte de água potável, para servir Nova Aliança desse precioso líquido e se a mina for insuficiente ou por qualquer outra razão não puder ser aproveitada, solicita a abertura de poço artesiano, semi-artesiano ou outro, de modo que a comunidade de Nova Aliança seja beneficiada com água potável suficiente para o seu abastecimento.</t>
   </si>
   <si>
     <t>8575</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8575/501.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8575/501.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a iluminação da praça da matriz da Paróquia Espírito Santo e da praça da entrada do Conjunto habitacional Olímpio Mourão Filho, situada entre as vias públicas Café Filho e Artur Santos.</t>
   </si>
   <si>
     <t>8576</t>
   </si>
   <si>
     <t>Graça Moraes, Flávio Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8576/502.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8576/502.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade de instalação da rede de água na Vila Jardim Porã, saída para Ariranha nesta cidade.</t>
   </si>
   <si>
     <t>8577</t>
   </si>
   <si>
     <t>Flávio Proença, Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8577/503.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8577/503.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, como medida de estética e embelezamento da localidade da sede do distrito de Ariranha, neste Município, a poda das árvores que constituem o conjunto do quadro urbano daquele distrito, tornando assim a localidade mais acolhedora.</t>
   </si>
   <si>
     <t>8578</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8578/504.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8578/504.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a concessão de um abono de 30% (trinta por cento), além da URP., a ser implantado nos vencimentos, salários e proventos dos servidores municipais, a partir de 1º de setembro vindouro, a título de reposição salarial, para compensar em parte a defasagem e o achatamento dos salários, corroídos mês a mês já que a URP não corresponde ao aumento do custo de vida tornando o ganho do assalariado cada dia mais distante da realidade.</t>
   </si>
   <si>
     <t>8579</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8579/505.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8579/505.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, o envio de Projeto de Lei, a esta Casa de Leis, propondo a alteração de nome da Escola de Serra de Santa Cruz, dando-se à mesma, numa homenagem póstuma a um de suas mestras o nome de professora Maria Helena Fernandes.</t>
   </si>
   <si>
     <t>8580</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8580/506.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8580/506.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade de iluminar a Praça localizada entre as Avenidas Curitiba e Tancredo Neves, onde existe o prédio que serviu de abrigo à Biblioteca Pública Municipal, pela simples razão de que a escuridão daquele local está se transformando no ponto de encontro da pouca vergonha, da imoralidade e a não ser que se tome uma providência imediata passará a se constituir em covil de marginais o que aumentará em muito a preocupação da circunvizinhança, que tem no local, pela falta de iluminação e a imoralidade que ali se comete, a partir do uso de drogas, uma ameaça constante, além do quadro soturno e melancólico que em nada se afina com a beleza da cidade.</t>
   </si>
   <si>
     <t>8581</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8581/507.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8581/507.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito:_x000D_
 I) Constituição de um Corpo de Bombeiros (...);_x000D_
 II) Reabertura da Biblioteca Pública Municipal (...);_x000D_
 III) Introdução ao acervo da Biblioteca mais livros de interesse infantil, para a faixa etária de 7 a 10 anos (...);_x000D_
 IV) Construção de uma piscina destinada ao público (...);_x000D_
 V) Plantio de árvores de sombra (...);_x000D_
 VI) Aquisição de construção de uma casa destinada a abrigar menores desvalidos e abandonados (...);_x000D_
 VII) Pavimentação asfáltica de todas as Ruas da Vila Santa Maria (...).</t>
   </si>
   <si>
     <t>10874</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/10874/ato_1988_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/10874/ato_1988_1.pdf</t>
   </si>
   <si>
     <t>Fixar os subsídios dos Vereadores do Município de Ivaiporã, para o primeiro semestre do ano de 1988, em Cz$ 53.000,00 mensais.</t>
   </si>
   <si>
     <t>10875</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/10875/ato_1988_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/10875/ato_1988_2.pdf</t>
   </si>
   <si>
     <t>Fixar os subsídios dos senhores Vereadores, durante o segundo semestre deste exercício financeiro em Cz$ 80.000,00 mensais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1318,68 +1318,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5580/ple-477-88.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5581/ple-478-88.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5582/ple-479-88.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5583/ple-480-88.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5584/ple-481-88.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5585/ple-482-88.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5586/ple-483-88.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5587/ple-484-88.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5588/ple-485-88.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5589/ple-486-88.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5590/ple-487-88.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5591/ple-488-88.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5592/ple-490-88.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5593/ple-491-88.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5594/ple-492-88.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5595/ple-493-88.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5596/ple-495-88.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5597/ple-497-88.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5600/ple-499-88.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5602/ple-501-88.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5603/ple-502-88.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5604/ple-503-88.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5605/ple-504-88.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5606/ple-505-88.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4214/pll-27-88.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4215/pll-28-88.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4216/pll-29-88.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4217/pll-31-88.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4218/pll-30-88.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4219/pll-32-88.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4221/pll-35-88.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9096/projeto_de_decreto_01-1988.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9095/projeto_de_decreto_02-1988.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9094/projeto_de_decreto_03-1988.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9092/projeto_de_decreto_04-1988.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9091/projeto_de_decreto_05-1988.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9088/projeto_de_decreto_06-1988.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9087/projeto_de_decreto_07-1988.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9085/projeto_de_decreto_08-1988.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9084/projeto_de_decreto_09-1988.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/3745/pr_5_1988.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/3748/pr_6_1988.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8537/477.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8539/478.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8541/479.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8553/480.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8554/481.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8555/482.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8556/483.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8558/484.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8559/485.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8560/486.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8561/487.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8562/488.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8563/489.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8564/490.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8565/491.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8566/492.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8567/493.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8568/494.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8569/495.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8570/496.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8571/497.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8572/498.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8573/499.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8574/500.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8575/501.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8576/502.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8577/503.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8578/504.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8579/505.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8580/506.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8581/507.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/10874/ato_1988_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/10875/ato_1988_2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5580/ple-477-88.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5581/ple-478-88.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5582/ple-479-88.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5583/ple-480-88.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5584/ple-481-88.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5585/ple-482-88.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5586/ple-483-88.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5587/ple-484-88.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5588/ple-485-88.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5589/ple-486-88.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5590/ple-487-88.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5591/ple-488-88.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5592/ple-490-88.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5593/ple-491-88.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5594/ple-492-88.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5595/ple-493-88.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5596/ple-495-88.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5597/ple-497-88.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5600/ple-499-88.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5602/ple-501-88.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5603/ple-502-88.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5604/ple-503-88.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5605/ple-504-88.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/5606/ple-505-88.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4214/pll-27-88.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4215/pll-28-88.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4216/pll-29-88.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4217/pll-31-88.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4218/pll-30-88.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4219/pll-32-88.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/4221/pll-35-88.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9096/projeto_de_decreto_01-1988.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9095/projeto_de_decreto_02-1988.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9094/projeto_de_decreto_03-1988.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9092/projeto_de_decreto_04-1988.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9091/projeto_de_decreto_05-1988.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9088/projeto_de_decreto_06-1988.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9087/projeto_de_decreto_07-1988.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9085/projeto_de_decreto_08-1988.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/9084/projeto_de_decreto_09-1988.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/3745/pr_5_1988.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/3748/pr_6_1988.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8537/477.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8539/478.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8541/479.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8553/480.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8554/481.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8555/482.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8556/483.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8558/484.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8559/485.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8560/486.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8561/487.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8562/488.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8563/489.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8564/490.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8565/491.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8566/492.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8567/493.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8568/494.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8569/495.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8570/496.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8571/497.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8572/498.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8573/499.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8574/500.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8575/501.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8576/502.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8577/503.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8578/504.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8579/505.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8580/506.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/8581/507.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/10874/ato_1988_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1988/10875/ato_1988_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="139.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>