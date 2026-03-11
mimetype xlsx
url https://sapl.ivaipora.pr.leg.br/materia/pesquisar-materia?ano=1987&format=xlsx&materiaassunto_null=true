--- v0 (2025-12-06)
+++ v1 (2026-03-11)
@@ -54,171 +54,171 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Flávio Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5428/ple-449-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5428/ple-449-87.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar no valor de Cr$ 300.000,00 ( Construção de Canchas Esportivas ) e dá outras providências.</t>
   </si>
   <si>
     <t>5429</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5429/ple-456-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5429/ple-456-87.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos funcionários estatuários do Município de Ivaipórã, e dá outras providências.</t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5430/ple-457-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5430/ple-457-87.pdf</t>
   </si>
   <si>
     <t>Estabelece o horário de funcionamento de Instituições Financeiras no Município de Ivaiporã, Estado do Paraná,  e dá outras providências.</t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5431/ple-458-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5431/ple-458-87.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efectuar permuta de imóvel encravado no Loteamento Jardim Belo Horizonte, desta cidade, e dá outras proviências.</t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5432/ple-459-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5432/ple-459-87.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, e dá outras providências,</t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5433/ple-460-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5433/ple-460-87.pdf</t>
   </si>
   <si>
     <t>Assegura aos Funcionários Públicos Civis do Município de Ivaiporã, Estado do Paraná, a contagem de tempo de serviço prestado à actividade privada, para efeito de aposentadoria e dá outras providências.</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5435/ple-461-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5435/ple-461-87.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal  a firmar com a Fundação Instituto de Terras e Cartografia e Florestas -FITCS- Termo de Como-dato para Implantação de Viveiro-Florestal, e dá outras providências.,</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5437/ple-462-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5437/ple-462-87.pdf</t>
   </si>
   <si>
     <t>Autoriza a Sociedade Territorial Ubá, a outorgar directamente a Cia. de Telecomunicações do Paraná - TELEPAR -, escritura pública de doação, com anuência do Município, de imóveis encravados na Sede do Distrito de Ariranha, deste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5438/ple-463-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5438/ple-463-87.pdf</t>
   </si>
   <si>
     <t>Altera a área do perímetro urbano da Sede do Distrito de Alto Porã, deste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5439/ple-464-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5439/ple-464-87.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a doar à COHAPAR, para implantação do projeto  '' MUTIRÃO  '' , imóvel localizado no perímetro urbano da Sede do Distrito do Alto Porã, deste Município.</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5440/ple-465-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5440/ple-465-87.pdf</t>
   </si>
   <si>
     <t>Considera como Órgão de Utilidade Pública, a Instituição Cultural e Educacional de Ivaiporã - ICEI -, mantenedora da Faculdade de Ivaiporã - FEIVAI -, e dá outras providências._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
@@ -987,1056 +987,1056 @@
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Considera</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5441/ple-466-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5441/ple-466-87.pdf</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5442/brn3c2af4e2196e_0000078356_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5442/brn3c2af4e2196e_0000078356_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Quadro Próprio do Magistério do Município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5445/ple-468-a.pdf</t>
-[...2 lines deleted...]
-    <t>Dá outras providências.</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5445/ple-468-a.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a renunciar direito estabelecido na Lei 6766/79.</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5444/ple-469-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5444/ple-469-87.pdf</t>
   </si>
   <si>
     <t>Altera o valor da Unidade de Valor para Custeio - UVC - para o execício de 1988.</t>
   </si>
   <si>
     <t>5446</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5446/ple-470-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5446/ple-470-87.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 1°  da Lei n° 621/87.</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5448/ple-471-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5448/ple-471-87.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adquirir área de terras e doa-la ao Governo do Estado do Paraná, através da Secretaria de Estado da Segurança Pública, e dá outras providências.</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5449/ple-472-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5449/ple-472-87.pdf</t>
   </si>
   <si>
     <t>Institui o sistema de alíquotas progressivas na tributação de imóveis no município de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5452/ple-473-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5452/ple-473-87.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a alienar bem imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5450/ple-474-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5450/ple-474-87.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5453/ple-475-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5453/ple-475-87.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos funcionários estatuários do Município e dá outras providências.</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5454/ple-476-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5454/ple-476-87.pdf</t>
   </si>
   <si>
     <t>Introduz ao Crédito Tributário Municipal, as alterações apresentadas pela Lei Complementar n° 56, de 15/12/87.</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/4212/pll-23-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/4212/pll-23-87.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o controle e venda do Produto Denominado - ''COLA DE SAPATEIRO'', seus Similares e dá outras providências.</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/4213/pll-25-87.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/4213/pll-25-87.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Comissão para o Desenvolvimento das Comunidades do Distrito de Romeópolis - codesco.</t>
   </si>
   <si>
     <t>9097</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Augusto Andrade, Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/9097/projeto_de_decreto_01-1987.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/9097/projeto_de_decreto_01-1987.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas do Poder Executivo e do Legislativo do Município e do Serviço Autônomo de Saneamento e Pavimentação - SASP., órgão autárquico do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>11347</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de Contas do Executivo e do Legislativo do Município e do Serviço Autônomo de Saneamento e Pavimentação - SASP, órgão autárquico do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3734/pr_1_1987.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3734/pr_1_1987.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o número de veículos de propriedade da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>Flávio Proença, Laudelino Leão, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3737/pr_2_1987.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3737/pr_2_1987.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação e transferência de bens móveis do Legislativo ao Executivo Municipal, e dá outras providencias</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Graça Moraes, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3738/pr_3_1987.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3738/pr_3_1987.pdf</t>
   </si>
   <si>
     <t>Sumula: Revoga a Resolução 21/87.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Enéas Circhia, Flávio Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3739/pr_4_1987.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3739/pr_4_1987.pdf</t>
   </si>
   <si>
     <t>Cria a Galeria dos ex-Presidentes deste Poder Legislativo_x000D_
 E DÁ OUTRAS PROVIDENCIAS,</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Miguel Zanardi de Oliveira, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3733/pr_21_1987.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3733/pr_21_1987.pdf</t>
   </si>
   <si>
     <t>O atual Regimento Interno foi editado em novembro de 1973, dessa data até o presente, em virtude do período de transição institucional vivido pelo País numerosas modificações se processaram nas Constituições Federal Estadual, bem como na legislação complementar, cujos reflexos se fazem sentir no ordenamento jurídico das Câmaras Municipais.</t>
   </si>
   <si>
     <t>8438</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Laudelino Leão, Augusto Andrade, Flávio Proença, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8438/419.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8438/419.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a construção de uma cancha esportiva a ser levada a efeito no Núcleo Habitacional Olímpio Mourão Filho, nesta cidade.</t>
   </si>
   <si>
     <t>8439</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8439/420.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8439/420.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que a exemplo da Secretaria de Educação do Estado do Paraná e da maioria dos demais órgãos da administração estadual, estabeleça um dia de cada mês, ou uma escala para efetuas o pagamento dos vencimentos dos professores municipais.</t>
   </si>
   <si>
     <t>8440</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>Enéas Circhia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8440/421.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8440/421.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que sejam tomadas as necessárias providências no sentido de se iluminar devidamente a rua José de Alencar, no Jardim Aeroporto, desta cidade, especialmente defronte ao lote nº 12, da quadra nº 7, proximidades da propriedade de João dos Santos Barbosa.</t>
   </si>
   <si>
     <t>8441</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8441/422.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8441/422.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de urgente instalação de obstáculo (quebra-molas) ou algo equivalente, na Avenida Souza Naves, entre as Ruas Ponta Grossa e Sertanópolis, na pista de rolamento que demanda do centro da cidade para o Colégio Estadual Raul Rodrigues Gomes.</t>
   </si>
   <si>
     <t>8442</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8442/423.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8442/423.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da urgente restauração e constante conservação das ruas da sede dos Distritos de Arapuã e Jacutinga, deste Município.</t>
   </si>
   <si>
     <t>8443</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8443/424.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8443/424.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que seja efetuada a iluminação da Avenida Sousa Naves nesta cidade, desde a Rodoviária nova até as proximidades da Secretaria de Agricultura.</t>
   </si>
   <si>
     <t>8444</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8444/425.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8444/425.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Secretário de Estado dos Transportes, a fim de que seja viabilizada a ligação asfáltica, partindo do trevo secundário de acesso à rodovia PR 466, passando pelo armazém da COPIVA, ALGOCEN, Vila Santa Maria, via IBC, Distrito de Jacutinga até alcançar a sede do Município de Grandes Rios, numa extensão de aproximadamente 30 Km._x000D_
 Requer, ainda, que expediente idêntico seja encaminhado do Deputado Estadual Orlando Pessutti, a fim de gestione junto a quem de direito no sentido de agilizar as demarches para a construção da rodovia em apreço.</t>
   </si>
   <si>
     <t>8445</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8445/426.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8445/426.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que seja dotada de iluminação pública a Avenida Sousa Naves, no trecho compreendido entre a Rua Ponta Grossa e o Colégio Estadual Raul Rodrigues Gomes.</t>
   </si>
   <si>
     <t>8446</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8446/427.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8446/427.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que seja dotada de iluminação pública a parte final da Avenida Maranhão.</t>
   </si>
   <si>
     <t>8447</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8447/428.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8447/428.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de que sejam roçadas as beiras das estradas municipais, especialmente na região de Pindauvinha, onde é preocupante e iminente o perigo de acidentes rodoviários em face da má visibilidade provocada pela falta de roçada.</t>
   </si>
   <si>
     <t>8448</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8448/429.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8448/429.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, sugerindo àquela autoridade que remeta a este Legislativo, Projeto de Lei discorrendo sobre a denominação de "Praça João Majewski"; aquela que está situada entre as Ruas Sabiá e Corumbataí, na sede do Distrito de Alto Porã, deste Município de Ivaiporã.</t>
   </si>
   <si>
     <t>8449</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8449/430.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8449/430.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade de se proceder reparos na pavimentação asfáltica das vias centrais da cidade, especialmente em trechos das Avenidas Brasil, Paraná, e Souza Naves e Rua Professora Diva Proença._x000D_
 O Estudos de viabilidade ara a condenação e consequente demolição de prédios que se encontram em ruinas, como é o caso da casa de madeira situada na Avenida Brasil, ao lado do Edifício Schavarski, que dá à cidade uma falsa impressão de decadência, impressão essa que precisa urgentemente ser desmascarada.</t>
   </si>
   <si>
     <t>8450</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8450/431.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8450/431.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, providências no sentido de viabilizar o pedido dos estudantes, ficando desde logo esclarecido que para a sua concretização o Poder Executivo contará com todo o apoio desta Câmara.</t>
   </si>
   <si>
     <t>8451</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8451/432.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8451/432.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as providências que se fizerem necessárias no sentido de doar uma verba de ajuda à Igreja Católica em construção na sede do Distrito de Arapuã, podendo essa ajuda ser dada em material como forro paulista.</t>
   </si>
   <si>
     <t>8456</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>Miroslau Stresser, Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8456/433.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8456/433.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade do cascalhamento do pátio de máquinas ao lado da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>8457</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8457/434.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8457/434.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos que viabilizem com a maior urgência a construção de uma terceira pista pavimentada, no trecho compreendido entre a ponte sobre o Rio Pindaúva e o Ginásio de Esportes "Sapecadão", nesta cidade.</t>
   </si>
   <si>
     <t>8458</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8458/435.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8458/435.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que proceda gestões junto aos dirigentes das empresas de Furnas Eletrosul instaladas nesta cidade, estudos de viabilidade para em convênio construírem o mais próximo possível da cidade, um campo de pouso para aviões, de sorte a dota-la de mais esse meio eficiente e rápido de transporte.</t>
   </si>
   <si>
     <t>8459</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8459/436.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8459/436.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a destinação de auxílio que corresponda pelo menos ao material a ser empregado para proteger as dez fontes da água que servem desse precioso líquido a sede do Distrito de Romeópolis, ficando desde logo esclarecido que os seus habitantes estão dispostos a se unirem em mutirão para executar o trabalho.</t>
   </si>
   <si>
     <t>8460</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8460/437.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8460/437.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a prestação de um serviço aparentemente sem significação, porém de muita importância, se olharmos as dificuldades financeiras pela qual atravessamos, que impelem os mais carentes de recursos a se locomoverem mudando de residência em busca de melhores condições de vida, assim, a essas pessoas que não têm como, nem recursos para fazer o transporte de seus bens, é a prestação de serviço que independente de pagamento, desde que a mudança de residência seja dentro do território do Município.</t>
   </si>
   <si>
     <t>8461</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8461/438.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8461/438.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade da construção de um reservatório para água no Núcleo Habitacional Eduardo Gomes (Jardim Europa), desta cidade.</t>
   </si>
   <si>
     <t>8462</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>Flávio Proença, Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8462/439.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8462/439.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a alteração do nome de uma das ruas desta cidade, de forma que receba o nome de Leodegar de Camargo, de preferência a Rua Rio Grande do Sul, onde residem seus familiares.</t>
   </si>
   <si>
     <t>8463</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8463/440.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8463/440.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade de reforma na Escola Princesa Isabel e casa do Professor, na localidade de Jardim da Curva, neste Município.</t>
   </si>
   <si>
     <t>8464</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8464/441.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8464/441.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de uma ação conjunta do Senhor Prefeito, como Chefe do Poder Executivo, do Senhor Promotor de Justiça como fiscal da lei e do senhor delegado de polícia responsável pela ordem pública desta cidade, no sentido de impedir o pichamento de muros e paredes e a concentração de esforços para punir os pichadores inconsequentes que além destruírem a boa imagem da cidade, sujando-a, usam termos e frases indecorosas.</t>
   </si>
   <si>
     <t>8465</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>Flávio Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8465/442.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8465/442.pdf</t>
   </si>
   <si>
     <t>Aos Senhores Prefeito, Secretário de Estado da Saúde Pública, Chefe do 16º Distrito Sanitário Apucarana e demais órgãos a que competir o assunto, providências urgentíssimas no sentido de prevenir males irreparáveis em virtude do abate de animais e comercialização de carnes nos açougues desta cidade e possivelmente em todo o Município, pelos motivos a seguir expostos:</t>
   </si>
   <si>
     <t>8466</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>Augusto Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8466/443.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8466/443.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de iluminação pública nas Ruas Ceará e Santa Mariana, postes 43, 44, 45 e 46, fundos da Escola de Primeiro grau Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>8467</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8467/444.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8467/444.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de construção das arquibancadas, no Estádio Cláudio Coutinho, desta cidade, pelo menos até ao portão de entrada.</t>
   </si>
   <si>
     <t>8468</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8468/445.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8468/445.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, o cascalhamento da rua que segue como prolongamento da Avenida Brasil, desta cidade e adentra o jardim Itaipú, num terreno de acentuado declive, trazendo aos seus habitantes muita dificuldade de transporte em dias chuvosos.</t>
   </si>
   <si>
     <t>8469</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8469/446.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8469/446.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Secretário de Estado da Agricultura, a construção de um armazém para depósito de cereais, na sede do Distrito de Arapuã, neste Município, eis que abrange uma série de localidade de alta produção agrícola, tais como: Lajeado, Alto Patrimônio, Romeópolis, Bem-te-vi, etc...</t>
   </si>
   <si>
     <t>8470</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8470/447.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8470/447.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a reconstrução ou recuperação da Escola Deputado João Mansur, localizada em Manda Brasa, neste Município, para evitar maiores prejuízos.</t>
   </si>
   <si>
     <t>8471</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8471/448.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8471/448.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade da recuperação do revestimento asfáltico na Rua Professora Diva Proença, no trecho compreendido entre as Ruas Arapongas e Bandeirantes, que se encontra em situação precaríssima.</t>
   </si>
   <si>
     <t>8472</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8472/449.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8472/449.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, providências urgentes com referência ao depósito de papel velho instalado na Avenida Castelo Branco, defronte à Escola Estadual de 1º grau Idália Rocha, a fim de que o mesmo seja retirado daquele local, de vez que causa uma péssima impressão pela sujeira que provoca dando aos alunos um exemplo negativo de higiene e pelo risco de incêndio nas proximidades da escola com a possibilidade de consequências funestas.</t>
   </si>
   <si>
     <t>8473</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8473/450.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8473/450.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a instalação de dois postes na travessa Formosa da Vila do mesmo nome desta cidade, onde os proprietários de imóveis edificados pagam a taxa de iluminação e não contam com esse benefício.</t>
   </si>
   <si>
     <t>8474</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8474/451.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8474/451.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as providências cabíveis no sentido que de o último reajuste de 250,00 concedido pelo Excelentíssimo Senhor Presidente da República a todos os trabalhadores do País, atinja também os servidores do município de Ivaiporã, em sua totalidade.</t>
   </si>
   <si>
     <t>8475</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8475/452.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8475/452.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as imediações do Ginásio de Esportes "Sapecadão", por ser local adequado para um bom atendimento policial, por ficar fora do centro, porém bem próximo da cidade e na via de acesso à rodovia, facilitando assim o atendimento em ambas.</t>
   </si>
   <si>
     <t>8476</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8476/453.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8476/453.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a viabilidade de ser concedido uma anistia de 50% no preço cobrado de asfalto em nosso município, tomando-se por base que o proprietário tenha somente um imóvel registrado em seu nome e, renda mensal não superior a dois salários mínimos vigentes na região.</t>
   </si>
   <si>
     <t>8477</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8477/454.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8477/454.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade de um obstáculo (quebra-molas) a ser colocado na Avenida Tancredo Neves, na esquina da Rua Sete de Setembro, nesta cidade, a fim de evitar acidentes de trânsito, em face da grande movimentação de criança que chegam e saem do parque infantil ali instalado.</t>
   </si>
   <si>
     <t>8478</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8478/455.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8478/455.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da aquisição por compra, ou mediante desapropriação de área considerável de terreno para a implantação de um parque industrial, compatível com o tamanho da cidade e a previsão de seu crescimento pelo menos por trinta anos.</t>
   </si>
   <si>
     <t>8479</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8479/456.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8479/456.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as providências necessárias para a doação de uma área de terras suficiente para a instalação de uma Escola Técnica Agrícola destinada a atender os anseios dos agricultores de Ivaiporã e Municípios vizinhos.</t>
   </si>
   <si>
     <t>8480</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8480/457.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8480/457.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de asfaltar o Núcleo Habitacional Eduardo Gomes, desta cidade.</t>
   </si>
   <si>
     <t>8481</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8481/458.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8481/458.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que envie a esta Casa de Leis, viabilizando a doação de um data de terras, para que a Associação dos Moradores da Vila Nossa Senhora Aparecida, situada no Patrimônio do Maneco, construa a sua "Fábrica Comunitária de Tijolão".</t>
   </si>
   <si>
     <t>8482</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8482/459.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8482/459.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que inclua no Orçamento de 1.988, a ser enviado a essa Casa de Leis, uma verba destinada a ajudar as "Fábricas Comunitárias", implantadas pelas Associações dos Moradores das Vilas Jardim Florestal e Nossa Senhora da Aparecida, de muros-pré-fabricados e tijolão, respectivamente.</t>
   </si>
   <si>
     <t>8483</t>
   </si>
   <si>
     <t>Miroslau Stresser, Augusto Andrade, Enéas Circhia, Flávio Proença, Laudelino Leão, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8483/460.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8483/460.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade de uma reforma na Cadeia Pública do Distrito de Ariranha, que se encontra em estado precaríssimo e se não for recuperada não servirá para o fim a que se destina.</t>
   </si>
   <si>
     <t>8484</t>
   </si>
   <si>
     <t>Miroslau Stresser, Flávio Proença, Laudelino Leão, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8484/461.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8484/461.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito:_x000D_
 1º) Que, o carro pipa permaneça sempre cheio d'água;_x000D_
 2º) Que, o mecanismo de combate a incêndio seja testado constantemente de forma que possa ser acionado a qualquer hora e não haja entraves no seu funcionamento;_x000D_
 3º) Especializar pelo menos dois motoristas da Prefeitura, no manuseio do veículo e mecanismos destinados a combater o fogo;_x000D_
 4º) Manter sempre uma dessas pessoas de plantão para qualquer eventualidade que necessite de sua participação;_x000D_
 5º) Gestionar junto à SANEPAR para que uma cópia das chaves dos hidrantes fiquem em poder e sob a responsabilidade da Prefeitura, para que possam ser usados em caso de incêndio;_x000D_
 6º) Tendo em vista o crescimento da cidade, estudar a possibilidade da manutenção de mais um veículo que reúna condições de combate a incêndios, que seria uma opção auxiliar.</t>
   </si>
   <si>
     <t>8485</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8485/462.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8485/462.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que seja adquirido e posteriormente doado à Liga Regional de Futebol de Ivaiporã, um terreno (uma data) no qual será construído a sede própria desta entidade.</t>
   </si>
   <si>
     <t>8486</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8486/463.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8486/463.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, tendo em vista decisão do Governo Federal, as providências necessárias, a fim de que os servidores públicos do Município de Ivaiporã, sejam contemplados com o último aumento salarial na ordem de $ 250,00 (duzentos e cinquenta cruzados) estabelecido como abono a ser implantado a partir do mês de agosto recém-findo e demais benefícios advindos do Decreto-Lei nº 2.351.</t>
   </si>
   <si>
     <t>8487</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8487/465.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8487/465.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que seja construído no Núcleo Brigadeiro Eduardo Gomes, 03 (três) abrigos para passageiros, nos pontos de ônibus localizados naquele Núcleo. Outrossim, solicitamos também ser cascalhado as vias que transitam os ônibus que dão acesso aquele local.</t>
   </si>
   <si>
     <t>8488</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8488/466.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8488/466.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de disciplinação do trânsito urbano, com melhorias no sistema viário sem que isso implique em maiores despesas.</t>
   </si>
   <si>
     <t>8489</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8489/467.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8489/467.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade da construção de Cadeias Públicas e Sub-Delegacias de Polícia, nas sedes dos Distritos de Arapuã, Ariranha, Alto Porã e Romeópolis.</t>
   </si>
   <si>
     <t>8490</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8490/468.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8490/468.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que seja realizado uma vistoria nos veículos que transportam os passageiros, bem como seja determinado um horário a ser cumprido pela referida empresa em linhas de concessão da mesma.</t>
   </si>
   <si>
     <t>8491</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8491/469.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8491/469.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal a premente necessidade de iluminação pública em redor das Escolas Estaduais Raul Rodrigues Gomes e Barão do Cerro Azul, desta cidade.</t>
   </si>
   <si>
     <t>8492</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8492/470.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8492/470.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da concessão de reajuste de vencimentos e salários dos servidores municipais na ordem de 30% a partir do corrente mês, em face da queda fragorosa do seu poder aquisitivo, que se agrava cotidianamente, em virtude da inflação galopante que se verifica no País.</t>
   </si>
   <si>
     <t>8493</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8493/471.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8493/471.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as gestões necessárias a fim de impedir o cancelamento da linha de ônibus do Expresso Nordeste, pelo menos no trecho pertencente ao nosso Município, conforme se evidencia do ofício nº 038/87.</t>
   </si>
   <si>
     <t>8494</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8494/472.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8494/472.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, providências para a reposição de lâmpada de iluminação pública, no poste situado na esquina da Rua Londrina com a Rua Vereador Cléve, cuja falta há tempo vem sendo notada, com prejuízos aos habitantes da redondeza que contribuem com uma taxa para que a iluminação seja mantida.</t>
   </si>
   <si>
     <t>8495</t>
   </si>
   <si>
     <t>Graça Moraes, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8495/473.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8495/473.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da transferência do pátio de máquinas, estacionamento de veículos do Poder Executivo e oficina mecânica para outro local, tornando a periferia da sede dos Três Poderes mais interessante e acolhedora, já que na atualidade o ambiente encontra-se entulhado de materiais e veículos usados e imprestáveis, dando a nítida impressão de um depósito de ferro velho, ou mesmo de um depósito de lixo.</t>
   </si>
   <si>
     <t>8496</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8496/474.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8496/474.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a urgente necessidade da colocação de obstáculos (quebra-molas) no trecho da Rua Ceará entre as Ruas Jacarezinho e Ponta Grossa, pelos motivos constantes do abaixo assinado anexo.</t>
   </si>
   <si>
     <t>8497</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8497/475.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8497/475.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que sejam tomadas as providências de revestimento das ruas do Conjunto Habitacional Jardim Florestal, nesta cidade.</t>
   </si>
   <si>
     <t>8498</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8498/476.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8498/476.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as providências que se fizerem necessárias, a fim de que Associação de Moradores do Núcleo Habitacional Olímpio Mourão Filho, desta cidade, receba em doação um terreno correspondente a uma data de terra, naquele núcleo para a construção da sede própria.</t>
   </si>
   <si>
     <t>10864</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10864/voto_de_louvor.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10864/voto_de_louvor.pdf</t>
   </si>
   <si>
     <t>Voto de LOUVOR ao Governador ÁLVARO DIAS.</t>
   </si>
   <si>
     <t>10869</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10869/ato_1987_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10869/ato_1987_1.pdf</t>
   </si>
   <si>
     <t>Fixar os subsídios dos Vereadores do Município de Ivaiporã, em Cr$ 20.869,74.</t>
   </si>
   <si>
     <t>10870</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10870/ato_1987_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10870/ato_1987_2.pdf</t>
   </si>
   <si>
     <t>Fixar os subsídios dos Vereadores do Município de Ivaiporã, para o primeiro semestre de 1987, em Cr$ 16.300,00 mensais.</t>
   </si>
   <si>
     <t>10871</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10871/ato_1987_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10871/ato_1987_3.pdf</t>
   </si>
   <si>
     <t>Fixar os subsídios dos Vereadores dos Município de Ivaiporã, para o segundo semestre de 1987, em Cz$ 26.000,00 mensais.</t>
   </si>
   <si>
     <t>10872</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10872/ato_1987_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10872/ato_1987_4.pdf</t>
   </si>
   <si>
     <t>Disciplinar de forma específica o uso dos veículos automotores desta Câmara, deixando claro que os mesmos para uso dos Senhores Vereadores devem ser requisitados através de requerimento escrito, com antecedência de no mínimo vinte e quatro horas, declinando o usuário a finalidade do uso, - se particular, - ou para atendimento de interesses do Legislativo.</t>
   </si>
   <si>
     <t>10873</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10873/ato_1987_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10873/ato_1987_5.pdf</t>
   </si>
   <si>
     <t>Disciplinar o trabalho da Secretaria, ficando doravante estabelecido que esta atenderá aos senhores Vereadores de terça-feira a sexta-feira no horário de expediente.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2343,68 +2343,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5428/ple-449-87.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5429/ple-456-87.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5430/ple-457-87.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5431/ple-458-87.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5432/ple-459-87.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5433/ple-460-87.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5435/ple-461-87.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5437/ple-462-87.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5438/ple-463-87.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5439/ple-464-87.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5440/ple-465-87.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5441/ple-466-87.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5442/brn3c2af4e2196e_0000078356_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5445/ple-468-a.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5444/ple-469-87.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5446/ple-470-87.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5448/ple-471-87.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5449/ple-472-87.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5452/ple-473-87.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5450/ple-474-87.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5453/ple-475-87.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5454/ple-476-87.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/4212/pll-23-87.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/4213/pll-25-87.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/9097/projeto_de_decreto_01-1987.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3734/pr_1_1987.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3737/pr_2_1987.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3738/pr_3_1987.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3739/pr_4_1987.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3733/pr_21_1987.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8438/419.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8439/420.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8440/421.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8441/422.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8442/423.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8443/424.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8444/425.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8445/426.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8446/427.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8447/428.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8448/429.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8449/430.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8450/431.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8451/432.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8456/433.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8457/434.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8458/435.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8459/436.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8460/437.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8461/438.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8462/439.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8463/440.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8464/441.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8465/442.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8466/443.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8467/444.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8468/445.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8469/446.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8470/447.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8471/448.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8472/449.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8473/450.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8474/451.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8475/452.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8476/453.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8477/454.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8478/455.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8479/456.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8480/457.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8481/458.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8482/459.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8483/460.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8484/461.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8485/462.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8486/463.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8487/465.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8488/466.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8489/467.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8490/468.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8491/469.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8492/470.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8493/471.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8494/472.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8495/473.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8496/474.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8497/475.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8498/476.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10864/voto_de_louvor.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10869/ato_1987_1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10870/ato_1987_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10871/ato_1987_3.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10872/ato_1987_4.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10873/ato_1987_5.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5428/ple-449-87.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5429/ple-456-87.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5430/ple-457-87.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5431/ple-458-87.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5432/ple-459-87.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5433/ple-460-87.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5435/ple-461-87.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5437/ple-462-87.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5438/ple-463-87.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5439/ple-464-87.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5440/ple-465-87.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5441/ple-466-87.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5442/brn3c2af4e2196e_0000078356_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5445/ple-468-a.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5444/ple-469-87.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5446/ple-470-87.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5448/ple-471-87.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5449/ple-472-87.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5452/ple-473-87.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5450/ple-474-87.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5453/ple-475-87.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/5454/ple-476-87.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/4212/pll-23-87.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/4213/pll-25-87.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/9097/projeto_de_decreto_01-1987.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3734/pr_1_1987.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3737/pr_2_1987.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3738/pr_3_1987.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3739/pr_4_1987.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/3733/pr_21_1987.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8438/419.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8439/420.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8440/421.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8441/422.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8442/423.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8443/424.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8444/425.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8445/426.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8446/427.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8447/428.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8448/429.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8449/430.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8450/431.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8451/432.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8456/433.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8457/434.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8458/435.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8459/436.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8460/437.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8461/438.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8462/439.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8463/440.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8464/441.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8465/442.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8466/443.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8467/444.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8468/445.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8469/446.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8470/447.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8471/448.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8472/449.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8473/450.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8474/451.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8475/452.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8476/453.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8477/454.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8478/455.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8479/456.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8480/457.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8481/458.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8482/459.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8483/460.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8484/461.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8485/462.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8486/463.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8487/465.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8488/466.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8489/467.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8490/468.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8491/469.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8492/470.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8493/471.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8494/472.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8495/473.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8496/474.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8497/475.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/8498/476.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10864/voto_de_louvor.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10869/ato_1987_1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10870/ato_1987_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10871/ato_1987_3.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10872/ato_1987_4.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1987/10873/ato_1987_5.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="124.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>