--- v0 (2025-10-21)
+++ v1 (2026-03-10)
@@ -54,2386 +54,2386 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5396</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Flávio Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5396/ple-405-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5396/ple-405-85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, Estado do Paraná, a doar Fundação de Saúde Caetano Munhoz da Rocha, imóvel encravado no perímetro urbano de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5397</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5397/ple-406-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5397/ple-406-85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal por permuta, ampliar a área de lote n° 20, da Gleba Pindaúva, secção - C - 2ª.  parte ( Parque de Exposição de Ivaiporã ) e dá outras providências.</t>
   </si>
   <si>
     <t>5399</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5399/ple-407-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5399/ple-407-85.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 2° da Lei Municipal de n° 502/84, e dá outras providências.</t>
   </si>
   <si>
     <t>5400</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5400/ple-408-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5400/ple-408-85.pdf</t>
   </si>
   <si>
     <t>Cria auxílio financeiro para estudantes de Ivaiporã, com fequência e cursos de 3° grau, e dá outras providências.</t>
   </si>
   <si>
     <t>5401</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5401/ple-409-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5401/ple-409-85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a se atualizar dos Ônibus de propriedade do Município, para o transporte de atletas e desportistas e dá outras providências.</t>
   </si>
   <si>
     <t>5402</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5402/ple-410-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5402/ple-410-85.pdf</t>
   </si>
   <si>
     <t>Introduz alterações  na Lei Municipal n° 493/83 ( Código Tributário Municipal ) e dá outras providências.</t>
   </si>
   <si>
     <t>5403</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5403/ple-411-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5403/ple-411-85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar ao LIONS CLUBE DE IVAIPORÃ, imóvel urbano e dá outras providências.</t>
   </si>
   <si>
     <t>5404</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5404/ple-412-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5404/ple-412-85.pdf</t>
   </si>
   <si>
     <t>Concede isenção do ''ISS '' às empresas e aos permissionários de serviços de utilidade pública, e dá outras providências.</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5405/ple-414-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5405/ple-414-85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a solicitar do Ministério das Comunicações, permissão para instalação e operação uma retransmissora de televisão e prevê os recursos necessários para as providências.</t>
   </si>
   <si>
     <t>5406</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5406/ple-415-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5406/ple-415-85.pdf</t>
   </si>
   <si>
     <t>Autoriza Executivo Municipal de Ivaiporã, Estado do Paraná, a valer-se dos meios disponíveis do Município, para auxiliar entidades educacionais, filantrópicas, religiosas ou assistência-is, e dá outra providências</t>
   </si>
   <si>
     <t>5407</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5407/ple-416-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5407/ple-416-85.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 1° da Lei Municipal n° 212, de 24 de Maio de 1974.</t>
   </si>
   <si>
     <t>5408</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5408/ple-417-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5408/ple-417-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adquirir, por compra, imóvel situado na Gleba Pindaúva, secção-C- 1ª parte, e dá outras providências.</t>
   </si>
   <si>
     <t>5409</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5409/ple-418-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5409/ple-418-85.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime Tributário da Microempresa,  e dá outras providências.</t>
   </si>
   <si>
     <t>5412</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5412/ple-419-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5412/ple-419-85.pdf</t>
   </si>
   <si>
     <t>Etabelece Legislação Especial com relação à divisão de lotes urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5413/ple-420-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5413/ple-420-85.pdf</t>
   </si>
   <si>
     <t>Considera como órgão de Utilidade Pública o Recanto do Velhinhos do Lar Santo Antonio de Ivaiporã.</t>
   </si>
   <si>
     <t>5414</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5414/ple-421-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5414/ple-421-85.pdf</t>
   </si>
   <si>
     <t>Concede a isenção de taxas do ''ISS'' incidentes sobre obras diversas, e dá outras providências.</t>
   </si>
   <si>
     <t>5415</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5415/ple-422-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5415/ple-422-85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com  a Fundação Educacional do Estado do Paraná -FUNDEPAR- E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5416</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5416/ple-424-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5416/ple-424-85.pdf</t>
   </si>
   <si>
     <t>Concede o título de ''CIDADÃO HONORÁRIO DE IVAIPORÃ'' ao Governador do Estado do Paraná '' JOSÉ KALIL RICHA ''.</t>
   </si>
   <si>
     <t>5418</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5418/ple-425-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5418/ple-425-85.pdf</t>
   </si>
   <si>
     <t>Altera o  redação do inciso do art. 3° da Lei Municipal n° 473/83, e dá outras providências.</t>
   </si>
   <si>
     <t>5419</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5419/ple-426-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5419/ple-426-85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar ao ARA - Associação de Recuperação do Alcóolatra  de Ivaiporã, imóvel urbano e dá outras providências.</t>
   </si>
   <si>
     <t>5423</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5423/ple-428-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5423/ple-428-85.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Escola Pública Municipal ''BATOLOMEU DE GUSMÃO '' para '' AUGUSTO BACK '', e dá outras providências.</t>
   </si>
   <si>
     <t>5424</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5424/ple-428-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5424/ple-428-85.pdf</t>
   </si>
   <si>
     <t>Institui o 13° salário, e dá outras providências.</t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5425/ple-429-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5425/ple-429-85.pdf</t>
   </si>
   <si>
     <t>Dá outras providências.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4188/pll-_01-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4188/pll-_01-85.pdf</t>
   </si>
   <si>
     <t>Revoga integralmente a Lei Municipal n°541/84, dê 26-10-84.</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4189/pll_-_02_-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4189/pll_-_02_-85.pdf</t>
   </si>
   <si>
     <t>Altera de ''AVENIDA PRESIDENTE TANCREDO NEVES '', a atual Avenida Sergipe, desta cidade.</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Enéas Circhia, Graça Moraes, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4190/pll_-_03-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4190/pll_-_03-85.pdf</t>
   </si>
   <si>
     <t>Férias do Servidor Público Municipal.</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Augusto Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Revogam-se as leis n° 471/83 e 532/84 e dá outras providências.</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Altera a denominação da rua Ministro AramIS Athaide, entre os  Conjuntos Habitacionais Olimpio Mourão Filho I e II, para RUA ALCIR WIELEWSKI, e dá outras providências.</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4193/pll-06-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4193/pll-06-85.pdf</t>
   </si>
   <si>
     <t>Denomina  '' CONJUNTO ESPORTIVO ABINAEL DE OLIVEIRA'', a Praça de Esportes localizada no Distrito de Jacutinga, neste Município, constante de quadra polivalente e um campo de futebol suiço.</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Graça Moraes</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE IVAIPORÃ AO SENADOR DA REPÚBLICA ÁLVARO DIAS.</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4195/pll-08-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4195/pll-08-85.pdf</t>
   </si>
   <si>
     <t>Concede o  Título de Cidadão Honorário de Ivaiporã, ao Governador do Estado do Paraná, JOSÉ KALIL RICHA.</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4197/pll-09-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4197/pll-09-85.pdf</t>
   </si>
   <si>
     <t>Considera como Órgão de Utilidade Pública, a ''ESCOLA DE VIGILANTES MIRINS DE IAVIPORÃ'', e dá outras providências.</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4199/pll-10-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4199/pll-10-85.pdf</t>
   </si>
   <si>
     <t>Altera a denominação do Parque de Exposição do Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4200/pll-11-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4200/pll-11-85.pdf</t>
   </si>
   <si>
     <t>Altera a denominação do Pavilhão de Bovinos, do Parque de Exposição de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Flávio Proença, Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4201/pll-12-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4201/pll-12-85.pdf</t>
   </si>
   <si>
     <t>Altera a denominação do Pavilhão de Equinos, do Parque de Exposição do Municipio de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4202/pll-13-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4202/pll-13-85.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da ''CRECHE MAMÃE DILETA'', para ''CRECHE DNA. MINERVINA ALVES FRANÇA DE MORAES'',e dá outras providências.</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4203/pll-14-85.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4203/pll-14-85.pdf</t>
   </si>
   <si>
     <t>O Projeto de Lei que ora apresentamos, para apreciação deste Plenário, visa a alteração da denominação da ''CRECHE ARLETE STIER TEIXEIRA'', localizada na Avenida Brasil, no antigo prédio, onde funcionava a Café do Paraná, para ''CRECHE JOSÉ MESSIAS''.</t>
   </si>
   <si>
     <t>7217</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Enéas Circhia, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7217/154.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7217/154.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade urgente de ser reparada ou reconstruída a Escola Municipal Marechal Cândido Rondon, localizada na estrada da Paineirinha, neste Município, pois a mesma encontra-se em péssimas condições, pondo em risco a vida dos alunos e professora que ela frequentam.</t>
   </si>
   <si>
     <t>7218</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7218/155.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7218/155.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que sejam levantadas alambrados no Estágio Cláudio Coutinho, para que sejam cobrados ingressos em jogos importantes lá realizados, aumentando, assim, a arrecadação do município. Também isto se torna necessário, pois em se criando uma equipe de futebol profissional na cidade, há a necessidade de se ter um estágio fechado.</t>
   </si>
   <si>
     <t>7219</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7219/157.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7219/157.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade e a urgência na colocação de quebra-molas na Rua Alagoas, esquina com a Rua Bandeirantes e Rua Londrina, esquina com a Rua Alagoas.</t>
   </si>
   <si>
     <t>7220</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7220/158.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7220/158.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade de ser encaminhado a este Legislativo, Projeto de Lei, no sentido de se doar terreno para construção do Colégio Canadá, que com a sua instalação no Município, irá ofertar ensino desde o Jardim da Infância até o 2º Grau, inclusive, doações de bolsas de estudos para os carentes.</t>
   </si>
   <si>
     <t>7222</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7222/159.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7222/159.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que sejam tomadas medidas no sentido de que a Rua Maringá, no trecho correspondente entre as Avenidas Brasil e Souza Naves, seja considerada via dupla.</t>
   </si>
   <si>
     <t>7223</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7223/160.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7223/160.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal competente, para que seja implantado o sistema de cascalho compactado nas principais ruas do Distrito de Jacutinga, neste Município.</t>
   </si>
   <si>
     <t>7226</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7226/161.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7226/161.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que determine ao departamento municipal competente, a recuperação da estrada da Vila Nova Porã, até Santa Luzia passando atrás do IBC, pois a mesma encontra-se em péssimas condições.</t>
   </si>
   <si>
     <t>7228</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7228/162.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7228/162.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade urgente de ser recuperada a ponte da Água da Prata, localizada na estrada da localidade denominada Água da Prata, pois a mesma se encontra em péssimas condições, pondo em risco a vida das pessoas que transitam por ali.</t>
   </si>
   <si>
     <t>7229</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7229/163.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7229/163.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de estudos urgentes, no sentido de se colocar luminárias na Rua Cambará, como também, na Avenida Sergipe, nas proximidades da Rua Cambará, pelo motivo de nas localidades já existirem Rede de Energia Elétrica e, também, por ser próxima à Escola Raul Rodrigues Gomes, por onde passam um grande número de alunos daquela escola.</t>
   </si>
   <si>
     <t>7249</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Laudelino Leão, Graça Moraes, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7249/164.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7249/164.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser construído no Distrito de Arapuã, uma Quadra de Esportes Polivalente.</t>
   </si>
   <si>
     <t>7257</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7257/165.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7257/165.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de cascalhar a subida da Gabirobeira na estrada do Distrito de Jacutinga no nosso Município.</t>
   </si>
   <si>
     <t>7258</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7258/166.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7258/166.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de ser feita a terraplanagem e cascalhar a subida da estrada da Paineirinha, em nosso município.</t>
   </si>
   <si>
     <t>7259</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Orlando Buratto, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7259/167.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7259/167.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade urgente de ser carpido o matagal que esta muito alto no acesso da cidade de Ivaiporã até o trevo da Rodovia PR 466.</t>
   </si>
   <si>
     <t>7260</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Enéas Circhia, Graça Moraes, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7260/168.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7260/168.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade de colocação de quebra-molas na Rua Acre, esquina com a Rua Cornélio Procópio e esquina com a Rua Guarapuava.</t>
   </si>
   <si>
     <t>7261</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7261/169.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7261/169.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que aquela autoridade faça gestões junto aos órgãos competentes, no sentido de que sejam instaladas luminárias nas ruas próximas ao Grupo Escolar da Vila João XXIII.</t>
   </si>
   <si>
     <t>7262</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Enéas Circhia, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7262/170.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7262/170.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Municipal Competente, para que sejam reparadas as estradas principais, bem como os carreadores dos sítios da região da Pedreirinha-Santa Bárbara em nosso Município, pois as mesmas não estão dando condições de escoamento para a safra de algodão, por estarem intransitáveis, em péssimas condições.</t>
   </si>
   <si>
     <t>7263</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7263/171.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7263/171.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Municipal Competente para que sejam reparadas as estradas principais, bem como os carreadores da região de Alto Lageado em nosso Município, pois as mesmas encontram-se intransitáveis, não dando condições de tráfego.</t>
   </si>
   <si>
     <t>7265</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Enéas Circhia, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7265/172.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7265/172.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Municipal Competente, para que seja reparada a ponte, bem como a estrada de Alto Patrimônio em nosso Município, por estarem intransitáveis.</t>
   </si>
   <si>
     <t>7267</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7267/173.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7267/173.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal competente, para que seja reparada a Rua São Leopoldo, próximo da Rua Jacarezinho, pois a enxurrada está invadindo as residências da referida rua.</t>
   </si>
   <si>
     <t>7270</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7270/174.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7270/174.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente para que seja reparada a estrada que vai do Bulha "F" até o Distrito de Arapuã, em nosso Município.</t>
   </si>
   <si>
     <t>7272</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7272/175.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7272/175.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade urgente de ser reconstruída a escola da localidade de Pindauvinha, em nosso município, pois a mesma encontra-se em péssimas condições, prestes a cair, pondo em risco a vida das crianças e professora que frequentam a referida escola.</t>
   </si>
   <si>
     <t>7273</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Sérgio Chaves, Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7273/176.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7273/176.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que faça gestões junto aos órgãos competentes, no sentido de que seja instalado um telefone público no Distrito de Romeópolis.</t>
   </si>
   <si>
     <t>7445</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7445/177.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7445/177.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade e a urgência de cascalhamento da estrada que liga a Rodovia asfaltada, passando por Arapuã, Alto da Saúde indo até o Romeópolis.</t>
   </si>
   <si>
     <t>7446</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Orlando Buratto, Enéas Circhia, Laudelino Leão, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7446/178.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7446/178.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que determine ao Departamento Municipal competente, para que sejam arrumadas na Rodoviária nova as lajotas de concreto que fazem o piso em frente a plataforma de embarque, pois as mesmas afundaram com o peso dos ônibus formando imensas lagoas em dias chuvosos.</t>
   </si>
   <si>
     <t>7447</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7447/179.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7447/179.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade imprescindível do Município fazer "Projeto e infra-estruturas de rede de esgotos em nossa cidade, visando a adequação da mesma ao recebimento de obras de vulto.</t>
   </si>
   <si>
     <t>7448</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7448/180.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7448/180.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade do envio de um trator sobre esteiras para fazer terraplenagem na área pertencente à Sociedade Educacional dos Amigos de Jacutinga - SEJA -, terraplenagem esta que seria para construção de uma área de lazer de seus associados.</t>
   </si>
   <si>
     <t>7449</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7449/181.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7449/181.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de se recuperar a Rua Jacarezinho, após o asfalto, bem como, recuperar a ponte sobre o Rio Pindaúva, nesta mesma rua.</t>
   </si>
   <si>
     <t>7450</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7450/182.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7450/182.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade do Município colocar à disposição do Rotary Club de Ivaiporã, uma monitora custeada pelos cofres públicos, para dar atendimento ao pré-escolar.</t>
   </si>
   <si>
     <t>7451</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Miroslau Stresser, Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7451/183.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7451/183.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de se colocar quebra-molas na Rua Rio Grande do Sul, esquina com a Avenida Paraná.</t>
   </si>
   <si>
     <t>7452</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Sérgio Chaves, Augusto Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7452/184.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7452/184.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de viabilizar o transporte de atletas, pelos ônibus da Municipalidade, de acordo com o Projeto de Lei nº 409/85, não só de atletas do perímetro urbano, como também, de atletas da zona rural, especialmente os que disputam campeonatos promovidos pela Liga Amadora do Município.</t>
   </si>
   <si>
     <t>7453</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Graça Moraes, Enéas Circhia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7453/185.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7453/185.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova uma campanha de incentivo, para formação de hortas de fundo de quintal, e como estímulo que a população de baixa renda tenha a isenção do pagamento do Imposto Predial e territorial Urbano, após comprovar a implantação de horta em seu quintal.</t>
   </si>
   <si>
     <t>7454</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7454/186.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7454/186.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal competente, para que seja feito muro no terreno onde se localiza a Escola Estadual de Romeópolis.</t>
   </si>
   <si>
     <t>7455</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7455/187.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7455/187.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova uma campanha, para que a população de baixa renda plante culturas de subsistência em terrenos de terceiros, atendendo dois pontos básicos: produção de alimentos e limpeza automática de terreno baldios.</t>
   </si>
   <si>
     <t>7457</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7457/188.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7457/188.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente, para que sejam pintados os quebra-molas de nossa cidade, evitando dessa forma, que os motoristas que circulam por nossa cidade sejam surpreendidos pelos quebra-molas, avariando seus veículos.</t>
   </si>
   <si>
     <t>7461</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7461/189.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7461/189.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo implante o processo "Anti-Pó" (revestimento primário com tratamento superficial betuminoso), na Rua que vai da cidade à Vila Santa Maria até o Hospital do Trabalhador Rural de Ivaiporã, como também na Rua que vai da cidade até a Vila Nova Porã.</t>
   </si>
   <si>
     <t>7463</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7463/190.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7463/190.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade, de serem calçadas as ruas dos bairros de nossa cidade com paralelepípedos ou poliedros irregulares.</t>
   </si>
   <si>
     <t>7464</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7464/191.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7464/191.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade para que seja construída a Praça da Igreja da Paróquia Espírito Santo de nossa cidade.</t>
   </si>
   <si>
     <t>7465</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7465/192.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7465/192.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo quando der alvará para circos, exija dos mesmos que durante a estadia em nossa cidade façam um espetáculo gratuito para as pessoas carentes.</t>
   </si>
   <si>
     <t>7466</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Enéas Circhia, Augusto Andrade, Laudelino Leão, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7466/193.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7466/193.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, os estudos da viabilidade para que um pedreiro da Prefeitura Municipal ajude a reconstruir a casa do Senhor Jorge Pepe que foi sinistrada por um incêndio no dia 23 (vinte e três) de março.</t>
   </si>
   <si>
     <t>7467</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7467/194.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7467/194.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade urgente de serem reparadas as casas da Colônia da Prefeitura, pois as mesmas encontram-se em péssimas condições.</t>
   </si>
   <si>
     <t>7468</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Orlando Buratto, Miguel Zanardi de Oliveira, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7468/195.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7468/195.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade, assim que estiar, de serem reparadas, com a moto-niveladora, as ruas da cidade de Ivaiporã, bem como das Vilas e bairros da mesma.</t>
   </si>
   <si>
     <t>7470</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7470/196.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7470/196.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade de permuta de uma data de propriedade da ARA - Associação de Recuperação de Alcoólatras, localizada na Vila João XXIII, por uma outra mais perto do centro da cidade, para que aquela Associação possa construir sua sede própria, em um local melhor acesso.</t>
   </si>
   <si>
     <t>7471</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Enéas Circhia, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7471/197.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7471/197.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que determine ao Departamento competente, que promova o cascalhamento de todas as ruas do jardim Brasília e Vila João XXIII, principalmente as ruas que convergem para as vias asfaltadas.</t>
   </si>
   <si>
     <t>7472</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7472/198.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7472/198.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que sejas cascalhada a estrada da Vila de Furnas até a Cajarana em nosso Município.</t>
   </si>
   <si>
     <t>7473</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7473/199.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7473/199.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo faça gestões junto à 38{ CIRETRAN, solicitando da mesma a fiscalização de caminhões que sobrem nas calçadas para efetuarem carga e descarga, destruindo-as totalmente, isto principalmente na Avenida Brasil, solicitando também a orientação para os caminhões, que quando efetuarem carga ou descarga, estacionem paralelos ao meio-fio.</t>
   </si>
   <si>
     <t>7474</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7474/200.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7474/200.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade, dentro da maior brevidade possível da construção de uma Cancha Esportiva Polivalente, na localidade de Santa Bárbara, visando dessa maneira, beneficiar os estudantes daquela localidade.</t>
   </si>
   <si>
     <t>7475</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7475/201.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7475/201.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo promova gestões junto aos órgãos competentes, objetivando a criação do Distrito de Santa Bárbara, em nosso Município, por ser uma antiga reivindicação daquela localidade.</t>
   </si>
   <si>
     <t>7476</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7476/202.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7476/202.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo promova dentro das possibilidades da municipalidade, a urbanização da praça, situada em frente a Igreja da localidade de Santa Bárbara, neste Município.</t>
   </si>
   <si>
     <t>7477</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7477/203.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7477/203.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo promova gestões, junto ao Governo Estadual, visando instalar na localidade de Santa Bárbara, neste Município, um Micro-sistema de Abastecimento de Água.</t>
   </si>
   <si>
     <t>7478</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Enéas Circhia, Graça Moraes, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7478/204.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7478/204.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Competente, para que sejam trocadas as lâmpadas queimadas da Avenida Café Filho, do Conjunto Habitacional Olímpio Mourão Filho, pois a referida avenida está muito escura, proporcionando perigo aos alunos que transitam por ela.</t>
   </si>
   <si>
     <t>7479</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Graça Moraes, Enéas Circhia, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7479/205.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7479/205.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Municipal competente, o cascalhamento da subida do Rio Azul, estrada do Distrito de Ariranha.</t>
   </si>
   <si>
     <t>7480</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7480/206.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7480/206.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Competente o reparo da estrada que vai para a localidade de Rio Claro no Distrito de Ariranha, em nosso Município.</t>
   </si>
   <si>
     <t>7481</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7481/207.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7481/207.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade para que seja construída a praça da Igreja do Distrito de Ariranha, em nosso Município.</t>
   </si>
   <si>
     <t>7482</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7482/208.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7482/208.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento competente, para que seja retirado o quebra-molas , localizado no redondo da Avenida Castelo Branco, em frente a Arteferro Ivaiporã.</t>
   </si>
   <si>
     <t>7483</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7483/209.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7483/209.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade para que seja aberta a Avenida Café Filho do Conjunto Habitacional Olímpio Mourão Filho, até a Vila Santa Terezinha, pois desta forma daria-se aos alunos melhores condições de acesso, para que pudessem frequentar a escola noturna.</t>
   </si>
   <si>
     <t>7484</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7484/210.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7484/210.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao departamento competente, para que seja mandado um jardineiro da municipalidade par alimpar o pátio das Escolas Estaduais Bento Mossurunga e Raul Rodrigues Gomes de nossa cidade.</t>
   </si>
   <si>
     <t>7504</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7504/211.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7504/211.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça estudos da viabilidade de ser instalado no Conjunto Habitacional Olímpio Mourão Filho um Play Ground.</t>
   </si>
   <si>
     <t>7505</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7505/212.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7505/212.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que os vendedores ambulantes que foram aposentados por invalides, sejam isentados do ISS.</t>
   </si>
   <si>
     <t>7506</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7506/213.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7506/213.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade para que seja construído um muro no Cemitério do Distrito do Alto Porã.</t>
   </si>
   <si>
     <t>7507</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7507/214.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7507/214.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova gestões, para que as Circulares que atendem a cidade de Ivaiporã, nas Segundas e Sextas-feiras, de manhã, ao meio dia e a tarde façam até a localidade de Pindaúvinha, pois nestes dias os moradores daquela localidade precisam se locomover até a cidade.</t>
   </si>
   <si>
     <t>7508</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7508/215.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7508/215.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo ceda um eletricista e postes para a instalação das luminárias na Cancha de Esportes da Escola Estadual Bento Mossurunga, pois a referida escola conseguiu as luminárias com a ajuda do Deputado Artagão de Mattos Leão, mas não tem recursos para instala-las.</t>
   </si>
   <si>
     <t>7509</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7509/216.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7509/216.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo inclua no Programa de Alimentação Escolar, todas as Creches e a APAE, tendo em vista a vasta cota de alimentação que o Estado e a FAE enviam ao município, pois desta forma, poderemos atender essas crianças menos privilegiadas, que tanto necessitam de uma boa alimentação para um total desenvolvimento físico e mental.</t>
   </si>
   <si>
     <t>7510</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7510/217.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7510/217.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento competente, para que seja cascalhado uns quinhentos metros, saindo da estrada PR 466, na estrada que vai para o Distrito de Arapuã, pois nos dias chuvosos os carros que transitam naquela área trazem muito barro para o asfalto.</t>
   </si>
   <si>
     <t>7511</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7511/218.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7511/218.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o departamento competente, para que sejam cascalhados uns quinhentos metros, saindo da estrada PR 466, na estrada que vai para o Distrito de Romeópolis, pois nos dias chuvosos os carros que transitam naquela área trazem muito barro para o asfalto.</t>
   </si>
   <si>
     <t>7512</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7512/219.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7512/219.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao departamento competente para que seja feito meio-fio e cascalhada a Rua Principal da Vila Nova Porã.</t>
   </si>
   <si>
     <t>7513</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7513/220.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7513/220.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que promova a instalação de Iluminação Pública da Vila Nova Porã até o Ginásio Raul Rodrigues Gomes em nossa cidade.</t>
   </si>
   <si>
     <t>7514</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7514/221.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7514/221.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo forneça passes para as crianças estudantes carentes, usarem nas circulares da cidade.</t>
   </si>
   <si>
     <t>7515</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Graça Moraes, Augusto Andrade, Enéas Circhia, Laudelino Leão, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7515/222.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7515/222.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser coberta a Quadra Municipal de Esportes, tendo em vista a precariedade que temos de áreas de lazer em nossa cidade, e a distância que possui o Ginásio de Esportes Sapecadão do Centro da Cidade.</t>
   </si>
   <si>
     <t>7516</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7516/223.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7516/223.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova a construção de uma Quadra de Esportes Polivalente, na Escola Estadual do Distrito de Ariranha, pois além de proporcionar aos alunos condições para a prática do desporto, a referida quadra também poderá ser utilizada pela comunidade.</t>
   </si>
   <si>
     <t>7517</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Graça Moraes, Enéas Circhia, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7517/224.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7517/224.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade da criação de uma Funerária Municipal, visando assistir a comunidade carente de nosso município, mas isto, cobrindo apenas as despesas de custo dos funerais.</t>
   </si>
   <si>
     <t>7518</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Graça Moraes, Augusto Andrade, Enéas Circhia, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7518/225.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7518/225.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade de que seja aumentado o espaço físico do prédio da Biblioteca Pública Municipal, tendo em vista que o mesmo já se tornou pequeno para as necessidade.</t>
   </si>
   <si>
     <t>7519</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7519/226.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7519/226.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de que a Biblioteca Pública Municipal, funcione aos sábados, no mínimo até às 16:00 horas.</t>
   </si>
   <si>
     <t>7520</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7520/227.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7520/227.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de contratação de uma merendeira para a Escola Municipal Papa Paulo VI, na localidade de Alto da Boa Vista.</t>
   </si>
   <si>
     <t>7521</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7521/228.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7521/228.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da possibilidade de se encanar água potável, na Escola Municipal Papa Paulo VI, na localidade de Alto da Boa Vista.</t>
   </si>
   <si>
     <t>7522</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7522/229.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7522/229.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, dinamização para instalação de água potável no Distrito de Ariranha, tendo em vista, já possuírem poço artesiano perfurado, desde a gestão anterior.</t>
   </si>
   <si>
     <t>7523</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7523/230.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7523/230.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto aos Órgãos competentes, para que seja implantado um sistema de abastecimento de água, pela SANEPAR, no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7524</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7524/231.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7524/231.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento competente, o aproveitamento de recursos humanos que estão trabalhando em Jacutinga e efetuem o cascalhamento da subida da Paineirinha, bem como do início da Rua Ivaiporã, no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7525</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7525/232.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7525/232.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos das possibilidades de se atender proposta do Governo do Estado, no tocante à descentralização administrativa, com participação comunitária, decentralizando administrativa, com participação comunitária, decentralizando Órgãos Municipais, em especial do Departamento Municipal de Educação.</t>
   </si>
   <si>
     <t>7526</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7526/233.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7526/233.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade da construção da praça da Igreja Católica do Distrito de Arapuã, com arborização, ajardinamento e iluminação.</t>
   </si>
   <si>
     <t>7527</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7527/234.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7527/234.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da construção de meios-fios nas Ruas do Distrito de Arapuã, especialmente as mais centrais.</t>
   </si>
   <si>
     <t>7528</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7528/235.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7528/235.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da criação de um matadouro municipal, tendo em vista, além da necessidade, uma melhor fiscalização para o bem dos consumidores. Há, também, a necessidade de que o mesmo seja construído em local não residencial e que seja evitado o máximo de poluição em córregos e ao meio ambiente.</t>
   </si>
   <si>
     <t>7559</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Enéas Circhia, Augusto Andrade, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7559/236.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7559/236.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade do término da construção do prédio que deveria, pelo projeto, abrigar as dependências do Executivo, bem como do Legislativo Municipal.</t>
   </si>
   <si>
     <t>7560</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7560/237.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7560/237.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da construção de uma cancha esportiva polivalente no conjunto da construção de uma cancha esportiva polivalente no conjunto Habitacional Olímpio Mourão Filho, tendo em vista que crianças que lá residem se utilizam das ruas para a prática de jogos, colocando, inclusive suas vidas em risco e, também, pela falta de uma área de lazer aos jovens daquela localidade.</t>
   </si>
   <si>
     <t>7561</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7561/238.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7561/238.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade de criação de uma Biblioteca Pública Municipal no Distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>7562</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7562/239.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7562/239.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova a colocação de um semáforo em frente ao Banco do Brasil de nossa cidade devido o número de ruas e avenidas que se cruzam neste local.</t>
   </si>
   <si>
     <t>7563</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7563/240.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7563/240.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal competente, para que seja cascalhada a rua que da saída para a Serraria do Adail até a bica d'água, pois a mesma está em péssimas condições, proporcionando ao caminhão tanque da Prefeitura, grande dificuldade para ir abastecer, correndo o risco de ficar encalhado no caso de uma emergência.</t>
   </si>
   <si>
     <t>7564</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7564/241.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7564/241.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova a construção de mais duas salas de aula na Escola D. João VI, em Santa Bárbara, no nosso Município.</t>
   </si>
   <si>
     <t>7565</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7565/242.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7565/242.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente, o cascalhamento da rua do reservado em nossa cidade, pois a mesma está em péssimas condições.</t>
   </si>
   <si>
     <t>7566</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7566/243.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7566/243.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de se estabelecer no Posto de Saúde, um horário específico para dar assistência às gestantes durante o seu pré-natal.</t>
   </si>
   <si>
     <t>7567</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Miroslau Stresser, Augusto Andrade, Enéas Circhia, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7567/244.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7567/244.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de colocação de luminárias, nos canteiros centrais da Avenida Brasil, desde a Rua Bandeirantes, até a altura do Posto Esso, para o maior embelezamento daquela via pública.</t>
   </si>
   <si>
     <t>7568</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7568/245.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7568/245.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de melhoramentos na Praça Presidente Kennedy, no centro da cidade, tais como luminárias e estudos de condições de se implantar uma fonte luminosa e, também, estudos de uma melhor distribuição da arborização e ajardinamento, que se encontrem em péssimas condições.</t>
   </si>
   <si>
     <t>7569</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Sérgio Chaves, Enéas Circhia, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7569/246.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7569/246.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da possibilidade de aquisição de livros, para posterior doação a todas as escolas públicas do Município.</t>
   </si>
   <si>
     <t>7570</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7570/247.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7570/247.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos das possibilidades da criação de uma Biblioteca Pública ambulante, para dar assistência a estudantes das escolas de todo o Município.</t>
   </si>
   <si>
     <t>7571</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7571/248.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7571/248.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a possibilidade de que sejam criadas dotações orçamentárias para aquisição de material bibliográfico, para as seguintes entidades:_x000D_
 - Escola Estadual "Raul Rodrigues Gomes" - Ensino de 1º Grau Regular e Supletivo._x000D_
 - Escola Estadual "Barão do Cerro Azul" - Ensino de 1º Grau._x000D_
 - Escola Estadual "Idália Rocha" - Ensino de 1º Grau._x000D_
 - Escola Estadual "Bento Mussurunga" - Ensino de 1º Grau._x000D_
 - Colégio Estadual "Barbosa Ferraz" - Ensino de 1º e 2º Graus._x000D_
 - CECEI - Centro de Comunicação e Expressão de Ivaiporã.</t>
   </si>
   <si>
     <t>7572</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Graça Moraes, Enéas Circhia, Laudelino Leão, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7572/249.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7572/249.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que seja introduzido o Ensino Pré-Escolar, nas Escolas Municipais da cidade, na Escola Municipal de Alto Lageado, Escola Municipal Bento Viana, bem como nas Escolas dos Distritos de Romeópolis e Arapuã.</t>
   </si>
   <si>
     <t>7573</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7573/250.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7573/250.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine aos órgãos Municipais competentes, a construção de meio-fio e cascalhamento nas ruas dos Distritos de Alto Porã e Romeópolis e nas localidades de Alto Lageado e Santa Bárbara, bem como seja feita a arborização dos referidos Distritos e Localidades de nosso Município.</t>
   </si>
   <si>
     <t>7574</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7574/251.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7574/251.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a construção de Parques Infantis, nos Distritos de Alto Porã, Arapuã, Ariranha, Romeópolis, Jacutinga, bem como na localidade de Santa Bárbara, isto, para proporcionar maior lazer às crianças residentes nas referidas localidades.</t>
   </si>
   <si>
     <t>7575</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Graça Moraes, Enéas Circhia, Laudelino Leão, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7575/253.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7575/253.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao órgão competente, para que sejam construídos quebra-molas na Rua Bandeirantes descendo para a Vila João XXIII, na pista que é mão, bem como, descendo da Vila João XXIII, também na pista que é mão, isto, próximo da ponte sobre o rio Pindauvinha.</t>
   </si>
   <si>
     <t>7576</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7576/254.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7576/254.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal competente, para que sejam lavadas as Ruas e Avenidas centrais de Ivaiporã, no período noturno.</t>
   </si>
   <si>
     <t>7577</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7577/255.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7577/255.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova estudos da viabilidade de serem construídas nas Avenidas de Ivaiporã, Quadras de Esportes Polivalente, isto, aproveitando os espaços destinados aos jardins.</t>
   </si>
   <si>
     <t>7578</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7578/256.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7578/256.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova a construção de um Curral Municipal, para prender os animais que andam soltos pela cidade, pondo em risco a vida de motoristas e transeuntes que circulam por nossa cidade.</t>
   </si>
   <si>
     <t>7579</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Augusto Andrade, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7579/257.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7579/257.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que reserve, desde já, no futuro Parque Industrial de Ivaiporã, a ser implantado nas proximidades do Complexo Esportivo de nossa cidade, áreas de terras a serem doadas ao Sr. José Kozam Sobrinho, visando a implantação de uma Maquina de Beneficiamento de Algodão, bem como a firma Industria e Comércio de Premoldados MM. LTDA, sediada nesta cidade, que pretende também instalar sua indústria naquele local.</t>
   </si>
   <si>
     <t>7580</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7580/258.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7580/258.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a viabilidade de implantação de meio-fio na Rua São Miguel, bem como na continuação da Rua Ivaiporã, ambas no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7581</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7581/259.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7581/259.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a viabilidade de implantação de meio-fios e calçadas, e o possível cascalhamento, e o possível cascalhamento das Ruas do Patrimônio de Santa Bárbara.</t>
   </si>
   <si>
     <t>7582</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7582/260.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7582/260.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a viabilidade de possível cascalhamento das Ruas do Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>7583</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7583/261.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7583/261.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade de cascalhamento das Ruas do Distrito de Arapuã.</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7584/262.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7584/262.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal competente a construção de meio-fios e cascalhemento na localidade de Santa Bárbara, na Rua Principal, pois, nela tem mais de vinte Casas Comerciais funcionando e com estas benfeitorias o patrimônio vai tomando forma de cidade, trazendo mais progresso para a localidade e consequentemente para o município.</t>
   </si>
   <si>
     <t>7585</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7585/263.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7585/263.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de colocação de sinalização, faixas e acostamentos, no asfalto da entrada da cidade, desde o trevo._x000D_
 Indica, também, a necessidade de se construir um pequeno trevo, na entrada do Ginásio de Esportes Sapecadão.</t>
   </si>
   <si>
     <t>7586</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7586/264.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7586/264.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal competente, para que seja cascalhado desde  Máquina do Moreira até a Algocen, pois aquele trecho que vai da cidade até a Rodovia PR 466, encontra-se em péssimas condições.</t>
   </si>
   <si>
     <t>7587</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7587/265.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7587/265.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de estudos da viabilidade da construção de uma escola de 1º Grau, na localidade de Cruzeirinho, no Distrito de jacutinga.</t>
   </si>
   <si>
     <t>7588</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7588/266.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7588/266.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade da contratação de uma servidora para o posto de saúde de Ariranha.</t>
   </si>
   <si>
     <t>7589</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7589/267.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7589/267.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo promova gestões para a iluminação pública no Jardim Porã, nesta cidade.</t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7590/268.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7590/268.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente, para que sejam reparadas as ruas do Jardim Itaipú, nesta cidade.</t>
   </si>
   <si>
     <t>7591</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7591/269.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7591/269.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente o cascalhamento da subida de Ariranha, pois aquele trecho de estrada se encontra intransitável.</t>
   </si>
   <si>
     <t>7592</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7592/271.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7592/271.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente, para que sejam trocados os vidros da Escola Estadual do Distrito de Alto Porã.</t>
   </si>
   <si>
     <t>7593</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7593/272.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7593/272.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, gestões junto aos órgãos competentes, no sentido de que sejam colocadas luminárias nos postes próximos ao Ginásio Raul Rodrigues Gomes, nesta cidade.</t>
   </si>
   <si>
     <t>7594</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>Miroslau Stresser, Laudelino Leão, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7594/273.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7594/273.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente, para que sejam pintadas Faixas para Pedestres, nos cruzamentos das ruas e avenidas de nossa cidade.</t>
   </si>
   <si>
     <t>7595</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7595/274.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7595/274.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Presidente, para que o mesmo promova a agilização do Posto de Saúde do Distrito de Ariranha, pois o mesmo se encontra inativo desde que foi construído na gestão anterior.</t>
   </si>
   <si>
     <t>7596</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7596/275.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7596/275.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal competente o reparo na Estrada que vai do Distrito de Ariranha ao Porto Espanhol, pois a mesma encontra-se em péssimas condições.</t>
   </si>
   <si>
     <t>7597</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7597/276.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7597/276.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade e a urgência de um novo semáforo ou consertar devidamente o existente no cruzamento entre as avenidas Paraná e Curitiba, evitando desta forma, que ali venha a acontecer um acidente de graves proporções.</t>
   </si>
   <si>
     <t>7602</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Flávio Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7602/277.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7602/277.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente, para que seja construído muro no cemitério desta cidade.</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7603/278.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7603/278.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que determine ao Departamento competente a necessidade e a urgência de que seja desobstruído o bueiro situado na Av. Mal. Cordeiro de Farias, esquina com a Rua Geraldo José de Almeida, pois o entupimento está causando danos na pista da referida Avenida.</t>
   </si>
   <si>
     <t>7604</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7604/279.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7604/279.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, gestões junto aos Órgãos competente, no sentido de que sejam trocadas as lâmpadas dos postes das Praças centrais das Avenidas Brasil e Souza Naves em toda sua extensão bem como trocar as lâmpadas da Praça da rodoviária nova, pois as mesmas encontram-se queimadas, proporcionando insegurança aos transeuntes que se utilizam daquelas vias durante a noite.</t>
   </si>
   <si>
     <t>7605</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7605/280.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7605/280.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade da construção da Praça da Igreja do Distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>7606</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7606/281.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7606/281.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que determine ao setor competente o revestimento primário nas ruas do Distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>7607</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7607/282.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7607/282.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que determine ao setor competente, a construção do muro do cemitério do Distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>7608</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7608/283.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7608/283.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que aquela autoridade inclua no orçamento geral do Município para o exercício de 1986, a construção de uma quadra de esportes no Distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>7609</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7609/284.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7609/284.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a construção de um quebra-molas na Rua Prof. Diva Proença, esquina com a Rua Maringá.</t>
   </si>
   <si>
     <t>7610</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7610/285.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7610/285.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a construção de um quebra-molas na Avenida Presidente Tancredo Neves, esquina com a Rua Bandeirantes.</t>
   </si>
   <si>
     <t>7611</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7611/286.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7611/286.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Municipal Competente, para que seja feito meio-fio e implantado o sistema Anti-pó nas ruas principais do Distrito de Alto Porã, isto, iniciando-se na Rodovia PR 466.</t>
   </si>
   <si>
     <t>7612</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Miroslau Stresser, Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7612/287.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7612/287.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que determine ao Departamento Municipal Competente para que seja feito a reparação na ponte da estrada que dá acesso a Fazenda do Simão Lourenço no Salto do Ariranha.</t>
   </si>
   <si>
     <t>7613</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7613/288.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7613/288.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine ao Departamento Municipal Competente, para que seja feito alargamento e acascalhamento na estrada que vai da cidade de Ivaiporã, até a fabrica de Farinha de Mandioca do Sr. Carlos Rech.</t>
   </si>
   <si>
     <t>7614</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7614/289.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7614/289.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, as seguintes melhorias no Cemitério Municipal de Ivaiporã:_x000D_
 a) Construção de muro e calçada ao redor do Cemitério._x000D_
 b) Pavimentação ou calçamento das ruas principais do Cemitério._x000D_
 c) Construção de um Pátio Central no Cemitério, para a realização de cultos Ecumênicos.</t>
   </si>
   <si>
     <t>7615</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7615/290.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7615/290.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que realize as seguintes melhorias na Vila Nova Porã, desta cidade:_x000D_
 a) Colocação de meio-fios, nivelamento e pavimentação ou calçamento através de poliedros irregulares na Rua Principal._x000D_
 b) Construção de uma cancha Esportiva Polivalente e iluminada;_x000D_
 c) Construção de uma Praça Pública.</t>
   </si>
   <si>
     <t>7616</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Augusto Andrade, Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7616/291.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7616/291.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que coloque placas de sinalização na curva de entrada da cidade, bem como a colocação de tartarugas, objetivando a desaceleração dos veículos que por ali transitarem.</t>
   </si>
   <si>
     <t>7617</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7617/292.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7617/292.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, para que o mesmo determine ao Departamento Municipal Competente, para que seja criado o Estatuto do Professor Municipal.</t>
   </si>
   <si>
     <t>7618</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Augusto Andrade, Flávio Proença, Graça Moraes, Laudelino Leão, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7618/293.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7618/293.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo conceda Abono de Natal aos funcionários estatutários na base de 100% de seus vencimentos, tendo como base a lei Municipal nº 453/81 de 04/12/81.</t>
   </si>
   <si>
     <t>7619</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>Laudelino Leão, Flávio Proença, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7619/294.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7619/294.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a colocação de quebra-molas na Rua Diva Proença, cruzamento com a Rua 7 de Setembro.</t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>Laudelino Leão, Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7620/295.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7620/295.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que seja reparadas as lâmpadas que se encontram queimadas, bem como enfeitar a cidade para os festejos natalinos.</t>
   </si>
   <si>
     <t>7621</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7621/296.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7621/296.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que seja perfurado poços Artesianos no Patrimônio do Nilo Nova Aliança e Bem-te-vi.</t>
   </si>
   <si>
     <t>7622</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Augusto Andrade, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7622/297.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7622/297.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que adote o Sistema de Trimestralidade no reajuste dos vencimentos dos funcionários públicos Municipal de Ivaiporã, tendo em vista que várias Prefeituras da região já estão adotando este sistema que passará a vigorar a partir do Exercício de 1986. Evitando, assim, que os salários dos funcionários sejam achatados com a inflação.</t>
   </si>
   <si>
     <t>7623</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Flávio Proença, Laudelino Leão, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7623/298.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7623/298.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine ao Departamento Competente estudo da viabilidade da colocação de placas de sinalização na Avenida Presidente Tancredo Neves ou na Rua Apucarana, tornando uma delas Transito Preferencial.</t>
   </si>
   <si>
     <t>7624</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Flávio Proença, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7624/299.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7624/299.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de ser concedidos a todos os funcionários estatutários e celetista da Municipalidade, um aumento, a ser calculado sobre o aumento de novembro, com efeito retroativo a partir daquele mês, na ordem de 17,44%, conseguindo com que os aumentos dos funcionários fique na ordem de 100%, dobrando, assim, seus vencimentos, a partir de novembro.</t>
   </si>
   <si>
     <t>10866</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/10866/ato_1985_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/10866/ato_1985_1.pdf</t>
   </si>
   <si>
     <t>Fixar os subsídios dos senhores vereadores de Ivaiporã, Estado do Paraná, em Cr$ 917,370 mensais, de conformidade com as normas estabelecidas em Lei.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2740,68 +2740,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5396/ple-405-85.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5397/ple-406-85.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5399/ple-407-85.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5400/ple-408-85.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5401/ple-409-85.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5402/ple-410-85.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5403/ple-411-85.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5404/ple-412-85.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5405/ple-414-85.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5406/ple-415-85.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5407/ple-416-85.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5408/ple-417-84.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5409/ple-418-85.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5412/ple-419-85.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5413/ple-420-85.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5414/ple-421-85.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5415/ple-422-85.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5416/ple-424-85.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5418/ple-425-85.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5419/ple-426-85.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5423/ple-428-85.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5424/ple-428-85.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5425/ple-429-85.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4188/pll-_01-85.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4189/pll_-_02_-85.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4190/pll_-_03-85.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4193/pll-06-85.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4195/pll-08-85.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4197/pll-09-85.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4199/pll-10-85.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4200/pll-11-85.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4201/pll-12-85.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4202/pll-13-85.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4203/pll-14-85.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7217/154.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7218/155.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7219/157.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7220/158.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7222/159.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7223/160.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7226/161.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7228/162.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7229/163.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7249/164.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7257/165.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7258/166.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7259/167.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7260/168.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7261/169.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7262/170.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7263/171.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7265/172.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7267/173.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7270/174.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7272/175.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7273/176.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7445/177.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7446/178.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7447/179.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7448/180.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7449/181.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7450/182.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7451/183.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7452/184.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7453/185.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7454/186.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7455/187.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7457/188.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7461/189.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7463/190.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7464/191.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7465/192.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7466/193.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7467/194.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7468/195.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7470/196.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7471/197.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7472/198.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7473/199.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7474/200.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7475/201.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7476/202.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7477/203.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7478/204.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7479/205.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7480/206.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7481/207.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7482/208.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7483/209.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7484/210.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7504/211.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7505/212.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7506/213.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7507/214.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7508/215.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7509/216.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7510/217.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7511/218.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7512/219.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7513/220.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7514/221.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7515/222.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7516/223.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7517/224.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7518/225.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7519/226.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7520/227.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7521/228.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7522/229.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7523/230.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7524/231.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7525/232.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7526/233.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7527/234.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7528/235.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7559/236.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7560/237.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7561/238.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7562/239.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7563/240.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7564/241.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7565/242.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7566/243.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7567/244.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7568/245.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7569/246.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7570/247.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7571/248.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7572/249.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7573/250.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7574/251.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7575/253.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7576/254.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7577/255.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7578/256.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7579/257.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7580/258.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7581/259.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7582/260.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7583/261.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7584/262.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7585/263.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7586/264.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7587/265.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7588/266.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7589/267.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7590/268.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7591/269.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7592/271.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7593/272.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7594/273.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7595/274.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7596/275.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7597/276.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7602/277.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7603/278.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7604/279.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7605/280.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7606/281.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7607/282.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7608/283.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7609/284.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7610/285.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7611/286.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7612/287.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7613/288.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7614/289.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7615/290.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7616/291.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7617/292.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7618/293.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7619/294.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7620/295.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7621/296.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7622/297.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7623/298.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7624/299.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/10866/ato_1985_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5396/ple-405-85.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5397/ple-406-85.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5399/ple-407-85.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5400/ple-408-85.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5401/ple-409-85.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5402/ple-410-85.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5403/ple-411-85.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5404/ple-412-85.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5405/ple-414-85.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5406/ple-415-85.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5407/ple-416-85.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5408/ple-417-84.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5409/ple-418-85.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5412/ple-419-85.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5413/ple-420-85.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5414/ple-421-85.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5415/ple-422-85.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5416/ple-424-85.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5418/ple-425-85.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5419/ple-426-85.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5423/ple-428-85.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5424/ple-428-85.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/5425/ple-429-85.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4188/pll-_01-85.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4189/pll_-_02_-85.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4190/pll_-_03-85.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4193/pll-06-85.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4195/pll-08-85.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4197/pll-09-85.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4199/pll-10-85.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4200/pll-11-85.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4201/pll-12-85.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4202/pll-13-85.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/4203/pll-14-85.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7217/154.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7218/155.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7219/157.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7220/158.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7222/159.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7223/160.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7226/161.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7228/162.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7229/163.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7249/164.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7257/165.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7258/166.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7259/167.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7260/168.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7261/169.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7262/170.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7263/171.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7265/172.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7267/173.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7270/174.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7272/175.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7273/176.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7445/177.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7446/178.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7447/179.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7448/180.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7449/181.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7450/182.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7451/183.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7452/184.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7453/185.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7454/186.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7455/187.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7457/188.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7461/189.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7463/190.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7464/191.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7465/192.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7466/193.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7467/194.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7468/195.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7470/196.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7471/197.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7472/198.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7473/199.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7474/200.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7475/201.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7476/202.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7477/203.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7478/204.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7479/205.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7480/206.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7481/207.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7482/208.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7483/209.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7484/210.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7504/211.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7505/212.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7506/213.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7507/214.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7508/215.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7509/216.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7510/217.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7511/218.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7512/219.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7513/220.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7514/221.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7515/222.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7516/223.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7517/224.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7518/225.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7519/226.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7520/227.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7521/228.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7522/229.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7523/230.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7524/231.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7525/232.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7526/233.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7527/234.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7528/235.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7559/236.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7560/237.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7561/238.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7562/239.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7563/240.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7564/241.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7565/242.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7566/243.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7567/244.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7568/245.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7569/246.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7570/247.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7571/248.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7572/249.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7573/250.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7574/251.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7575/253.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7576/254.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7577/255.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7578/256.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7579/257.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7580/258.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7581/259.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7582/260.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7583/261.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7584/262.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7585/263.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7586/264.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7587/265.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7588/266.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7589/267.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7590/268.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7591/269.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7592/271.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7593/272.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7594/273.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7595/274.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7596/275.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7597/276.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7602/277.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7603/278.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7604/279.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7605/280.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7606/281.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7607/282.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7608/283.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7609/284.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7610/285.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7611/286.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7612/287.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7613/288.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7614/289.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7615/290.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7616/291.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7617/292.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7618/293.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7619/294.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7620/295.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7621/296.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7622/297.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7623/298.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/7624/299.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1985/10866/ato_1985_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="139.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="86.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="85.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>