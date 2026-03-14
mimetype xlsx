--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,1467 +54,1467 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5308</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Flávio Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5308/ple-330-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5308/ple-330-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a ampliar, por Decreto, a área de expansão do Quadro Urbano de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5310/ple-331-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5310/ple-331-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5312/ple-332-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5312/ple-332-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar termo de ajuste de Cooperação Administrativa e financeira com a Empresa de Obras Públicas do Paraná - EMOPAR.</t>
   </si>
   <si>
     <t>5314</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5314/ple-333-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5314/ple-333-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar termo de acordo e Protocolo de Intenções com a Secretaria de Estado da Saúde e do Bem Estar Social.</t>
   </si>
   <si>
     <t>5296</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5296/ple-334-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5296/ple-334-84.pdf</t>
   </si>
   <si>
     <t>Altera a área de perímetro urbano da Sede do Distrito do Alto Porã, deste Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5297</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5297/ple-336-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5297/ple-336-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Colaboração com o - SENAR.</t>
   </si>
   <si>
     <t>5299</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5299/ple-337-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5299/ple-337-84.pdf</t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5301/ple-338-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5301/ple-338-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a promover o registro do Lotoamento ''VILA SÃO JOSÉ'', do perímetro urbano de Ivaiporã, e da outras providências.</t>
   </si>
   <si>
     <t>5294</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5294/ple-339-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5294/ple-339-84.pdf</t>
   </si>
   <si>
     <t>Cria auxilio financeiro para estudantes de Ivaiporã, com frequência a cursos de 3° grau, autoriza a abertura de Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>5304</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5304/ple-340-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5304/ple-340-84.pdf</t>
   </si>
   <si>
     <t>Concede isenção do ''ISS'' às Empresas e Permissonários de serviço de utilidade pública, e dá outras providências.</t>
   </si>
   <si>
     <t>5305</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5305/ple-341-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5305/ple-341-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com o Serviço Nacional de Aprendizagem Comercial - SENAC.</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5307/ple-342-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5307/ple-342-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a Fundação Educacional do Estado do Paraná-FUNDEPAR.</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5267/ple-344-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5267/ple-344-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>Antonio da Paz Rosa Filho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5274/ple-345-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5274/ple-345-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5315/ple-347-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5315/ple-347-84.pdf</t>
   </si>
   <si>
     <t>Institui a Contribuição de Melhoria no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5316/ple-348-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5316/ple-348-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar para atender despesa decorrente de Sentença Judicial,, e dá outras providências.</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5318/ple-349-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5318/ple-349-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a comparecer, como Interveniente, na assinatura de termo de convênio entre a Fundação Movimento Brasileiro de Alfabetização  - MOBRAL - e a Comissão Municipal do Mobral -COMUM -  e dá outras providências.</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5320/ple-350-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5320/ple-350-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Cooperação Financeira com o Governo do Estado do Paraná, através da Secretaria de Estado da Educação.</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5322/ple-351-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5322/ple-351-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a firmar convênio com a ''SANEPAR'', abrir um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5323/ple-352-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5323/ple-352-84.pdf</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5325/ple-353-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5325/ple-353-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar para a desapropriação de terrenos no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5327/ple-354-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5327/ple-354-84.pdf</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5328/ple-355-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5328/ple-355-84.pdf</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5276/ple-356-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5276/ple-356-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional  Suplementar destinado a construção de Parque Infantil, e dá outras providências.</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5277/ple-357-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5277/ple-357-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar, destinado a aquisição de um veículo para o transporte de '' Trator Sobre Esteira '',  e dá outras providências.</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5278/ple-358-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5278/ple-358-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, para construção de uma ''Creche '', em Ivaiporã  e dá outras providências.</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5279/ple-359-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5279/ple-359-84.pdf</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5281/ple-361-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5281/ple-361-84.pdf</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5282/ple-362-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5282/ple-362-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar, destinado à divisão de Merenda Escolar, e dá outras providências.</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5283/ple-364-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5283/ple-364-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir um Cr´édito Adicional Especial, destinado a obras de prédio que obrigará a ''FAFIVAÍ '', e dá outras providências.</t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5285/ple-365-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5285/ple-365-84.pdf</t>
   </si>
   <si>
     <t>Estabelece  autorização para que o Executivo Municipal, na forma da Lei Federal n°4.320/64, promova, por Decretos, a abertura de um Créditos Adicionais Suplementares, e dá outras providências.</t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5286/ple-366-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5286/ple-366-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a colaborar com a ''SANEPAR'' a abrir um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5289/ple-368-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5289/ple-368-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a celebrar convênio com o Estado do Paraná para execução do ''PRAM'' Programa de Ação Municipal.</t>
   </si>
   <si>
     <t>5291</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5291/ple-369-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5291/ple-369-84.pdf</t>
   </si>
   <si>
     <t>5292</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5292/ple-370-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5292/ple-370-84.pdf</t>
   </si>
   <si>
     <t>5293</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5293/ple-371-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5293/ple-371-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar  e dá outras providências.</t>
   </si>
   <si>
     <t>5363</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5363/ple-372-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5363/ple-372-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Convênio com FURNAS-CENTRAIS ELÉTRICAS S.A.</t>
   </si>
   <si>
     <t>5364</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5364/ple-378-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5364/ple-378-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Convênio com o Estado do Paraná, através da Secretaria de Estado do Interior.</t>
   </si>
   <si>
     <t>5365</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5365/ple-374-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5365/ple-374-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, Estado do Paraná, a doar ao Estado do Paraná, o imóvel constituído pela data de terras n° 02 da quadra n°150, cidade Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5366</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5366/ple-375-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5366/ple-375-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a contratar Operação de Crédito com o Banco do Estado do Paraná S.A., para execução das obras e serviços integrantes do PRAM - Programa de Ação Municipal.</t>
   </si>
   <si>
     <t>5367</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5367/ple-376-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5367/ple-376-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição e doação de terrenos urbanos à Companhia de Habitação do Paraná - COHAPAR -, e dá outras providências.</t>
   </si>
   <si>
     <t>5368</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5368/ple-377-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5368/ple-377-84.pdf</t>
   </si>
   <si>
     <t>5369</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5369/ple-378-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5369/ple-378-84.pdf</t>
   </si>
   <si>
     <t>5370</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5370/ple-379-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5370/ple-379-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Convênio  com o Estado do Paraná, para execução de obras públicas, e dá outras providências.</t>
   </si>
   <si>
     <t>5371</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5371/ple-380-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5371/ple-380-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir no corrente exercício, um Crédito Adicional Suplementar no valor de até Cr$ 45.000.000,00,- e dá outras providências.</t>
   </si>
   <si>
     <t>5372</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5372/ple-381-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5372/ple-381-84.pdf</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5373/ple-383-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5373/ple-383-84.pdf</t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5374/ple-384-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5374/ple-384-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a Empresa de Obras Públicas do Paraná - EMOPAR - e dá outras providências.</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5375/ple-385-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5375/ple-385-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, Estado do Paraná, a doar ao Recanto dos Velhinhos do Lar Santo Antonio,  de Ivaiporã material inservível  de propriedade do Município e dá outras providências.</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5376/ple-386-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5376/ple-386-84.pdf</t>
   </si>
   <si>
     <t>Altera parcialmente a Lei n° 67/67, de 22 de dezembro de 1967, e dá outras providências.</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5377/ple-387-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5377/ple-387-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a promover a alteração da denominação da Escola Mal. Hermes da Fonseca, localizada em Sabugueiro,  deste município, para, ''ESCOLA MUNICIPAL GUILHERME BOING - Ensino de 1° grau.</t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5378/ple-388-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5378/ple-388-84.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da Despesa do Município de Ivaiporã, para o exercício de 1985.</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5379/ple-389-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5379/ple-389-84.pdf</t>
   </si>
   <si>
     <t>Considera como Ógão Oficial do Município de Ivaiporã, Estado do Paraná, o Jornal do Ivaí, e dá outras providências.</t>
   </si>
   <si>
     <t>5380</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5380/ple-392-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5380/ple-392-84.pdf</t>
   </si>
   <si>
     <t>Altera a Legislação com relação a melhoria instituída pelo Código Tributário do Município - Lei n° 493/83 - e dá outras providências.</t>
   </si>
   <si>
     <t>5381</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5381/ple-393-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5381/ple-393-84.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao inciso -I- do Art. 177 da Lei Municipal n° 114/70, devidamente alterada pela Lei Municipal n° 241/75, de 15 de maio de 1975, e estabelece outras providências.</t>
   </si>
   <si>
     <t>5382</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5382/ple-394-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5382/ple-394-84.pdf</t>
   </si>
   <si>
     <t>Altera a área do perímetro urbano da Sede do Distrito de Jacutinga, deste Município e dá outra providências.</t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5384/ple-395-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5384/ple-395-84.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 435/80, notadamente ao que se refere a correção do valor monetários das tabelas de vencimentos do pessoal estatuários, e dá outra providências.</t>
   </si>
   <si>
     <t>5385</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5385/ple-396-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5385/ple-396-84.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao item -I- do art. 2° da Lei n° 500/84, e dá outras providências.</t>
   </si>
   <si>
     <t>5388</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5388/ple-397-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5388/ple-397-84.pdf</t>
   </si>
   <si>
     <t>Introduz o inciso ''III" ao Art. 123 da Lei Municipal n° 493/83, de 13/12/1983, ( Código Tributário Municipal ) e dá outras providências.</t>
   </si>
   <si>
     <t>5389</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5389/ple-398-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5389/ple-398-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a regular, por Decreto, as disposições contidas no Ato n°32 do Conselho Regional de Engenharia, Arquitetura e Agronomia do Estado do Paraná.</t>
   </si>
   <si>
     <t>5390</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5390/ple-399-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5390/ple-399-84.pdf</t>
   </si>
   <si>
     <t>Dá nova redacção ao inciso -I- do Art. 1° da Lei Municipal sobre n° 511/84, e dá outras providências.</t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5391/ple-400-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5391/ple-400-84.pdf</t>
   </si>
   <si>
     <t>Altera a Legislação sobre a taxa de Iluminação Pública - Lei Municipal n° 408/79, e dá outras providências.</t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5392/ple-401-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5392/ple-401-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terrenos à Companhia de Habitação do Paraná - COHAPAR -, para construção de casas populares - PROJETO MUTIRÃO - e dá outras providências.</t>
   </si>
   <si>
     <t>5394</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5394/ple-403-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5394/ple-403-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terrenos à companhia de Habitação do Paraná - COHAPAR - para construção de casas populares - Projeto Mutirão - e dá outras providências.</t>
   </si>
   <si>
     <t>5395</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5395/ple-403-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5395/ple-403-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar à AFIVA, imóvel urbano de propriedade do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5458/ple-510-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5458/ple-510-84.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir Crédito Adicional Especial, destinado as obras do prédio que abrigará a -FAFIVAÍ- e dá outras providências.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3841/pr_16_1984.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3841/pr_16_1984.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios dos Senhores Vereadores.</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3842/pr_17_1984.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3842/pr_17_1984.pdf</t>
   </si>
   <si>
     <t>Fixa a verba de representação do Presidente da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3859/pr_18_1984.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3859/pr_18_1984.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios dos Senhores Vereadores</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3860/pr_19_1984.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3860/pr_19_1984.pdf</t>
   </si>
   <si>
     <t>7076</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7076/indicacao_109.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7076/indicacao_109.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto aos órgãos competentes, para que se proceda a iluminação pública na Praça D. Pedro II, onde se acha instalada a Biblioteca Pública.</t>
   </si>
   <si>
     <t>7077</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7077/indicacao_110.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7077/indicacao_110.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto aos órgãos competentes, no sentido de que, com a maior brevidade possível, sejam construídas um mínimo de mais duas salas de aulas na Escola Estadual Presidente Kennedy, no Distrito de Ariranha, em virtude de que as existentes são insuficientes.</t>
   </si>
   <si>
     <t>7078</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7078/indicacao_111.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7078/indicacao_111.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que sejam contratadas serventes merendeiras, para as Escolas Municipais Barão do Rio Branco e Café Filho.</t>
   </si>
   <si>
     <t>7079</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Sérgio Chaves, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7079/indicacao_112.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7079/indicacao_112.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que se não houver possibilidade de se efetuar o asfaltamento na Rua Diva Proença, se faça, com a maior brevidade possível, os reparos naquela via pública.</t>
   </si>
   <si>
     <t>7080</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7080/indicacao_113.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7080/indicacao_113.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que determine ao setor competente a abertura da continuação da Rua Pindauva e da Rua São Miguel, no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7081</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7081/indicacao_114.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7081/indicacao_114.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a fim de que o mesmo determine ao setor competente o rebaixamento das lombadas existentes na Rua Guaiambé e na estrada da Gabirobeira, no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7082</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7082/indicacao_115.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7082/indicacao_115.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo consiga firmar convênio com um ou mais hospitais da cidade, visando o pronto socorro de acidentados e também o atendimento no setor policial. Isto tudo, com o intuito de assistência às pessoas que não tenham o FUNRURAL ou o INPS. Convênio este, que poderia ser descontado no ISS que os hospitais pagam à municipalidade.</t>
   </si>
   <si>
     <t>7083</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7083/indicacao_116.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7083/indicacao_116.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de envio de 1.500m (um mil e quinhentos metros) de canos de 1 (uma) polegada, para se fazer o encanamento de água na Escola de Romeópolis.</t>
   </si>
   <si>
     <t>7084</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7084/indicacao_117.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7084/indicacao_117.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de colocação de quebra-molas (tartarugas) na Rua Londrina, esquina com a Rua Alagoas, nesta cidade.</t>
   </si>
   <si>
     <t>7085</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7085/indicacao_118.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7085/indicacao_118.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que aquela autoridade faça gestões junto à SANEPAR, no sentido de que seja instalado o serviço de água tratada na localidade da Vila Nova Porã, neste Município, pois aquela Vila já é uma localidade de porte e há a necessidade de ser efetuada esta melhoria, para que esta fração da população ivaiporãense possa também desfrutar de mais um benefício público.</t>
   </si>
   <si>
     <t>7086</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7086/indicacao_119.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7086/indicacao_119.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que aquela autoridade faça gestões junto aos órgãos competentes, requerendo a construção de um novo posto de saúde para o município, tendo em vista as péssimas condições em que se encontra o atual e também por ser antiquado e pequeno para os serviços.</t>
   </si>
   <si>
     <t>7087</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7087/indicacao_120.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7087/indicacao_120.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que aquela autoridade tome providências no sentido de que seja efetuada a coleta de lixo na localidade da Vila Monte Castelo, nesta cidade e Município.</t>
   </si>
   <si>
     <t>7099</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7099/indicacao_121.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7099/indicacao_121.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a contratação de pessoal, regido pela CLT, em regime de urgência para efetuarem limpezas nos poços que servem as Escolas Municipais, pelo motivo de que a maioria delas se encontram contaminados ou com água sem condições de uso.</t>
   </si>
   <si>
     <t>7100</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7100/indicacao_122.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7100/indicacao_122.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que aquela autoridade tome as devidas providências no sentido de que sejam dedetizadas todas as escolas municipais, pois as mesmas encontram-se impregnadas de insetos que na sua maioria são perniciosos à saúde dos alunos.</t>
   </si>
   <si>
     <t>7101</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Orlando Buratto, Flávio Proença, Miguel Zanardi de Oliveira, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7101/indicacao_123.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7101/indicacao_123.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que seja determinado às farmácias, quando em plantão, tenha sempre uma pessoa para atendimento à noite.</t>
   </si>
   <si>
     <t>7102</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Orlando Buratto, Miguel Zanardi de Oliveira, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7102/indicacao_124.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7102/indicacao_124.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que determine ao setor competente, a construção de abrigo para a espera de ônibus, nas localidades de Sabugueiro, Fazenda do Dr. Orlando, saída do Lageado e Ouro Verde.</t>
   </si>
   <si>
     <t>7103</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7103/indicacao_125.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7103/indicacao_125.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que determine ao setor competente a reforma dos acostamentos do asfalto, desde a saída da Rua 7 de Setembro, até o Ginásio de Esportes.</t>
   </si>
   <si>
     <t>7104</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7104/indicacao_126.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7104/indicacao_126.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de construção de uma cancha esportiva polivalente, para o lazer dos munícipes, residentes no Patrimônio de Santa Bárbara do Ivaí, neste Município.</t>
   </si>
   <si>
     <t>7105</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7105/indicacao_127.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7105/indicacao_127.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de se reabrir o campo de futebol no Patrimônio de Santa Bárbara do Ivaí, na localidade denominada banco de Areia, pois já foi concedido o terreno para o campo. Indico, ainda, a pedido dos munícipes daquela região, o envio do trator sobre esteiras para se fazer os serviços de reabertura.</t>
   </si>
   <si>
     <t>7106</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Miroslau Stresser, Flávio Proença, Miguel Zanardi de Oliveira, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7106/indicacao_128.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7106/indicacao_128.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que seja colocado hidrantes em algumas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>7107</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Graça Moraes, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7107/indicacao_129.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7107/indicacao_129.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de aquisição de um veículo adaptado com consultório dentário e médico para dar assistência nas escolas às crianças carentes de todo o Município. Essa assistência se estenderia às pessoas carentes sem INPS ou Sindicato.</t>
   </si>
   <si>
     <t>7108</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Sérgio Chaves, Flávio Proença, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7108/indicacao_130.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7108/indicacao_130.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de se fazer gestões junto aos órgãos competentes para se levar posto de serviços do Banco do Estado do Paraná S/A, aos Distritos de Jacutinga, Ariranha, Romeópolis, Alto Porã e Arapuã.</t>
   </si>
   <si>
     <t>7109</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7109/indicacao_131.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7109/indicacao_131.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de se fazer gestões juntos aos órgãos competentes, no sentido de fazer, digo de se trazer à cidade de Ivaiporã e Distritos, o Projeto João de Barro.</t>
   </si>
   <si>
     <t>7110</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Miroslau Stresser, Flávio Proença, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7110/indicacao_132.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7110/indicacao_132.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de se fazer pressão do proprietário da data, localizada ao fundo da rodoviária velha, antigo posto Schel, onde se encontra cercado de muro pré-fabricado, para que o mesmo faça o calçamento.</t>
   </si>
   <si>
     <t>7111</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Sérgio Chaves, Flávio Proença, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7111/indicacao_133.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7111/indicacao_133.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade e a urgência de se assinar o Termo de Cooperação Financeira com o governo do Estado do Paraná, através de Secretaria de Estado da Educação, para aplicação de recursos estaduais destinados à manutenção de pessoal da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>7112</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7112/indicacao_134.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7112/indicacao_134.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de se aproveitar alguns dos terrenos de propriedade do Município, com a finalidade de se formar hortas comunitárias, principalmente para o atendimento de pessoas carentes da Municipalidade.</t>
   </si>
   <si>
     <t>7113</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7113/indicacao_135.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7113/indicacao_135.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de se proceder, com a máxima urgência possível, a limpeza dos bueiros e bocas-de-lobo, de nossa cidade, pois uma grande maioria deles encontra-se entupidos com detritos, causando com isto mau-cheiro, havendo muitas reclamações por parte de quem mora perto deles.</t>
   </si>
   <si>
     <t>7114</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Sérgio Chaves, Augusto Andrade, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7114/indicacao_136.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7114/indicacao_136.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade e a urgência de se encaminhar o Trator sobre Esteira para a Associação dos Professores, para lá promover as terraplanagens necessárias, para que aquela Associação efetue a construção de sua sede.</t>
   </si>
   <si>
     <t>7115</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7115/indicacao_137.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7115/indicacao_137.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que faça gestões junto aos órgãos competentes para construção de muros e calçadas na Escola Idália Rocha.</t>
   </si>
   <si>
     <t>7116</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7116/indicacao_138.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7116/indicacao_138.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de canalização de águas e também o corte do mato que circunda a Escola Barão do Cerro Azul.</t>
   </si>
   <si>
     <t>7117</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7117/indicacao_139.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7117/indicacao_139.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que instale Sub-Prefeituras nos Distritos de Ivaiporã, obedecendo assim, a Lei Municipal nº 345/77, que dispõe sobre a Organização Administrativa Administrativa da Prefeitura Municipal de Ivaiporã, pela qual criou-se os Órgãos de Descentralização Territorial nos Distritos de: jacutinga, Romeópolis, Alto Porã, Arapuã e Ariranha.</t>
   </si>
   <si>
     <t>7118</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Orlando Buratto, Augusto Andrade, Flávio Proença, Laudelino Leão, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7118/indicacao_140.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7118/indicacao_140.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de que determine a conservação de todas as ruas do loteamento Trivelatto, pois as mesmas se encontram em péssimo estado, sem a mínima condição de tráfego.</t>
   </si>
   <si>
     <t>7119</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Orlando Buratto, Flávio Proença, Laudelino Leão, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7119/indicacao_141.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7119/indicacao_141.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de se podar as árvores das ruas do loteamento Trivelatto, indicando, também, a conservação das mesmas, pois estas árvores sem a devida poda, tiram a visibilidade e o embelezamento da cidade.</t>
   </si>
   <si>
     <t>7120</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7120/indicacao_142.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7120/indicacao_142.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a colocação de quebra-molas na Rua Alagoas, esquina com a Rua Londrina, nesta cidade.</t>
   </si>
   <si>
     <t>7121</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Enéas Circhia, Graça Moraes, Laudelino Leão, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7121/indicacao_143.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7121/indicacao_143.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que aquela autoridade determine ao setor competente a retirada da placa de contra-mão da Rua Rio Grande do Sul, entre a Rua 7 de Setembro e Av. Paraná, colocando naquela localidade placas proibindo o estacionamento do lado direito.</t>
   </si>
   <si>
     <t>7122</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira, Enéas Circhia, Graça Moraes, Laudelino Leão, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7122/indicacao_144.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7122/indicacao_144.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que aquela autoridade baixe ato no sentido de que os carros de aluguéis (taxi) continuem com seus movimentos livres ou seja, todos os veículos de aluguéis possam trabalhar livremente na Rodoviária nova.</t>
   </si>
   <si>
     <t>7123</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7123/indicacao_145.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7123/indicacao_145.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para pintar todos os quebra-molas desta cidade.</t>
   </si>
   <si>
     <t>7124</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Laudelino Leão, Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7124/indicacao_146.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7124/indicacao_146.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que determine à sua Assessoria, estudos da possibilidade de ser consignado no Orçamento Geral do Município para 1985, dotação de ajuda financeira à Assistência Social Belém.</t>
   </si>
   <si>
     <t>7125</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7125/indicacao_147.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7125/indicacao_147.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que a Prefeitura aproveite o terreno adquirido em Jacutinga e construa em anexo a quadra, um campo de futebol suíço.</t>
   </si>
   <si>
     <t>7126</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7126/indicacao_148.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7126/indicacao_148.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, providências no sentido de que um médico dermatologista de assistência, pelo menos uma vez ao mês, no Posto de Saúde da cidade.</t>
   </si>
   <si>
     <t>7127</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7127/indicacao_149.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7127/indicacao_149.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de que seja designada uma sala separada para vacinação de crianças, até que o novo posto de saúde fique pronto.</t>
   </si>
   <si>
     <t>7128</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7128/indicacao_150.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7128/indicacao_150.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto a Saúde Pública, no sentido de que seja enviado a Ivaiporã o ônibus para fazer o exame preventivo do câncer, a exemplo de outros municípios.</t>
   </si>
   <si>
     <t>7129</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Miroslau Stresser, Enéas Circhia, Flávio Proença, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7129/indicacao_152_1984.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7129/indicacao_152_1984.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que aquela autoridade faça gestões junto aos Órgãos competentes no sentido deque seja estendida a rede de energia elétrica até a localidade denominada Jardim Iporã.</t>
   </si>
   <si>
     <t>7130</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7130/indicacao_153_1984.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7130/indicacao_153_1984.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de dinamizar uma estrada interligando o município de Ivaiporã, com o Município de Grandes Rios, passando por Jacutinga.</t>
   </si>
   <si>
     <t>10865</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATOS</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/10865/ato_1984_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/10865/ato_1984_1.pdf</t>
   </si>
   <si>
     <t>Fixar os subsídios dos Senhores Vereadores de Ivaiporã, Estado do Paraná, em Cr$ 182.295,56 mensais, sendo Cr$ 91.147,78. A parte variável, paga a razão de R$ 22.786,94.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1821,68 +1821,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5308/ple-330-84.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5310/ple-331-84.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5312/ple-332-84.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5314/ple-333-84.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5296/ple-334-84.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5297/ple-336-84.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5299/ple-337-84.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5301/ple-338-84.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5294/ple-339-84.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5304/ple-340-84.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5305/ple-341-84.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5307/ple-342-84.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5267/ple-344-84.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5274/ple-345-84.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5315/ple-347-84.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5316/ple-348-84.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5318/ple-349-84.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5320/ple-350-84.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5322/ple-351-84.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5323/ple-352-84.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5325/ple-353-84.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5327/ple-354-84.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5328/ple-355-84.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5276/ple-356-84.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5277/ple-357-84.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5278/ple-358-84.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5279/ple-359-84.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5281/ple-361-84.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5282/ple-362-84.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5283/ple-364-84.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5285/ple-365-84.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5286/ple-366-84.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5289/ple-368-84.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5291/ple-369-84.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5292/ple-370-84.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5293/ple-371-84.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5363/ple-372-84.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5364/ple-378-84.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5365/ple-374-84.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5366/ple-375-84.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5367/ple-376-84.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5368/ple-377-84.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5369/ple-378-84.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5370/ple-379-84.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5371/ple-380-84.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5372/ple-381-84.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5373/ple-383-84.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5374/ple-384-84.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5375/ple-385-84.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5376/ple-386-84.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5377/ple-387-84.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5378/ple-388-84.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5379/ple-389-84.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5380/ple-392-84.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5381/ple-393-84.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5382/ple-394-84.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5384/ple-395-84.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5385/ple-396-84.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5388/ple-397-84.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5389/ple-398-84.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5390/ple-399-84.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5391/ple-400-84.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5392/ple-401-84.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5394/ple-403-84.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5395/ple-403-84.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5458/ple-510-84.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3841/pr_16_1984.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3842/pr_17_1984.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3859/pr_18_1984.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3860/pr_19_1984.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7076/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7077/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7078/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7079/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7080/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7081/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7082/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7083/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7084/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7085/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7086/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7087/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7099/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7100/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7101/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7102/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7103/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7104/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7105/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7106/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7107/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7108/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7109/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7110/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7111/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7112/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7113/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7114/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7115/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7116/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7117/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7118/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7119/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7120/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7121/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7122/indicacao_144.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7123/indicacao_145.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7124/indicacao_146.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7125/indicacao_147.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7126/indicacao_148.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7127/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7128/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7129/indicacao_152_1984.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7130/indicacao_153_1984.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/10865/ato_1984_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5308/ple-330-84.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5310/ple-331-84.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5312/ple-332-84.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5314/ple-333-84.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5296/ple-334-84.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5297/ple-336-84.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5299/ple-337-84.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5301/ple-338-84.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5294/ple-339-84.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5304/ple-340-84.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5305/ple-341-84.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5307/ple-342-84.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5267/ple-344-84.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5274/ple-345-84.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5315/ple-347-84.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5316/ple-348-84.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5318/ple-349-84.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5320/ple-350-84.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5322/ple-351-84.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5323/ple-352-84.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5325/ple-353-84.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5327/ple-354-84.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5328/ple-355-84.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5276/ple-356-84.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5277/ple-357-84.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5278/ple-358-84.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5279/ple-359-84.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5281/ple-361-84.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5282/ple-362-84.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5283/ple-364-84.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5285/ple-365-84.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5286/ple-366-84.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5289/ple-368-84.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5291/ple-369-84.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5292/ple-370-84.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5293/ple-371-84.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5363/ple-372-84.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5364/ple-378-84.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5365/ple-374-84.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5366/ple-375-84.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5367/ple-376-84.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5368/ple-377-84.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5369/ple-378-84.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5370/ple-379-84.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5371/ple-380-84.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5372/ple-381-84.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5373/ple-383-84.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5374/ple-384-84.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5375/ple-385-84.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5376/ple-386-84.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5377/ple-387-84.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5378/ple-388-84.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5379/ple-389-84.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5380/ple-392-84.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5381/ple-393-84.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5382/ple-394-84.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5384/ple-395-84.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5385/ple-396-84.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5388/ple-397-84.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5389/ple-398-84.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5390/ple-399-84.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5391/ple-400-84.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5392/ple-401-84.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5394/ple-403-84.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5395/ple-403-84.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/5458/ple-510-84.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3841/pr_16_1984.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3842/pr_17_1984.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3859/pr_18_1984.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/3860/pr_19_1984.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7076/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7077/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7078/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7079/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7080/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7081/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7082/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7083/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7084/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7085/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7086/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7087/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7099/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7100/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7101/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7102/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7103/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7104/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7105/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7106/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7107/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7108/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7109/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7110/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7111/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7112/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7113/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7114/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7115/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7116/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7117/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7118/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7119/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7120/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7121/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7122/indicacao_144.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7123/indicacao_145.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7124/indicacao_146.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7125/indicacao_147.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7126/indicacao_148.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7127/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7128/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7129/indicacao_152_1984.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/7130/indicacao_153_1984.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1984/10865/ato_1984_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="139.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>