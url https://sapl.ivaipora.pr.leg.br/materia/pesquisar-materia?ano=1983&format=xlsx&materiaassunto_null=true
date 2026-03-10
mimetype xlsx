--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -54,1743 +54,1743 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Melvis Muchiuti</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4925/ple-305-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4925/ple-305-83.pdf</t>
   </si>
   <si>
     <t>Estabelece alterações paciais no Código Tributário Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Flávio Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4926/ple-306-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4926/ple-306-83.pdf</t>
   </si>
   <si>
     <t>Concede anistia fiscal nas correções monetárias a todos os contribuintes em débito para com a Fazenda Pública Municipal, na forma que estabelece, e dá outras providências.</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4928/ple-307-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4928/ple-307-83.pdf</t>
   </si>
   <si>
     <t>Autoriza a assinatura de Convênio com a Fundação Educacional do Estado do Paraná - FUNDEPAR -, para a execução do Programa Estadual de Alimentação Escolar e dá outras providências.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4930/ple-308-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4930/ple-308-83.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Ivaiporã, através do - SASPI, a fazer a concessão dos servidores de pavimentação asfáltica e obras complementares, por meio de contrato diretos entre os proprietários de imóveis e firma empreiteira.</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4933/ple-310-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4933/ple-310-83.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao inciso IV, alíneas ''A'' e ''B'', do artigo 2° Lei n° 241/75, de 15/05/75.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4934/ple-311-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4934/ple-311-83.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de área de terras aser doada à Companhia Brasileira de Armazenamento -CIBRAZEM - e dá outras providências.</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4935/ple-312-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4935/ple-312-83.pdf</t>
   </si>
   <si>
     <t>Cria o ''FUNDO MUNICIPAL DE ENSINO SUPERIOR'' e a ''FUNDAÇÃO EDUCACIONAL DE IVAIPORÃ'', e dá outras providências.</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4937/ple-313-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4937/ple-313-83.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de um veículo tipo ambulância, a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4938/ple-314-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4938/ple-314-83.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de equipamento rodoviário, contratação de financiamento, abertura de Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4939/ple-315-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4939/ple-315-83.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a permutar com o Sr. Adelino Miquel e outros, imóvel necessário para implantação de trevo de acesso da Avenida Cordeiro de Farias à Rua Maringá, nesta cidade e dá outras providências.</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4940/ple-316-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4940/ple-316-83.pdf</t>
   </si>
   <si>
     <t>Dá nova redação artigos 1° e 2° da Lei n° 472/83, de 18/05/83.</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4942/ple-317-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4942/ple-317-83.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a TELEPAR e dá outras providências.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4943/ple-318-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4943/ple-318-83.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar Convênio com a Cruz Vermelha Brasileira - Filial do Paraná.</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4944/ple-319-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4944/ple-319-83.pdf</t>
   </si>
   <si>
     <t>Estabelece obrigações e define meios para a conservação de estradas no município de Ivaiporã, revoga o Inciso XVI do Art. 3° da Lei n° 397/78 e dá outras providências.</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4945/ple-320-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4945/ple-320-83.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar Convênio com o Instituto Nacional de Colonização e Reforma Agrária - INCRA.</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Dà nova denominação a Rua Maringá.</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4949/ple-322-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4949/ple-322-83.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da Despesa do Município de Ivaiporã, para exercício de 1984.</t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4950/ple-323-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4950/ple-323-83.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a Secretaria de Estado do Planejamento.</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4951/ple-324-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4951/ple-324-83.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei Municipal n° 114/70, de 20/04/1970 ( Código de Postura do Município ), e dá outras providências.</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4954/ple-325-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4954/ple-325-83.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de terreno e sua doação à Associação Pais e Amigos dos Excepcionais de Ivaiporã -APAE.</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4955/ple-326-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4955/ple-326-83.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a Fundação Educacional do Estado do Paraná - FUNDEPAR.</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4956/ple-328-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4956/ple-328-83.pdf</t>
   </si>
   <si>
     <t>Autoriza a firma Organização Comercial e Imobiliária Trivelatto Ltda., a outorgar diretamente ao cidadão Vitor Pereira da Silva, escritura pública de doação com anuência do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4957/ple-329-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4957/ple-329-83.pdf</t>
   </si>
   <si>
     <t>Institui a contribuição de melhorias no Município de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/5393/ple-403-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/5393/ple-403-83.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial no valor de até Cr$ 20.000,000, e dá outras providências.</t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/5456/ple-473-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/5456/ple-473-83.pdf</t>
   </si>
   <si>
     <t>Cria o ''FUNDO MUNICIPAL DE ENSINO SUPERIOR'' e a ''FUNDAÇÃO EDUCACIONAL DE IVAIPORÃ'' e dá outras providências.</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Flávio Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4185/pll_-_01-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4185/pll_-_01-83.pdf</t>
   </si>
   <si>
     <t>Denomina '' PRAÇA VEREADOR OTÁVIO MACHADO DOS SANTOS '' o terreno localizado entre as Ruas Mandaguari, Pará e Avenida Paraná no quadro urbano de nossa cidade.</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Augusto Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4186/pll_-_02-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4186/pll_-_02-83.pdf</t>
   </si>
   <si>
     <t>acaonsidere como órgão de utilidade Pública, a Rádio Ubá Ltda., desta cidade e dá outras providências.</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4187/pll_-_05-83.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4187/pll_-_05-83.pdf</t>
   </si>
   <si>
     <t>Considera como órgão de '' UTILIDADE PÚBLICA '' 0 SININHO '' - SOCIEDADE EDUCACIONAL PRÉ-ESCOLAR E 1º GRAU, desta cidade e dá outras providências.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3838/pr_13_1983.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3838/pr_13_1983.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios dos Senhores Vereadores.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Augusto Andrade, Graça Moraes, Laudelino Leão, Miroslau Stresser, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3839/pr_14_1983.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3839/pr_14_1983.pdf</t>
   </si>
   <si>
     <t>Fixa a verba de representação do Presidente da Câmara Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3840/pr_15_1983.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3840/pr_15_1983.pdf</t>
   </si>
   <si>
     <t>6323</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6323/indicacao_1_de_1983_3_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6323/indicacao_1_de_1983_3_7.pdf</t>
   </si>
   <si>
     <t>A necessidade de ser arborizada, serem colocados bancos, construídos sanitários e um play-ground na Praça da Igreja Matriz Bom Jesus de Ivaiporã.</t>
   </si>
   <si>
     <t>6324</t>
   </si>
   <si>
     <t>Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6324/indicacao_2_de_1983_3_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6324/indicacao_2_de_1983_3_7.pdf</t>
   </si>
   <si>
     <t>A necessidade de ser cascalhada a estrada que vai da cidade de Ivaiporã ao Distrito de Ariranha.</t>
   </si>
   <si>
     <t>6921</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6921/indicacao_3_de_1983_3_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6921/indicacao_3_de_1983_3_7.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, estudos da viabilidade para a construção de um parque infantil na Praça do Conjunto Habitacional Olímpio Mourão Filho II, nesta cidade, pois a referida praça encontra-se desde a sua constituição, sem nenhuma benfeitoria, e com a existência ali de uma área de lazer, as crianças do bairro terão onde passar o tempo com segurança, proporcionando dessa forma, tranquilidade para os seus pais.</t>
   </si>
   <si>
     <t>6922</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6922/indicacao_4_de_1983_3_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6922/indicacao_4_de_1983_3_7.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal de Ivaiporã, estudos da viabilidade para que o Município de Ivaiporã, adquira em regime de urgência, 5 (cinco) alqueires de terra, próximos de nossa cidade, para que sejam doados a indústrias que aqui queiram se instalar, dando dessa forma incentivo para o formação de um parque industrial em nosso Município.</t>
   </si>
   <si>
     <t>6924</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Miroslau Stresser, Augusto Andrade, Enéas Circhia, Graça Moraes, Laudelino Leão, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6924/indicacao_6_de_1983_3_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6924/indicacao_6_de_1983_3_7.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã Flávio Pereira Teixeira, no sentido de que o mesmo envie a esta Câmara Municipal, Projeto de Lei, com a finalidade de se criar uma Comissão do Conselho de Ensino Superior de Ivaiporã, objetivando a implantação do mesmo em nosso Município.</t>
   </si>
   <si>
     <t>6925</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6925/indicacao_7_de_1983_3_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6925/indicacao_7_de_1983_3_7.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, a necessidade de serem colocados bancos nas praças de nossa cidade, principalmente naquelas ao longo da Avenida Brasil, pois Ivaiporã conta com praças maravilhosas, mas somente duas possuem bancos, e agindo dessa forma seria proporcionado aos cidadãos Ivaiporaenses a oportunidade de terem para eles, bem como para seus filhos, mais locais de lazer.</t>
   </si>
   <si>
     <t>6926</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Enéas Circhia</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6926/indicacao_8_de_1983_3_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6926/indicacao_8_de_1983_3_7.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, a necessidade de ser construído um módulo da Polícia Militar no Calçadão de nossa cidade, pois desta forma, proporcionaria mais segurança aos Bancos, Casas Comerciais, bem como aos cidadãos de Ivaiporã, visto que a Delegacia de Polícia encontra-se distante do centro da cidade.</t>
   </si>
   <si>
     <t>6927</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Laudelino Leão</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6927/indicacao_9_de_1983_3_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6927/indicacao_9_de_1983_3_7.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, a necessidade de serem reparadas as estradas do município, pois as chuvas dos últimos dias deixaram-nas em péssimo estado e faz-se necessário que dêem condições de escoamento para o algodão que está sendo colhido.</t>
   </si>
   <si>
     <t>6928</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6928/indicacao_11_de_1983_3_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6928/indicacao_11_de_1983_3_11.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, a necessidade de ser reconstruída a ponte na estrada que dá acesso a Serraria do Senhor Willi Paca, no Distrito de Romeópolis, pois devido as chuvas que se precipitaram na região nos últimos dias a referida ponte rodou, tornando intransitável aquele caminho.</t>
   </si>
   <si>
     <t>6929</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6929/indicacao_12_de_1983_3_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6929/indicacao_12_de_1983_3_11.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, a necessidade de serem colocadas tampas nas "Bocas de Lobo" que estão abertas nas ruas e avenidas da cidade, especialmente nas próximas ao Largo Manoel Ribas, na Avenida Castelo Branco, pois as mesmas estando abertas colocam em risco a vida de adultos e principalmente de crianças que sem saberem do perigo brincam a beira desses locais.</t>
   </si>
   <si>
     <t>6930</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6930/indicacao_13_de_1983_3_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6930/indicacao_13_de_1983_3_11.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, a necessidade de serem providenciadas melhoras na sinalização do Trânsito de nossa cidade como: colocação de sinaleiros, quebra-molas, nas ruas que se fizerem necessários, colaborando dessa forma para a segurança dos motoristas e pedestres, bem como para a ordem no mesmo.</t>
   </si>
   <si>
     <t>6931</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6931/indicacao_14_de_1983_3_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6931/indicacao_14_de_1983_3_11.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, para que o mesmo faça gestões junto ao Comandante da 2ª CIA do 10º Batalhão da Polícia Militar, visando melhores orientações aos policiais no sentido de ao invés de multarem os motoristas do interior do município, indiscriminadamente como vem ocorrendo com enorme frequência nas últimas semanas, que orientem os mesmos com o intuito de melhorar o transito em nossa cidade.</t>
   </si>
   <si>
     <t>6932</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6932/indicacao_15_de_1983_3_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6932/indicacao_15_de_1983_3_21.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, para que o mesmo faça gestões junto ao 38º CIRETRAN de Ivaiporã, para que sejam tomadas providências no sentido de se verificar os veículos que são de proprietários de Ivaiporã e têm placas de outras cidades, isto é, foram comprados aqui e emplacados em outras cidades, revertendo dessa forma o TRU (Taxa Rodoviária Única) para a cidade, o município onde foi emplacado, trazendo prejuízo para o município de Ivaiporã.</t>
   </si>
   <si>
     <t>6933</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6933/indicacao_17_de_1983_3_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6933/indicacao_17_de_1983_3_21.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, estudos da viabilidade para que seja cedido um ônibus nos finais de semana aos estudantes de Ivaiporã que cursam as faculdades de Jandaia do Sul e de Mandaguari, isto no intuito de minorar as despesas que esses alunos têm, pois o transporte é uma das coisas que mais encarecem os seus estudos.</t>
   </si>
   <si>
     <t>6934</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6934/indicacao_18_de_1983_3_17.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6934/indicacao_18_de_1983_3_17.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de que o mesmo faça gestões junto aos órgãos competentes, para que seja designado um policial para atender a área do colégio Ginásio Estadual Raul Rodrigues Gomes de nossa cidade, pois estão ocorrendo roubos nos veículos deixados na frente do mesmo e pessoas alheias durante o período de funcionamento, permanecem no local, perturbando o bom funcionamento da referida escola.</t>
   </si>
   <si>
     <t>6935</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6935/indicacao_19_de_1983_3_17.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6935/indicacao_19_de_1983_3_17.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade para se fazer concorrência pública, para exploração por terceiros do Serviço de Alto-Falante da Rodoviária Nova, alto-falante este explorado atualmente pela Prefeitura Municipal de Ivaiporã.</t>
   </si>
   <si>
     <t>6936</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6936/indicacao_20_de_1983_3_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6936/indicacao_20_de_1983_3_21.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de serem feitas gestões junto a Sanepar, para que sejam instalados hidrantes em pontos estratégicos da nossa cidade de Ivaiporã, prevenindo dessa forma a cidade contra incêndios que possam vir a ocorrer.</t>
   </si>
   <si>
     <t>6937</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6937/indicacao_21_de_1983_3_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6937/indicacao_21_de_1983_3_21.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de serem reparadas as ruas do Jardim Itaipu, nesta cidade, pois as mesmas encontram-se em péssimas condições, sem possibilidades de tráfego.</t>
   </si>
   <si>
     <t>6938</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6938/indicacao_22_de_1983_3_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6938/indicacao_22_de_1983_3_21.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo tome as providências no sentido de melhorar a receptividade dos canais de televisão da região como TV Tibagi, TV Cultura, e TV Tropical, nos aparelhos de nossa cidade, que ultimamente encontram-se em péssimas condições, ocasionando muitos aborrecimentos aos telespectadores.</t>
   </si>
   <si>
     <t>6939</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6939/indicacao_23_de_1983_3_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6939/indicacao_23_de_1983_3_21.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, tome medidas urgentes no sentido de que se asfalte a Rua Professora Diva Proença nos trechos compreendidos entre as Ruas Jacarezinho e Praça Independência (Ginásio Raul Rodrigues Gomes e Grupo Escolar Barão do Cerro Azul), tendo em vista que o professorado e os estudantes daqueles estabelecimentos, enfrentam sérias dificuldades em dias de sol, com a poeira e em dias de chuvas com o lamaçal que se forma.</t>
   </si>
   <si>
     <t>6940</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6940/indicacao_24_de_1983_3_21.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6940/indicacao_24_de_1983_3_21.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que tome medidas, as mais urgentes possíveis, no sentido de que seja iluminada a Praça Independência, região onde se encontram instalados o Ginásio Raul Rodrigues Gomes e Grupo Escolar Barão do Cerro Azul tendo em vista estar esta região desprovida de tal melhoria e a mesma ser de absoluta necessidade, pois que se trata de escolas que abrigam mais de 2.500 alunos das mais diversas faixas etárias.</t>
   </si>
   <si>
     <t>6941</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Augusto Andrade, Flávio Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6941/indicacao_25_de_1983_3_25.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6941/indicacao_25_de_1983_3_25.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de ser implantado em todos os Distritos de Ivaiporã, serviço de Limpeza Pública, sugerindo ainda, que o referido serviço seja feito através de carroças, evitando dessa forma maiores despesas para o município, bem como, proporcionando maior conforto aos moradores dos distritos que esperam ansiosos por essa medida.</t>
   </si>
   <si>
     <t>6942</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6942/indicacao_26_de_1983_3_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6942/indicacao_26_de_1983_3_28.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de serem desentupidas as manilhas que canalizam o Rio Pindauvinha na curva da Avenida Marechal Cordeiro de Farias, que vai da Avenida Paraná na cidade de Ivaiporã ao trevo de acesso a Rodovia BR466, pois as mesmas encontram-se entupidas desde as últimas chuvas, devido a detritos que ali se localizaram trazidos pelas águas.</t>
   </si>
   <si>
     <t>6943</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6943/indicacao_27_de_1983_3_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6943/indicacao_27_de_1983_3_28.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de serem pagos os Professores Municipais, bem como os Vereadores da gestão anterior.</t>
   </si>
   <si>
     <t>6944</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6944/indicacao_28_de_1983_3_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6944/indicacao_28_de_1983_3_28.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que tome medidas, as mais urgentes possíveis, no sentido de que se faça obras de infra-estruturas, tais como: meios-fios, iluminação e ajardinamento nos canteiros centrais da avenida Souza Naves, no trecho compreendido do final do asfalto até a Praça onde se encontra instalado do Ginásio Estadual Raul Rodrigues Gomes, proporcionando, desta maneira o bem estar dos alunos e professores que frequentam aquele estabelecimento de ensino.</t>
   </si>
   <si>
     <t>6945</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6945/indicacao_29_de_1983_4_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6945/indicacao_29_de_1983_4_4.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que tome medidas, junto ao departamento competente, no sentido de que sejam feitas caixas nas laterais das estradas municipais, para armazenamento de água, quando as mesmas forem sendo reparadas, pois a água não tendo por onde escorrer, invadem as lavouras, causando prejuízos aos proprietários.</t>
   </si>
   <si>
     <t>6946</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6946/indicacao_30_de_1983_4_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6946/indicacao_30_de_1983_4_4.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de que sejam construídas grades de proteção para as árvores que estão sendo plantadas nas ruas e avenidas da cidade, evitando-se assim, que sejam quebradas ou mesmo arrancada por pessoas inescrupulosas.</t>
   </si>
   <si>
     <t>6947</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6947/indicacao_31_de_1983_4_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6947/indicacao_31_de_1983_4_4.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, no sentido de que tome as providências cabíveis, para que seja asfaltada a Av. Paraíba, no trecho compreendido entre a rua Rio Grande do Sul até onde se encontram instaladas a Delegacia de Polícia e a CIRETRAN, pois a mesma encontra-se em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>6948</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6948/indicacao_32_de_1983_4_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6948/indicacao_32_de_1983_4_7.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal de Ivaiporã, a necessidade de serem efetuados reparos nas escolas de Pindauvinha, Sabugueiro e Ponto Alto, pois as mesmas encontram-se em precárias condições pondo em risco a vida dos alunos e professores que frequentam aquele prédio escolar.</t>
   </si>
   <si>
     <t>6949</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6949/indicacao_33_de_1983_4_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6949/indicacao_33_de_1983_4_7.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que realize estudos da viabilidade de mudança da Escola Municipal que fica localizada no cruzamento da estrada que vai para o Pindauvinha para a Vila jardim Paraná, pois 42 alunos que estudam naquela escola moram na referida Vila e apenas 14 alunos moram naquele local. Pedimos a mudança contando com melhoras na nova construção, pois atualmente aquela escola encontra-se em condições lastimáveis sem possibilidades de ser frequentada.</t>
   </si>
   <si>
     <t>6950</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6950/indicacao_34_de_1983_4_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6950/indicacao_34_de_1983_4_11.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos da viabilidade da criação de uma escola de 2º Grau, do Distrito de Jacutinga, haja visto que naquele Distrito há prédio estadual para funcionamento, inclusive corpo docente e muitos alunos que frequentam todos os dias escolas na cidade.</t>
   </si>
   <si>
     <t>6951</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6951/indicacao_35_de_1983_4_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6951/indicacao_35_de_1983_4_11.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, requer, após ouvido o plenário e em forma de Indicação, seja encaminhado expediente ao Ilustríssimo Senhor Raul Leão de Araújo Vidal, M. D. Comandante da 2ª Cia do 10º Batalhão da Polícia Militar, visando melhores orientações aos policiais no sentido de ao invés de multarem os motoristas do interior do município, indiscriminadamente como vem ocorrendo com enorme frequência nas últimas semanas, que orientem os mesmos com o intuito de melhorar o trânsito em nossa cidade, solicitamos ainda, que os policiais designados para trabalharem no trânsito, que o façam desarmados.</t>
   </si>
   <si>
     <t>6952</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6952/indicacao_36_de_1983_4_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6952/indicacao_36_de_1983_4_12.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, estudos da viabilidade para que seja executado o asfaltamento do trecho que inicia-se na Rua Faxinal no término da Avenida Brasil e vai até o Hospital do Trabalhador Rural de Ivaiporã - HTRI - na Vila Santa Maria, desta cidade de Ivaiporã.</t>
   </si>
   <si>
     <t>6953</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6953/indicacao_37_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6953/indicacao_37_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo faça gestões junto a SANEPAR - Companhia de Saneamento do Paraná - no sentido de ser instalado na Vila Nova Porã de nossa cidade um sistema de abastecimento de água.</t>
   </si>
   <si>
     <t>6954</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6954/indicacao_38_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6954/indicacao_38_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de ser designado um jardineiro para cuidar do Ginásio Estadual Raul Rodrigues Gomes, pois o referido Ginásio está com o mato tomando conta do seu pátio.</t>
   </si>
   <si>
     <t>6955</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6955/indicacao_39_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6955/indicacao_39_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito Municipal, a necessidade de serem colocados quebra-molas na Rua Rio Claro esquina com a Praça Yves Gueguém e na Rua Alagoas, esquina com Rua Londrina.</t>
   </si>
   <si>
     <t>6956</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6956/indicacao_40_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6956/indicacao_40_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo faça gestões junto aos órgãos competentes para que seja designado policiamento para a Escola Bento Mossurunga Ensino de 1º Grau, nesta cidade, pois vem ocorrendo com enorme frequência atos de atentado a moral e aos bons costumes do período noturno daquela escola no seu pátio interno, isto por parte de indivíduos estranhos ao colégio.</t>
   </si>
   <si>
     <t>6957</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6957/indicacao_41_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6957/indicacao_41_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que sejam tomadas as devidas providências no sentido de serem trocadas as lâmpadas dos postes em todo o perímetro urbano da cidade de Ivaiporã, pois chegaram até nós reclamações de moradores de várias ruas da cidade que sofrem com a escuridão que se faz devido as lâmpadas de postes estarem queimadas.</t>
   </si>
   <si>
     <t>6958</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6958/indicacao_42_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6958/indicacao_42_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser adquirido pelo Executivo Municipal de Ivaiporã, uma ambulância, para o transporte de doentes carentes de nosso município.</t>
   </si>
   <si>
     <t>6959</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6959/indicacao_43_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6959/indicacao_43_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade de ser transformado em uma área de lazer a praça localizada em frente ao depósito da Brahma, na Avenida Paraná, que ora encontra-se em completo estado de abando, não servindo para a finalidade para qual fora construído.</t>
   </si>
   <si>
     <t>6960</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6960/indicacao_44_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6960/indicacao_44_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo tome as providências que se fizerem necessárias no sentido do médico que atende no setor da saúde pública de Ivaiporã, atenda pelo menos uma vez por semana nos Distritos deste Município, evitando dessa forma o deslocamento das pessoas carentes do interior até a sede do Município.</t>
   </si>
   <si>
     <t>6963</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6963/indicacao_45_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6963/indicacao_45_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a que quando fornecer alvará de funcionamento a parques de diversões, conceda-o para um prazo máximo de 15 (quinze) dias e para circos um prazo máximo de 6 (seis) espetáculos.</t>
   </si>
   <si>
     <t>6965</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6965/indicacao_46_de_1983_4_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6965/indicacao_46_de_1983_4_18.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que faça gestões junto ao Sr. Mário de Gáspari, Chefe da Divisão Rodoviária do Município, no sentido de que o mesmo além de manter expediente na divisão, acompanhe os serviços das máquinas "in loco".</t>
   </si>
   <si>
     <t>6966</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6966/indicacao_47_de_1983_4_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6966/indicacao_47_de_1983_4_22.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade para construção de canchas poli-esportivas, devidamente iluminadas, em todos os Distritos de nosso Município, bem como nas localidades de Santa Bárbara do Ivaí e Ben-te-vi, objetivando dessa forma que os jovens da zona rural, tenham acesso à prática esportiva, tão importante para o desenvolvimento físico e mental de nossa juventude.</t>
   </si>
   <si>
     <t>6968</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Enéas Circhia, Flávio Proença, Graça Moraes, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6968/indicacao_48_de_1983_5_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6968/indicacao_48_de_1983_5_2.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a instalação de um posto de saúde no Distrito de Alto Porã, para que não seja necessário que as pessoas carentes se desloquem até a cidade para tratamento de saúde.</t>
   </si>
   <si>
     <t>6970</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6970/indicacao_49_de_1983_5_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6970/indicacao_49_de_1983_5_2.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine a construção de meio-fio bem como o cascalhamento das ruas da sede do Distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>6971</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6971/indicacao_50_de_1983_5_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6971/indicacao_50_de_1983_5_2.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos para a viabilidade de instalação de água, através da Sanepar (Saneamento do Paraná) na sede do Distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>6977</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Miroslau Stresser, Enéas Circhia, Flávio Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6977/indicacao_51_de_1983_5_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6977/indicacao_51_de_1983_5_2.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de serem reparadas as ruas da Sede do Distrito de Ariranha, pois as mesmas encontram-se em precárias condições, não dando possibilidade de tráfego.</t>
   </si>
   <si>
     <t>6979</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6979/indicacao_52_de_1983_5_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6979/indicacao_52_de_1983_5_2.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de serem reparadas as estradas dos sítios do Distrito de Ariranha, pois os municípios donos de propriedades rurais, vem sofrendo sensivelmente com a falta de condições de tráfego nas referidas estradas.</t>
   </si>
   <si>
     <t>6980</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6980/indicacao_53_de_1983_5_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6980/indicacao_53_de_1983_5_2.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine a instalação de água encanada, bem como de sanitários no Grupo Escolar Mattos Leão na sede do Distrito de Alto Porã, neste Município.</t>
   </si>
   <si>
     <t>6981</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6981/indicacao_54_de_1983_5_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6981/indicacao_54_de_1983_5_5.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade, para que seja cedido 2 (dois) dias por mês, um carro para o Tenente da Junta Militar de Ivaiporã, para que o mesmo possa efetuar as visitas aos municípios que ficam sob sua responsabilidade.</t>
   </si>
   <si>
     <t>6983</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6983/indicacao_55_de_1983_5_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6983/indicacao_55_de_1983_5_9.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade para dar isenção do IPTU - Imposto Predial e Territorial Urbano - para a Marcenaria Barros, localizada na Rua Ceará, s/n e que é de propriedade do Senhor Luiz Soares.</t>
   </si>
   <si>
     <t>6985</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6985/indicacao_56_de_1983_5_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6985/indicacao_56_de_1983_5_9.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine que sejam trocadas as lâmpadas queimadas da Rua Ceará, pois a mesma encontra-se com muitas lâmpadas queimadas, e em completa escuridão.</t>
   </si>
   <si>
     <t>6986</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6986/indicacao_57_de_1983_5_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6986/indicacao_57_de_1983_5_16.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine o cascalhamento do acesso secundário de nossa cidade, que vai do final da Avenida Brasil, na altura da Firma Cereal Cerealista Makita até a BR 466, isto, visando desviar o tráfego pesado do centro da cidade.</t>
   </si>
   <si>
     <t>6989</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6989/indicacao_58_de_1983_5_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6989/indicacao_58_de_1983_5_12.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo transfira o Posto de Saúde que funciona no Alto Lageado, para a sede do Distrito de Romeópolis.</t>
   </si>
   <si>
     <t>6991</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6991/indicacao_59_de_1983_5_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6991/indicacao_59_de_1983_5_23.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser limpado o poço do Grupo Escolar do Cinco Encruzo, neste Município, pois o mesmo encontra-se muito sujo e as crianças não tem onde tomar água.</t>
   </si>
   <si>
     <t>6992</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Enéas Circhia, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6992/indicacao_60_de_1983_5_27.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6992/indicacao_60_de_1983_5_27.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade para isenção de taxas de toda e qualquer natureza para todas as Igrejas instaladas em Ivaiporã.</t>
   </si>
   <si>
     <t>6993</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6993/indicacao_61_de_1983_5_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6993/indicacao_61_de_1983_5_30.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine que seja reparada a Rua Tereza Cristina na Vila Santa Maria, pois o mato tomou conta daquela via, não dando acesso as inúmeras casas lá existentes, bem como causando aos moradores total insegurança.</t>
   </si>
   <si>
     <t>6994</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6994/indicacao_62_de_1983_5_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6994/indicacao_62_de_1983_5_30.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine a colocação de terra na Rua Londrina, próximo da ponte que dá acesso à Vila João XXIII, em nossa cidade.</t>
   </si>
   <si>
     <t>6995</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6995/indicacao_63_de_1983_5_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6995/indicacao_63_de_1983_5_30.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo tome as devidas providências para que seja instalado um Ambulatório Médico Odontológico no Centro Social Urbano "Maria Vitória Merico" de nossa cidade, para o atendimento à pessoas não credenciadas em nenhum órgão de previdência social.</t>
   </si>
   <si>
     <t>6997</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6997/indicacao_64_de_1983_5_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6997/indicacao_64_de_1983_5_30.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto aos órgãos competentes para que seja instalado um sistema de abastecimento de água no Distrito de Romeópolis, neste Município.</t>
   </si>
   <si>
     <t>6998</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6998/indicacao_65_de_1983_5_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6998/indicacao_65_de_1983_5_30.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo instale no Centro Social Urbano "Maria Vitória Merico" uma Creche em convênio com a LBA, para filhos de boias-frias, bem como filhos de famílias carentes de nossa cidade.</t>
   </si>
   <si>
     <t>6999</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6999/indicacao_66_de_1983_6_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6999/indicacao_66_de_1983_6_1.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine a construção de uma passagem segura no Rio da Bulha, nos fundos do sítio do Sr. Laudelino Belarmino Leão, e do Sr. Geraldo Pedro de Melo, no Distrito de Arapuã, porque as crianças dali que estudam no distrito de Arapuã, estão correndo risco de vida ao atravessarem o rio sem nenhum segurança, apesar dos pais irem atravessa-las todos os dias, mas quando chove as crianças tem que dar uma volta de nove quilômetros para ir para a escola.</t>
   </si>
   <si>
     <t>7000</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7000/indicacao_67_de_1983_6_13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7000/indicacao_67_de_1983_6_13.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, que determine ao Serviço de Limpeza Pública, que seja efetuada a coleta de lixo na Rua Rio Grande do Sul, a partir do Posto de Molas Cambé indo para a Cerealista Makita, pois ultimamente esse trabalho não vem sendo efetuado.</t>
   </si>
   <si>
     <t>7007</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7007/indicacao_68_de_1983_6_13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7007/indicacao_68_de_1983_6_13.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que sejam feitos estudos para a viabilidade de ser instalada iluminação pública no Jardim Ouro Preto nesta cidade, pois os cidadãos de Diaconia Santos Reis, que nela prospera sofrem com a falta de iluminação.</t>
   </si>
   <si>
     <t>7008</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7008/indicacao_69_de_1983_6_13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7008/indicacao_69_de_1983_6_13.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade urgente de ser reparada a estrada entre o Alto Lageado e o Distrito de Romeópolis, neste Município, assim que parem as chuvas, pois a referida estrada esta em precárias condições.</t>
   </si>
   <si>
     <t>7010</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7010/indicacao_70_de_1983_5_20.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7010/indicacao_70_de_1983_5_20.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser reconstruída a ponte sobre o Rio Pindauva, perto da Chácara da Prefeitura e da Chácara de Antônio Balaeiro, pois a mesma rodou com as últimas chuvas,</t>
   </si>
   <si>
     <t>7011</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7011/indicacao_71_de_1983_6_20.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7011/indicacao_71_de_1983_6_20.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser reparada a rua que começando no final da Avenida Brasil vai até o HTRI - Hospital do Trabalhador Rural de Ivaiporã, nesta cidade.</t>
   </si>
   <si>
     <t>7012</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7012/indicacao_72_de_1983_7_29.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7012/indicacao_72_de_1983_7_29.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto aos órgãos competentes, no sentido de serem efetuadas palestras educativas de tratos de conservação do solo, junto à população rural e de preferência à nível de escola.</t>
   </si>
   <si>
     <t>7013</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7013/indicacao_73_de_1983_7_29.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7013/indicacao_73_de_1983_7_29.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine a construção de uma cancha poli-esportiva no Distrito de Jacutinga, neste Município de Ivaiporã.</t>
   </si>
   <si>
     <t>7014</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7014/indicacao_75_de_1983_7_29.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7014/indicacao_75_de_1983_7_29.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine o cascalhamento da estrada que vai da cidade de Ivaiporã ao Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7015</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Miguel Zanardi de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7015/indicacao_76_de_1983_8_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7015/indicacao_76_de_1983_8_1.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine, que dos quatro (4) banheiros da Rodoviária Nova de Ivaiporã que tem que se pagar para usá-los, pelos menos dois (2) deles sejam liberados para serem usados sem pagar.</t>
   </si>
   <si>
     <t>7017</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7017/indicacao_77_de_1983_8_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7017/indicacao_77_de_1983_8_1.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo determine a construção de Canchas Poli-esportivas nos Distritos de Ariranha, Alto Porã e Romeópolis.</t>
   </si>
   <si>
     <t>7018</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Laudelino Leão, Orlando Buratto</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7018/indicacao_78_de_1983_8_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7018/indicacao_78_de_1983_8_8.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser implantada em nossa cidade uma área de lazer, isto, onde o Executivo Municipal achar conveniente.</t>
   </si>
   <si>
     <t>7020</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7020/indicacao_79_de_1983_8_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7020/indicacao_79_de_1983_8_8.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto aos órgãos competentes para que seja efetuada a instalação de mais 1 (um) orelhão na Rodoviária Nova de nossa cidade, pois, apenas um orelhão para atender os usuários naquele local tornou-se insuficiente.</t>
   </si>
   <si>
     <t>7021</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7021/indicacao_80_de_1983_8_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7021/indicacao_80_de_1983_8_8.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de serem feitas as benfeitorias abaixo relacionadas nas seguintes escolas Municipais:_x000D_
 Escola Marechal Hermes - Construção de mais 02 (duas) salas de aula e dependências administrativas;_x000D_
 Escola José de Mattos Leão - Reconstrução de 04 (quatro) salas de aula e dependências administrativas;_x000D_
 Escola Bento Viana - reforma de 06 (seis) salas de aula e demais dependências administrativas.</t>
   </si>
   <si>
     <t>7022</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7022/indicacao_81_de_1983_8_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7022/indicacao_81_de_1983_8_8.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto aos órgãos competentes no sentido de ser construída a escola Estadual de Santa Bárbara do Ivaí.</t>
   </si>
   <si>
     <t>7023</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7023/indicacao_82_de_1983_8_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7023/indicacao_82_de_1983_8_8.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto a órgãos competentes, para a instalação de luminárias na cancha esportiva do Colégio Barbosa Ferraz - Ensino de 1º e 2º Graus, dando assim um incentivo a mais no esporte no meio estudantil de nossa cidade.</t>
   </si>
   <si>
     <t>7024</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Enéas Circhia, Flávio Proença, Graça Moraes, Miroslau Stresser, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7024/indicacao_83_de_1983_8_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7024/indicacao_83_de_1983_8_10.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos da viabilidade de ser reformada pela Municipalidade a Estação Rodoviária Antiga, isto, com linhas modernas e impecáveis condições de higiene, de modo a dar à cidade um aspecto urbano agradável._x000D_
 Por outro lado, seja ainda, incluído nesse estudo a possibilidade de vir o local a servir também, como local de embarque e desembarque (estação rodoviária) destinada aos ônibus circulares da cidade ou que trafegam em linhas que servem somente o Município de Ivaiporã._x000D_
 Com isso estará Sua Excelência o Prefeito, remodelando a cidade a tendendo a população nos seus mais lídimos anseios.</t>
   </si>
   <si>
     <t>7025</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7025/indicacao_84_de_1983_8_15.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7025/indicacao_84_de_1983_8_15.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de serem reparadas as Ruas Xavantes e Vaiandava do Jardim Itaipú, desta cidade, pois as mesmas estão em péssimas condições, com suas laterais sensivelmente danificadas pela erosão.</t>
   </si>
   <si>
     <t>7026</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7026/indicacao_85_de_1983_8_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7026/indicacao_85_de_1983_8_22.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser reconstruída a ponte sobre o Rio no Salto do Bulha indo para o Pedro Conrado, pois a referida ponte esta pondo em risco a vida de quem trafega por aquela estrada.</t>
   </si>
   <si>
     <t>7027</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7027/indicacao_86_de_1983_8_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7027/indicacao_86_de_1983_8_22.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade de ser comprado um ônibus pela Municipalidade para o transporte dos alunos do Município de Ivaiporã para suas escolas.</t>
   </si>
   <si>
     <t>7028</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7028/indicacao_87_de_1983_8_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7028/indicacao_87_de_1983_8_22.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, a necessidade urgente de ser reparada a estrada que vai da venda do Severiano, entrando à esquerda até o Pindaúva, pois a mesma encontra-se em péssimas condições.</t>
   </si>
   <si>
     <t>7029</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Laudelino Leão, Graça Moraes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7029/indicacao_88_de_1983_8_29_2_indicacoes_juntas.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7029/indicacao_88_de_1983_8_29_2_indicacoes_juntas.pdf</t>
   </si>
   <si>
     <t>1 - Ao Senhor Prefeito, a necessidade urgente de serem tomadas medidas no sentido de se dar mais segurança aos motoristas que trafegam na Avenida Marechal Cordeiro de Farias de nossa cidade, deixando a critério do Senhor Prefeito, bem como de sua assessoria, o melhor sistema a ser implantado naquela perigosa via de acesso à Rodovia BR 466, somente indicamos que esse trabalho seja efetuado com a maior brevidade possível._x000D_
 2 - Ao Senhor Prefeito, para que determine a separação do Posto de Vacinação do Posto de Saúde, pois as crianças que se dirigem ao posto de vacinação para serem imunizadas de doenças, correm o risco de serem contaminadas por qualquer outro tipo de doença, devido o grande fluxo de pessoas com as mais variadas doenças que se dirigem ao Posto de Saúde em busca de lenitivo para sua dor.</t>
   </si>
   <si>
     <t>7030</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7030/indicacao_89_de_1983_9_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7030/indicacao_89_de_1983_9_12.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, para que o mesmo faça gestões junto aos órgãos competentes, no sentido de serem instaladas a água e a luz nas Ruas da Vila Jardim Alvorada que ainda não receberam essas benfeitorias, principalmente a Rua Palotina.</t>
   </si>
   <si>
     <t>7031</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Miroslau Stresser, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7031/indicacao_90_de_1983_9_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7031/indicacao_90_de_1983_9_19.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito, estudos para a viabilidade de ser organizada pela municipalidade em Ivaiporã, uma "Feira Agro-Pecuária".</t>
   </si>
   <si>
     <t>7034</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7034/indicacao_91_de_1983_9_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7034/indicacao_91_de_1983_9_19.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, estudos para a viabilidade da municipalidade doar para a APAE - Associação dos Pais e Amigos dos Excepcionais, 3 (três) datas, no quadro urbano da cidade de Ivaiporã, para a construção de sua sede própria.</t>
   </si>
   <si>
     <t>7037</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7037/indicacao_92_de_1983_9_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7037/indicacao_92_de_1983_9_19.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, gestões junto aos órgãos competentes, para que seja instalado no Distrito de Jacutinga, um sistema de abastecimento de água pela SANEPAR.</t>
   </si>
   <si>
     <t>7039</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Graça Moraes, Augusto Andrade, Laudelino Leão, Miguel Zanardi de Oliveira, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7039/indicacao_93_de_1983_9_26.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7039/indicacao_93_de_1983_9_26.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de serem efetuados melhoramentos no Posto de saúde, na impossibilidade de ser feita uma reforma, indicamos que pelo menos seja pintada.</t>
   </si>
   <si>
     <t>7040</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7040/indicacao_95_de_1983_9_26.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7040/indicacao_95_de_1983_9_26.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a isenção de ISS - Imposto sobre Serviço de Qualquer Natureza - para o HTRI - Hospital do Trabalhador Rural de Ivaiporã.</t>
   </si>
   <si>
     <t>7041</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7041/indicacao_96_de_1983_9_26.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7041/indicacao_96_de_1983_9_26.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine o asfaltamento na Avenida Piauí, entre as Ruas Londrina e Bandeirantes, no caso de não haver possibilidade do referido asfaltamento que se proceda o cascalhamento na referida via pública.</t>
   </si>
   <si>
     <t>7042</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7042/indicacao_97_de_1983_9_26.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7042/indicacao_97_de_1983_9_26.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo ceda ao agente de saúde de Ivaiporã, um veículo, para que seja feita a vistoria nos poços de água potável dos distritos.</t>
   </si>
   <si>
     <t>7043</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7043/indicacao_98_de_1983_10_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7043/indicacao_98_de_1983_10_3.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade urgente de ser aberta a Rua Getúlio Vargas na Vila Nova Porã, para que a COPEL possa fazer a eletrificação Urbana naquela via pública.</t>
   </si>
   <si>
     <t>7044</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7044/indicacao_99_de_1983_10_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7044/indicacao_99_de_1983_10_3.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine o reparo de estrada divisora entre Santa Luzia e Severiano, partindo da Vila Nova Porã, saída do IBC.</t>
   </si>
   <si>
     <t>7045</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7045/indicacao_100_de_1983_10_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7045/indicacao_100_de_1983_10_3.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine o cascalhamento da Rua Avanhandava no Jardim Itaipu de nossa cidade.</t>
   </si>
   <si>
     <t>7046</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7046/indicacao_101_de_1983_10_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7046/indicacao_101_de_1983_10_6.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que sejam reparados os contra-fortes do 3 Porteiras no Distrito de Jacutinga.</t>
   </si>
   <si>
     <t>7048</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7048/indicacao_102_de_1983_10_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7048/indicacao_102_de_1983_10_6.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que determine a construção de uma ponte sobre o Rio Formosinho, no contra-forte que vai para o sítio do Senhor Manuel Santos Silva.</t>
   </si>
   <si>
     <t>7049</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7049/indicacao_103_de_1983_10_31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7049/indicacao_103_de_1983_10_31.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, a necessidade de serem comprados automóveis novos para o Gabinete do Prefeito e da Presidência da Câmara Municipal.</t>
   </si>
   <si>
     <t>7052</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7052/indicacao_104_de_1983_11_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7052/indicacao_104_de_1983_11_4.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo determine a desconsideração de mão única na Rua 7 de Setembro, no trecho que vai da Avenida Souza Naves, subindo da Rua Diva Proença em direção ao Posto do Senhor Carmelindo Rocha.</t>
   </si>
   <si>
     <t>7054</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7054/indicacao_105_de_1983_12_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7054/indicacao_105_de_1983_12_5.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo, a partir do início do próximo ano letivo, ceda um ônibus aos alunos do Distrito de Jacutinga que cursarão escolas de 2º Grau na cidade, pelo motivo da inviabilidade de criação de uma escola de 2º Grau naquele Distrito no exercício de 1984.</t>
   </si>
   <si>
     <t>7055</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Graça Moraes, Augusto Andrade, Enéas Circhia, Flávio Proença, Miguel Zanardi de Oliveira, Miroslau Stresser</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7055/indicacao_106_de_1983_12_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7055/indicacao_106_de_1983_12_5.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo envie a este Legislativo Projeto de Lei no sentido de se doar à Sociedade Educacional "O Sininho", que já foi declarado de Utilidade Pública, um terreno, pois esta Sociedade vem enfrentando sérias dificuldades financeiras, para enquadrar a escola dentro dos padrões exigidos pela Secretaria de Educação.</t>
   </si>
   <si>
     <t>7057</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Miroslau Stresser, Augusto Andrade, Enéas Circhia, Flávio Proença, Graça Moraes, Laudelino Leão, Miguel Zanardi de Oliveira, Orlando Buratto, Sérgio Chaves</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7057/indicacao_107_de_1983_12_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7057/indicacao_107_de_1983_12_5.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que faça gestões junto à COPEL - Cia. Paranaense de Energia Elétrica, no sentido de que a mesma proceda a extensão de energia elétrica na Rua Sertanópolis, desta cidade.</t>
   </si>
   <si>
     <t>7058</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7058/indicacao_108_de_1983_12_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7058/indicacao_108_de_1983_12_5.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que faça gestões junto à COPEL - Cia. Paranaense de Energia Elétrica, para que a mesma coloque lâmpadas nos postes das Avenidas Maranhão, em frente à CIRETRAN, bem como do Largo Emílio de Menezes.</t>
   </si>
   <si>
     <t>7060</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7060/indicacao_464_de_1983_3_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7060/indicacao_464_de_1983_3_1.pdf</t>
   </si>
   <si>
     <t>Ao Senhor Prefeito Municipal, para que o mesmo inicie trabalhos no sentido de serem arborizadas as ruas e avenidas de Ivaiporã, contribuindo dessa forma para o embelezamento de nossa cidade, bem como para o bem estar de seus cidadãos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2097,67 +2097,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4925/ple-305-83.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4926/ple-306-83.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4928/ple-307-83.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4930/ple-308-83.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4933/ple-310-83.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4934/ple-311-83.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4935/ple-312-83.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4937/ple-313-83.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4938/ple-314-83.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4939/ple-315-83.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4940/ple-316-83.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4942/ple-317-83.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4943/ple-318-83.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4944/ple-319-83.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4945/ple-320-83.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4949/ple-322-83.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4950/ple-323-83.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4951/ple-324-83.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4954/ple-325-83.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4955/ple-326-83.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4956/ple-328-83.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4957/ple-329-83.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/5393/ple-403-83.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/5456/ple-473-83.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4185/pll_-_01-83.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4186/pll_-_02-83.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4187/pll_-_05-83.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3838/pr_13_1983.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3839/pr_14_1983.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3840/pr_15_1983.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6323/indicacao_1_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6324/indicacao_2_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6921/indicacao_3_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6922/indicacao_4_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6924/indicacao_6_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6925/indicacao_7_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6926/indicacao_8_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6927/indicacao_9_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6928/indicacao_11_de_1983_3_11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6929/indicacao_12_de_1983_3_11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6930/indicacao_13_de_1983_3_11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6931/indicacao_14_de_1983_3_11.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6932/indicacao_15_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6933/indicacao_17_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6934/indicacao_18_de_1983_3_17.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6935/indicacao_19_de_1983_3_17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6936/indicacao_20_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6937/indicacao_21_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6938/indicacao_22_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6939/indicacao_23_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6940/indicacao_24_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6941/indicacao_25_de_1983_3_25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6942/indicacao_26_de_1983_3_28.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6943/indicacao_27_de_1983_3_28.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6944/indicacao_28_de_1983_3_28.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6945/indicacao_29_de_1983_4_4.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6946/indicacao_30_de_1983_4_4.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6947/indicacao_31_de_1983_4_4.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6948/indicacao_32_de_1983_4_7.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6949/indicacao_33_de_1983_4_7.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6950/indicacao_34_de_1983_4_11.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6951/indicacao_35_de_1983_4_11.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6952/indicacao_36_de_1983_4_12.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6953/indicacao_37_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6954/indicacao_38_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6955/indicacao_39_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6956/indicacao_40_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6957/indicacao_41_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6958/indicacao_42_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6959/indicacao_43_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6960/indicacao_44_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6963/indicacao_45_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6965/indicacao_46_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6966/indicacao_47_de_1983_4_22.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6968/indicacao_48_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6970/indicacao_49_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6971/indicacao_50_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6977/indicacao_51_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6979/indicacao_52_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6980/indicacao_53_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6981/indicacao_54_de_1983_5_5.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6983/indicacao_55_de_1983_5_9.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6985/indicacao_56_de_1983_5_9.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6986/indicacao_57_de_1983_5_16.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6989/indicacao_58_de_1983_5_12.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6991/indicacao_59_de_1983_5_23.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6992/indicacao_60_de_1983_5_27.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6993/indicacao_61_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6994/indicacao_62_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6995/indicacao_63_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6997/indicacao_64_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6998/indicacao_65_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6999/indicacao_66_de_1983_6_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7000/indicacao_67_de_1983_6_13.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7007/indicacao_68_de_1983_6_13.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7008/indicacao_69_de_1983_6_13.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7010/indicacao_70_de_1983_5_20.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7011/indicacao_71_de_1983_6_20.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7012/indicacao_72_de_1983_7_29.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7013/indicacao_73_de_1983_7_29.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7014/indicacao_75_de_1983_7_29.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7015/indicacao_76_de_1983_8_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7017/indicacao_77_de_1983_8_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7018/indicacao_78_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7020/indicacao_79_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7021/indicacao_80_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7022/indicacao_81_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7023/indicacao_82_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7024/indicacao_83_de_1983_8_10.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7025/indicacao_84_de_1983_8_15.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7026/indicacao_85_de_1983_8_22.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7027/indicacao_86_de_1983_8_22.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7028/indicacao_87_de_1983_8_22.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7029/indicacao_88_de_1983_8_29_2_indicacoes_juntas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7030/indicacao_89_de_1983_9_12.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7031/indicacao_90_de_1983_9_19.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7034/indicacao_91_de_1983_9_19.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7037/indicacao_92_de_1983_9_19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7039/indicacao_93_de_1983_9_26.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7040/indicacao_95_de_1983_9_26.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7041/indicacao_96_de_1983_9_26.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7042/indicacao_97_de_1983_9_26.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7043/indicacao_98_de_1983_10_3.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7044/indicacao_99_de_1983_10_3.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7045/indicacao_100_de_1983_10_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7046/indicacao_101_de_1983_10_6.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7048/indicacao_102_de_1983_10_6.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7049/indicacao_103_de_1983_10_31.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7052/indicacao_104_de_1983_11_4.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7054/indicacao_105_de_1983_12_5.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7055/indicacao_106_de_1983_12_5.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7057/indicacao_107_de_1983_12_5.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7058/indicacao_108_de_1983_12_5.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7060/indicacao_464_de_1983_3_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4925/ple-305-83.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4926/ple-306-83.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4928/ple-307-83.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4930/ple-308-83.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4933/ple-310-83.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4934/ple-311-83.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4935/ple-312-83.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4937/ple-313-83.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4938/ple-314-83.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4939/ple-315-83.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4940/ple-316-83.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4942/ple-317-83.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4943/ple-318-83.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4944/ple-319-83.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4945/ple-320-83.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4949/ple-322-83.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4950/ple-323-83.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4951/ple-324-83.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4954/ple-325-83.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4955/ple-326-83.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4956/ple-328-83.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4957/ple-329-83.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/5393/ple-403-83.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/5456/ple-473-83.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4185/pll_-_01-83.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4186/pll_-_02-83.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/4187/pll_-_05-83.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3838/pr_13_1983.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3839/pr_14_1983.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/3840/pr_15_1983.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6323/indicacao_1_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6324/indicacao_2_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6921/indicacao_3_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6922/indicacao_4_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6924/indicacao_6_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6925/indicacao_7_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6926/indicacao_8_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6927/indicacao_9_de_1983_3_7.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6928/indicacao_11_de_1983_3_11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6929/indicacao_12_de_1983_3_11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6930/indicacao_13_de_1983_3_11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6931/indicacao_14_de_1983_3_11.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6932/indicacao_15_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6933/indicacao_17_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6934/indicacao_18_de_1983_3_17.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6935/indicacao_19_de_1983_3_17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6936/indicacao_20_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6937/indicacao_21_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6938/indicacao_22_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6939/indicacao_23_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6940/indicacao_24_de_1983_3_21.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6941/indicacao_25_de_1983_3_25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6942/indicacao_26_de_1983_3_28.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6943/indicacao_27_de_1983_3_28.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6944/indicacao_28_de_1983_3_28.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6945/indicacao_29_de_1983_4_4.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6946/indicacao_30_de_1983_4_4.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6947/indicacao_31_de_1983_4_4.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6948/indicacao_32_de_1983_4_7.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6949/indicacao_33_de_1983_4_7.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6950/indicacao_34_de_1983_4_11.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6951/indicacao_35_de_1983_4_11.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6952/indicacao_36_de_1983_4_12.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6953/indicacao_37_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6954/indicacao_38_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6955/indicacao_39_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6956/indicacao_40_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6957/indicacao_41_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6958/indicacao_42_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6959/indicacao_43_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6960/indicacao_44_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6963/indicacao_45_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6965/indicacao_46_de_1983_4_18.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6966/indicacao_47_de_1983_4_22.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6968/indicacao_48_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6970/indicacao_49_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6971/indicacao_50_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6977/indicacao_51_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6979/indicacao_52_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6980/indicacao_53_de_1983_5_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6981/indicacao_54_de_1983_5_5.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6983/indicacao_55_de_1983_5_9.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6985/indicacao_56_de_1983_5_9.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6986/indicacao_57_de_1983_5_16.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6989/indicacao_58_de_1983_5_12.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6991/indicacao_59_de_1983_5_23.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6992/indicacao_60_de_1983_5_27.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6993/indicacao_61_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6994/indicacao_62_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6995/indicacao_63_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6997/indicacao_64_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6998/indicacao_65_de_1983_5_30.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/6999/indicacao_66_de_1983_6_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7000/indicacao_67_de_1983_6_13.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7007/indicacao_68_de_1983_6_13.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7008/indicacao_69_de_1983_6_13.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7010/indicacao_70_de_1983_5_20.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7011/indicacao_71_de_1983_6_20.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7012/indicacao_72_de_1983_7_29.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7013/indicacao_73_de_1983_7_29.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7014/indicacao_75_de_1983_7_29.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7015/indicacao_76_de_1983_8_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7017/indicacao_77_de_1983_8_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7018/indicacao_78_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7020/indicacao_79_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7021/indicacao_80_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7022/indicacao_81_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7023/indicacao_82_de_1983_8_8.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7024/indicacao_83_de_1983_8_10.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7025/indicacao_84_de_1983_8_15.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7026/indicacao_85_de_1983_8_22.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7027/indicacao_86_de_1983_8_22.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7028/indicacao_87_de_1983_8_22.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7029/indicacao_88_de_1983_8_29_2_indicacoes_juntas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7030/indicacao_89_de_1983_9_12.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7031/indicacao_90_de_1983_9_19.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7034/indicacao_91_de_1983_9_19.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7037/indicacao_92_de_1983_9_19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7039/indicacao_93_de_1983_9_26.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7040/indicacao_95_de_1983_9_26.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7041/indicacao_96_de_1983_9_26.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7042/indicacao_97_de_1983_9_26.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7043/indicacao_98_de_1983_10_3.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7044/indicacao_99_de_1983_10_3.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7045/indicacao_100_de_1983_10_3.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7046/indicacao_101_de_1983_10_6.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7048/indicacao_102_de_1983_10_6.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7049/indicacao_103_de_1983_10_31.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7052/indicacao_104_de_1983_11_4.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7054/indicacao_105_de_1983_12_5.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7055/indicacao_106_de_1983_12_5.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7057/indicacao_107_de_1983_12_5.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7058/indicacao_108_de_1983_12_5.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1983/7060/indicacao_464_de_1983_3_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="139.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>