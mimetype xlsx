--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -165,51 +165,51 @@
   <si>
     <t>Estima a Receita e fixa o limite da despesa do Município de Ivaiporã, para o exercício 1983.</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4971/ple-300-82.pdf</t>
   </si>
   <si>
     <t>Institui o adicional por tempo de serviço e que será concedido ao pessoal do quadro do ensino público municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4972/ple-301-82.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre o Estatuto dos Servidores Públicos do Município de Ivaiporã, Estado do Paraná.</t>
+    <t>Autoriza o Poder Executivo a firmar convênio com a telepar, e estabelece outras providências.</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4973/ple-302-82.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estatuto do servidor público e dá outras providências.</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4975/ple-303-82.pdf</t>
   </si>
   <si>
     <t>Concede pensão mensal aos Ex-Prefeitos, deste município suas viúvas e filhos menores do sexo feminino, enquanto solteiras.</t>
   </si>