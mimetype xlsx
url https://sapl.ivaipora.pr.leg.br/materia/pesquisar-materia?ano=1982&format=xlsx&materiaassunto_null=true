--- v1 (2026-01-24)
+++ v2 (2026-03-12)
@@ -54,674 +54,674 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Flávio Pereira Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4958/ple-292-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4958/ple-292-82.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a doar á Associação de Recuperação do Alcóolatra, de Ivaiporã, imóvel encravado no loteamento Jardim Imperial, desta cidade.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4960/ple-294-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4960/ple-294-82.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a - FUNDEPAR - para a solução de imóvel necessário para a construção de uma Unidade Escolar na Sede do Distrito de Arapuã, e dá outras providências.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4962/ple-295-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4962/ple-295-82.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adquirir equipamentos para a Divisão de Limpeza Pública, a contratar financiamento e dá outras providências.</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4964/ple-296-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4964/ple-296-82.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a assinar Convênio com a COPEL, para a eletrificação urbana da sede Patrimônio de Santa Barbara do Ivai, deste Município.</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4965/ple-297-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4965/ple-297-82.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adquirir  equipamento para a divisão de limpeza pública e dá outras providências.</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4966/ple-298-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4966/ple-298-82.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público, parte da Rua Arapongas, da sede do Distrito de Arapuã, deste Município e dá outras providências.</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4969/ple-299-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4969/ple-299-82.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da despesa do Município de Ivaiporã, para o exercício 1983.</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4971/ple-300-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4971/ple-300-82.pdf</t>
   </si>
   <si>
     <t>Institui o adicional por tempo de serviço e que será concedido ao pessoal do quadro do ensino público municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4972/ple-301-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4972/ple-301-82.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com a telepar, e estabelece outras providências.</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4973/ple-302-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4973/ple-302-82.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estatuto do servidor público e dá outras providências.</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4975/ple-303-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4975/ple-303-82.pdf</t>
   </si>
   <si>
     <t>Concede pensão mensal aos Ex-Prefeitos, deste município suas viúvas e filhos menores do sexo feminino, enquanto solteiras.</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Otaviano Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4419/pll-50-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4419/pll-50-82.pdf</t>
   </si>
   <si>
     <t>Declara como de ''UTILIDADE PÚBLICA'',  o Centro Espírita Luz e Caridade, e dá outras providências.</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Augusto Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4420/pll-51-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4420/pll-51-82.pdf</t>
   </si>
   <si>
     <t>Declara como ''UTILIDADE PÚBLICA'', as seguintes Lojas Maçônicas: Loja Maçônica '' Amor e Sacrifício II numero - n° 1.716'', Loja Maçônica  ''Lberdade IX. -n° 1.934'' w Loja Maçônica ''Augusta e Respeitável, loja Simbólica -Fênix''.</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Augusto Andrade, Benedito Aparecido de Oliveira, Celestino Alves de Souza., Estefano Verenk, Francisco Antônio dos Santos, João Vítor de Andrade, Lázaro Bueno, Otaviano Proença, Pedro Goedert, Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4421/pll-52-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4421/pll-52-82.pdf</t>
   </si>
   <si>
     <t>Declara como ''UTILIDADE PÚBLICA'', a ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE IVAIPORÃ -a - A.P.A.E -.</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4422/pll-53-82.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4422/pll-53-82.pdf</t>
   </si>
   <si>
     <t>Concede o Título de ''CIDADÃO HORÁRIO DE IVAIPORÃ'' a sua Execelência Reverendíssima DOM ROMEU ALBERTI, e dá outras providências.</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Augusto Andrade, Benedito Aparecido de Oliveira, Celestino Alves de Souza., Estefano Verenk, Francisco Antônio dos Santos, João Vítor de Andrade, Lázaro Bueno, Otaviano Proença, Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3835/pr_10_1982.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3835/pr_10_1982.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios dos senhores vereadores.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira, Otaviano Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3836/pr_11_1982.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3836/pr_11_1982.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da sede do Distrito Administrativo e Judiciário de Santa Bárbara do Ivaí, deste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3837/pr_12_1982.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3837/pr_12_1982.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios dos Senhores Vereadores.</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Celestino Alves de Souza.</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5333/indicacao_425_de_1982_3_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5333/indicacao_425_de_1982_3_1.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para serem reabertas e conservadas as ruas da Vila Nova Porã e Vila Itaipú, pois as mesmas foram tomadas pelo mato, causando insegurança aos moradores das referidas Vilas.</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5334/indicacao_431_de_1982_3_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5334/indicacao_431_de_1982_3_8.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, sugerindo que seja adquirido e colocado em um local a que todos tenham livre acesso, como a Rodoviária Municipal, uma obra do nosso escultor Sr. Antônio Ferreira, divulgando assim o seu trabalho e incentivando assim esta arte maravilhosa.</t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5335/indicacao_432_de_1982_3_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5335/indicacao_432_de_1982_3_8.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, no sentido de ser reconstruído em convênio com a Prefeitura Municipal de Jardim Alegre, a ponte que acha-se localizada na estrada que nasce nas proximidades da AFIVA e vai até o Patrimônio dos Baianos no Município de Jardim Alegre, pois essa benfeitoria viria trazer enormes benefícios aos munícipes de ambos os Municípios.</t>
   </si>
   <si>
     <t>5336</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira, Francisco Antônio dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5336/indicacao_433_de_1982_3_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5336/indicacao_433_de_1982_3_8.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de serem reparadas as estradas e os carreadores da região do Distrito de Arapuã, pois ora se inicia a safra do Algodão, e isso viria beneficiar o escoamento da safra daquela região, que é a maior produtora desta cultura no município de Ivaiporã.</t>
   </si>
   <si>
     <t>5337</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5337/indicacao_437_de_1982_4_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5337/indicacao_437_de_1982_4_19.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que determine ao Departamento de Saúde da Municipalidade, em caráter de urgência, uma efetiva e rigorosa fiscalização nos veículos que abastecem os açougues, bem como nos veículos transportadores de pães, em nosso município, exigindo deles, adequação, limpeza e higiene.</t>
   </si>
   <si>
     <t>5338</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Lázaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5338/indicacao_438_de_1982_4_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5338/indicacao_438_de_1982_4_19.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando o envio de uma máquina motoniveladora para reparar a estrada que liga Nova Aliança à localidade de Porto espanhol, tendo em vista que a mesma se encontra intransitável.</t>
   </si>
   <si>
     <t>5339</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5339/indicacao_440_de_1982_4_12.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5339/indicacao_440_de_1982_4_12.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando o envio de uma equipe ligada ao setor rodoviário no município, a fim de que seja cascalho o trecho da Avenida Maranhão desta cidade, entre as ruas Arapongas e Bandeirantes.</t>
   </si>
   <si>
     <t>5340</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5340/indicacao_442_de_1982_5_17.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5340/indicacao_442_de_1982_5_17.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Miguel Zanardini de Oliveira - Chefe da 38ª CIRETRAN, no sentido de promover as seguintes providências, abaixo expostas, objetivando melhorar o trânsito de nossa cidade._x000D_
 a) colocação de obstáculos na Rua Profª Diva Proença, na altura da Praça XIX de Novembro._x000D_
 b) determinar mão única na Rua Profª Diva Proença, na altura da Praça XIX de Novembro até em frente à Rádio Ubá.</t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>Francisco Antônio dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5341/indicacao_443_de_1982_5_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5341/indicacao_443_de_1982_5_10.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando o envio de máquinas à propriedade rural do sr. Plácidio de Oliveira Rocha - doador de todo o cascalho usado nas estradas de Arapuã - a fim de providenciar a colocação das manilhas e fazer o aterro da estrada do sítio.</t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5342/indicacao_444_de_1982_5_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5342/indicacao_444_de_1982_5_10.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, ratificando os pedidos já feitos no sentido de ser reparado o bueiro existente entre o estabelecimento comercial do sr. Orestes e a localidade denominada Ouro Verde, neste município.</t>
   </si>
   <si>
     <t>5343</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5343/indicacao_445_de_1982_5_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5343/indicacao_445_de_1982_5_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando o envio de motoniveladora até a localidade de Alto da Saúde, a fim de ser terminada a divisora que liga esse lugar à propriedade do Sr. José de Paula, na beira do Rio Lageado, e, se possível, construir uma ponte para facilitar o escoamento dos produtos agricolas daquela região, eis que os mesmos estão sendo atravessados pela água._x000D_
 Além disso, faz mais de dois anos que as máquinas da prefeitura não chegam até a propriedade do Sr. José de Paula, indo apenas até um trecho dessa mesma divisora.</t>
   </si>
   <si>
     <t>5344</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>Estefano Verenk</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5344/indicacao_446_de_1982_5_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5344/indicacao_446_de_1982_5_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando que sejam tomadas as providências necessárias no sentido de serem reparados os contrafortes da região de Ariranha, bem como alargar a estrada que liga a sede daquele distrito a Santa Mariana, em Manoel Ribas.</t>
   </si>
   <si>
     <t>5345</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Francisco Antônio dos Santos, Otaviano Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5345/indicacao_447_de_1982_5_31_vereadores_otaviano_e_francisco.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5345/indicacao_447_de_1982_5_31_vereadores_otaviano_e_francisco.pdf</t>
   </si>
   <si>
     <t>Indicação nº 447/1982 - Ao Sr. Prefeito, solicitando suas providências no sentido de ser construído um muro pelo menos em frente da Escola Ardinal Ribas, no distrito de Arapuã, pelas seguintes razões: mencionada escola está sofrendo a invasão de elementos estranhos devido à falta desse muro, cujos elementos, desocupados, prejudicam a imposição da disciplina naquele estabelecimento de ensino._x000D_
 Sugerimos, ainda, que referido muro seja feito de material pré-fabricado, devido à rapidez com que poderia ser erigido._x000D_
 ______________________________________x000D_
 Indicação nº 447/1982 - A - Ao Sr. Prefeito, para que seja encaminhado ofício sugerindo àquela autoridade que, nos dias em que a SELEÇÃO BRASILEIRA DE FUTEBOL, estiver disputando partidas pela "COPA DO MUNDO DE 1982", o horário de funcionamento das repartições e o desenvolvimento dos serviços considerados essenciais, sejam realizados de conformidade com o seguinte demonstrativo:_x000D_
 FUNCIONÁRIOS ESTATUTÁRIOS_x000D_
 PERÍODO MATUTINO - 8,00 às 12,00 horas</t>
   </si>
   <si>
     <t>5346</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5346/indicacao_448_de_1982_6_7.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5346/indicacao_448_de_1982_6_7.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando que sejam tomadas as providências necessárias no sentido de ser construída uma escola na propriedade rural do Sr. Jorge Rodrigues.</t>
   </si>
   <si>
     <t>5347</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5347/indicacao_449_de_1982_6_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5347/indicacao_449_de_1982_6_28.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitar um atendimento com a maior urgência possível porquanto algo de calamidade pública está acontecendo a 300 metros da Prefeitura, nas ruas Diva Proença e Av. Sergipe, entre as ruas Maranhão e São Paulo, onde devido a erosão fossas estão sendo entulhadas, muros estão sendo levados e casas prestes a ruir.</t>
   </si>
   <si>
     <t>5348</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5348/indicacao_450_de_1982_6_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5348/indicacao_450_de_1982_6_28.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, no sentido de solicitar que seja incluído no Orçamento Financeiro para 1983, VERBAS para a compra de: Uma ambulância para atender o serviço de assistência social do município, um trator de esteiras e duas motoniveladoras, a fim de dar um melhor atendimento aos nossos munícipes no tocante às estradas principais e aos contra-fortes (estradas secundárias).</t>
   </si>
   <si>
     <t>5349</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5349/indicacao_451_de_1982_8_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5349/indicacao_451_de_1982_8_2.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que seja refeita a ponte da Água da Boa Ventura, nas proximidades do distrito de Arapuã, pois a referida ponte é utilizada por cerca de quinze proprietários rurais da região, que atualmente têm que dar uma volta de aproximadamente dez quilômetros para chegar à sede daquele distrito.</t>
   </si>
   <si>
     <t>5350</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5350/indicacao_452_de_1982_8_2.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5350/indicacao_452_de_1982_8_2.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de ser feito um bueiro em um atoleiro que se localiza no Alto Patrimônio, adiante da venda do Lorival, pois o referido atoleiro impede completamente o trânsito naquela estrada, causando enormes transtornos aos que por ali tentam passar.</t>
   </si>
   <si>
     <t>5351</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5351/indicacao_453_de_1982_8_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5351/indicacao_453_de_1982_8_9.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, o envio de uma patrola à região de Santa Cruz, a fim de reparar as estradas principais e os contra-fortes daquela localidade.</t>
   </si>
   <si>
     <t>5352</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5352/indicacao_454_de_1982_8_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5352/indicacao_454_de_1982_8_9.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando o envio de uma motoniveladora à região do Alecrim e Barraquinha, a fim de reparar as estradas principais e os contra-fortes daquela localidade.</t>
   </si>
   <si>
     <t>5353</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5353/indicacao_455_de_1982_8_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5353/indicacao_455_de_1982_8_22.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, sugerindo que determine à Secretária de Educação e Cultura do Município, as medidas necessárias no sentido de que sejam orientados os alunos das 3ªs e 4ªs séries do 1º grau sobre a maneira correta de votar nas eleições do próximo dia 15 de novembro.</t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5354/indicacao_456_de_1982_8_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5354/indicacao_456_de_1982_8_22.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que estude a possibilidade de decretar feriado escolar para os estabelecimentos de ensino municipais, do dia 3 ao dia 12/9/1982._x000D_
 Segundo temos notícia, todos os professores da rede municipal de ensino vêm demonstrando enorme interesse em levar seus alunos a presenciarem as festividades de inauguração do Complexo Esportivo desta cidade, bem como assistirem as disputas que lá se realizarão durante os V JOGOS ABERTOS DO VALE DO IVAÍ.</t>
   </si>
   <si>
     <t>5355</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5355/indicacao_457_de_1982_8_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5355/indicacao_457_de_1982_8_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, no sentido de serem reparados e conservados em condições de tráfego os seguintes CONTRA-FORTES:_x000D_
 1 - CONTRA-FORTE que inicia na escolinha do Ponto Alto indo para o Bulha até chegar ao rio._x000D_
 2 - CONTRA-FORTE que inicia na estrada principal sendo o segundo da Linha Sêca para cá, indo até o rio Bulha._x000D_
 3 - PONTO ALTO ao SABUGUEIRO, contra forte que inicia no Ponto Alto e atingindo até o lugar denominado SABUGUEIRO._x000D_
 4 - CONTRA FORTE que inicia na Linha Sêca vindo para Alto Porã a esquerda, o primeiro que vai até o Rio Azul._x000D_
 5 - Por fim providencias no atendimento de todo o setor de ALTO PORÃ, até as divisas do município de Manoel Ribas, entre o Rio Azul e Rio Bulha, tanto à direita como à esquerda da estrada principal, no que se refere a CONTRA-FORTES, ou seja estradas secundárias.</t>
   </si>
   <si>
     <t>5356</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5356/indicacao_459_de_1982_10_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5356/indicacao_459_de_1982_10_4.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que seja encaminhado ofício sugerindo àquela autoridade que determine ao setor competente da Municipalidade que em regime de urgência, promova a recuperação da estrada que liga Jacutinga até o MANO e deste ponto até a ponte, um pouco mais abaixo.</t>
   </si>
   <si>
     <t>5357</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5357/indicacao_460_de_1982_10_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5357/indicacao_460_de_1982_10_4.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, que seja encaminhado ofício sugerindo àquela autoridade que determine ao setor competente da Municipalidade que, em regime de urgência, seja promovida a recuperação da estrada "DIVISORA DO JOSÉ MARTINS até o seu final, indo até a Casa do Sr. SEBASTIÃO APARECIDO", no Distrito de Arapuã, deste Município.</t>
   </si>
   <si>
     <t>5358</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5358/indicacao_461_de_1982_10_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5358/indicacao_461_de_1982_10_4.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que determine ao setor competente da Municipalidade, para que, em regime de urgência, seja promovida a recuperação do contraforte - PLACA NATAL ATÉ PAINEIRINHA ANTIGA, bem como suas ligações, na localidade de Ponto Alegre, facilitando aos proprietários ali localizados, condições de tráfego para o escoamento dos cereais ali produzidos.</t>
   </si>
   <si>
     <t>5359</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5359/indicacao_462_de_1982_9_27.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5359/indicacao_462_de_1982_9_27.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, no sentido de ser reparada a ponte que liga esta cidade, às Vilas João XXIII e Jardim Brasília, na Rua Bandeirantes.</t>
   </si>
   <si>
     <t>5360</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5360/indicacao_463_de_1982_10_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5360/indicacao_463_de_1982_10_11.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, no sentido de que seja cascalhada a Rua principal da Vila Nova Porã, nesta cidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1028,67 +1028,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4958/ple-292-82.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4960/ple-294-82.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4962/ple-295-82.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4964/ple-296-82.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4965/ple-297-82.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4966/ple-298-82.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4969/ple-299-82.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4971/ple-300-82.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4972/ple-301-82.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4973/ple-302-82.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4975/ple-303-82.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4419/pll-50-82.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4420/pll-51-82.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4421/pll-52-82.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4422/pll-53-82.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3835/pr_10_1982.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3836/pr_11_1982.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3837/pr_12_1982.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5333/indicacao_425_de_1982_3_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5334/indicacao_431_de_1982_3_8.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5335/indicacao_432_de_1982_3_8.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5336/indicacao_433_de_1982_3_8.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5337/indicacao_437_de_1982_4_19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5338/indicacao_438_de_1982_4_19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5339/indicacao_440_de_1982_4_12.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5340/indicacao_442_de_1982_5_17.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5341/indicacao_443_de_1982_5_10.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5342/indicacao_444_de_1982_5_10.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5343/indicacao_445_de_1982_5_24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5344/indicacao_446_de_1982_5_24.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5345/indicacao_447_de_1982_5_31_vereadores_otaviano_e_francisco.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5346/indicacao_448_de_1982_6_7.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5347/indicacao_449_de_1982_6_28.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5348/indicacao_450_de_1982_6_28.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5349/indicacao_451_de_1982_8_2.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5350/indicacao_452_de_1982_8_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5351/indicacao_453_de_1982_8_9.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5352/indicacao_454_de_1982_8_9.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5353/indicacao_455_de_1982_8_22.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5354/indicacao_456_de_1982_8_22.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5355/indicacao_457_de_1982_8_30.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5356/indicacao_459_de_1982_10_4.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5357/indicacao_460_de_1982_10_4.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5358/indicacao_461_de_1982_10_4.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5359/indicacao_462_de_1982_9_27.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5360/indicacao_463_de_1982_10_11.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4958/ple-292-82.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4960/ple-294-82.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4962/ple-295-82.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4964/ple-296-82.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4965/ple-297-82.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4966/ple-298-82.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4969/ple-299-82.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4971/ple-300-82.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4972/ple-301-82.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4973/ple-302-82.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4975/ple-303-82.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4419/pll-50-82.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4420/pll-51-82.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4421/pll-52-82.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/4422/pll-53-82.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3835/pr_10_1982.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3836/pr_11_1982.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/3837/pr_12_1982.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5333/indicacao_425_de_1982_3_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5334/indicacao_431_de_1982_3_8.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5335/indicacao_432_de_1982_3_8.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5336/indicacao_433_de_1982_3_8.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5337/indicacao_437_de_1982_4_19.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5338/indicacao_438_de_1982_4_19.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5339/indicacao_440_de_1982_4_12.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5340/indicacao_442_de_1982_5_17.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5341/indicacao_443_de_1982_5_10.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5342/indicacao_444_de_1982_5_10.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5343/indicacao_445_de_1982_5_24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5344/indicacao_446_de_1982_5_24.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5345/indicacao_447_de_1982_5_31_vereadores_otaviano_e_francisco.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5346/indicacao_448_de_1982_6_7.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5347/indicacao_449_de_1982_6_28.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5348/indicacao_450_de_1982_6_28.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5349/indicacao_451_de_1982_8_2.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5350/indicacao_452_de_1982_8_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5351/indicacao_453_de_1982_8_9.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5352/indicacao_454_de_1982_8_9.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5353/indicacao_455_de_1982_8_22.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5354/indicacao_456_de_1982_8_22.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5355/indicacao_457_de_1982_8_30.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5356/indicacao_459_de_1982_10_4.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5357/indicacao_460_de_1982_10_4.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5358/indicacao_461_de_1982_10_4.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5359/indicacao_462_de_1982_9_27.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1982/5360/indicacao_463_de_1982_10_11.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="193.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>