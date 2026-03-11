--- v0 (2025-10-16)
+++ v1 (2026-03-11)
@@ -10,1156 +10,1174 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="672" uniqueCount="367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="680" uniqueCount="373">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Antonio da Paz Rosa Filho</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5272/ple-345-84.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5272/ple-345-84.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Manoel Fernandes Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4989/ple-277-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4989/ple-277-81.pdf</t>
   </si>
   <si>
     <t>Ratifica os termos do convênio firmado entre Município e o Estado do Paraná, para construção de um Mini-Posto de Saúde, em Ariranha.</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4990/ple-279-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4990/ple-279-81.pdf</t>
   </si>
   <si>
     <t>Denomina de '' MARECHAL CORDEIRO DE FARIAS '', o trajeto asfáltico  que liga a Avenida Paraná ao trevo de acesso à BR-466, e dá outras providências.</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4991/ple-280-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4991/ple-280-81.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei n° 346/77, de 13/10/77, e dá outras providências.</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4992/ple-281-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4992/ple-281-81.pdf</t>
   </si>
   <si>
     <t>Autoriza a firma Organização Comercial e Imobiliária Trivelatto Ltda. a outorgar diretamente ao cidadão Vitor Pereira da Silva, escritura pública de doação, da data de terras n°19 da quadra 12, da Cidade de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4993/ple-282-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4993/ple-282-81.pdf</t>
   </si>
   <si>
     <t>Concede isenção da Taxa de Conservação de Estradas e dá outras providências.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termos de convênio e aditivos com o Estado do Paraná, objetivando a execução, no Município, de obras de controle da erosão urbana, e dá outras providências.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4995/ple-284-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4995/ple-284-81.pdf</t>
   </si>
   <si>
     <t>Desafeta do domínio público a Praça Independência e autoriza a sua doação à Fundação Educacional do Estado do Paraná - FUNDEPAR - para a edificação da unidade escolar destinada ao funcionamento do - Ginásio Estadual Raul Rodrigues Gomes, e dá outras providências.</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4996/ple-285-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4996/ple-285-81.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a assinar Convênio com a - COPEL - para eletrificar a sede do Distrito de Ariranha e dar procuração a mesma, por conta de quota do ICM, que cabe ao Município, para pagamento dos encargos financeiros decorrentes do convênio celebrado.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4997/ple-286-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4997/ple-286-81.pdf</t>
   </si>
   <si>
     <t>Institui a concessão de auxílio-acidente para os servidores celetistas acometido de acidente de trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4998/ple-287-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4998/ple-287-81.pdf</t>
   </si>
   <si>
     <t>Denomina de ''AVENIDA BRIGADEIRO EDUARDO GOMES '', trecho da Avenida Brasil, e dá outras providências.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4999/ple-288-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4999/ple-288-81.pdf</t>
   </si>
   <si>
     <t>Cria a Autarquia Municipal de Esportes e Cultura, de Ivaiporã, dispõe sobrea organização administrativa e dá outras providências.</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5000/ple-289-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5000/ple-289-81.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da Despesa do Município de Ivaiporã, para o exercício de 1982.</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5002/ple-290-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5002/ple-290-81.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo e o  Legislativo, a concederem a seus funcionários estatuários, um Abono de Natal, e dá outras providências.</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5003/ple-291-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5003/ple-291-81.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar termos de convênio com a Fundação de Saúde Caetano Munhoz da Rocha, e dá outras providências.</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4417/pll-48-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4417/pll-48-81.pdf</t>
   </si>
   <si>
     <t>Concede o ''Título de Cidadania Honorária de Ivaiporã'' ao Exmo. Sr. Jaime Canet Junior, ex-Governador do Estado Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Otaviano Proença, Augusto Andrade, Benedito Aparecido de Oliveira, Celestino Alves de Souza., Estefano Verenk, Francisco Antônio dos Santos, João Vítor de Andrade, Lázaro Bueno, Pedro Goedert, Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4418/pll-49-81.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4418/pll-49-81.pdf</t>
   </si>
   <si>
     <t>Declara e reconhece de Utilidade Pública a Associação de Recuperação do Alcoólatra de Ivaiporã.</t>
   </si>
   <si>
+    <t>11384</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Benedito Aparecido de Oliveira, Lázaro Bueno</t>
+  </si>
+  <si>
+    <t>Concede licença ao Sr. Prefeito Municipal de Ivaiporã, Estado do Paraná, para ausentar-se do País.</t>
+  </si>
+  <si>
     <t>3832</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Augusto Andrade, Benedito Aparecido de Oliveira, Celestino Alves de Souza., Estefano Verenk, Francisco Antônio dos Santos, Lázaro Bueno, Otaviano Proença, Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/3832/pr_9_1981.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/3832/pr_9_1981.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios dos Senhores Vereadores.</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Estefano Verenk</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5149/indicacao_362_de_1981_3_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5149/indicacao_362_de_1981_3_16.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que asfalte à Rua Maringá, no trecho compreendido entre as Ruas Rio Grande do Sul até o asfalto que dá acesso a cidade.</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>Augusto Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5152/indicacao_363_de_1981_3_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5152/indicacao_363_de_1981_3_16.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Prefeito a possibilidade e a viabilidade da construção de uma PISCINA PÚBLICA, com área de lazer, aproveitando um dos valores que circunda a cidade, visando dessa maneira favorecer a população de baixa renda de nossa cidade.</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5154/indicacao_364_de_1981_3_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5154/indicacao_364_de_1981_3_16.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que proceda estudos de viabilidade para remover a "ZONA DO MERETRÍCIO" do perímetro Urbano da cidade, para outro local mais apropriado.</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5156/indicacao_365_de_1981_3_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5156/indicacao_365_de_1981_3_16.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que determine ao Departamento Competente o mais breve possível, a construção de uma PONTE DE CONCRETO, na Rua Jacarezinho, dando acesso a Vila João XXIII, desta cidade.</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>Celestino Alves de Souza.</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5158/indicacao_366_de_1981_3_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5158/indicacao_366_de_1981_3_23.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que encaminhe uma moto niveladora para atender as estradas principais da região do Jacutinga.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5159/indicacao_367_de_1981_3_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5159/indicacao_367_de_1981_3_23.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que medidas urgentes sejam tomadas no tocante as estradas da região de Santa Bárbara.</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5160/indicacao_368_de_1981_3_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5160/indicacao_368_de_1981_3_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que repare as estradas principais e secundárias da região de Santa Cruz.</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5164/indicacao_369_de_1981_3_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5164/indicacao_369_de_1981_3_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que estude a viabilidade do fechamento do Bar RECANTO DA AMIZADE, também conhecido por "BAR DA ROSINHA", sito a Av. Maranhão, s/n. nesta cidade, em face de atentados ao pudor e degradação da moral levados a efeito naquele estabelecimento comercial.</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5167/indicacao_370_de_1981_4_13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5167/indicacao_370_de_1981_4_13.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, no sentido de que atendendo a campanha mundial, que este ano tem como alvo os deficientes físicos, sendo o "ANO INTERNACIONA DO DEFICIENTE FÍSICO", sejam tomadas medidas, a fim de que se coloque corrimão nas escadas dos prédios públicos, como o da Prefeitura e Rodoviária Municipal.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira, Augusto Andrade, Celestino Alves de Souza., Estefano Verenk, Francisco Antônio dos Santos, João Vítor de Andrade, Lázaro Bueno, Otaviano Proença, Pedro Goedert, Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5170/indicacao_371_de_1981_4_13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5170/indicacao_371_de_1981_4_13.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que seja encaminhado expediente ao "LIONS CLUB DE IVAIPORÃ", parabenizando-o pela passagem do seu primeiro aniversário, como também pelo bem que proporcionou a nossa comunidade, com suas nobres campanhas, que marcaram com louvor seu primeiro ano de existência, para alegria de nossa cidade.</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Francisco Antônio dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5172/indicacao_372_de_1981_4_13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5172/indicacao_372_de_1981_4_13.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que sejam efetuados reparos na rua Guanabara, no Jardim Planalto, desta cidade, uma vez que determinada via se encontra em condições não muito favoráveis ao trânsito.</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5174/indicacao_373_de_1981_4_13.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5174/indicacao_373_de_1981_4_13.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Dr. Fabiano Braga Cortes, DD. Chefe da Casa Civil do Estado, no sentido dessa autoridade envidar esforços visando seja incluído em eventuais planos de expansão no que concerne à eletrificação urbana, o distrito de Ariranha, neste Município e Comarca de Ivaiporã.</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5175/indicacao_374_de_1981_4_20.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5175/indicacao_374_de_1981_4_20.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que envie a moto niveladora para o Distrito de Ariranha, a fim de efetuar reparos nas estradas da região.</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5189/indicacao_375_de_1981_4_20.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5189/indicacao_375_de_1981_4_20.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de ser reparada a ponte que fica localizada no lugar denominado Riozinho.</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Lázaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5191/indicacao_376_de_1981_4_20.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5191/indicacao_376_de_1981_4_20.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Diretor Superintendente da Companhia Paranaense de Energia Elétrica - setor rural - Dr. Lineu Grande, a fim de que seja feito um orçamento da eletrificação do patrimônio de Nova Aliança.</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5192/indicacao_377_de_1981_4_20.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5192/indicacao_377_de_1981_4_20.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que sejam tomadas as providências necessárias ao envio de no mínimo duas moto niveladoras ao patrimônio Nova Aliança, a fim de que sejam feitos reparos dos contrafortes e da estrada que liga aquele patrimônio ao Porto Espanhol.</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5207/indicacao_378_de_1981_4_26.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5207/indicacao_378_de_1981_4_26.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que realize reparos na Escola Rural "MARECHAL COSTA E SILVA", localizada no Formozinho, junto à propriedade do Sr. Eloy.</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5209/indicacao_380_de_1981_5_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5209/indicacao_380_de_1981_5_4.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que sejam reparados os contra-fortes e também as estradas principais da região dos setores Formozo e Formozinho, o que se faz absolutamente necessário, para que, os produtos agrícolas daquela região tenha condições de escoação para os centros consumidores.</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>Augusto Andrade, Benedito Aparecido de Oliveira, Celestino Alves de Souza., Estefano Verenk, Francisco Antônio dos Santos, Lázaro Bueno, Otaviano Proença, Pedro Goedert, Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5213/indicacao_381_de_1981_4_27.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5213/indicacao_381_de_1981_4_27.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Dr. Oscar Alves, DD. Secretário de Saúde, objetivando a instalação de um distrito sanitário nesta cidade que possibilite melhor atendimento aos munícipes que recorrem à atual unidade sanitária._x000D_
 Através do relatório elaborado por essa Unidade Sanitária, constatou-se o atendimento e inúmeros casos que, entre licenças expedidas, carteiras, atestados, vistorias comerciais e residenciais, vacinações, serviços de enfermagem, somam a mais do que a possibilidade da mesma._x000D_
 Ainda segundo o Dr. Luiz Francisco de Oliveira, médico chefe da U.S. de Ivaiporã, existe a necessidade de instalações mais amplas, além de uma vistoria para melhor desempenho; de um laboratório de análises e gabinete dentário.</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5216/indicacao_382_de_1981_5_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5216/indicacao_382_de_1981_5_4.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Renato Antônio Johnsson, DD. Secretário de Estado do Interior, para que seja efetuada a extensão telefônica do Distrito de Arapuã até o Distrito de Romeópolis, neste Município de Ivaiporã, pois já são certas 21 instalações.</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira, Augusto Andrade, Celestino Alves de Souza., Estefano Verenk, Francisco Antônio dos Santos, Otaviano Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5219/indicacao_383_de_1981_5_4.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5219/indicacao_383_de_1981_5_4.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Dr. Edson Cazelato, MD. Diretor do Departamento de Serviços Urbanos desta Municipalidade, sugerindo que sejam retiradas as manilhas que se encontram ao longo da Avenida Paraná no canteiro central, pois as mesmas proporcionam grande perigo aos transeuntes por serem adornadas com plantas espinhosas, sugerindo ainda que as mesmas sejam substituídas por plantas mais adequadas para o local.</t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira, Augusto Andrade, Francisco Antônio dos Santos, Lázaro Bueno, Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5221/indicacao_384_de_1981_5_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5221/indicacao_384_de_1981_5_11.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Nivaldo Almeida DD, Secretário dos Transportes do Estado do Paraná, visando Conseguir a ligação asfáltica das Rodovias Ivaiporã-Pitanga (BR466) a Rodovia Campo Mourão-Guarapuava (Rodovia do Relógio), ligação essa que partindo de Ouro Verde nesse Município, seguirá passando pelo Distrito de Arapuã, Alto da Saúde, Distrito de Romeópolis, Alto Patrimônio, Rio Corumbataí, adentrando o município de Pitanga, alcance Nova Tebas e a Rodovia do Relógio, numa extensão de 47 Km.</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5228/indicacao_385_de_1981_5_11.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5228/indicacao_385_de_1981_5_11.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que encaminhe a esta Câmara projeto de lei isentando do pagamento da taxa de conservação de estradas os proprietários dos imóveis rurais que margeiam o Rio Pindauvinha, cujos proprietários cederam cinco metros de suas propriedades ao longo de oitenta quilômetros aproximadamente, para reflorestamento das matas ciliares, a partir do local de captação da água até as suas nascentes.</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5230/indicacao_386_de_1981_5_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5230/indicacao_386_de_1981_5_18.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Ary Kffuri, Digníssimo Deputado Federal, para que o mesmo faça gestões junto ao CIMEC - Centro de Informática do MEC - para que esse órgão forneça o Histórico Escolar dos Professores do nosso Município que concluíram o Projeto Logos II, facilitando desta maneira o Registro dos Diplomas na Secretaria de Estado da Educação e na Delegacia Regional do MEC.</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5232/indicacao_387_de_1981_5_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5232/indicacao_387_de_1981_5_18.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que seja construído um muro na Escola Ardinal Ribas no Distrito de Arapuã.</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5234/indicacao_388_de_1981_5_18.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5234/indicacao_388_de_1981_5_18.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que repare a estrada municipal que liga o florescente Distrito de Romeópolis às barrancas do Rio Corumbataí, passando pelo Patrimônio do Nilo, visto que, aquela estrada está realmente intransitável, sendo que, somente está dando condições de tráfego à cavalo, haja vista que, os produtos de nossos agricultores daquela fértil região, estão sendo transportados à lombo de animal de carga._x000D_
 Outrossim, nas mesmas condições acima citadas, requer medidas no que se refere à ponte preta, na estrada já descrita, sobre o Rio Corumbataí, nas divisas dos municípios de Ivaiporã e Pitanga, a qual está permitindo a passagem apenas de veículos pequenos e, mesmo assim, com grande risco de um desabamento fatal, de um momento para o outro.</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5236/indicacao_389_de_1981_5_25.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5236/indicacao_389_de_1981_5_25.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que envie uma motoniveladora à Paróquia São José (Igreja dos Ucranianos) em nossa cidade, para que seja feito um estacionamento naquele local, solicita ainda, que esse trabalho seja efetuado no máximo até o dia 30 (trinta) deste,</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5237/indicacao_391_de_1981_6_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5237/indicacao_391_de_1981_6_1.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito, para que promova gestões, objetivando a permuta do imóvel, onde esta Delegacia Local, de propriedade do Poder Judiciário, pela Casa de Alvenaria, de propriedade desta Municipalidade, a qual há longos anos é destinada a residência do Juiz desta Comarca.</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5239/indicacao_392_de_1981_6_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5239/indicacao_392_de_1981_6_8.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Ari Kfury, DD. Deputado Federal, solicitando ao Secretário do Interior, Sr. Renato Jhonson, com o objetivo de se estudar a possibilidade de instalação de um posto de serviço telefônico no lugar denominado Santa Bárbara, neste Município.</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5242/indicacao_393_de_1981_6_15.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5242/indicacao_393_de_1981_6_15.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que envie máquina motoniveladora para reparos das estradas do Distrito de Ariranha.</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5244/indicacao_394_de_1981_6_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5244/indicacao_394_de_1981_6_22.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade urgente de reconstruir a Escola José Bonifácio, situada na localidade de 500 alqueires, neste Município.</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5247/indicacao_396_de_1981_6_22.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5247/indicacao_396_de_1981_6_22.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que promova uma campanha junto a Comunidade de nossa cidade, bem como gestões junto a Secretaria de Saúde e do Bem-Estar Social e PROMOPAR - Programa de Promoção Social, objetivando instalar no Centro Social Urbano desta cidade, uma "VACA MECÂNICA", com a finalidade de produzir leite de soja à preços acessíveis às pessoas carentes e Instituições Sociais de Nosso Município.</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5251/indicacao_397_de_1981_8_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5251/indicacao_397_de_1981_8_10.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que tome providências quanto a um estabelecimento que negocia ferros velhos existentes na rua Rio Grande do Sul, nos fundos da Panorte, pois o mesmo está obstruindo aquela pista de rolamento com os detritos que tomam mais da metade da via.</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira, Francisco Antônio dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5253/indicacao_398_de_1981_8_31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5253/indicacao_398_de_1981_8_31.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de ser reformada a Ponte no Rio da Bulha, localizada na fazenda do Dr. Miguel, na estrada que vai de Ivaiporã ao Distrito de Arapuã e que é utilizada diariamente pelo Expresso Nordeste, que mantém quatro linhas de ônibus trafegando por aquela estrada.</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5254/indicacao_399_de_1981_8_31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5254/indicacao_399_de_1981_8_31.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que determine ao Departamento competente que proceda estudos e a viabilidade da abertura do prolongamento da Rua Rolândia, objetivando dessa maneira a construção de um ACESSO SECUNDÁRIO ao COMPLEXO ESPORTIVO, ora em construção pela Municipalidade e com previsão de conclusão para meados de 1982.</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5260/indicacao_400_de_1981_8_31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5260/indicacao_400_de_1981_8_31.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que seja incluído no Orçamento Financeiro para o exercício de 1982, VERBA que se destine à compra de uma ambulância, para atender o serviço de assistência social de Ivaiporã, PR.</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5262/indicacao_401_de_1981_8_31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5262/indicacao_401_de_1981_8_31.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que construa em uma das Praças Públicas de nossa cidade, de um Coreto, nos moldes antigo, tipo "quiosques", para a BANDA MUNICIPAL, executar suas retretas, aos domingos, feriados e ocasiões especiais.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5264/indicacao_402_de_1981_8_31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5264/indicacao_402_de_1981_8_31.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que proceda as seguintes melhorias no Cemitério Municipal de nossa cidade, a saber:_x000D_
 1 - Construção de muros pré-fabricados e calçadas em frente ao Cemitério Municipal;_x000D_
 2 - Construção de uma calçada na Rua Central do Cemitério;_x000D_
 3 - A instalação de um super-poste galvanizado com iluminação tipo pétalas, na parte central do cemitério.</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5265/indicacao_403_de_1981_8_31.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5265/indicacao_403_de_1981_8_31.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de serem reformadas as casas da Colônia dos Funcionários da Prefeitura, pois as mesmas não se encontram em boas condições, precisando de reparo.</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5266/indicacao_404_de_1981_9_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5266/indicacao_404_de_1981_9_28.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que a máquina motoniveladora do município faça os reparos necessários na estrada que liga Ariranha a Ivaiporã, porquanto a mesma encontra-se intransitável.</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5268/indicacao_405_de_1981_10_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5268/indicacao_405_de_1981_10_5.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando cascalhamento da subida do Rio da Bulha até Arapuã, bem como o envio da motoniveladora para reparar as ruas daquele distrito, pois nos dias 23 e 24 do corrente mês, o povo daquela comunidade estará recebendo, juntamente com o Padre Vitor, a imagem da Padroeira do Brasil._x000D_
 O referido cascalhamento, iniciado, teve sua paralização há cerca de trinta dias, e tendo em vista a possibilidade de chuvas naquelas datas festivas, ocasião em que se verificará um grande aluxo de fiéis aquele distrito, faz-se necessário que se de continuidade aos trabalhos naquela estrada,</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5270/indicacao_406_de_1981_11_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5270/indicacao_406_de_1981_11_3.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que realize um estudo e a viabilidade, dentro da maior brevidade possível, a Instalação de um BRITADOR MUNICIPAL, objetivando, agilizar e baratear os custos de asfaltamento das vias públicas de nossa cidade.</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5271/indicacao_407_de_1981_11_3.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5271/indicacao_407_de_1981_11_3.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que determine ao Departamento competente, com a devida urgência à reconstrução, da Ponte da Estrada velha que liga à sede do Município ao Distrito do Arapuã, que se encontra em estado precário, expondo, inclusive, em perigo de vida os que por ali transitam.</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira, Augusto Andrade, Celestino Alves de Souza., Francisco Antônio dos Santos, Lázaro Bueno, Otaviano Proença, Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5273/indicacao_408_de_1981_11_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5273/indicacao_408_de_1981_11_9.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito e ao Sr. Comandante do 5º Regimento Militar sediado nesta cidade, responsável pela fiscalização do trânsito de Ivaiporã, no sentido de que, providências sejam tomadas, visando dotar nossa cidade, de um sistema de trânsito mais seguro e eficiente._x000D_
 Indica, ainda, a Câmara, a colocação de quebra-molas ou outro sistema equivalente, nas seguintes artérias de nossa cidade: Avenida Brasil, Paraná, Souza Naves e Rua Mato Grosso.</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5284/indicacao_409_de_1981_11_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5284/indicacao_409_de_1981_11_9.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando medidas no tocante ao atendimento e reparo nas estradas da região de Santa Cruz, deste município, visto que, naquela localidade já se aproxima a safra do feijão e, que felizmente promete muito.</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5287/indicacao_410_de_1981_11_9.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5287/indicacao_410_de_1981_11_9.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que determine ao setor competente da municipalidade, providencias no sentido de serem reparadas as estradas da região de Santa Luzia, visto a aproximação da safra do feijão, sendo que, aquela localidade promete uma boa produção.</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5288/indicacao_411_de_1981_11_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5288/indicacao_411_de_1981_11_16.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando reparos na estrada que liga a cidade de Ivaiporã ao Distrito de Jacutinga, para facilitar o escoamento da safra de feijão que está se iniciando naquela região do Município.</t>
   </si>
   <si>
     <t>5290</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5290/indicacao_412_de_1981_11_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5290/indicacao_412_de_1981_11_16.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de ser reparada a estrada que liga a sede do Distrito de Arapuã ao Bairro do Palmeirinha, conhecido como Bairro do Vinícius Kürten, pois a muito tempo ela se encontra intransitável.</t>
   </si>
   <si>
     <t>5298</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5298/indicacao_413_de_1981_11_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5298/indicacao_413_de_1981_11_16.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de serem colocados quebra-molas na Rua principal do Distrito de Arapuã, pois os motoristas transitam em alta velocidade, por aquela via, pondo em risco a vida de pedestres que transitam por ali.</t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5300/indicacao_414_de_1981_11_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5300/indicacao_414_de_1981_11_16.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de serem colocadas placas de sinalização dos pontos de táxi no Distrito de Arapuã, e que se construam abrigos para os motoristas, para que os mesmos tenham seus lugares certos para parar.</t>
   </si>
   <si>
     <t>5302</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5302/indicacao_415_de_1981_11_16.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5302/indicacao_415_de_1981_11_16.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando o envio de uma motoniveladora para reparar as estradas de Pindauvinha e Alto Porã, porquanto as mesmas dão acesso à sede deste município.</t>
   </si>
   <si>
     <t>5303</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5303/indicacao_416_de_1981_11_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5303/indicacao_416_de_1981_11_23.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando que sejam reparadas as estradas na região de Ponto Alto - Distrito de Alto Porã, haja vista, a necessidade da escoação de produto desta época (feijão).</t>
   </si>
   <si>
     <t>5306</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5306/indicacao_417_de_1981_11_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5306/indicacao_417_de_1981_11_23.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, sugerindo sua interferência unto ao Departamento de Trânsito (DETRAN), no sentido de que, o trânsito de veículos, tenha mão única, na rua Rio Grande do Sul, trecho compreendido entre a Av. Paraná e a rua Londrina, posto que, está muito aglomerado o transito naquele quarteirão, sobremaneira considerando o grande movimento de caminhões que descarregam suas cargas no Supermercado Catarinense S/A.</t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5309/indicacao_418_de_1981_11_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5309/indicacao_418_de_1981_11_23.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, sugerindo que sejam tomadas as medidas mais urgentes possíveis, no sentido de arborização da cidade e, na impossibilidade da execução desse trabalho pela Prefeitura, sejam traçadas normas a fim de que, cada proprietário que desejar fazer esse trabalho em frente à sua residência, o faça dentro de um certo critério, pois caso contrário as ruas vão se tornando arborizadas de uma maneira inadequada.</t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5311/indicacao_419_de_1981_11_23.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5311/indicacao_419_de_1981_11_23.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, sugerindo que seja executado com a maior urgência possível, um trabalho de colocação de placas indicativas dos nomes das ruas desta cidade.</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5313/indicacao_421_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5313/indicacao_421_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, indicando a criação de um órgão de assistência ao menor carente, no âmbito municipal.</t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5317/indicacao_422_de_1981_11_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5317/indicacao_422_de_1981_11_28.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando urgente atendimento, rodoviário, nas regiões de Formozinho e Formozão, no sentido de favorecer a escoação do feijão produto da safra atual.</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5319/indicacao_423_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5319/indicacao_423_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que medidas sejam tomadas, a fim de que, os proprietários de datas situadas em ruas asfaltadas, procedam a construção de muros e calçadas na frente dos respectivos terrenos.</t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5321/indicacao_424_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5321/indicacao_424_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a fim de sugerir que sejam colocadas placas indicativas, da PREFEITURA, CÂMARA MUNICIPAL e FÓRUM, para uma melhor orientação das pessoas que procuram e necessitam dos serviços públicos.</t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5324/indicacao_425_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5324/indicacao_425_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, atendendo moradores do trecho desta cidade compreendido entre as Rua Profª Diva Proença e Av. Maranhão e Rua Jacarezinho e Sertanópolis, seja ali executado serviço de meio fio, para que, os proprietários possam melhorar suas propriedades, construindo muros, entrada de carros, calçadas, etc.</t>
   </si>
   <si>
     <t>5326</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5326/indicacao_426_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5326/indicacao_426_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a fim de se estudar a possibilidade da iluminação de praça da igreja matriz do distrito de Arapuã, bem como o seu ajardinamento, em razão das quermesses constantemente realizadas ali e do muito que tal benefício representaria para toda a comunidade.</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5329/indicacao_427_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5329/indicacao_427_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando medidas, a fim de que sejam reparadas as estradas e, em especial, os contra fortes, do setor de Água Fria e Patrimônio do Nilo, dando melhores condições aos srs. sitiantes escoarem os seus produtos, com o que terão também melhores preços, haja vista que, os cerealistas efetuam os pagamentos dos produtos agrícolas, de acordo com as estradas da região.</t>
   </si>
   <si>
     <t>5330</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5330/indicacao_428_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5330/indicacao_428_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, seja determinado o envio de motoniveladora para proceder reparos nas estradas das regiões de Barraquinha, especialmente nas estradas secundárias (contra-fortes).</t>
   </si>
   <si>
     <t>5331</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5331/indicacao_429_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5331/indicacao_429_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, no sentido de solicitar àquela autoridade, medidas a fim de que, as imediações dos Largos Emilio de Menezes e Independência, destinados às construções que abrigarão as dependências da Ciretran, Delegacia de Policia, Cadeia Pública e Ginásio Raul Rodrigues Gomes, respectivamente, recebam a urbanização condizente aos prédios que abrigarão as instalações acima mencionadas, posto que, os moradores daquelas localidades hoje já estão revelando grande interesse em construir em suas datas vagas.</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5332/indicacao_430_de_1981_11_30.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5332/indicacao_430_de_1981_11_30.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando o encaminhamento de uma máquina motoniveladora ao lugar denominado Ouro Verde, a fim de terminar o nivelamento do campo de futebol daquela localidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1466,67 +1484,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5272/ple-345-84.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4989/ple-277-81.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4990/ple-279-81.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4991/ple-280-81.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4992/ple-281-81.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4993/ple-282-81.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4995/ple-284-81.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4996/ple-285-81.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4997/ple-286-81.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4998/ple-287-81.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4999/ple-288-81.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5000/ple-289-81.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5002/ple-290-81.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5003/ple-291-81.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4417/pll-48-81.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4418/pll-49-81.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/3832/pr_9_1981.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5149/indicacao_362_de_1981_3_16.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5152/indicacao_363_de_1981_3_16.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5154/indicacao_364_de_1981_3_16.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5156/indicacao_365_de_1981_3_16.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5158/indicacao_366_de_1981_3_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5159/indicacao_367_de_1981_3_23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5160/indicacao_368_de_1981_3_30.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5164/indicacao_369_de_1981_3_30.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5167/indicacao_370_de_1981_4_13.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5170/indicacao_371_de_1981_4_13.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5172/indicacao_372_de_1981_4_13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5174/indicacao_373_de_1981_4_13.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5175/indicacao_374_de_1981_4_20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5189/indicacao_375_de_1981_4_20.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5191/indicacao_376_de_1981_4_20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5192/indicacao_377_de_1981_4_20.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5207/indicacao_378_de_1981_4_26.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5209/indicacao_380_de_1981_5_4.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5213/indicacao_381_de_1981_4_27.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5216/indicacao_382_de_1981_5_4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5219/indicacao_383_de_1981_5_4.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5221/indicacao_384_de_1981_5_11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5228/indicacao_385_de_1981_5_11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5230/indicacao_386_de_1981_5_18.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5232/indicacao_387_de_1981_5_18.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5234/indicacao_388_de_1981_5_18.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5236/indicacao_389_de_1981_5_25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5237/indicacao_391_de_1981_6_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5239/indicacao_392_de_1981_6_8.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5242/indicacao_393_de_1981_6_15.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5244/indicacao_394_de_1981_6_22.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5247/indicacao_396_de_1981_6_22.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5251/indicacao_397_de_1981_8_10.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5253/indicacao_398_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5254/indicacao_399_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5260/indicacao_400_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5262/indicacao_401_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5264/indicacao_402_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5265/indicacao_403_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5266/indicacao_404_de_1981_9_28.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5268/indicacao_405_de_1981_10_5.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5270/indicacao_406_de_1981_11_3.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5271/indicacao_407_de_1981_11_3.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5273/indicacao_408_de_1981_11_9.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5284/indicacao_409_de_1981_11_9.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5287/indicacao_410_de_1981_11_9.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5288/indicacao_411_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5290/indicacao_412_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5298/indicacao_413_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5300/indicacao_414_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5302/indicacao_415_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5303/indicacao_416_de_1981_11_23.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5306/indicacao_417_de_1981_11_23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5309/indicacao_418_de_1981_11_23.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5311/indicacao_419_de_1981_11_23.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5313/indicacao_421_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5317/indicacao_422_de_1981_11_28.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5319/indicacao_423_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5321/indicacao_424_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5324/indicacao_425_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5326/indicacao_426_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5329/indicacao_427_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5330/indicacao_428_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5331/indicacao_429_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5332/indicacao_430_de_1981_11_30.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5272/ple-345-84.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4989/ple-277-81.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4990/ple-279-81.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4991/ple-280-81.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4992/ple-281-81.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4993/ple-282-81.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4995/ple-284-81.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4996/ple-285-81.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4997/ple-286-81.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4998/ple-287-81.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4999/ple-288-81.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5000/ple-289-81.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5002/ple-290-81.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5003/ple-291-81.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4417/pll-48-81.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/4418/pll-49-81.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/3832/pr_9_1981.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5149/indicacao_362_de_1981_3_16.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5152/indicacao_363_de_1981_3_16.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5154/indicacao_364_de_1981_3_16.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5156/indicacao_365_de_1981_3_16.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5158/indicacao_366_de_1981_3_23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5159/indicacao_367_de_1981_3_23.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5160/indicacao_368_de_1981_3_30.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5164/indicacao_369_de_1981_3_30.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5167/indicacao_370_de_1981_4_13.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5170/indicacao_371_de_1981_4_13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5172/indicacao_372_de_1981_4_13.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5174/indicacao_373_de_1981_4_13.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5175/indicacao_374_de_1981_4_20.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5189/indicacao_375_de_1981_4_20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5191/indicacao_376_de_1981_4_20.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5192/indicacao_377_de_1981_4_20.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5207/indicacao_378_de_1981_4_26.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5209/indicacao_380_de_1981_5_4.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5213/indicacao_381_de_1981_4_27.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5216/indicacao_382_de_1981_5_4.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5219/indicacao_383_de_1981_5_4.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5221/indicacao_384_de_1981_5_11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5228/indicacao_385_de_1981_5_11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5230/indicacao_386_de_1981_5_18.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5232/indicacao_387_de_1981_5_18.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5234/indicacao_388_de_1981_5_18.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5236/indicacao_389_de_1981_5_25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5237/indicacao_391_de_1981_6_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5239/indicacao_392_de_1981_6_8.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5242/indicacao_393_de_1981_6_15.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5244/indicacao_394_de_1981_6_22.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5247/indicacao_396_de_1981_6_22.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5251/indicacao_397_de_1981_8_10.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5253/indicacao_398_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5254/indicacao_399_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5260/indicacao_400_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5262/indicacao_401_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5264/indicacao_402_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5265/indicacao_403_de_1981_8_31.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5266/indicacao_404_de_1981_9_28.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5268/indicacao_405_de_1981_10_5.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5270/indicacao_406_de_1981_11_3.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5271/indicacao_407_de_1981_11_3.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5273/indicacao_408_de_1981_11_9.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5284/indicacao_409_de_1981_11_9.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5287/indicacao_410_de_1981_11_9.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5288/indicacao_411_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5290/indicacao_412_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5298/indicacao_413_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5300/indicacao_414_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5302/indicacao_415_de_1981_11_16.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5303/indicacao_416_de_1981_11_23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5306/indicacao_417_de_1981_11_23.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5309/indicacao_418_de_1981_11_23.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5311/indicacao_419_de_1981_11_23.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5313/indicacao_421_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5317/indicacao_422_de_1981_11_28.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5319/indicacao_423_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5321/indicacao_424_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5324/indicacao_425_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5326/indicacao_426_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5329/indicacao_427_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5330/indicacao_428_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5331/indicacao_429_de_1981_11_30.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1981/5332/indicacao_430_de_1981_11_30.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H84"/>
+  <dimension ref="A1:H85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="193.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1974,1744 +1993,1770 @@
       </c>
       <c r="H18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>86</v>
       </c>
       <c r="D19" t="s">
         <v>87</v>
       </c>
       <c r="E19" t="s">
         <v>88</v>
       </c>
       <c r="F19" t="s">
         <v>89</v>
       </c>
       <c r="G19" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H19" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>92</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>93</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>94</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>95</v>
       </c>
-      <c r="F20" t="s">
+      <c r="G20" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>99</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E21" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F21" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H21" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D22" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E22" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F22" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H22" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D23" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E23" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F23" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H23" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D24" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E24" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F24" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H24" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D25" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E25" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F25" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="H25" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D26" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E26" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F26" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H26" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D27" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E27" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F27" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H27" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D28" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E28" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F28" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H28" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D29" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E29" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F29" t="s">
-        <v>136</v>
+        <v>102</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H29" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D30" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E30" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F30" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H30" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D31" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E31" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F31" t="s">
-        <v>96</v>
+        <v>147</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H31" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E32" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F32" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H32" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E33" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F33" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H33" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D34" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E34" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F34" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H34" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D35" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E35" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F35" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H35" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D36" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E36" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F36" t="s">
-        <v>114</v>
+        <v>164</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H36" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D37" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E37" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F37" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H37" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D38" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E38" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F38" t="s">
-        <v>175</v>
+        <v>120</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H38" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D39" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E39" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F39" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H39" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D40" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E40" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F40" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H40" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D41" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E41" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F41" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H41" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D42" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E42" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F42" t="s">
-        <v>127</v>
+        <v>196</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H42" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D43" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E43" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F43" t="s">
-        <v>180</v>
+        <v>133</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H43" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D44" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E44" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F44" t="s">
-        <v>141</v>
+        <v>186</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H44" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D45" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E45" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F45" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H45" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D46" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E46" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F46" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H46" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D47" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E47" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F47" t="s">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H47" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D48" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E48" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F48" t="s">
-        <v>180</v>
+        <v>107</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H48" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D49" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E49" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F49" t="s">
-        <v>96</v>
+        <v>186</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H49" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D50" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E50" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F50" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="H50" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D51" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E51" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F51" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H51" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D52" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E52" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F52" t="s">
-        <v>127</v>
+        <v>107</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H52" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D53" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E53" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F53" t="s">
-        <v>239</v>
+        <v>133</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H53" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D54" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E54" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F54" t="s">
-        <v>101</v>
+        <v>245</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H54" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D55" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E55" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F55" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="H55" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D56" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E56" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F56" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H56" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D57" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E57" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F57" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H57" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D58" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E58" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F58" t="s">
-        <v>180</v>
+        <v>107</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H58" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D59" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E59" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F59" t="s">
-        <v>96</v>
+        <v>186</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H59" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D60" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E60" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F60" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H60" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D61" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E61" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F61" t="s">
-        <v>101</v>
+        <v>147</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H61" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D62" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E62" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F62" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="H62" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D63" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E63" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F63" t="s">
-        <v>280</v>
+        <v>107</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H63" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D64" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E64" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F64" t="s">
-        <v>114</v>
+        <v>286</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="H64" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D65" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E65" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F65" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H65" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D66" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E66" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F66" t="s">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H66" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D67" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E67" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F67" t="s">
-        <v>141</v>
+        <v>186</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="H67" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D68" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E68" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F68" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H68" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D69" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E69" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F69" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H69" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D70" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E70" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F70" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H70" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D71" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E71" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F71" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H71" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D72" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E72" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F72" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H72" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D73" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E73" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F73" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H73" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D74" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E74" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F74" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H74" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D75" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E75" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F75" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H75" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D76" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E76" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F76" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H76" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D77" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E77" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F77" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H77" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D78" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E78" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F78" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H78" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D79" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E79" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F79" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H79" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D80" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E80" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F80" t="s">
-        <v>141</v>
+        <v>120</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="H80" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D81" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E81" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F81" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H81" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D82" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E82" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F82" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H82" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D83" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E83" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F83" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="H83" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D84" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E84" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F84" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H84" t="s">
-        <v>366</v>
+        <v>368</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>369</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>370</v>
+      </c>
+      <c r="D85" t="s">
+        <v>100</v>
+      </c>
+      <c r="E85" t="s">
+        <v>101</v>
+      </c>
+      <c r="F85" t="s">
+        <v>133</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H85" t="s">
+        <v>372</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3755,50 +3800,51 @@
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>