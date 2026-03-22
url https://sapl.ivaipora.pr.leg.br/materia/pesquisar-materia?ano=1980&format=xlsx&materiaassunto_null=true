--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -54,411 +54,411 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Manoel Fernandes Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4978/ple-260-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4978/ple-260-80.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a Fundação Educacional do Estado do Paraná -FUNDEPAR -, e estabelece outras providências.</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4979/ple-261-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4979/ple-261-80.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a doar ao Instituto Brasileiro do Café - IBC -, área pública devidamente desaforada do domínio e localizada no perímetro urbano de Ivaiporã.</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4980/ple-263-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4980/ple-263-80.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores da Câmara Municipal de Ivaiporã, Estado do Paraná, na ordem de 42% ( quarenta e dois por cento ) e dá outras providências.</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4981/ple-264-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4981/ple-264-80.pdf</t>
   </si>
   <si>
     <t>Estabelece que os projetos de loteamentos, entre outros, deverão conter área pública não inferior a 5% da gleba a ser loteada, destinada a programas de habitações, para município.</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com a -TELEPAR-  e estabelece outras providências.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4983/ple-268-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4983/ple-268-80.pdf</t>
   </si>
   <si>
     <t>Proíbe o tabagismo nos locais que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4984/ple-269-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4984/ple-269-80.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa o limite da Despesa do Município de Ivaiporã, para exercício de 1981.</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4985/ple-270-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4985/ple-270-80.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal  de Defesa do Meio Ambiente, que será denominado COMDEMA, e dá outras providências.</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4986/ple-271-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4986/ple-271-80.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder a todos os funcionários subordinados ao Regime Estatuário, um Abono Especial de Natal, e dá outras providências.</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4987/ple-274-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4987/ple-274-80.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a corrigir, semestralmente, por decreto, o valor monetário das tabelas de vencimento do servidor público municipal de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4988/ple-276-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4988/ple-276-80.pdf</t>
   </si>
   <si>
     <t>Revigora os artigos, parágrafos, alíneas e incisos revogados pela Lei n° 74/68, e dá outras providências.</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Otaviano Proença, Pedro Goedert, Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4414/pll-01-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4414/pll-01-80.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os subsídios e representação do Prefeito e Vice - Prefeito  e dá outras providências.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Otaviano Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4415/pll-45-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4415/pll-45-80.pdf</t>
   </si>
   <si>
     <t>Considera como Órgão de Utilidade Pública, a Sociedade Rural Centro do Paraná - SORCEP -, e dá outras providências.</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Celestino Alves de Souza.</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4416/pll-46-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4416/pll-46-80.pdf</t>
   </si>
   <si>
     <t>Concede o ''Título de Cidadã Honorária de Ivaiporã, A ''IRMÃ ELISA VALERI'' e dá outras providências.</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4413/pll-47-80.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4413/pll-47-80.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua Cambará para Rua José Cantéri, Art. 1° - fica alterado o nome da Rua Cambará, da Planta da Cidade de Ivaiporã, Estado do Paraná, passando doravante a ter a denominação de Rua ''José Cantéri''.</t>
   </si>
   <si>
     <t>11385</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Estefano Verenk</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/11385/projeto_de_decreto_legislativo_n_01-1980.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/11385/projeto_de_decreto_legislativo_n_01-1980.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os subsídios e representação do Prefeito e Vice-Prefeito e dá outras providências.</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Augusto Andrade, Celestino Alves de Souza., Estefano Verenk, Lázaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/3827/pr_8_1980.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/3827/pr_8_1980.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios dos Senhores Vereadores</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5128/indicacao_340_de_1980_11_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5128/indicacao_340_de_1980_11_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que remesse a esta Câmara de Projeto de Lei, visando isentar os proprietários de imóveis rurais, de pagamento de TAXA DE CONSERVAÇÃO DE ESTRADAS.</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5127/indicacao_348_de_1980_11_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5127/indicacao_348_de_1980_11_10.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que entre em contato com os órgãos competentes, visando a implantação da extensão da rede telefônica do Distrito de Arapuã até o Distrito de Romeópolis, neste Município.</t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5126/indicacao_349_de_1980_11_10.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5126/indicacao_349_de_1980_11_10.pdf</t>
   </si>
   <si>
     <t>Ao Dr. Euler Merlin, Diretor Geral de DER., para que proceda aos estudos de viabilidade com vistas à recuperação da ponte sobre o Rio Corumbataí, na estrada que liga o Município de Ivaiporã ao Município de Pitanga, dando acesso ao Distrito de Nova Tebas.</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Celestino Alves de Souza., Francisco Antônio dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5115/indicacao_355_de_1980_11_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5115/indicacao_355_de_1980_11_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, a necessidade de ser reformado o Grupo Escolar Oswaldo Cruz, no Alto da Saúde, cuja primeira parte foi construída na gestão de Manoel Teodoro da Rocha, pois a escola de um lado está caindo, o assoalho está se abrindo, as janelas não se fecham e estando nesta situação causa insegurança aos alunos e professores, por este motivo sugerimos ao Poder Executivo que aproveite o período de férias para a referida reforma.</t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Augusto Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5113/indicacao_356_de_1980_11_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5113/indicacao_356_de_1980_11_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, sugerindo estudos e a viabilidade de ser criado em nosso município uma PATRULHA MECANIZADA, com a finalidade de tombar, arar e gradear a terra, a preços acessíveis ao pequeno lavrador possuidor de até 5 (cinco) alqueires de terra.</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5112/indicacao_357_de_1980_11_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5112/indicacao_357_de_1980_11_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que promova gestões junto a SANEPAR, visando estudos e a viabilidade da INSTALAÇÃO DE MICRO-SISTEMA DE ABASTECIMENTO DE ÁGUA, nos distritos de nosso município.</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5110/indicacao_358_de_1980_11_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5110/indicacao_358_de_1980_11_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, no sentido de serem reparados os contra fortes da região de Rio Azul, setor de Santa Bárbara.</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5109/indicacao_359_de_1980_11_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5109/indicacao_359_de_1980_11_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, solicitando medidas no sentido de que, o trecho compreendido entre a Rua Duque de Caxias e a Rua José Bonifácio, especificamente na Rua Tiradentes, Vila João XXIII, posto que é, uma extensão que, nos dias chuvosos não permite acesso de maneira alguma, dado ao forte declive do mesmo setor.</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5108/indicacao_360_de_1980_11_24.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5108/indicacao_360_de_1980_11_24.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que determine ao departamento competente com a devida urgência, para que seja procedidos reparos nos cruzamentos da Av. Maranhão com a Rua Apucarana, no perímetro urbano desta cidade, em função de existir naquele local uma valeta que vem obstruindo o trânsito normal de veículos naquelas artérias.</t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5107/indicacao_361_de_1980_12_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5107/indicacao_361_de_1980_12_1.pdf</t>
   </si>
   <si>
     <t>Ao Sr. Prefeito, para que envie para a região do Distrito de Ariranha, uma moto niveladora a fim de efetuar reparos nas estradas principais e contra-fortes.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -765,68 +765,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4978/ple-260-80.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4979/ple-261-80.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4980/ple-263-80.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4981/ple-264-80.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4983/ple-268-80.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4984/ple-269-80.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4985/ple-270-80.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4986/ple-271-80.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4987/ple-274-80.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4988/ple-276-80.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4414/pll-01-80.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4415/pll-45-80.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4416/pll-46-80.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4413/pll-47-80.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/11385/projeto_de_decreto_legislativo_n_01-1980.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/3827/pr_8_1980.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5128/indicacao_340_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5127/indicacao_348_de_1980_11_10.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5126/indicacao_349_de_1980_11_10.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5115/indicacao_355_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5113/indicacao_356_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5112/indicacao_357_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5110/indicacao_358_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5109/indicacao_359_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5108/indicacao_360_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5107/indicacao_361_de_1980_12_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4978/ple-260-80.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4979/ple-261-80.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4980/ple-263-80.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4981/ple-264-80.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4983/ple-268-80.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4984/ple-269-80.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4985/ple-270-80.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4986/ple-271-80.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4987/ple-274-80.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4988/ple-276-80.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4414/pll-01-80.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4415/pll-45-80.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4416/pll-46-80.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/4413/pll-47-80.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/11385/projeto_de_decreto_legislativo_n_01-1980.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/3827/pr_8_1980.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5128/indicacao_340_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5127/indicacao_348_de_1980_11_10.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5126/indicacao_349_de_1980_11_10.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5115/indicacao_355_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5113/indicacao_356_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5112/indicacao_357_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5110/indicacao_358_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5109/indicacao_359_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5108/indicacao_360_de_1980_11_24.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1980/5107/indicacao_361_de_1980_12_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>