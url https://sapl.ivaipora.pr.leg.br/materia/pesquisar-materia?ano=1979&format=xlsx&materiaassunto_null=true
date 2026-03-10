--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -54,300 +54,300 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5621</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Manoel Fernandes Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5621/ple-239-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5621/ple-239-79.pdf</t>
   </si>
   <si>
     <t>Cria na estrutura administrativa da Prefeitura Municipal, como órgão de aconselhamento, O Conselho Comunitário de Cooperação em Saúde e Bem-Estar  Social- COMSABES - de Ivaiporã, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5622/ple-240-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5622/ple-240-79.pdf</t>
   </si>
   <si>
     <t>Concede perpetuidade de carneiro ao cidadão Paulo Alberto Rodrigues de Oliveira, ex-professor do Ginásio Estadual Raul Rodrigues Gomes, de Ivaiporã,  e falecido em data 11/07/1974, por relevantes serviços prestados ao Desporto Amador neste Município.</t>
   </si>
   <si>
     <t>5623</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5623/ple-241-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5623/ple-241-79.pdf</t>
   </si>
   <si>
     <t>Altera os valores dos níveis da Tabela ''b'', baixada pelo Art. 2° da Lei Municipal n° 172/72, de 28/07/1972 (quadro do pessoal fixo  da Câmara Municipal de Ivaiporã, Estado do Paraná).</t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5624/ple-242-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5624/ple-242-79.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convénio com a Fundação Educacional do Estado do Paraná - FUNDEPAR -, e dá outras providências.</t>
   </si>
   <si>
     <t>5625</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5625/ple-243-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5625/ple-243-79.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a promover o reajuste dos vencimentos dos Servidores do Município de Ivaiporã, Estado do Paraná, na ordem de 40%       ( quarenta por cento ), e d´outras providências.</t>
   </si>
   <si>
     <t>5626</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5626/ple-244-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5626/ple-244-79.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores da Câmara Municipal de Ivaiporã, Estado do Paraná, na ordem de 40% ( quarenta por cento ) e dá outras providências.</t>
   </si>
   <si>
     <t>5627</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5627/ple-245-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5627/ple-245-79.pdf</t>
   </si>
   <si>
     <t>Concede a isenção da Taxa de Conservação de Estradas, aos proprietários que cederem  parte dos seus imóveis rurais, para a abertura, alargamento ou melhoria de estrada Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5628/ple-247-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5628/ple-247-79.pdf</t>
   </si>
   <si>
     <t>Ratifica os Termos do Convénio firmado entre o Governo do Estado do Paraná e o Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5629/ple-248-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5629/ple-248-79.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de área de terras a ser doada a Firma Kamby S/a - Industria de Produtos Alimentícios, e dá outras providências.</t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5633/ple-249-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5633/ple-249-79.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Taxa de Iluminação Pública, e dá outras providências.</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5634/ple-250-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5634/ple-250-79.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convénio com a Companhia Paranaense de Energia Eléctrica - COPEL - e dá outras providências.</t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5635/ple-251-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5635/ple-251-79.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação dos '' PERÍMETRO URBANO '' dos Património de Bem-te-vi e de Santa Bárbara do Ivaí, e dá outras providências.</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5636/ple-252-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5636/ple-252-79.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa o limite da Despesa do Município de Ivaiporã, para o exercício de 1980.</t>
   </si>
   <si>
     <t>5637</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5637/ple-253-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5637/ple-253-79.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a pactuar entre o Município de Ivaiporã e a Companhia de Habitação do Paraná - COHAPAR -, termo de rescisão do convénio firmado entre si, em data de 30/06/72, para os fins de Administração geral do Núcleo Residencial General Olímpio Mourão Filho, conforme disciplina a Lei Municipal n° 152/71, de 14/10/1971, e dá outras providências.</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5638/ple-254-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5638/ple-254-79.pdf</t>
   </si>
   <si>
     <t>Introduz alterações na Lei n° 397/78, de 14/12/78, ( Código Tributário Municipal ), e dá outras providências.</t>
   </si>
   <si>
     <t>5640</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5640/ple-255-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5640/ple-255-79.pdf</t>
   </si>
   <si>
     <t>Concede anistia fiscal de juros de mora e correção monetária, ao Ivaiporã Country Clube, e dá outras providências.</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5641/ple-256-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5641/ple-256-79.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 2° da Lei Municipal n°106/69, ( Instruiu o perímetro urbano do Distrito de Arapuã ), de 03/12/69, e dá outras providências.</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5642/ple-257-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5642/ple-257-79.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5643/ple-258-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5643/ple-258-79.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo de Desenvolvimento Municipal, autoriza a criação da EMDIVA - Empresa de Desenvolvimento de Ivaiporã S/A., e dá outras providências.</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5644/ple-259-79.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5644/ple-259-79.pdf</t>
   </si>
   <si>
     <t>Desafora do domínio público a área de terras que forma a ''Praça Emílio Menezes '' e autoriza o Executivo a permutá-la, com quem de direito,pelas datas n°s 5 e 7 da quadra n° 134, todos do perímetro urbano da cidade de Ivaiporã, a fim de ser edificado o prédio destinado à Cadeia Pública, Delegacia de Policia, Instituto de Identificação, etc., e dá outras providências.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Augusto Andrade, Celestino Alves de Souza., Estefano Verenk, Lázaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/3825/pr_7_1979.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/3825/pr_7_1979.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios dos Senhores Vereadores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -654,67 +654,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5621/ple-239-79.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5622/ple-240-79.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5623/ple-241-79.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5624/ple-242-79.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5625/ple-243-79.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5626/ple-244-79.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5627/ple-245-79.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5628/ple-247-79.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5629/ple-248-79.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5633/ple-249-79.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5634/ple-250-79.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5635/ple-251-79.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5636/ple-252-79.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5637/ple-253-79.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5638/ple-254-79.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5640/ple-255-79.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5641/ple-256-79.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5642/ple-257-79.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5643/ple-258-79.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5644/ple-259-79.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/3825/pr_7_1979.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5621/ple-239-79.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5622/ple-240-79.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5623/ple-241-79.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5624/ple-242-79.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5625/ple-243-79.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5626/ple-244-79.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5627/ple-245-79.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5628/ple-247-79.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5629/ple-248-79.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5633/ple-249-79.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5634/ple-250-79.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5635/ple-251-79.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5636/ple-252-79.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5637/ple-253-79.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5638/ple-254-79.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5640/ple-255-79.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5641/ple-256-79.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5642/ple-257-79.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5643/ple-258-79.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/5644/ple-259-79.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1979/3825/pr_7_1979.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="84.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="83.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>