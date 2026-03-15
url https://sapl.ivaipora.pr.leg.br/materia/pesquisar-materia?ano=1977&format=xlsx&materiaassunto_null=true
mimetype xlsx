--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -54,690 +54,690 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Manoel Fernandes Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Estabelece  alteração parcial ao Código Tributário deste Município.</t>
   </si>
   <si>
     <t>5686</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5686/ple-161-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5686/ple-161-77.pdf</t>
   </si>
   <si>
     <t>Introduz alterações a Lei n° 150/71, que dispõe sobre Loteamentos.</t>
   </si>
   <si>
     <t>5687</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5687/ple-162-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5687/ple-162-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a usar equipamento do Parque Rodoviário Municipal, para o desenvolvimento de actividades privadas no Município.</t>
   </si>
   <si>
     <t>5688</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5688/ple-163-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5688/ple-163-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal, a ceder, por empréstimo, ao Posto da Polícia Rodoviária de Porto Ubá, o uso de um refrigerador Eléctrico Clímax</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5689/ple-164-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5689/ple-164-77.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n°147/71, e institui como Órgão Oficial do Município, os jornais '' FOLHA DE LONDRINA'' e '' TRIBUNA DA CIDADE ''.</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5690/ple-165-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5690/ple-165-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a ceder, por empréstimo, por prazo indeterminado, ao Serviço de Trânsito de Ivaiporã do Departamento Estadual de Trânsito do Paraná - DETRAN -, um aparelho telefónico.</t>
   </si>
   <si>
     <t>5691</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5691/ple-166-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5691/ple-166-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder reajuste dos vencimentos dos servidores públicos de Ivaipora, Estado do Paraná, na ordem de 30%, e dá outras providências.</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5692/ple-167-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5692/ple-167-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convénio com  a Companhia de Telecomunicações do Paraná - TELEPAR -, e dá outras providências.</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5693/ple-168-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5693/ple-168-77.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5696/ple-169-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5696/ple-169-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal  a abrir por Decreto um Crédito Adicional Especial, no valor de Cr$ 75.500,00 ( setenta e cinco mil cruzeiros ),  destinado a atender as obras de execução da Unidade Escolar do Núcleo Residencial General Olimpio Mourão Filho,   e dá outras providências.</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5697/ple-170-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5697/ple-170-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a abrir por Decreto um Crédito Adicional Especial, no valor de Cr$ 224.500,00 destinado a tender a execução de obras - Unidades Escolares -, no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5698</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5698/ple-171-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5698/ple-171-77.pdf</t>
   </si>
   <si>
     <t>Autoriza a firma ESPIGÃO - Empreendimentos Imobiliários Ltda. a outorgar ao Sr. José Vicente Clementino, com  anuência do Município, escritura de doação de imóvel situado no Loteamento ''Jardim Itaipú '', desta cidade.</t>
   </si>
   <si>
     <t>5701</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5701/ple-172-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5701/ple-172-77.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores da Câmara Municipal de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>5700</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5700/ple-173-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5700/ple-173-77.pdf</t>
   </si>
   <si>
     <t>Concede isenção de Imposto Municipal às Entidades que se dediquem ao fomento do esporte amador, no município de Ivaiporã.</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5704/ple-174-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5704/ple-174-77.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 2° da Lei Municipal n°16/66, que criou a taxa sobre passagens vendidas na Estação Rodoviária e dá outra providências.</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5705/ple-175-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5705/ple-175-77.pdf</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5706/ple-176-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5706/ple-176-77.pdf</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5707/ple-177-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5707/ple-177-77.pdf</t>
   </si>
   <si>
     <t>Desafora do domínio público a área de terras que forma a Praça Independência, desta cidade, para alojar as futuras obras do ''GINÁSIO DE ESPORTES '', de Ivaiporã.</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5709/ple-178-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5709/ple-178-77.pdf</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5710/ple-179-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5710/ple-179-77.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, para a aquisição de dois veículos, sendo um com tanque irrigador, e dá outras providências.</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5711/ple-180-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5711/ple-180-77.pdf</t>
   </si>
   <si>
     <t>Cria a Biblioteca Pública Municipal Professor Bento Munhoz da Rocha Neto, e dá outras providências.</t>
   </si>
   <si>
     <t>5712</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5712/ple-181-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5712/ple-181-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal, a ceder, por empréstimo,por prazo indeterminado ao Departamento Fiscalização do D.S.A -Defesa Sanitária Animal - da Secretaria de Agricultura do Estado do Paraná, Escritório Regional de Ivaiporã, um aparelho telefónico.</t>
   </si>
   <si>
     <t>5713</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5713/ple-182-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5713/ple-182-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convénio com a Secretaria da Segurança Pública ( POLICIA CIVIL ) e a Empresa de Obras Públicas do Paraná (EMOPAR) para construção do prédio da Delegacia de Polícia  e a Cadeia na sede do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5714/ple-182-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5714/ple-182-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a firmar termo de ajuste e cooperação com a Secretaria de Saúde e Bem-Estar Social e da Agricultura, para a profilaxia da raiva canina urbana e dá outras providências.</t>
   </si>
   <si>
     <t>5715</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5715/ple-184-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5715/ple-184-77.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os dias que constituirão os feriados religiosos no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5717/ple-185-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5717/ple-185-77.pdf</t>
   </si>
   <si>
     <t>Concede perpetuidade de carneiro ao pioneiro José Messias, falecido em data de 04/06/77, por serviços excepcionais e relevantes prestados ao município.</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5716/ple-186-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5716/ple-186-77.pdf</t>
   </si>
   <si>
     <t>Altera, parcialmente, o disposto pelo § 2° do Art. 1° da Lei municipal n° 241/75, de 15/05/75.</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5718/ple-187-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5718/ple-187-77.pdf</t>
   </si>
   <si>
     <t>5677</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5677/ple-188-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5677/ple-188-77.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre organização administrativa da Prefeitura do Município de Ivaiporã, Estado do Paraná.</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5678/ple-189-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5678/ple-189-77.pdf</t>
   </si>
   <si>
     <t>Reavalia os cargos, procede o reenquadramento e reestrutura o Quadro do Pessoal da Prefeitura Municipal de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5679/ple-190-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5679/ple-190-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar com a Café do Paraná, contrato de prestação e contra-prestação de serviços para o trabalho de combate a erosão em imóveis rurais do Município.</t>
   </si>
   <si>
     <t>5680</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5680/ple-191-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5680/ple-191-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o cidadão Geraldo Firmino e sua mulher, a outorgar ao Sr. Felisbino dos Santos, com a anuência do Município, escritura de doação de imóveis situado no -Loteamento Jardim Paraná-, desta cidade.</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5681/ple-192-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5681/ple-192-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar contrato com a Fundação Universidade Estadual de Londrina, deste Estado, para a instalação nesta cidade, de um posto fix de exames de sanidade física  e mental e psicotécnico.</t>
   </si>
   <si>
     <t>5673</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Dá nova redação ao Art. 2° da lei Municipal n° 330/77, e dá outras providências.</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5719/ple-194-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5719/ple-194-77.pdf</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5720/ple-195-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5720/ple-195-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convénio com o Estado do Paraná, para execução de reparos no prédio do Grupo Escolar Barbosa Ferraz, desta cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5721/ple-196-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5721/ple-196-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convénio com o - DETRAN - e dá outra providências.</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5722/ple-198-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5722/ple-198-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar ''Convénio '' com a Secretaria de Estado da Saúde e do Bem-Estar Social, para fornecimento de medicamentos básicos.</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5725/ple-199-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5725/ple-199-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, a doar à Associação Profissional dos Contabilistas do Vale do Ivaí, imóveis encravado no Loteamento ''Jardim Alto da Glória '', desta cidade.</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5726/ple-200-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5726/ple-200-77.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal de Ivaiporã, Estado do Paraná, a doar  a Secretaria de Saúde e do Bem-Estar Social do Estado do Paraná, imóveis encravados no perímetro urbano da cidade de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5727/ple-201-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5727/ple-201-77.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código Tributário do Município e dá outra providências.</t>
   </si>
   <si>
     <t>5699</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5699/ple-172-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5699/ple-172-77.pdf</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Renato de Oliveira, Celestino Alves de Souza.</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4399/pll-32-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4399/pll-32-77.pdf</t>
   </si>
   <si>
     <t>Altera o nome da Rua Mandaguari, desta cidade, para o nome de ''Rua Ludovico Mérico''.</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4402/pll-31-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4402/pll-31-77.pdf</t>
   </si>
   <si>
     <t>Altera, parcialmente, o nome da Rua Apucarana, nesta cidade, para o nome de Rua Emílio Ganzert.</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Otaviano Proença</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4403/pll-33-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4403/pll-33-77.pdf</t>
   </si>
   <si>
     <t>Altera o item-1- do Art. 2° da Lei n°241/75, notadamente ao que se refere ao horário funcionamento dos Supermercados.</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4404/pll-34-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4404/pll-34-77.pdf</t>
   </si>
   <si>
     <t>Concede o ''TÍTULO DE CIDADÃO HONORÁRIO DE IVAIPORÃ'', ao Exmo. Sr. Promotor Público Dr. José Jorge Dequech, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Renato de Oliveira, Augusto Andrade, Benedito Aparecido de Oliveira, Celestino Alves de Souza., Estefano Verenk, Francisco Antônio dos Santos, João Vítor de Andrade, Lázaro Bueno, Otaviano Proença, Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4405/pll-35-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4405/pll-35-77.pdf</t>
   </si>
   <si>
     <t>Considera como Órgão de Utilidade Pública, a Liga Amadora Regional de Futebol de Ivaiporã - LARF -, e dá outras providências.</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Benedito Aparecido de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4406/pll-36-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4406/pll-36-77.pdf</t>
   </si>
   <si>
     <t>Altera, parcialmente, o nome  da Avenida Maranhão, desta cidade, para nome de ''Rubens Pereira Teixeira''.</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4407/pll-37-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4407/pll-37-77.pdf</t>
   </si>
   <si>
     <t>Considera como Órgão de Utilidade Pública, ''A CASA DA AMIZADE DAS SENHORAS DE ROTARIANOS DE IVAIPORÃ'' -CASRI - e dá outras providências.</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4408/pll-38-77.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4408/pll-38-77.pdf</t>
   </si>
   <si>
     <t>Considera como Órgão de Utilidade Pública, a Sociedade Educacional dos Amigos de Jacutinga -seja -  e dá outras providências.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Celestino Alves de Souza.</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3799/pr_3_1977.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3799/pr_3_1977.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos dos servidores do Legislativo Municipal de Ivaiporã , e da outras Providências.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3803/pr_4_1977.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3803/pr_4_1977.pdf</t>
   </si>
   <si>
     <t>Autoriza o Presidente da Câmara a doar ao Executivo Municipal de Ivaiporã, Paraná, veículo de sua propriedade e dá outras providências.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Celestino Alves de Souza., Renato de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3811/pr_5_1977.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3811/pr_5_1977.pdf</t>
   </si>
   <si>
     <t>Autoriza o Presidente da Câmara a doar ao Executivo Municipal de Ivaiporã , Paraná veículo de sua propriedade e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1044,67 +1044,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5686/ple-161-77.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5687/ple-162-77.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5688/ple-163-77.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5689/ple-164-77.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5690/ple-165-77.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5691/ple-166-77.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5692/ple-167-77.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5693/ple-168-77.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5696/ple-169-77.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5697/ple-170-77.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5698/ple-171-77.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5701/ple-172-77.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5700/ple-173-77.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5704/ple-174-77.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5705/ple-175-77.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5706/ple-176-77.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5707/ple-177-77.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5709/ple-178-77.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5710/ple-179-77.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5711/ple-180-77.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5712/ple-181-77.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5713/ple-182-77.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5714/ple-182-77.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5715/ple-184-77.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5717/ple-185-77.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5716/ple-186-77.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5718/ple-187-77.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5677/ple-188-77.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5678/ple-189-77.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5679/ple-190-77.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5680/ple-191-77.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5681/ple-192-77.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5719/ple-194-77.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5720/ple-195-77.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5721/ple-196-77.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5722/ple-198-77.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5725/ple-199-77.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5726/ple-200-77.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5727/ple-201-77.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5699/ple-172-77.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4399/pll-32-77.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4402/pll-31-77.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4403/pll-33-77.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4404/pll-34-77.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4405/pll-35-77.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4406/pll-36-77.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4407/pll-37-77.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4408/pll-38-77.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3799/pr_3_1977.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3803/pr_4_1977.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3811/pr_5_1977.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5686/ple-161-77.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5687/ple-162-77.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5688/ple-163-77.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5689/ple-164-77.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5690/ple-165-77.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5691/ple-166-77.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5692/ple-167-77.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5693/ple-168-77.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5696/ple-169-77.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5697/ple-170-77.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5698/ple-171-77.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5701/ple-172-77.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5700/ple-173-77.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5704/ple-174-77.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5705/ple-175-77.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5706/ple-176-77.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5707/ple-177-77.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5709/ple-178-77.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5710/ple-179-77.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5711/ple-180-77.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5712/ple-181-77.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5713/ple-182-77.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5714/ple-182-77.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5715/ple-184-77.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5717/ple-185-77.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5716/ple-186-77.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5718/ple-187-77.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5677/ple-188-77.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5678/ple-189-77.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5679/ple-190-77.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5680/ple-191-77.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5681/ple-192-77.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5719/ple-194-77.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5720/ple-195-77.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5721/ple-196-77.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5722/ple-198-77.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5725/ple-199-77.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5726/ple-200-77.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5727/ple-201-77.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/5699/ple-172-77.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4399/pll-32-77.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4402/pll-31-77.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4403/pll-33-77.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4404/pll-34-77.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4405/pll-35-77.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4406/pll-36-77.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4407/pll-37-77.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/4408/pll-38-77.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3799/pr_3_1977.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3803/pr_4_1977.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1977/3811/pr_5_1977.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="193.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="84.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="83.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="249.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>