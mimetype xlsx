--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -54,546 +54,546 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Adail Bolivar Rother</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5753/ple-76-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5753/ple-76-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder com exclusividade a Companhia de Saneamento do Paraná -SANEPAR - exploração e operação dos Sistemas de Abastecimento de água potável e colecta e remoção de esgotos sanitários municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5754/ple-77-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5754/ple-77-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, no valor de Cr$ 340.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5755/ple-78-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5755/ple-78-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abertura de um Crédito Especial, no valor de Cr$76000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5756/ple-79-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5756/ple-79-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abrir, por decreto, no corrente exercício financeiro, um Crédito Adicional Suplementar, no valor de Cr$ 35.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5757/ple-80-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5757/ple-80-74.pdf</t>
   </si>
   <si>
     <t>Autoriza no corrente exercício financeiro a abertura de um Crédito Adicional Suplementar, no valor de Cr$ 880.500,00  e dá outras providências.</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5758/ple-81-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5758/ple-81-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar,  e dá outras providências.</t>
   </si>
   <si>
     <t>5759</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5759/ple-82-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5759/ple-82-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial,e dá outras providências.</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5760/ple-83-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5760/ple-83-74.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos aos servidores estatuários e pessoal regido pela C.L.T., do Município de Ivaiporã e altera a Lei n° 169/72.</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5761/ple-85-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5761/ple-85-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial, e dá outras providências.</t>
   </si>
   <si>
     <t>5762</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5762/ple-87-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5762/ple-87-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abertura de um Crédito Adicional Especial no valor de Cr$ 6.097,00, e dá outras providências.</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5764/ple-88-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5764/ple-88-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Especial,, no corrente exercício financeiro, no valor de Cr$ 10.000,00 (dez mil cruzeiros) e dá outras providências.</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5765/ple-89-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5765/ple-89-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Adicional Suplementar, no valor de Cr$ 6.000,00., e dá outras providências.</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5766/ple-89-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5766/ple-89-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Ivaiporã, Estado do Paraná, a doar a Empresa Brasileira de Correios e Telégrafos, imóvel encravado no perímetro  urbano da cidade de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5767/ple-91-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5767/ple-91-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura no corrente exercício financeiro, um Crédito Adicional  Especial no valor de Cr$ 60.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>5768</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5768/ple-92-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5768/ple-92-74.pdf</t>
   </si>
   <si>
     <t>Considera como órgão de Utilidade Pública, o Núcleo de Ivaiporã da Legião da Boa Vontade (LBV) e dá outras providências.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Aparecido Francisco</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4345/pll-06-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4345/pll-06-74.pdf</t>
   </si>
   <si>
     <t>Considera como entidade de utilidade pública, o ''CIRCULO DE AMIGOS DOS MENINOS PATRULHEIROS DE IVAIPORÃ'', com a sigla ''C.A.M.P.I''.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>José Soares Gomes</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4346/pll-07-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4346/pll-07-74.pdf</t>
   </si>
   <si>
     <t>Altera o art. 177, item 5°, da Lei Municipal n° 114/70, que dispõe sobre o horário de funcionamento de estabelecimentos farmaceuticos nesta cidade.</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Altevir Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4348/pll-08-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4348/pll-08-74.pdf</t>
   </si>
   <si>
     <t>Denomina Praça ''PADRE ANDRÉ  MICHALAK'', ao atual Largo da Matriz, de Romeópolis.</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Alfredo Rocha Nenê</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4349/pll-09-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4349/pll-09-74.pdf</t>
   </si>
   <si>
     <t>Determina o fechamento do Comércio, Industrias, Escritórios e demais estabelecimentos nos dias de sábado as 12 horas.</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4350/pll-10-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4350/pll-10-74.pdf</t>
   </si>
   <si>
     <t>Autorizo o Sr. Prefeito Municipal a firmar convênio com o Departamento de Transito do Estado do Paraná, para realizar operações inerentes ao transito e dá outras providências.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Celestino Alves de Souza.</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4351/pll-11-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4351/pll-11-74.pdf</t>
   </si>
   <si>
     <t>Cria o ''Serviço Odontológcio Popular'' ''SEROP'' e dá outras providências.</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4352/pll-13-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4352/pll-13-74.pdf</t>
   </si>
   <si>
     <t>Cria Sub - Prefeituras nos Distritos de Jacutinga, Arapuã, Romeópolis e Ariranha  e dá outras providências.</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
     <t>Altevir Andrade, Alfredo Rocha Nenê</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4353/pll-76-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4353/pll-76-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder com exclusividade a Companhia de Saneamento do Paraná-SANEPAR, exploração e operação dos sistemas de abastecimentos de água potável e coleta e remoção de esgotos sanitários municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4354/pll-77-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4354/pll-77-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir no corrente exercício financeiro, por decreto, um crédito Adicional  Especial, no valor de Cr$ 340.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4355/pll-78-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4355/pll-78-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir, por Decreto, Credito Adicional Especial no valor de Cr$ 76.000,00  e dá outras providências.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
     <t>Alfredo Rocha Nenê, Altevir Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4356/pll-79-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4356/pll-79-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a abrir por Decreto, no corrente exercício financeiro, um Credito Adicional Suplementar no valor de Cr$ 35.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4357/pll-80-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4357/pll-80-74.pdf</t>
   </si>
   <si>
     <t>Abre no corrente exercício financeiro, um Crédito Adicional Suplementar no valor de Cr$ 880.500,00 e dá outras providências.</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4358/pll-81-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4358/pll-81-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4359/pll-82-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4359/pll-82-74.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um crédito Adicional Especial e  dá outras providências.</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4361/pll-83-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4361/pll-83-74.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos aos Servidores Estatutários e pessoal regido pela CLT, do Município de Ivaiporã e altera a Lei n° 169/72.</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4362/pll-87-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4362/pll-87-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir, por Decreto, crédito Adicional Especial no valor de Cr$ 6.097,00.</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4363/pll-88-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4363/pll-88-74.pdf</t>
   </si>
   <si>
     <t>Abre no corrente exercício financeiro um Crédito Adicional  Especial no valor de Cr$ 10.000,00 ( DEZ MIL CRUZEIRO ).</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4365/pll-89-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4365/pll-89-74.pdf</t>
   </si>
   <si>
     <t>Fica o Executivo Municipal autorizado a abrir no corrente exercício financeiro, um Crédito Adicional Suplementar da quantia de Cr$ 882.202,47 ( oitocentos e oitenta e dois mil  duzentos e dois cruzeiros e quarente e sete centavos ), para reforço de dotações constantes do orçamento em execução, a saber.</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4366/pll-90-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4366/pll-90-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Ivaiporã, Estado do Paraná, a doar a Empresa Brasileira de Correios e Telégrafos, imóvel encravado no perímetro urbano da cidade de Ivaiporã e dá outras providências.</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4368/pll-91-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4368/pll-91-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir, no corrente exercício financeiro, Crédito Adicional Especial no valor de Cr$ 60.000,00, e dá outra providências.</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4369/pll-92-74.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4369/pll-92-74.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir,  por Decreto, no corrente exercício financeiro, um Crédito  Adicional Especial no valor de CR$ 2.262,98   e dá outras providências.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Alfredo Rocha Nenê, Aparecido Francisco, Marlene Rother Góes, Renato Croceta</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/3773/pr_4_1974.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/3773/pr_4_1974.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 2º e 3º da Resolução nº1/73 de 19 de janeiro de 1973, e da outras providências.</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Aparecido Francisco, Osmundo Christen</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5065/indicacao_2_de_1974_5_15.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5065/indicacao_2_de_1974_5_15.pdf</t>
   </si>
   <si>
     <t>Para que seja considerado como "Órgão Oficial do Município de Ivaiporã", o Jornal Tribuna da Cidade", editado na cidade de Apucarana.</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5050/indicacao_3_de_1974_9_25.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5050/indicacao_3_de_1974_9_25.pdf</t>
   </si>
   <si>
     <t>Fiscalização por técnico competente, o abate de gado em geral nos matadouros e açougues de Ivaiporã.</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5069/indicacao_37_de_1974_3_6.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5069/indicacao_37_de_1974_3_6.pdf</t>
   </si>
   <si>
     <t>Construção de uma unidade escolar no Bairro "Água do Escovão", na localidade denominada Rio-Azul, neste Município.</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5052/indicacao_46_de_1974_8_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5052/indicacao_46_de_1974_8_28.pdf</t>
   </si>
   <si>
     <t>Para que determine o imediato cascalhamento das vias públicas que dão acesso ao Ginásio Estadual Raul Rodrigues Gomes, e o reparo no cascalhamento já executado nas vias de acesso ao Colégio Nossa Senhora Consoladora, nesta cidade, pois aquelas vias, que ainda não receberam asfaltamento, em dias chuvosos, se apresentam intransitáveis.</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5063/indicacao_0_de_1974_5_15.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5063/indicacao_0_de_1974_5_15.pdf</t>
   </si>
   <si>
     <t>a) Que, seja por S. Excia. o Prefeito Municipal de Ivaiporã, tomadas providências Junto ao Departamento de Transito, desta cidade, no sentido de ser "Proibido o Estacionamento de Veiculos" na Avenida Paraná, no trecho compreendido entre Av. Brasil e a Rua Rio Grande do Sul, especialmente ao lado direito para quem desce do Brando do Brasil S/A, isto é, em frente ao Hotel Alvorada._x000D_
 b) Que, seja ainda pelo Sr. Prefeito Municipal, encaminhada Lei a esta Câmara, abrindo crédito especial de quanto necessário seja, para que seja murado o Cemitério Municipal local.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -901,67 +901,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5753/ple-76-74.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5754/ple-77-74.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5755/ple-78-74.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5756/ple-79-74.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5757/ple-80-74.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5758/ple-81-74.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5759/ple-82-74.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5760/ple-83-74.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5761/ple-85-74.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5762/ple-87-74.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5764/ple-88-74.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5765/ple-89-74.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5766/ple-89-74.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5767/ple-91-74.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5768/ple-92-74.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4345/pll-06-74.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4346/pll-07-74.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4348/pll-08-74.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4349/pll-09-74.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4350/pll-10-74.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4351/pll-11-74.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4352/pll-13-74.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4353/pll-76-74.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4354/pll-77-74.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4355/pll-78-74.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4356/pll-79-74.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4357/pll-80-74.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4358/pll-81-74.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4359/pll-82-74.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4361/pll-83-74.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4362/pll-87-74.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4363/pll-88-74.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4365/pll-89-74.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4366/pll-90-74.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4368/pll-91-74.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4369/pll-92-74.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/3773/pr_4_1974.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5065/indicacao_2_de_1974_5_15.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5050/indicacao_3_de_1974_9_25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5069/indicacao_37_de_1974_3_6.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5052/indicacao_46_de_1974_8_28.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5063/indicacao_0_de_1974_5_15.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5753/ple-76-74.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5754/ple-77-74.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5755/ple-78-74.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5756/ple-79-74.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5757/ple-80-74.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5758/ple-81-74.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5759/ple-82-74.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5760/ple-83-74.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5761/ple-85-74.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5762/ple-87-74.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5764/ple-88-74.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5765/ple-89-74.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5766/ple-89-74.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5767/ple-91-74.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5768/ple-92-74.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4345/pll-06-74.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4346/pll-07-74.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4348/pll-08-74.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4349/pll-09-74.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4350/pll-10-74.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4351/pll-11-74.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4352/pll-13-74.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4353/pll-76-74.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4354/pll-77-74.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4355/pll-78-74.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4356/pll-79-74.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4357/pll-80-74.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4358/pll-81-74.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4359/pll-82-74.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4361/pll-83-74.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4362/pll-87-74.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4363/pll-88-74.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4365/pll-89-74.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4366/pll-90-74.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4368/pll-91-74.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/4369/pll-92-74.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/3773/pr_4_1974.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5065/indicacao_2_de_1974_5_15.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5050/indicacao_3_de_1974_9_25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5069/indicacao_37_de_1974_3_6.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5052/indicacao_46_de_1974_8_28.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1974/5063/indicacao_0_de_1974_5_15.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="71.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>