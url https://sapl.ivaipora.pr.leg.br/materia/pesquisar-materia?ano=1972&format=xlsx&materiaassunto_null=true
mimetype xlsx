--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,417 +54,417 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5835</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Manoel Fernandes Silva</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5835/ple-02-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5835/ple-02-72.pdf</t>
   </si>
   <si>
     <t>Organiza o quadro do pessoal fixo da Câmara Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>5836</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5836/ple-27-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5836/ple-27-72.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Municipal n° 27/66, referente ao imposto sobre serviços de qualquer natureza, e dá outras providências.</t>
   </si>
   <si>
     <t>5837</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5837/ple-28-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5837/ple-28-72.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir no corrente exercício um Crédito Adicional Especial de Cr$ 172.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>5840</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5840/ple-29-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5840/ple-29-72.pdf</t>
   </si>
   <si>
     <t>Abre no corrente exercício um Crédito Adicional Especial no valor de CR$ 8.000,00, para atender à obrigação especificada na Lei Municipal n° 153/71.</t>
   </si>
   <si>
     <t>5841</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Considera como órgão de Utilidade Pública ''Educandário Mater. Consolatix '', de Ivaiporã.</t>
   </si>
   <si>
     <t>5842</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5842/ple-31-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5842/ple-31-72.pdf</t>
   </si>
   <si>
     <t>Reforma o Quadro do Pessoal Fixo da Prefeitura Municipal de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5845</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5845/ple-32-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5845/ple-32-72.pdf</t>
   </si>
   <si>
     <t>Isenta do pagamento de alguns impostos municipais as entidades financeiras estabelecidas em Ivaiporã.</t>
   </si>
   <si>
     <t>5846</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5846/ple-33-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5846/ple-33-72.pdf</t>
   </si>
   <si>
     <t>Autoriza a compra de um equipamento de radiofonia e dá outras providências.</t>
   </si>
   <si>
     <t>5848</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5848/ple-35-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5848/ple-35-72.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a firmar contrato com a Fundação de Assistência aos Municípios do Estado do Paraná -FAMEPAR -, para a prestação de serviços, orientação Técnico-Administrativa e atendimento de consultas, e dá outras providências.</t>
   </si>
   <si>
     <t>5850</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5850/ple-36-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5850/ple-36-72.pdf</t>
   </si>
   <si>
     <t>Abre no corrente exercício, um Crédito Adicional Suplementar no valor de Cr$ 256.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>5852</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5852/ple-37-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5852/ple-37-72.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a firmar convénio com o Departamento de Trânsito do Paraná, para realizar realizações inerentes ao Trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5853/ple-38-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5853/ple-38-72.pdf</t>
   </si>
   <si>
     <t>Concede aumento aos servidores estatuários do Município de Ivaiporã, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>5856</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5856/ple-39-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5856/ple-39-72.pdf</t>
   </si>
   <si>
     <t>Considera como entidade de Utilidade Pública  a Guarda Urbana de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5857</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5857/ple-40-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5857/ple-40-72.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Artigo 96 da Lei n° 126/70.</t>
   </si>
   <si>
     <t>5858</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5858/ple-41-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5858/ple-41-72.pdf</t>
   </si>
   <si>
     <t>Abre no corrente exercício financeiro, um Crédito Adicional Especial no valor de Cr$ 2.000,00, autoriza o Poder Executivo a firmar convénio com a Polícia Civil  do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5859</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5859/ple-42-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5859/ple-42-72.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder gratificação para função gratificada, e dá outras providências.</t>
   </si>
   <si>
     <t>5860</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5860/ple-43-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5860/ple-43-72.pdf</t>
   </si>
   <si>
     <t>Considera como Órgão  de Utilidade Pública a ''Sociedade de Educação Integral e Assistência Social - SEIAS -, e dá outras providências.</t>
   </si>
   <si>
     <t>5861</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5861/ple-44-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5861/ple-44-72.pdf</t>
   </si>
   <si>
     <t>Abre no corrente exercício um Crédito Adicional Especial no valor de Cr$ 20.000,00, autoriza o Poder Executivo a contribuir financeiramente a favor do Tribunal da Justiça no Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>5862</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5862/ple-45-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5862/ple-45-72.pdf</t>
   </si>
   <si>
     <t>Abre no corrente  exercício, um Crédito Adicional Suplementar no valor de Cr$ 288.700,00 e dá outras providências.</t>
   </si>
   <si>
     <t>5863</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5863/ple-46-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5863/ple-46-72.pdf</t>
   </si>
   <si>
     <t>Abre no corrente  exercício financeiro um Crédito Adicional Especial no valor de Cr$8.500,00 e dá outras providências.</t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5864/ple-48-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5864/ple-48-72.pdf</t>
   </si>
   <si>
     <t>Concede anistia Fiscal ao Ivaiporã Country Clube.</t>
   </si>
   <si>
     <t>5865</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5865/ple-49-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5865/ple-49-72.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convénio com a Secretaria de Estado dos Negócios da Agricultura, e dá outras providências.</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5867/ple-50-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5867/ple-50-72.pdf</t>
   </si>
   <si>
     <t>Concede ''Abono de Natal'' aoa Servidores Estatuários do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5869</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5869/ple-51-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5869/ple-51-72.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição do Salário-Família, pensão e auxílio para diferença de caixa para os servidores públicos sujeitos ao regime estatuário do Município de Ivaiporã, e dá outras providências.</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Adail Bolivar Rother</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5729/ple-52-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5729/ple-52-72.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convénio com o Ministério da Educação e Cultura, para execução do Programa de Educação e Assistência Alimentar ao Escolar, e dá outras providências.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Odilon Andrade</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4428/pll-01-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4428/pll-01-72.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa da Câmara Municipal.</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4429/pll-05-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4429/pll-05-72.pdf</t>
   </si>
   <si>
     <t>Considera como de Utilidade Pública a ''FUNDAÇÃO MÉDICA HOSPITALAR DO TRABALHADOR RURAL DE IVAIPORÃ'', e dá outras providências.</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
-    <t>Álvaro Branco, Alcebíades Alves, Aparício Bittencourt, Celestino Alves de Souza., João Vítor, Nicolau Koltun, Odilon Andrade, Onivaldo Mehl Góes, Osmundo Christen, Pedro Goedert</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4430/pll-44-72.pdf</t>
+    <t>Álvaro Branco, Alcebíades Alves, Aparício Bittencourt, Celestino Alves de Souza., João Vítor, Nicolau Koltun, Odilon Andrade, Oniwaldo Mehl Góes, Osmundo Christen, Pedro Goedert</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4430/pll-44-72.pdf</t>
   </si>
   <si>
     <t>Abre no corrente exercício um crédito especial adicional no valor de Cr$ 20.000,00, autoriza o Poder Executivo a contribuir financeiramente a favor do Tribunal de Justiça no Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4431/pll-172-72.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4431/pll-172-72.pdf</t>
   </si>
   <si>
     <t>Organiza o quadro do pessoal fixo da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>Pedro Goedert, Alcebíades Alves, Álvaro Branco, Aparício Bittencourt, Celestino Alves de Souza., João Vítor, Nicolau Koltun, Odilon Andrade, Onivaldo Mehl Góes, Osmundo Christen</t>
-[...2 lines deleted...]
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4432/pll-179-72.pdf</t>
+    <t>Pedro Goedert, Alcebíades Alves, Álvaro Branco, Aparício Bittencourt, Celestino Alves de Souza., João Vítor, Nicolau Koltun, Odilon Andrade, Oniwaldo Mehl Góes, Osmundo Christen</t>
+  </si>
+  <si>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4432/pll-179-72.pdf</t>
   </si>
   <si>
     <t>Abre no corrente exercício um crédito especial adicional no valor de Cr$ 20.000,00, autoriza o Poder Executivo a contribuir financeiramente a favor do Tribunal de Justiça do Estado do Paraná e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -771,67 +771,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5835/ple-02-72.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5836/ple-27-72.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5837/ple-28-72.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5840/ple-29-72.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5842/ple-31-72.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5845/ple-32-72.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5846/ple-33-72.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5848/ple-35-72.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5850/ple-36-72.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5852/ple-37-72.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5853/ple-38-72.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5856/ple-39-72.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5857/ple-40-72.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5858/ple-41-72.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5859/ple-42-72.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5860/ple-43-72.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5861/ple-44-72.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5862/ple-45-72.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5863/ple-46-72.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5864/ple-48-72.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5865/ple-49-72.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5867/ple-50-72.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5869/ple-51-72.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5729/ple-52-72.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4428/pll-01-72.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4429/pll-05-72.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4430/pll-44-72.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4431/pll-172-72.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4432/pll-179-72.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5835/ple-02-72.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5836/ple-27-72.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5837/ple-28-72.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5840/ple-29-72.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5842/ple-31-72.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5845/ple-32-72.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5846/ple-33-72.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5848/ple-35-72.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5850/ple-36-72.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5852/ple-37-72.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5853/ple-38-72.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5856/ple-39-72.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5857/ple-40-72.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5858/ple-41-72.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5859/ple-42-72.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5860/ple-43-72.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5861/ple-44-72.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5862/ple-45-72.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5863/ple-46-72.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5864/ple-48-72.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5865/ple-49-72.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5867/ple-50-72.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5869/ple-51-72.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/5729/ple-52-72.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4428/pll-01-72.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4429/pll-05-72.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4430/pll-44-72.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4431/pll-172-72.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1972/4432/pll-179-72.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="162.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="84" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="162.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="83.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="211.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>