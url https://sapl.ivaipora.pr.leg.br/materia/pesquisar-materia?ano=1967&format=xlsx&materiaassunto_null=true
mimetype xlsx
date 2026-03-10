--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -54,666 +54,666 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Akira Yamasita</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5970/ple-01-66.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5970/ple-01-66.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação a Avenida Bahia, desta cidade. (Baia)</t>
   </si>
   <si>
     <t>5971</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5971/ple-03-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5971/ple-03-67.pdf</t>
   </si>
   <si>
     <t>Concede Título de ''Cidadão Honorário ao Exmo. Sr. Paulo Cruz Pimentel, DD. Governador do Estado.</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5972/ple-04-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5972/ple-04-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de Cr$ 700,00.</t>
   </si>
   <si>
     <t>5973</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5973/ple-05-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5973/ple-05-67.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã, a José Salustiano Mesquita Pereira.</t>
   </si>
   <si>
     <t>5974</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5974/ple-06-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5974/ple-06-67.pdf</t>
   </si>
   <si>
     <t>Institui a festa Regional do Milho  no Município de Ivaiporã.</t>
   </si>
   <si>
     <t>5975</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5975/ple-07-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5975/ple-07-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de Cr$ 550,00.</t>
   </si>
   <si>
     <t>5976</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5976/ple-08-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5976/ple-08-67.pdf</t>
   </si>
   <si>
     <t>Concede um Crédito Especial na ordem de NCr$. 240,00 ( duzentos e quarenta cruzeiros novos ), como verba de auxílio ao Sr. Mercidio José de Souza.</t>
   </si>
   <si>
     <t>5977</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5977/ple-09-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5977/ple-09-67.pdf</t>
   </si>
   <si>
     <t>Doa ao Poder Judiciário e a Delegacia Regional de Polícia dois Aparelhos Telefônicos.</t>
   </si>
   <si>
     <t>5978</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5978/ple-10-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5978/ple-10-67.pdf</t>
   </si>
   <si>
     <t>Doa à Escola Normal Ginasial ''Raul Rodrigues Gomes'' cem guias de cimento armado.</t>
   </si>
   <si>
     <t>5979</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5979/ple-11-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5979/ple-11-67.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Revmo. Padre Ivens Gueguen, D.D. Vigário na Paróquia  Bom Jesus de Ivaiporã.</t>
   </si>
   <si>
     <t>5980</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5980/ple-16-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5980/ple-16-67.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Ivaiporã ao Ilustre Senhor Doutor Plínio Anciútti Pessoa.</t>
   </si>
   <si>
     <t>5981</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5981/ple-19-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5981/ple-19-67.pdf</t>
   </si>
   <si>
     <t>Orça a Receita e Fixa a Despesa para o Exercício de 1967.</t>
   </si>
   <si>
     <t>5982</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5982/ple-24-66.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5982/ple-24-66.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 1.500,00 ( hum mil e quinhentos cruzeiros novos).</t>
   </si>
   <si>
     <t>5983</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5983/ple-28-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5983/ple-28-67.pdf</t>
   </si>
   <si>
     <t>Autoriza a assinar convénio com o Governo do Estado do Paraná, através da Secretaria de Educação e Cultura.</t>
   </si>
   <si>
     <t>5984</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5984/ple-29-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5984/ple-29-67.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de moto niveladora sem concorrência pública.</t>
   </si>
   <si>
     <t>5986</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5986/ple-30-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5986/ple-30-67.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a venda e compra de veículos usados, independente de concorrência pública.</t>
   </si>
   <si>
     <t>5987</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5987/ple-31-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5987/ple-31-67.pdf</t>
   </si>
   <si>
     <t>Dá outra redação ao artigo 1° da Lei n° 19/66.</t>
   </si>
   <si>
     <t>5988</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5988/ple-32-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5988/ple-32-67.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial de NCr$ 500,00 para confecção de fotografias  dos Vereadores.</t>
   </si>
   <si>
     <t>5989</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5989/ple-33-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5989/ple-33-67.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial e autoriza doação de terreno.</t>
   </si>
   <si>
     <t>5990</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5990/ple-34-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5990/ple-34-67.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição e doação de imóveis  e abertura de Créditos Especial.</t>
   </si>
   <si>
     <t>5992</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5992/ple-35-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5992/ple-35-67.pdf</t>
   </si>
   <si>
     <t>Renova a tabela padrão de vencimentos dos cargos de provimento efetivo e em comissão, desta Prefeitura.</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5993/ple-36-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5993/ple-36-67.pdf</t>
   </si>
   <si>
     <t>Abre um crédito especial de NCr$ 13.000,00.</t>
   </si>
   <si>
     <t>5994</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5994/ple-37-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5994/ple-37-67.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar procuração irrevogável à Companhia de Saneamento do Paraná - SANEPAR - para receber quotas do artigo 20 da Constituição Federal de 1946, e/ou recursos provenientes dos artigos 26 e 28 da Constituição Federal de 1967.</t>
   </si>
   <si>
     <t>5995</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5995/ple-38-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5995/ple-38-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$12,160,00 ( DOZE MIL CENTO E SESSENTA CRUZEIROS NOVOS ).</t>
   </si>
   <si>
     <t>5996</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5996/ple-39-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5996/ple-39-67.pdf</t>
   </si>
   <si>
     <t>Abre um crédito Adicional Suplementar no valor de NCr$ 142.450,00 ( cento e quarenta e dois mil, quatrocentos e cinquenta cruzeiros novos).</t>
   </si>
   <si>
     <t>5997</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5997/ple-40-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5997/ple-40-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$5.000,00 ( CINCO MIL CRUZEIROS NOVOS ).</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6000/ple-41-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6000/ple-41-67.pdf</t>
   </si>
   <si>
     <t>CRIA DOIS CARGOS DE PROVIMENTO EFETIVO.</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6001/ple-42-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6001/ple-42-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 1.000,00 (hum mil cruzeiros novos).</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6002/ple-43-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6002/ple-43-67.pdf</t>
   </si>
   <si>
     <t>Fica aberto um crédito adicional especial na importância deNCr$ 85.896,33 (oitenta e cinco mil, oitocentos e noventa e seis cruzeiros novos e trinta e três centavos ).</t>
   </si>
   <si>
     <t>6003</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6003/ple-44-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6003/ple-44-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Especial no valor de NCr$ 24.202,54 ( vinte e quatro mil, duzentos e dois cruzeiros novos e cinquenta e quatro centavos ).</t>
   </si>
   <si>
     <t>6005</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6005/ple-45-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6005/ple-45-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial na ordem de NCr$ 13.448,00 ( treze mil, quatrocentos e quarenta e oito cruzeiros novos ).</t>
   </si>
   <si>
     <t>6006</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6006/ple-46-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6006/ple-46-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial na ordem de NCr$ 1.200,00 ( hum mil e duzentos reais ).</t>
   </si>
   <si>
     <t>6009</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6009/ple-47-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6009/ple-47-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial na ordem de NCr$ 12.000,00 ( doze mil cruzeiros novos ).</t>
   </si>
   <si>
     <t>6010</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6010/ple-48-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6010/ple-48-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 2.450,00 ( dois mil e quatrocentos e cinquenta cruzeiros novos ), autoriza o Poder Executivo a vender e adquirir veículo independente de concorrência  público.</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6012/ple-49-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6012/ple-49-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 15.000,00 ( quinze mil cruzeiros novos ).</t>
   </si>
   <si>
     <t>6013</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6013/ple-50-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6013/ple-50-67.pdf</t>
   </si>
   <si>
     <t>Orça a receita e fixa a despesa para o exercício de 1968.</t>
   </si>
   <si>
     <t>6015</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6015/ple-51-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6015/ple-51-67.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convénio com a Companhia de Telecomunicações do Paraná - TELEPAR - para construção do Edifício da Central Telefônica interurbana, e dá outras providências.</t>
   </si>
   <si>
     <t>6017</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6017/ple-52-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6017/ple-52-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 2.600,00 ( dois mil e seiscentos cruzeiros novos ).</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6018/ple-53-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6018/ple-53-67.pdf</t>
   </si>
   <si>
     <t>Retificação do orçamento para o ano de 1968.</t>
   </si>
   <si>
     <t>6019</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6019/ple-54-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6019/ple-54-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 2.000,00 ( dois mil cruzeiros novos ).</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6020/ple-55-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6020/ple-55-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 7.500,00 ( sete mil e quinhentos cruzeiros novos ).</t>
   </si>
   <si>
     <t>6021</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6021/ple-56-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6021/ple-56-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 12.000,00 ( doze mil cruzeiros novos ).</t>
   </si>
   <si>
     <t>6022</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6022/ple-57-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6022/ple-57-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Adicional Suplementar no valor de NCr$ 177.900,00 ( cento e setenta e sete mil e novecentos cruzeiros novos ).</t>
   </si>
   <si>
     <t>6023</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6023/ple-58-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6023/ple-58-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial no valor NCr$ 20.000,00 ( VINTE MIL CRUZEIROS NOVOS ), para conclusão das obras da Praça Presidente Kenedy, e dá outras providências.</t>
   </si>
   <si>
     <t>6024</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6024/ple-59-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6024/ple-59-67.pdf</t>
   </si>
   <si>
     <t>6025</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6025/ple-60-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6025/ple-60-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 4.000,00 ( quatro mil cruzeiros novos ), para a instalação da Rede Telegráfica, e dá outras providências.</t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6026/ple-41-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6026/ple-41-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 10.000,00 ( dez mil cruzeiros novos  ) para serviço de instalação elétrica - COPEL -.</t>
   </si>
   <si>
     <t>6027</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6027/ple-62-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6027/ple-62-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 8.000,00 ( oito mil cruzeiros novos ), para atender despesas com a instalação da Casa Rural de Ivaiporã.</t>
   </si>
   <si>
     <t>6028</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6028/ple-63-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6028/ple-63-67.pdf</t>
   </si>
   <si>
     <t>Cria o Serviço Autônomo de Saneamento e Pavimentação, e dá outras providências.</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6030/ple-64-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6030/ple-64-67.pdf</t>
   </si>
   <si>
     <t>Fica instituída a taxa de Pavimentação e obras complementares.</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6032/ple-65-67.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6032/ple-65-67.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Especial de NCr$ 5.000,00 ( cinco mil cruzeiros novos ) destinados a promoção das principais produções de Ivaiporã.</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/4936/indicacao_0_s_n_de_1967_11_29.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/4936/indicacao_0_s_n_de_1967_11_29.pdf</t>
   </si>
   <si>
     <t>Para que os zeladores dos cemitérios de Pindauvinha e Sabugueiro, Cecília Böeing Khunen e Emílio Böeng, respectivamente, passem a receber de janeiro do ano próximo vindou em diante a importância mensal de vinte cruzeiros novos mensais, cada um.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1020,67 +1020,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5970/ple-01-66.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5971/ple-03-67.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5972/ple-04-67.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5973/ple-05-67.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5974/ple-06-67.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5975/ple-07-67.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5976/ple-08-67.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5977/ple-09-67.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5978/ple-10-67.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5979/ple-11-67.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5980/ple-16-67.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5981/ple-19-67.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5982/ple-24-66.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5983/ple-28-67.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5984/ple-29-67.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5986/ple-30-67.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5987/ple-31-67.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5988/ple-32-67.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5989/ple-33-67.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5990/ple-34-67.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5992/ple-35-67.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5993/ple-36-67.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5994/ple-37-67.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5995/ple-38-67.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5996/ple-39-67.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5997/ple-40-67.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6000/ple-41-67.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6001/ple-42-67.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6002/ple-43-67.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6003/ple-44-67.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6005/ple-45-67.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6006/ple-46-67.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6009/ple-47-67.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6010/ple-48-67.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6012/ple-49-67.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6013/ple-50-67.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6015/ple-51-67.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6017/ple-52-67.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6018/ple-53-67.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6019/ple-54-67.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6020/ple-55-67.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6021/ple-56-67.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6022/ple-57-67.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6023/ple-58-67.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6024/ple-59-67.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6025/ple-60-67.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6026/ple-41-67.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6027/ple-62-67.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6028/ple-63-67.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6030/ple-64-67.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6032/ple-65-67.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/4936/indicacao_0_s_n_de_1967_11_29.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5970/ple-01-66.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5971/ple-03-67.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5972/ple-04-67.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5973/ple-05-67.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5974/ple-06-67.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5975/ple-07-67.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5976/ple-08-67.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5977/ple-09-67.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5978/ple-10-67.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5979/ple-11-67.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5980/ple-16-67.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5981/ple-19-67.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5982/ple-24-66.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5983/ple-28-67.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5984/ple-29-67.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5986/ple-30-67.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5987/ple-31-67.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5988/ple-32-67.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5989/ple-33-67.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5990/ple-34-67.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5992/ple-35-67.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5993/ple-36-67.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5994/ple-37-67.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5995/ple-38-67.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5996/ple-39-67.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/5997/ple-40-67.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6000/ple-41-67.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6001/ple-42-67.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6002/ple-43-67.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6003/ple-44-67.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6005/ple-45-67.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6006/ple-46-67.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6009/ple-47-67.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6010/ple-48-67.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6012/ple-49-67.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6013/ple-50-67.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6015/ple-51-67.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6017/ple-52-67.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6018/ple-53-67.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6019/ple-54-67.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6020/ple-55-67.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6021/ple-56-67.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6022/ple-57-67.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6023/ple-58-67.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6024/ple-59-67.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6025/ple-60-67.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6026/ple-41-67.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6027/ple-62-67.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6028/ple-63-67.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6030/ple-64-67.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/6032/ple-65-67.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1967/4936/indicacao_0_s_n_de_1967_11_29.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="230.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>