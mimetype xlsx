--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -54,213 +54,213 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5928</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Manoel Theodoro da Rocha</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5928/ple-01-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5928/ple-01-65.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a correção monetária dos débitos fiscais, e dá outras providências.</t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5929/ple-02-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5929/ple-02-65.pdf</t>
   </si>
   <si>
     <t>Concede auxílio  financeiro às Banda de Musica da Academia 19 de Novembro e Igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>5930</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5930/pll-03-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5930/pll-03-65.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal  a mudar o nome da Rua Piauí para Rua Estevão Marciano dos Santos.</t>
   </si>
   <si>
     <t>5931</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5931/ple-04-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5931/ple-04-65.pdf</t>
   </si>
   <si>
     <t>Concede desconto de 20% para o pagamento do Imposto de Industrias e Profissões.</t>
   </si>
   <si>
     <t>5932</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5932/ple-05-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5932/ple-05-65.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Esportes, e dá outras providências.</t>
   </si>
   <si>
     <t>5933</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5933/ple-06-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5933/ple-06-65.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a contrair empréstimo na importância de C$ 5.000,00, com empenho de verbas.</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5934/ple-07-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5934/ple-07-65.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial, na importância de Cr$ 416.500-.</t>
   </si>
   <si>
     <t>5935</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5935/ple-08-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5935/ple-08-65.pdf</t>
   </si>
   <si>
     <t>Autoriza p Poder Executivo a contrair empréstimo na importância de Cr$ 10.000,00- ( dez milhões de cruzeiros ), mediante empenho de verbas.</t>
   </si>
   <si>
     <t>5936</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5936/ple-09-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5936/ple-09-65.pdf</t>
   </si>
   <si>
     <t>Aprova o Estatuto dos Funcionários Públicos Municipais de Ivaiporã.</t>
   </si>
   <si>
     <t>5937</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5937/ple-10-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5937/ple-10-65.pdf</t>
   </si>
   <si>
     <t>Cria a Nova Escala Padrão de Vencimentos ao Pessoal Efetivo dos órgãos de Provimento em comissão, desta Prefeitura.</t>
   </si>
   <si>
     <t>5938</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5938/ple-11-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5938/ple-11-65.pdf</t>
   </si>
   <si>
     <t>Concede auxílio financeiro na importância de Cr$ 240.000 ( duzentos e quarenta mil cruzeiro ).</t>
   </si>
   <si>
     <t>5939</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5939/ple-12-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5939/ple-12-65.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal, a permutar o trator C.B.T., por outro maquinário que melhor se adapte aos serviços.</t>
   </si>
   <si>
     <t>5940</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5940/ple-13-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5940/ple-13-65.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a contrair um empréstimo na importância de Cr$ 10.000,00 ( dez mil cruzeiros ).</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Joanino Bevilaqua</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/4425/pll-03-65.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/4425/pll-03-65.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal a mudar o nome da Rua Piauí para Estevão Marciano dos Santos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -567,67 +567,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5928/ple-01-65.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5929/ple-02-65.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5930/pll-03-65.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5931/ple-04-65.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5932/ple-05-65.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5933/ple-06-65.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5934/ple-07-65.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5935/ple-08-65.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5936/ple-09-65.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5937/ple-10-65.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5938/ple-11-65.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5939/ple-12-65.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5940/ple-13-65.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/4425/pll-03-65.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5928/ple-01-65.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5929/ple-02-65.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5930/pll-03-65.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5931/ple-04-65.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5932/ple-05-65.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5933/ple-06-65.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5934/ple-07-65.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5935/ple-08-65.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5936/ple-09-65.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5937/ple-10-65.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5938/ple-11-65.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5939/ple-12-65.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/5940/ple-13-65.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1965/4425/pll-03-65.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="126.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>