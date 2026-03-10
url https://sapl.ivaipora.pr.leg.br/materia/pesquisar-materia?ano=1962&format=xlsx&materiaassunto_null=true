--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -54,225 +54,225 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5919</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Manoel Theodoro da Rocha</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5919/ple-01-62.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5919/ple-01-62.pdf</t>
   </si>
   <si>
     <t>DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5920</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5920/ple-09-62.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5920/ple-09-62.pdf</t>
   </si>
   <si>
     <t>Estabelece normas ao Artigo 15° da Lei n° 6/62, de 6-1-1962.</t>
   </si>
   <si>
     <t>5921</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5921/ple-10-62.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5921/ple-10-62.pdf</t>
   </si>
   <si>
     <t>Obrigatoriedade da conservação, limpeza de esgotos e roçadas nas divisas de propriedades rurais.</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José da Cruz Dias</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4871/indicacao_0_s_n_de_1962_2_8.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4871/indicacao_0_s_n_de_1962_2_8.pdf</t>
   </si>
   <si>
     <t>Para que o Município seja abastecido de inseticidas destinados ao combate à broca do café.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Aparício Bittencourt, Joanino Bevilaqua, José da Cruz Dias, Juarez Cleve, Otávio Machado dos Santos, Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4872/indicacao_00_s_n_de_1962_2_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4872/indicacao_00_s_n_de_1962_2_28.pdf</t>
   </si>
   <si>
     <t>Para que sejam fiscalizadas as baldas existentes no Município.</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>José da Cruz Dias, Aparício Bittencourt, Joanino Bevilaqua, Juarez Cleve, Otávio Machado dos Santos, Pedro Goedert</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4873/indicacao_00_s_n_de_1962_2_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4873/indicacao_00_s_n_de_1962_2_28.pdf</t>
   </si>
   <si>
     <t>Para que crie e instale uma Coletoria Estadual no Distrito de São João do Ivaí.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>José da Cruz Dias, Aparício Bittencourt, Juarez Cleve, Pedro Goedert, Vinícius Kurten, Zulmiro Cassemiro de Souza</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4875/indicacao_0_s_n_de_1962_9_5.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4875/indicacao_0_s_n_de_1962_9_5.pdf</t>
   </si>
   <si>
     <t>Solicitar as providências necessárias afim de que seja aprovado um projeto existente nas mãos do Conselho das Caixas Econômicas Federais, que diz respeito ao financiamento até CR$100.000,00 (Cem Mil Cruzeiros) ao pequeno Lavrador, sem garantias de imóveis ou subsidiárias.</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Joanino Bevilaqua</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4876/indicacao_0_s_n_de_1962_9_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4876/indicacao_0_s_n_de_1962_9_19.pdf</t>
   </si>
   <si>
     <t>Propor a inclusão da presente emenda, na mensagem do Exmo. Sr. Prefeito, que conceda o aumento de vencimentos aos funcionários da Municipalidade, conforme especifica.</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Aparício Bittencourt</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4877/indicacao_0_s_n_de_1962_10_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4877/indicacao_0_s_n_de_1962_10_19.pdf</t>
   </si>
   <si>
     <t>Solicita a inclusão na Proposta Orçamentária para o exercício de 1963, onde convier, mais a quantia de CR$150,000,00 (Cento e Cincoenta Mil Cruzeiros), com auxílio à Igreja Matriz desta Cidade.</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Otávio Machado dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4879/indicacao_00_s_n_de_1962_10_19.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4879/indicacao_00_s_n_de_1962_10_19.pdf</t>
   </si>
   <si>
     <t>Emenda ao Orçamento para o Exercício de 1963: Acrescenta-se à Dotação nº 23 - Construção de Próprios Públicos em Geral - a quantia de CR$500.000,00 (Quinhentos Mil Cruzeiros) - destinada à construção e conservação de um Parque Infantil em local a ser designado pelo Senhor Chefe do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Juarez Cleve</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4880/indicacao_0_s_n_de_1962_11_28.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4880/indicacao_0_s_n_de_1962_11_28.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de abaixo-assinado (não encontrado).</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
     <t>Iniciativa Popular</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4885/indicacao_lidianopolis.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4885/indicacao_lidianopolis.pdf</t>
   </si>
   <si>
     <t>Solicitar junto à Assembleia Legislativa do Estado, permissão para que o Patrimônio de Lidianópolis, deste Município, pleiteia a criação e instalação do Distrito Judiciário, usando, para o caso o direito que a Lei lhe permite de promover o plebiscito, se for o caso.</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4874/requerimento_0_s_n_de_1962_8_1.pdf</t>
+    <t>http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4874/requerimento_0_s_n_de_1962_8_1.pdf</t>
   </si>
   <si>
     <t>Para que o Senhor Prefeito informe o motivo pelo qual ainda não foi iniciada a construção de uma casa Escolar e instalação da mesma, na localidade denominada "PALMEIRINHA", conforme já requerido através do Ofício nº 42, de 22 de fevereiro de 1962.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -579,67 +579,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5919/ple-01-62.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5920/ple-09-62.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5921/ple-10-62.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4871/indicacao_0_s_n_de_1962_2_8.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4872/indicacao_00_s_n_de_1962_2_28.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4873/indicacao_00_s_n_de_1962_2_28.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4875/indicacao_0_s_n_de_1962_9_5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4876/indicacao_0_s_n_de_1962_9_19.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4877/indicacao_0_s_n_de_1962_10_19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4879/indicacao_00_s_n_de_1962_10_19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4880/indicacao_0_s_n_de_1962_11_28.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4885/indicacao_lidianopolis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4874/requerimento_0_s_n_de_1962_8_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5919/ple-01-62.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5920/ple-09-62.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/5921/ple-10-62.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4871/indicacao_0_s_n_de_1962_2_8.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4872/indicacao_00_s_n_de_1962_2_28.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4873/indicacao_00_s_n_de_1962_2_28.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4875/indicacao_0_s_n_de_1962_9_5.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4876/indicacao_0_s_n_de_1962_9_19.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4877/indicacao_0_s_n_de_1962_10_19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4879/indicacao_00_s_n_de_1962_10_19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4880/indicacao_0_s_n_de_1962_11_28.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4885/indicacao_lidianopolis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ivaipora.pr.leg.br/media/sapl/public/materialegislativa/1962/4874/requerimento_0_s_n_de_1962_8_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="103.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>